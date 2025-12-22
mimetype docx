--- v0 (2025-10-10)
+++ v1 (2025-12-22)
@@ -1,75 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="283F9F1D" w14:textId="77777777" w:rsidR="001B78C5" w:rsidRDefault="00454B65" w:rsidP="00C77727">
+    <w:p w14:paraId="283F9F1D" w14:textId="34D874C6" w:rsidR="001B78C5" w:rsidRDefault="00454B65" w:rsidP="00C77727">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">FY25 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C77727" w:rsidRPr="00C77727">
+        <w:t>FY2</w:t>
+      </w:r>
+      <w:r w:rsidR="00593B2B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77727" w:rsidRPr="00C77727">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Core Facility Assistance Grant</w:t>
+      </w:r>
+      <w:r w:rsidR="00182BD9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Infrastructure</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BBD6DDB" w14:textId="50E289A0" w:rsidR="00C77727" w:rsidRPr="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Cover </w:t>
       </w:r>
       <w:r w:rsidR="001B78C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -85,188 +112,212 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Page</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75AC8DA0" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CEDB53A" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
     <w:p w14:paraId="72B5E68B" w14:textId="3FF62205" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Date of Application</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43212EF1" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
-    <w:p w14:paraId="0EAEBF3C" w14:textId="77777777" w:rsidR="00454B65" w:rsidRDefault="00454B65" w:rsidP="00454B65">
+    <w:p w14:paraId="0EAEBF3C" w14:textId="5460C4C5" w:rsidR="00454B65" w:rsidRDefault="00454B65" w:rsidP="00454B65">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Name of the Applicant</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="002A4534">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="60EB2847" w14:textId="77777777" w:rsidR="00454B65" w:rsidRDefault="00454B65" w:rsidP="00454B65"/>
-    <w:p w14:paraId="6A3790DA" w14:textId="7E0996A3" w:rsidR="00454B65" w:rsidRDefault="00454B65" w:rsidP="00C77727">
+    <w:p w14:paraId="6A3790DA" w14:textId="6B7075B6" w:rsidR="00454B65" w:rsidRDefault="00454B65" w:rsidP="00C77727">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Applicant email</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="002A4534">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1B75BBB5" w14:textId="77777777" w:rsidR="00454B65" w:rsidRDefault="00454B65" w:rsidP="00C77727"/>
-    <w:p w14:paraId="470B6191" w14:textId="0F687CE2" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
+    <w:p w14:paraId="470B6191" w14:textId="5A0E2363" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Full Name of the Core Facility</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="002A4534">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="25C72154" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
-    <w:p w14:paraId="00642AA6" w14:textId="4EE2AD08" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
+    <w:p w14:paraId="00642AA6" w14:textId="3F3B1E81" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Department/Unit of the Core Facility</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461FEAA7" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
-    <w:p w14:paraId="4BE5078B" w14:textId="6CA95CC9" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
+    <w:p w14:paraId="4BE5078B" w14:textId="0231916C" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Name of the Core Facility director</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="002A4534">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2258DEF0" w14:textId="77777777" w:rsidR="00C77727" w:rsidRPr="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
-    <w:p w14:paraId="12BAB8FB" w14:textId="0F9DAA57" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
+    <w:p w14:paraId="12BAB8FB" w14:textId="431E7314" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Proposal Title</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="002A4534">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="292158E3" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
-    <w:p w14:paraId="00700911" w14:textId="3F1657D8" w:rsidR="00C77727" w:rsidRDefault="00454B65" w:rsidP="00C77727">
+    <w:p w14:paraId="00700911" w14:textId="0C7D6F2B" w:rsidR="00C77727" w:rsidRDefault="00454B65" w:rsidP="00C77727">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Total </w:t>
       </w:r>
       <w:r w:rsidR="00C77727">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Amount requested</w:t>
       </w:r>
       <w:r w:rsidR="00C77727">
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="002A4534">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="700DFE89" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
-    <w:p w14:paraId="3E4F04D9" w14:textId="48FABBF6" w:rsidR="00C77727" w:rsidRDefault="001B78C5" w:rsidP="00C77727">
+    <w:p w14:paraId="3E4F04D9" w14:textId="6A2BCD9E" w:rsidR="00C77727" w:rsidRDefault="001B78C5" w:rsidP="00C77727">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Cost Share Amount</w:t>
       </w:r>
       <w:r w:rsidR="00C77727">
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5B9A7AAE" w14:textId="4195731C" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
+      <w:r w:rsidR="002A4534">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9A7AAE" w14:textId="45AA2B33" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00454B65">
         <w:t xml:space="preserve">See Required </w:t>
       </w:r>
       <w:r w:rsidR="001B78C5">
         <w:t xml:space="preserve">Cost Share </w:t>
       </w:r>
       <w:r w:rsidR="00454B65">
         <w:t>table on application website</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19CC05B0" w14:textId="77777777" w:rsidR="001B78C5" w:rsidRDefault="001B78C5" w:rsidP="00C77727"/>
-    <w:p w14:paraId="6C712909" w14:textId="27B72513" w:rsidR="001B78C5" w:rsidRDefault="001B78C5" w:rsidP="001B78C5">
+    <w:p w14:paraId="6C712909" w14:textId="2D7C16A4" w:rsidR="001B78C5" w:rsidRDefault="001B78C5" w:rsidP="001B78C5">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Provider of Cost Share (department/Unit)</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4534">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A86C30" w14:textId="55C3AF7C" w:rsidR="001B78C5" w:rsidRDefault="001B78C5" w:rsidP="00C77727">
       <w:r>
         <w:t>(See Required Cost Share table on application website)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4504AE12" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
     <w:p w14:paraId="35023C8B" w14:textId="5420E6EC" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Signatures of the </w:t>
       </w:r>
       <w:r w:rsidR="00454B65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Applicant</w:t>
       </w:r>
       <w:r w:rsidR="001B78C5">
         <w:rPr>
@@ -329,52 +380,50 @@
     <w:p w14:paraId="487B16C4" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
     <w:p w14:paraId="0053AFF0" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
     <w:p w14:paraId="48726165" w14:textId="77777777" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00C77727"/>
     <w:p w14:paraId="4F1BDCB2" w14:textId="2C3D0103" w:rsidR="00C77727" w:rsidRDefault="00C77727" w:rsidP="00884467">
       <w:r>
         <w:t>___________________</w:t>
       </w:r>
       <w:r w:rsidR="00884467">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00884467">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>___________________</w:t>
       </w:r>
       <w:r w:rsidR="001B78C5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00884467">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001B78C5">
         <w:tab/>
-      </w:r>
-      <w:r w:rsidR="001B78C5">
         <w:t>___________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BBF2D1A" w14:textId="6E77F907" w:rsidR="00C77727" w:rsidRDefault="00884467" w:rsidP="00884467">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00C77727" w:rsidRPr="00C77727">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>pplicant</w:t>
       </w:r>
       <w:r>
@@ -734,112 +783,120 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="161"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:defaultTabStop w:val="360"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C77727"/>
     <w:rsid w:val="000078D0"/>
     <w:rsid w:val="0006756C"/>
+    <w:rsid w:val="00182BD9"/>
     <w:rsid w:val="001B78C5"/>
     <w:rsid w:val="0021597B"/>
     <w:rsid w:val="002664B8"/>
     <w:rsid w:val="002762D1"/>
+    <w:rsid w:val="002A4534"/>
     <w:rsid w:val="002D0B36"/>
     <w:rsid w:val="00311F01"/>
     <w:rsid w:val="00347B54"/>
     <w:rsid w:val="003771E5"/>
     <w:rsid w:val="00385854"/>
     <w:rsid w:val="003C2375"/>
     <w:rsid w:val="004448EF"/>
     <w:rsid w:val="00454B65"/>
     <w:rsid w:val="00455B47"/>
     <w:rsid w:val="004A6062"/>
     <w:rsid w:val="0051146F"/>
     <w:rsid w:val="00540415"/>
     <w:rsid w:val="00541BA3"/>
     <w:rsid w:val="005821D6"/>
+    <w:rsid w:val="00593B2B"/>
     <w:rsid w:val="005F253E"/>
     <w:rsid w:val="006209EE"/>
     <w:rsid w:val="0064094F"/>
+    <w:rsid w:val="00646962"/>
     <w:rsid w:val="006A4EA0"/>
     <w:rsid w:val="006F2C13"/>
     <w:rsid w:val="007308A8"/>
     <w:rsid w:val="00755EF9"/>
     <w:rsid w:val="00796AFC"/>
     <w:rsid w:val="007A203E"/>
     <w:rsid w:val="00816210"/>
     <w:rsid w:val="00831B95"/>
     <w:rsid w:val="00851B8A"/>
     <w:rsid w:val="00884467"/>
     <w:rsid w:val="008A141D"/>
+    <w:rsid w:val="008D386B"/>
+    <w:rsid w:val="009626A9"/>
     <w:rsid w:val="009A4C28"/>
     <w:rsid w:val="009A5FD6"/>
     <w:rsid w:val="009C520A"/>
     <w:rsid w:val="00A001DB"/>
     <w:rsid w:val="00A12099"/>
     <w:rsid w:val="00A466B8"/>
     <w:rsid w:val="00A46D64"/>
+    <w:rsid w:val="00A55692"/>
     <w:rsid w:val="00B2124E"/>
     <w:rsid w:val="00B37BFB"/>
     <w:rsid w:val="00B50072"/>
     <w:rsid w:val="00B57492"/>
     <w:rsid w:val="00B6351F"/>
     <w:rsid w:val="00B63B5C"/>
     <w:rsid w:val="00B63B8E"/>
     <w:rsid w:val="00BC1BAD"/>
     <w:rsid w:val="00C77727"/>
     <w:rsid w:val="00CE18A7"/>
     <w:rsid w:val="00D07DAF"/>
     <w:rsid w:val="00D90328"/>
     <w:rsid w:val="00DA6267"/>
     <w:rsid w:val="00DB791D"/>
     <w:rsid w:val="00E37B5D"/>
     <w:rsid w:val="00EA59AB"/>
     <w:rsid w:val="00F16E90"/>
     <w:rsid w:val="00F17E19"/>
     <w:rsid w:val="00F27FD1"/>
     <w:rsid w:val="00F43B84"/>
     <w:rsid w:val="00FB0E58"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -1579,54 +1636,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>150</Words>
-  <Characters>858</Characters>
+  <Words>154</Words>
+  <Characters>879</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1006</CharactersWithSpaces>
+  <CharactersWithSpaces>1031</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joseph Dragavon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>