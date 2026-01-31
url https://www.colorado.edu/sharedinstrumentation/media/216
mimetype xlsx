--- v0 (2025-12-20)
+++ v1 (2026-01-31)
@@ -1,120 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11110"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10112"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/joe-local/Desktop/Joe-BioFrontiers/CU Core Facilities/CU Core Support/CF Emergency Repairs/FY25 Emergency Repairs/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/joe-local/Desktop/Joe-BioFrontiers/CU Core Facilities/CU Cores Support/CF Emergency Repairs/FY26 Emergency Repairs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2D6D7890-60B2-0648-AF9D-FB828B3033B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29C96487-EBF2-694B-BD63-E249804BC357}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="15260" yWindow="760" windowWidth="14980" windowHeight="17180" xr2:uid="{7AEC2275-7F20-2C47-A25E-0D59251A61FF}"/>
+    <workbookView xWindow="0" yWindow="680" windowWidth="30240" windowHeight="17240" xr2:uid="{7AEC2275-7F20-2C47-A25E-0D59251A61FF}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>FY Emergency Funds - Instrument Repairs Usage Table</t>
   </si>
   <si>
     <t>Current Age of Instrument (Years)</t>
   </si>
   <si>
     <t>Original value at time of purchase</t>
   </si>
   <si>
-    <t>FY23</t>
-[...1 lines deleted...]
-  <si>
     <t>FY24</t>
   </si>
   <si>
     <t>Name of Facility:</t>
   </si>
   <si>
     <t>Date this table is completed:</t>
   </si>
   <si>
-    <t>FY25 (to date)</t>
-[...1 lines deleted...]
-  <si>
     <t>Number of Users of the instrument</t>
   </si>
   <si>
     <t>Number of Labs of the instrument</t>
   </si>
   <si>
     <t>Total Hours of Use/Samples Run/Services Provided (or similar metric) by the instrument</t>
+  </si>
+  <si>
+    <t>FY25</t>
+  </si>
+  <si>
+    <t>FY26 (to date)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="8">
     <border>
@@ -239,51 +235,51 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -562,428 +558,160 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F8FD0C3C-A7E5-F64F-936B-A297E3F6CA91}">
   <dimension ref="B2:E10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E21" sqref="E21"/>
+      <selection activeCell="G10" sqref="G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
+    <col min="1" max="1" width="4.5" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="5" max="5" width="12.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B3" s="6" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B4" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B6" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="7"/>
     </row>
     <row r="7" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B7" s="3" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
     </row>
     <row r="8" spans="2:5" ht="51" x14ac:dyDescent="0.2">
       <c r="B8" s="4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
     </row>
     <row r="9" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B9" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C9" s="2"/>
-[...1 lines deleted...]
-      <c r="E9" s="2"/>
+      <c r="C9" s="8"/>
+      <c r="D9" s="9"/>
+      <c r="E9" s="10"/>
     </row>
     <row r="10" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="8"/>
       <c r="D10" s="9"/>
       <c r="E10" s="10"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="C10:E10"/>
+    <mergeCell ref="C9:E9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F8E75E1-CA3E-6649-943F-DF068E699C83}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...260 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0995C55C-8714-4C98-8C8F-3AC08DED6B7C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Joseph Dragavon</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>