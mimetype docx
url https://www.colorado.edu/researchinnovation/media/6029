--- v0 (2025-10-26)
+++ v1 (2025-12-08)
@@ -1416,65 +1416,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="CFB87C"/>
           </w:tcPr>
           <w:p w14:paraId="247D4833" w14:textId="02B33F50" w:rsidR="00901D1F" w:rsidRDefault="00901D1F" w:rsidP="00901D1F">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Indicate the Exempt </w:t>
             </w:r>
             <w:r w:rsidR="000B7C86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) that apply to this research. </w:t>
+              <w:t xml:space="preserve">(ies) that apply to this research. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32C938A9" w14:textId="77777777" w:rsidR="00AF5E88" w:rsidRDefault="00AF5E88" w:rsidP="00901D1F">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13A88E29" w14:textId="77777777" w:rsidR="00E15694" w:rsidRDefault="00901D1F" w:rsidP="00A12104">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF5E88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1729,114 +1715,116 @@
     </w:tbl>
     <w:p w14:paraId="1C63D539" w14:textId="77777777" w:rsidR="00901D1F" w:rsidRDefault="00901D1F" w:rsidP="00A12104">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2335"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="6475"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A906C0" w14:paraId="413B8BDC" w14:textId="77777777" w:rsidTr="00A906C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4547E67E" w14:textId="7FC20733" w:rsidR="00A906C0" w:rsidRDefault="00000000" w:rsidP="004076D6">
+          <w:p w14:paraId="4547E67E" w14:textId="7FC20733" w:rsidR="00A906C0" w:rsidRDefault="005263AD" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1683393918"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A906C0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A906C0">
               <w:t xml:space="preserve">  Exempt Category 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="726253F3" w14:textId="4088D7A7" w:rsidR="00A906C0" w:rsidRDefault="00E14558" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00E14558">
               <w:t>Research, conducted in established or commonly accepted educational settings, that specifically involves normal educational practices that are not likely to adversely impact students’ opportunity to learn required educational content or the assessment of educators who provide instruction. This includes most research on regular and special education instructional strategies, and research on the effectiveness of or the comparison among instructional techniques, curricula, or classroom management methods.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C638F4" w14:paraId="5B04ABCB" w14:textId="77777777" w:rsidTr="00784163">
         <w:trPr>
           <w:trHeight w:val="1006"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2471570F" w14:textId="66431693" w:rsidR="00C638F4" w:rsidRDefault="00000000" w:rsidP="004076D6">
+          <w:p w14:paraId="2471570F" w14:textId="66431693" w:rsidR="00C638F4" w:rsidRDefault="005263AD" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1992704979"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C638F4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C638F4">
               <w:t xml:space="preserve">  Exempt Category 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2B258FA6" w14:textId="2F0E688E" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00497676">
               <w:t>Research that only includes interactions involving educational tests (cognitive, diagnostic, aptitude, achievement), survey procedures, interview procedures, or observation of public behavior (including visual or auditory recording) if one of the following criteria is met:</w:t>
@@ -1850,50 +1838,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1938A5A3" w14:textId="77777777" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="23"/>
               <w:szCs w:val="23"/>
             </w:rPr>
             <w:id w:val="-864980598"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="57D8D64A" w14:textId="0E4AEF8C" w:rsidR="00C638F4" w:rsidRPr="00784163" w:rsidRDefault="00C638F4" w:rsidP="00F1015E">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                   <w:rPr>
                     <w:sz w:val="23"/>
                     <w:szCs w:val="23"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="23"/>
                     <w:szCs w:val="23"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1932,50 +1921,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="50F2C39B" w14:textId="77777777" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="23"/>
               <w:szCs w:val="23"/>
             </w:rPr>
             <w:id w:val="-2038876786"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0C46E528" w14:textId="2C07D951" w:rsidR="00C638F4" w:rsidRPr="00784163" w:rsidRDefault="00C638F4" w:rsidP="00F1015E">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                   <w:rPr>
                     <w:sz w:val="23"/>
                     <w:szCs w:val="23"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="23"/>
                     <w:szCs w:val="23"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -2014,50 +2004,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="484F2015" w14:textId="77777777" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="23"/>
               <w:szCs w:val="23"/>
             </w:rPr>
             <w:id w:val="-1879470299"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1E8E9F9F" w14:textId="692BA47D" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="00F1015E">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                   <w:rPr>
                     <w:sz w:val="23"/>
                     <w:szCs w:val="23"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="23"/>
                     <w:szCs w:val="23"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -2070,63 +2061,64 @@
               <w:ind w:left="68" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C638F4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>The information obtained is recorded by the investigator in such a manner that the identity of the human subjects can readily be ascertained, directly or through identifiers linked to the subjects, and an IRB conducts a limited IRB review to make the determination required by §46.111(a)(7).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C638F4" w14:paraId="7AAAE1AB" w14:textId="77777777" w:rsidTr="00D96B8F">
         <w:trPr>
           <w:trHeight w:val="119"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3F7871" w14:textId="621787EA" w:rsidR="00C638F4" w:rsidRDefault="00000000" w:rsidP="004076D6">
+          <w:p w14:paraId="5D3F7871" w14:textId="621787EA" w:rsidR="00C638F4" w:rsidRDefault="005263AD" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1208104580"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C638F4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C638F4">
               <w:t xml:space="preserve">  Exempt Category 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="66FC5DE4" w14:textId="12556695" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005026E5">
               <w:rPr>
@@ -2140,50 +2132,51 @@
       </w:tr>
       <w:tr w:rsidR="00C638F4" w14:paraId="7747F75F" w14:textId="77777777" w:rsidTr="0098130A">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="513AD47A" w14:textId="77777777" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1249076249"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="24F3018F" w14:textId="374A7AF8" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58F62DCD" w14:textId="3175FA1F" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
@@ -2208,50 +2201,51 @@
       </w:tr>
       <w:tr w:rsidR="00C638F4" w14:paraId="619C91D6" w14:textId="77777777" w:rsidTr="0098130A">
         <w:trPr>
           <w:trHeight w:val="112"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4BD12385" w14:textId="77777777" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2133787553"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="26188193" w14:textId="25BC64B9" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="314C927D" w14:textId="7BEF96B8" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
@@ -2276,110 +2270,112 @@
       </w:tr>
       <w:tr w:rsidR="00C638F4" w14:paraId="7B49D4AA" w14:textId="77777777" w:rsidTr="0098130A">
         <w:trPr>
           <w:trHeight w:val="112"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6698608A" w14:textId="77777777" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-804698463"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7EBC7F1F" w14:textId="69444C3A" w:rsidR="00C638F4" w:rsidRDefault="00C638F4" w:rsidP="004076D6">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2065C52B" w14:textId="2F697664" w:rsidR="00C638F4" w:rsidRPr="005026E5" w:rsidRDefault="002D3C2C" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3C2C">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>The information obtained is recorded by the investigator in such a manner that the identity of the human subjects can readily be ascertained, directly or through identifiers linked to the subjects, and an IRB conducts a limited IRB review to make the determination required by §46.111(a)(7).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B92EE1" w14:paraId="24BC5DF4" w14:textId="77777777" w:rsidTr="00A906C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="08A06844" w14:textId="38356C4F" w:rsidR="00B92EE1" w:rsidRDefault="00000000" w:rsidP="004076D6">
+          <w:p w14:paraId="08A06844" w14:textId="38356C4F" w:rsidR="00B92EE1" w:rsidRDefault="005263AD" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="929860135"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B92EE1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B92EE1">
               <w:t xml:space="preserve">  Exempt Category 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0CCCB805" w14:textId="5B0B67E6" w:rsidR="00B92EE1" w:rsidRDefault="00B92EE1" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA45F5">
               <w:t>Secondary research for which consent is not required: Secondary research uses of identifiable private information or identifiable biospecimens, if at least one of the following criteria is met:</w:t>
@@ -2389,50 +2385,51 @@
       </w:tr>
       <w:tr w:rsidR="00B92EE1" w14:paraId="70B84E8D" w14:textId="77777777" w:rsidTr="002F7381">
         <w:trPr>
           <w:trHeight w:val="48"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="696D0DB7" w14:textId="77777777" w:rsidR="00B92EE1" w:rsidRDefault="00B92EE1" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1815633549"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="43F7F486" w14:textId="071B14C3" w:rsidR="00B92EE1" w:rsidRDefault="00B92EE1" w:rsidP="004076D6">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17B4088A" w14:textId="7ABE4AFB" w:rsidR="00B92EE1" w:rsidRDefault="00B92EE1" w:rsidP="004076D6">
             <w:pPr>
@@ -2449,50 +2446,51 @@
       </w:tr>
       <w:tr w:rsidR="004A2705" w14:paraId="6F4ABDD4" w14:textId="77777777" w:rsidTr="004A2705">
         <w:trPr>
           <w:trHeight w:val="1430"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="348B187A" w14:textId="77777777" w:rsidR="004A2705" w:rsidRDefault="004A2705" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1407148398"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0FDE7BEA" w14:textId="54DB46A3" w:rsidR="004A2705" w:rsidRDefault="004A2705" w:rsidP="004076D6">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5736E061" w14:textId="611EEEDC" w:rsidR="004A2705" w:rsidRDefault="004A2705" w:rsidP="004076D6">
             <w:pPr>
@@ -2512,50 +2510,51 @@
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="69AA6ECE" w14:textId="6692BC23" w:rsidR="000B6462" w:rsidRDefault="000B6462" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Does this research involve researchers from another institution?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="295962539"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4C463186" w14:textId="3B56341C" w:rsidR="000B6462" w:rsidRDefault="000B6462" w:rsidP="004076D6">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A69D124" w14:textId="7C88379D" w:rsidR="000B6462" w:rsidRDefault="000B6462" w:rsidP="004076D6">
             <w:pPr>
@@ -2602,50 +2601,51 @@
       </w:tr>
       <w:tr w:rsidR="000B6462" w14:paraId="4679484F" w14:textId="77777777" w:rsidTr="000B6462">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4FCFF6E7" w14:textId="77777777" w:rsidR="000B6462" w:rsidRDefault="000B6462" w:rsidP="004076D6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="363255922"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="540" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="769EA12F" w14:textId="7345973B" w:rsidR="000B6462" w:rsidRDefault="000B6462" w:rsidP="004076D6">
                 <w:pPr>
                   <w:ind w:firstLine="0"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="783FE677" w14:textId="61CBD433" w:rsidR="000B6462" w:rsidRDefault="00846EC7" w:rsidP="004076D6">
             <w:pPr>
@@ -4654,65 +4654,51 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136E9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">If the primary </w:t>
             </w:r>
             <w:r w:rsidR="005A2AE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>participants</w:t>
             </w:r>
             <w:r w:rsidRPr="00136E9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> will be asked to provide information about family members or other social contacts and if the information provided about the family member or other social contact is private, identifiable information, that person becomes a </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> will be asked to provide information about family members or other social contacts and if the information provided about the family member or other social contact is private, identifiable information, that person becomes a third party </w:t>
             </w:r>
             <w:r w:rsidR="005A2AE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>participant</w:t>
             </w:r>
             <w:r w:rsidRPr="00136E9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14FAA12E" w14:textId="77777777" w:rsidR="009238F6" w:rsidRDefault="009238F6" w:rsidP="00136E9C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -4723,71 +4709,84 @@
       <w:r>
         <w:t>Recruitment</w:t>
       </w:r>
       <w:r w:rsidR="00ED3EC5">
         <w:t xml:space="preserve"> and Screening</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Methods</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B660A" w14:paraId="74F073E6" w14:textId="77777777" w:rsidTr="00B23ECE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CFB87C"/>
           </w:tcPr>
-          <w:p w14:paraId="71DB3309" w14:textId="77777777" w:rsidR="00C614AF" w:rsidRPr="00B23ECE" w:rsidRDefault="00C614AF" w:rsidP="00C614AF">
+          <w:p w14:paraId="71DB3309" w14:textId="4F1A8153" w:rsidR="00C614AF" w:rsidRPr="00B23ECE" w:rsidRDefault="00C614AF" w:rsidP="00C614AF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23ECE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Guidance for Recruitment can be found here:  </w:t>
+              <w:t xml:space="preserve">Guidance for Recruitment can be found here: </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidRPr="00B23ECE">
+              <w:r w:rsidRPr="005263AD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:color w:val="auto"/>
                 </w:rPr>
-                <w:t>Advertising and Recruitment</w:t>
+                <w:t>Advertising a</w:t>
+              </w:r>
+              <w:r w:rsidRPr="005263AD">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>n</w:t>
+              </w:r>
+              <w:r w:rsidRPr="005263AD">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>d Recruitment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5F59DF90" w14:textId="77777777" w:rsidR="00C614AF" w:rsidRPr="00B23ECE" w:rsidRDefault="00C614AF" w:rsidP="002B660A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="715C52BF" w14:textId="77777777" w:rsidR="008E245B" w:rsidRDefault="002B660A" w:rsidP="002B660A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23ECE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">This section should discuss how the </w:t>
             </w:r>
             <w:r w:rsidR="005A2AE8" w:rsidRPr="00B23ECE">
@@ -5302,67 +5301,51 @@
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CB88578" w14:textId="133E9F85" w:rsidR="002B660A" w:rsidRPr="002B660A" w:rsidRDefault="002B660A" w:rsidP="002B660A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B660A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Payment can be calculated on an hourly </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> or an amount can be allotted per visit, assessment, etc. Use the calculation that is easiest for you to use and </w:t>
+              <w:t xml:space="preserve">Payment can be calculated on an hourly basis or an amount can be allotted per visit, assessment, etc. Use the calculation that is easiest for you to use and </w:t>
             </w:r>
             <w:r w:rsidR="005A2AE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>participants</w:t>
             </w:r>
             <w:r w:rsidRPr="002B660A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> to understand.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="490D9F35" w14:textId="248CD06E" w:rsidR="000523D1" w:rsidRPr="0066696B" w:rsidRDefault="000523D1" w:rsidP="0066696B">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -6891,65 +6874,51 @@
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B660A" w14:paraId="42257109" w14:textId="77777777" w:rsidTr="00B23ECE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CFB87C"/>
           </w:tcPr>
           <w:p w14:paraId="27E61E4E" w14:textId="3DAE011D" w:rsidR="002B660A" w:rsidRPr="002B660A" w:rsidRDefault="002B660A" w:rsidP="002B660A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B660A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Describe how each risk listed in the previous section will be minimized. Examples </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Frequent monitoring or coding of data to protect confidentiality.</w:t>
+              <w:t>Describe how each risk listed in the previous section will be minimized. Examples include: Frequent monitoring or coding of data to protect confidentiality.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3096D9D0" w14:textId="3A2BCD9F" w:rsidR="000523D1" w:rsidRPr="00F15377" w:rsidRDefault="000523D1" w:rsidP="00F15377">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="070D611F" w14:textId="7FD0A4EE" w:rsidR="00B2069E" w:rsidRPr="008426F5" w:rsidRDefault="00B23ECE" w:rsidP="00B23ECE">
       <w:pPr>
         <w:pStyle w:val="ExemptHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Potential Benefits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -7893,87 +7862,79 @@
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>12</w:t>
     </w:r>
     <w:r w:rsidRPr="00184912">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="509E3307" w14:textId="5CB8A210" w:rsidR="004A1CA4" w:rsidRPr="00F17B29" w:rsidRDefault="009F4500" w:rsidP="004A1CA4">
+  <w:p w14:paraId="509E3307" w14:textId="067D64BB" w:rsidR="004A1CA4" w:rsidRPr="00F17B29" w:rsidRDefault="009F4500" w:rsidP="004A1CA4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9900"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>TEMPLATE – E</w:t>
     </w:r>
     <w:r w:rsidR="004A1CA4">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">xempt Protocol </w:t>
-[...7 lines deleted...]
-      <w:t>(add HRP number)</w:t>
+      <w:t>xempt Protocol</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6B1B354D" w14:textId="77777777" w:rsidR="004A1CA4" w:rsidRDefault="004A1CA4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="22021A26" w14:textId="77777777" w:rsidR="008A2DC9" w:rsidRDefault="008A2DC9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="57F7D923" w14:textId="77777777" w:rsidR="008A2DC9" w:rsidRDefault="008A2DC9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -11056,50 +11017,51 @@
     <w:rsid w:val="000D68A9"/>
     <w:rsid w:val="000E74C0"/>
     <w:rsid w:val="000F1338"/>
     <w:rsid w:val="000F6764"/>
     <w:rsid w:val="00110A49"/>
     <w:rsid w:val="0011488A"/>
     <w:rsid w:val="00122987"/>
     <w:rsid w:val="001270EE"/>
     <w:rsid w:val="0013114D"/>
     <w:rsid w:val="001314C5"/>
     <w:rsid w:val="00136E9C"/>
     <w:rsid w:val="00137B63"/>
     <w:rsid w:val="00140168"/>
     <w:rsid w:val="00140C08"/>
     <w:rsid w:val="00141701"/>
     <w:rsid w:val="00141C02"/>
     <w:rsid w:val="00144094"/>
     <w:rsid w:val="00147DBC"/>
     <w:rsid w:val="001529EF"/>
     <w:rsid w:val="001575A9"/>
     <w:rsid w:val="00167D70"/>
     <w:rsid w:val="0017087D"/>
     <w:rsid w:val="00182C6F"/>
     <w:rsid w:val="00184912"/>
     <w:rsid w:val="00191797"/>
+    <w:rsid w:val="001978B4"/>
     <w:rsid w:val="001A2548"/>
     <w:rsid w:val="001A2584"/>
     <w:rsid w:val="001B08FB"/>
     <w:rsid w:val="001B33DA"/>
     <w:rsid w:val="001B612F"/>
     <w:rsid w:val="001C1B06"/>
     <w:rsid w:val="001C2ACD"/>
     <w:rsid w:val="001C2E88"/>
     <w:rsid w:val="001C5F35"/>
     <w:rsid w:val="001D2986"/>
     <w:rsid w:val="001D6944"/>
     <w:rsid w:val="001D7EB6"/>
     <w:rsid w:val="001E13F8"/>
     <w:rsid w:val="001E4BBB"/>
     <w:rsid w:val="001E7B2F"/>
     <w:rsid w:val="001F1640"/>
     <w:rsid w:val="002000DF"/>
     <w:rsid w:val="00210C57"/>
     <w:rsid w:val="00211BA6"/>
     <w:rsid w:val="00213221"/>
     <w:rsid w:val="00216E95"/>
     <w:rsid w:val="00220290"/>
     <w:rsid w:val="00221F93"/>
     <w:rsid w:val="00224A65"/>
     <w:rsid w:val="002251B7"/>
@@ -11130,50 +11092,51 @@
     <w:rsid w:val="002C04AD"/>
     <w:rsid w:val="002C1899"/>
     <w:rsid w:val="002C2C1B"/>
     <w:rsid w:val="002C3111"/>
     <w:rsid w:val="002C4BE6"/>
     <w:rsid w:val="002C51B7"/>
     <w:rsid w:val="002D1F48"/>
     <w:rsid w:val="002D2418"/>
     <w:rsid w:val="002D3C2C"/>
     <w:rsid w:val="002D3FE3"/>
     <w:rsid w:val="002D7FF9"/>
     <w:rsid w:val="002E4B61"/>
     <w:rsid w:val="002F005D"/>
     <w:rsid w:val="002F1D1A"/>
     <w:rsid w:val="002F2939"/>
     <w:rsid w:val="002F2D51"/>
     <w:rsid w:val="002F2E86"/>
     <w:rsid w:val="002F4262"/>
     <w:rsid w:val="002F538D"/>
     <w:rsid w:val="002F7381"/>
     <w:rsid w:val="00310C5E"/>
     <w:rsid w:val="003128DB"/>
     <w:rsid w:val="00330B10"/>
     <w:rsid w:val="00333BAB"/>
     <w:rsid w:val="003362D2"/>
+    <w:rsid w:val="003366E3"/>
     <w:rsid w:val="00337DCB"/>
     <w:rsid w:val="003402F6"/>
     <w:rsid w:val="00342CD5"/>
     <w:rsid w:val="00353029"/>
     <w:rsid w:val="00355F2C"/>
     <w:rsid w:val="0035731A"/>
     <w:rsid w:val="0036338E"/>
     <w:rsid w:val="00365E38"/>
     <w:rsid w:val="00377AED"/>
     <w:rsid w:val="00382CCF"/>
     <w:rsid w:val="0039290B"/>
     <w:rsid w:val="0039574B"/>
     <w:rsid w:val="003A2615"/>
     <w:rsid w:val="003A2CBF"/>
     <w:rsid w:val="003A639F"/>
     <w:rsid w:val="003A77F5"/>
     <w:rsid w:val="003B07F9"/>
     <w:rsid w:val="003B3A60"/>
     <w:rsid w:val="003B4F75"/>
     <w:rsid w:val="003B4FF1"/>
     <w:rsid w:val="003B7226"/>
     <w:rsid w:val="003BD3CB"/>
     <w:rsid w:val="003C0FE7"/>
     <w:rsid w:val="003C5D4B"/>
     <w:rsid w:val="003E1BFD"/>
@@ -11208,50 +11171,51 @@
     <w:rsid w:val="004724FD"/>
     <w:rsid w:val="00477777"/>
     <w:rsid w:val="0048101E"/>
     <w:rsid w:val="00482D3A"/>
     <w:rsid w:val="0049037E"/>
     <w:rsid w:val="00497676"/>
     <w:rsid w:val="004A1B1B"/>
     <w:rsid w:val="004A1CA4"/>
     <w:rsid w:val="004A2705"/>
     <w:rsid w:val="004A3FF1"/>
     <w:rsid w:val="004B3474"/>
     <w:rsid w:val="004B38E9"/>
     <w:rsid w:val="004B439B"/>
     <w:rsid w:val="004B466F"/>
     <w:rsid w:val="004C4285"/>
     <w:rsid w:val="004D00A9"/>
     <w:rsid w:val="004D6901"/>
     <w:rsid w:val="004E4580"/>
     <w:rsid w:val="004F1DA7"/>
     <w:rsid w:val="004F3023"/>
     <w:rsid w:val="004F5AF8"/>
     <w:rsid w:val="00503D52"/>
     <w:rsid w:val="005074E4"/>
     <w:rsid w:val="00517F90"/>
     <w:rsid w:val="00521B02"/>
+    <w:rsid w:val="005263AD"/>
     <w:rsid w:val="00527A48"/>
     <w:rsid w:val="005302BB"/>
     <w:rsid w:val="00530E84"/>
     <w:rsid w:val="00543930"/>
     <w:rsid w:val="00544A6B"/>
     <w:rsid w:val="00546131"/>
     <w:rsid w:val="00546F52"/>
     <w:rsid w:val="00547781"/>
     <w:rsid w:val="0055152B"/>
     <w:rsid w:val="005516E8"/>
     <w:rsid w:val="0055232E"/>
     <w:rsid w:val="00554D76"/>
     <w:rsid w:val="00560305"/>
     <w:rsid w:val="0056352C"/>
     <w:rsid w:val="00567BA0"/>
     <w:rsid w:val="00574634"/>
     <w:rsid w:val="0058089E"/>
     <w:rsid w:val="005813C9"/>
     <w:rsid w:val="00583FF5"/>
     <w:rsid w:val="00586811"/>
     <w:rsid w:val="00592EB9"/>
     <w:rsid w:val="00593FCF"/>
     <w:rsid w:val="005A2AE8"/>
     <w:rsid w:val="005B263A"/>
     <w:rsid w:val="005B6992"/>
@@ -11510,50 +11474,51 @@
     <w:rsid w:val="00BB1BF1"/>
     <w:rsid w:val="00BB46B9"/>
     <w:rsid w:val="00BB6C32"/>
     <w:rsid w:val="00BC3FBA"/>
     <w:rsid w:val="00BC7FC9"/>
     <w:rsid w:val="00BD0E8B"/>
     <w:rsid w:val="00BD4521"/>
     <w:rsid w:val="00BD55B8"/>
     <w:rsid w:val="00BE064E"/>
     <w:rsid w:val="00BE2699"/>
     <w:rsid w:val="00BE54AE"/>
     <w:rsid w:val="00BF48DD"/>
     <w:rsid w:val="00BF5643"/>
     <w:rsid w:val="00BF5FCB"/>
     <w:rsid w:val="00C02D02"/>
     <w:rsid w:val="00C03792"/>
     <w:rsid w:val="00C06DE4"/>
     <w:rsid w:val="00C07290"/>
     <w:rsid w:val="00C07822"/>
     <w:rsid w:val="00C12CA1"/>
     <w:rsid w:val="00C15247"/>
     <w:rsid w:val="00C175A1"/>
     <w:rsid w:val="00C20BD2"/>
     <w:rsid w:val="00C21C52"/>
     <w:rsid w:val="00C22DD6"/>
+    <w:rsid w:val="00C26D47"/>
     <w:rsid w:val="00C2749A"/>
     <w:rsid w:val="00C278E3"/>
     <w:rsid w:val="00C30ACD"/>
     <w:rsid w:val="00C3757A"/>
     <w:rsid w:val="00C37903"/>
     <w:rsid w:val="00C47D48"/>
     <w:rsid w:val="00C51F46"/>
     <w:rsid w:val="00C52259"/>
     <w:rsid w:val="00C54486"/>
     <w:rsid w:val="00C614AF"/>
     <w:rsid w:val="00C6326F"/>
     <w:rsid w:val="00C63806"/>
     <w:rsid w:val="00C638F4"/>
     <w:rsid w:val="00C777B5"/>
     <w:rsid w:val="00C77C9D"/>
     <w:rsid w:val="00C81D35"/>
     <w:rsid w:val="00C93F79"/>
     <w:rsid w:val="00C94EC0"/>
     <w:rsid w:val="00CA2D30"/>
     <w:rsid w:val="00CA45F5"/>
     <w:rsid w:val="00CA5CFF"/>
     <w:rsid w:val="00CA708D"/>
     <w:rsid w:val="00CA7B29"/>
     <w:rsid w:val="00CB7396"/>
     <w:rsid w:val="00CC13AB"/>
@@ -13739,51 +13704,51 @@
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/research-administration/office-research-integrity-compliance/human-research-irb/templates-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irbadmin@colorado.edu?subject=Question%20about%20Exempt%20Research" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/media/1433" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/research-administration/office-research-integrity-compliance/human-research-irb/exempt-research" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/node/300/attachment/newest" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irbadmin@colorado.edu?subject=Question%20about%20Exempt%20Research" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/research-administration/office-research-integrity-compliance/human-research-irb/templates-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irbadmin@colorado.edu?subject=Question%20about%20Exempt%20Research" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/media/1433" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/research-administration/office-research-integrity-compliance/human-research-irb/exempt-research" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/media/6093" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irbadmin@colorado.edu?subject=Question%20about%20Exempt%20Research" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -14048,50 +14013,75 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <DateandTime xmlns="83d3835f-83f2-449b-ae3e-f6bfd3641fa1">2022-04-13T21:28:23+00:00</DateandTime>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="83d3835f-83f2-449b-ae3e-f6bfd3641fa1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001E48B3F9E1A2AE42A5B4C627E95C8B16" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="565ab72c999f02ae8e3699e234712be5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="83d3835f-83f2-449b-ae3e-f6bfd3641fa1" xmlns:ns3="b7a10251-fa17-4d52-b1cf-dd4c8c7ae5e0" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="46835bc921740644613c331d662778c0" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="83d3835f-83f2-449b-ae3e-f6bfd3641fa1"/>
     <xsd:import namespace="b7a10251-fa17-4d52-b1cf-dd4c8c7ae5e0"/>
     <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:DateandTime" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -14289,143 +14279,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{833D7FBA-A7A1-4A5C-BF5A-CFCAC14041BD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBEE10D1-A50C-4001-A295-E5517D024E97}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="83d3835f-83f2-449b-ae3e-f6bfd3641fa1"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABB4E93D-7F49-4FCF-BA6C-C12BDD091B60}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{204FD965-7FED-4D51-BB1A-023619C5AC2C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="83d3835f-83f2-449b-ae3e-f6bfd3641fa1"/>
     <ds:schemaRef ds:uri="b7a10251-fa17-4d52-b1cf-dd4c8c7ae5e0"/>
     <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3600</Words>
-  <Characters>20521</Characters>
+  <Words>3586</Words>
+  <Characters>20517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>171</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>526</Lines>
+  <Paragraphs>221</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24073</CharactersWithSpaces>
+  <CharactersWithSpaces>23882</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Misty L White;Douglas Grafel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001E48B3F9E1A2AE42A5B4C627E95C8B16</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>