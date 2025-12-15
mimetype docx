--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -1,2362 +1,1980 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="4FA53536" w:rsidP="5F63E353" w:rsidRDefault="4FA53536" w14:paraId="172609EB" w14:textId="6F5AB670">
+    <w:p w14:paraId="172609EB" w14:textId="6F5AB670" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="5F63E353">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F63E353" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+      <w:r w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Facilities, equipment, and other resources</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="58488FE7" w14:textId="560562BD">
+    <w:p w14:paraId="58488FE7" w14:textId="560562BD" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1898F5D8" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+      <w:r w:rsidRPr="1898F5D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Expertise</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="2242F51A" w14:textId="3B579549">
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+    <w:p w14:paraId="2242F51A" w14:textId="3B579549" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Computing at CU Boulder consists of a group of computational scientists, high-performance computing specialists, and system administrators with the mission to provide leadership in developing, deploying, and operating an integrated cyberinfrastructure. This cyberinfrastructure consists of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="621455FC" w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on-premise</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F63E353" w:rsidR="621455FC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="621455FC" w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="5F63E353" w:rsidR="4FA53536">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">high-performance computing, commercial cloud computing, </w:t>
+      </w:r>
+      <w:r w:rsidR="4C2F8033" w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">large-scale </w:t>
       </w:r>
-      <w:r w:rsidRPr="5F63E353" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">storage, and </w:t>
       </w:r>
-      <w:r w:rsidRPr="5F63E353" w:rsidR="492EAA8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="492EAA8E" w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>high-speed</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F63E353" w:rsidR="4FA53536">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> and discovery. Research Computing contributes to the educational mission of the university by providing training workshops and consultation services for cyberinfrastructure related topics.</w:t>
+      <w:r w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> networking that supports research, collaboration and discovery. Research Computing contributes to the educational mission of the university by providing training workshops and consultation services for cyberinfrastructure related topics.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="6F610E1F" w14:textId="0C84D5ED">
+    <w:p w14:paraId="6F610E1F" w14:textId="0C84D5ED" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0E2BC5A5" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+      <w:r w:rsidRPr="0E2BC5A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Compute</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="56F53C9D" w14:textId="3F9A058B">
+    <w:p w14:paraId="56F53C9D" w14:textId="3F9A058B" w:rsidR="4FA53536" w:rsidRDefault="3F87B006" w:rsidP="1898F5D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
-[...8 lines deleted...]
-          <w:iCs w:val="1"/>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Alpine: </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="75C210F2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="75C210F2" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Research Computing hosts the </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alpine supercomputer</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="722F80EC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="722F80EC" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, which is available at no cost to students, staff and researchers </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="0B0E441F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="0B0E441F" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">at CU Boulder </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="722F80EC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="722F80EC" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and partner institutions. </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="7DCD1308">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="7DCD1308" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Alpine </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="0A553EAF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="0A553EAF" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>funded by contributions from the University of Colorado Boulder, Colorado State University, the University of Colorado Anschutz</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="7D02186A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="7D02186A" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and the National Science Foundation</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="154BC156">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="154BC156" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="09901D3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="09901D3F" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="154BC156">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="154BC156" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lpine has </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="59C9216A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="59C9216A" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>406</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4D6649E8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4D6649E8" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> standard CPU-based compute nodes, 24 high-memory nodes, 23 compute nodes with </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="3D5A3EAC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="3D5A3EAC" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>multiple GPUs on each (NVIDIA L40, NVIDIA A100, and AMD MI100), and 2 NVIDIA Grace-Hopper nodes.</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="18C44EE6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="18C44EE6" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">odes are connected through a high-performance network based on Mellanox </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Infiniband</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a bandwidth of 200 Gb/s. A </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="7ED66A91">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="7ED66A91" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PB high-performance IBM GPFS file system is provided. Additional hardware phases </w:t>
+      </w:r>
+      <w:r w:rsidR="7DEA7C5B" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> added to Alpine each year.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="1564EECF" w14:textId="3F83D7C5">
+    <w:p w14:paraId="1564EECF" w14:textId="3F83D7C5" w:rsidR="4FA53536" w:rsidRDefault="0356A105" w:rsidP="1898F5D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
-[...8 lines deleted...]
-          <w:iCs w:val="1"/>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Blanca: </w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="4FA53536">
-[...113 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Research Computing offers a condo computing service that enables researchers to purchase and own compute nodes that are operated as part of a cluster, named “Blanca.” The aggregate cluster is made available to all condo partners while maintaining priority for the owner of each node.</w:t>
+      </w:r>
+      <w:r w:rsidR="73C4A697" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Blanca has 2</w:t>
+      </w:r>
+      <w:r w:rsidR="61E4A6B4" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E428C6D" w:rsidR="73C4A697">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="73C4A697" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nodes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="417925D7" w14:textId="04F21837">
+    <w:p w14:paraId="417925D7" w14:textId="04F21837" w:rsidR="4FA53536" w:rsidRDefault="408843AD" w:rsidP="1898F5D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
-[...8 lines deleted...]
-          <w:iCs w:val="1"/>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Cloud Computing: </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="408843AD">
-[...6 lines deleted...]
-          <w:u w:val="none"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Res</w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="53ED480B">
-[...6 lines deleted...]
-          <w:u w:val="none"/>
+      <w:r w:rsidR="53ED480B" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="408843AD">
-[...6 lines deleted...]
-          <w:u w:val="none"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">arch Computing </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="16E27F40">
-[...6 lines deleted...]
-          <w:u w:val="none"/>
+      <w:r w:rsidR="16E27F40" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>facilitates</w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="4E1A2690">
-[...6 lines deleted...]
-          <w:u w:val="none"/>
+      <w:r w:rsidR="4E1A2690" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> access to and provides support for of</w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="4FA53536" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fsite commercial cloud resources at negotiated rates</w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="156D34FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="156D34FF" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7DB27F37" w:rsidP="442101E2" w:rsidRDefault="7DB27F37" w14:paraId="3674D582" w14:textId="1EC5C949">
+    <w:p w14:paraId="3674D582" w14:textId="1EC5C949" w:rsidR="7DB27F37" w:rsidRDefault="7DB27F37" w:rsidP="442101E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:eastAsia="Roboto" w:cs="Roboto"/>
-          <w:noProof w:val="0"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Secure</w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="65BC7C2F">
-[...3 lines deleted...]
-          <w:iCs w:val="1"/>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Int_RRNXWPwO" w:id="1974284969"/>
-[...4 lines deleted...]
-          <w:iCs w:val="1"/>
+      <w:bookmarkStart w:id="0" w:name="_Int_RRNXWPwO"/>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>computing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1974284969"/>
-[...4 lines deleted...]
-          <w:iCs w:val="1"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="65BC7C2F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Research Computing manages </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="65BC7C2F">
-[...3 lines deleted...]
-          <w:iCs w:val="1"/>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="65BC7C2F">
-[...4 lines deleted...]
-          <w:noProof w:val="0"/>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>he Preserve</w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="2BD31116">
-[...4 lines deleted...]
-          <w:noProof w:val="0"/>
+      <w:r w:rsidR="2BD31116" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="65BC7C2F">
-[...2 lines deleted...]
-          <w:noProof w:val="0"/>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an environment available to researchers who engage in projects that contain confidential or highly confidential data.  It is highly controlled to specifically protect research that must eventually meet </w:t>
+      </w:r>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cybersecurity Maturity Model Certification (CMMC) 2.0 Level 2</w:t>
+      </w:r>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Controlled Unclassified Information (CUI)</w:t>
+      </w:r>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and certain </w:t>
+      </w:r>
+      <w:r w:rsidR="51B8835E" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xport </w:t>
+      </w:r>
+      <w:r w:rsidR="115EFBE8" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ontrol</w:t>
+      </w:r>
+      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...23 lines deleted...]
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regulations.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D61BF67" w14:textId="5FFB7DB5" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1898F5D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Networking</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774540BE" w14:textId="2746C4A2" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="442101E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The current CU Boulder network is a 40 Gbps fiber core with Cat 5 or higher wiring throughout campus. Research Computing has created an 80 Gbps Science-DMZ to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>connect the RMACC Summit supercomputer to storage and to bring individual dedicated 10 Gbps circuits to various locations as needed. CU Boulder participates</w:t>
+      </w:r>
+      <w:r w:rsidR="44FCB4CA" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="189BF50E" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Internet 2 higher education, government, and vendor research computing consortium</w:t>
+      </w:r>
+      <w:r w:rsidR="4FDDA92D" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="65BC7C2F">
-[...93 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and is an active member of the Front-Range </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gigapop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and other networks. Research Computing has begun to provide campus researchers with a leading-edge network that meets their needs and facilitates collaboration, high performance data exchange, access to co-location facilities, remote mounts to storage, and real-time communications.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="0D61BF67" w14:textId="5FFB7DB5">
+    <w:p w14:paraId="3FDAA697" w14:textId="19A21433" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1898F5D8" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+      <w:r w:rsidRPr="1898F5D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Networking</w:t>
+        <w:t>File Transfer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="442101E2" w:rsidRDefault="4FA53536" w14:paraId="774540BE" w14:textId="2746C4A2">
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+    <w:p w14:paraId="29838962" w14:textId="2506698C" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For moving large volumes of data Research Computing has </w:t>
+      </w:r>
+      <w:r w:rsidR="209D259A" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>four</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodes dedicated to file transfer</w:t>
+      </w:r>
+      <w:r w:rsidR="1F9318BB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via multiple protocols including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="1F9318BB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1F9318BB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sftp, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="1F9318BB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rsync</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1F9318BB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0FB42036" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="1F9318BB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>clone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1F9318BB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and Globus (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="1F9318BB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GridFTP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1F9318BB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).  Research Computing also sup</w:t>
+      </w:r>
+      <w:r w:rsidR="400EFCCB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ports desktop-based file transfer protocols including SMB and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="400EFCCB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sshfs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="400EFCCB" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EC594B" w14:textId="2C7DD1C4" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1898F5D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Storage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1065172B" w14:textId="1F217090" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Each Research Computing user has a 2 GB home directory</w:t>
+      </w:r>
+      <w:r w:rsidR="5756D2E2" w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 250 GB projects directory, each of which are backed up regularly. </w:t>
+      </w:r>
+      <w:r w:rsidR="7BF19BA1" w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Each user also has a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10 TB scratch directory</w:t>
+      </w:r>
+      <w:r w:rsidR="66FB576D" w:rsidRPr="5F63E353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is hosted on a high-performance IBM GPFS filesystem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B641B3" w14:textId="0BE051DD" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1898F5D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>PetaLibrary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1898F5D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Storage Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B3AAC6" w14:textId="0837DB04" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PetaLibrary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a CU Research Computing service supporting the storage, archival, and sharing of research data. It is available </w:t>
+      </w:r>
+      <w:r w:rsidR="5A6E7CDB" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cost to any researcher affiliated with the University of Colorado Boulder. The two main categories of service offered to customers of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PetaLibrary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are Active storage for data requiring frequent access, and Archive storage for data that is accessed infrequently. </w:t>
+      </w:r>
+      <w:r w:rsidR="71DCF9B2" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Both tiers are hosted on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spinning disk </w:t>
+      </w:r>
+      <w:r w:rsidR="6BA778E0" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>enclosures</w:t>
+      </w:r>
+      <w:r w:rsidR="16CA2FFB" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the CU Boulder Campus.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="4FA53536">
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidR="33943480" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="16EEB1EB" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>edundant copies of d</w:t>
+      </w:r>
+      <w:r w:rsidR="12E4BB1B" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ata</w:t>
+      </w:r>
+      <w:r w:rsidR="2F96B42D" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in non-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="2F96B42D" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>colocated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="2F96B42D" w:rsidRPr="55B6007F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data centers may be purchased for an additional cost. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F35FF79" w14:textId="4E40A675" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Through </w:t>
+      </w:r>
+      <w:r w:rsidR="6BF2F5D4" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>collaboration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the CU Libraries, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PetaLibrary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can also host the publication and long-term archival of large datasets. The datasets are assigned unique digital object identifiers (DOIs) that are searchable and accessible via the “CU Scholar” institutional repository.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9754F6" w14:textId="67EDDC92" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1898F5D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>OnDemand</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73507508" w14:textId="5DC48A9C" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Open OnDemand is a </w:t>
+      </w:r>
+      <w:r w:rsidR="464E96F4" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>browser-based</w:t>
+      </w:r>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, integrated, single access portal for CURC high performance computing (HPC) resources. It provides a graphical interface to view, edit, download, and upload files, manage and create job templates for CURC’s computing clusters, and access CURC interactive applications (visualization nodes, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Matlab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2" w:rsidR="4FA53536">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> collaboration, high performance data exchange, access to co-location facilities, remote mounts to storage, and real-time communications.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="703FA8C1" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VSCode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="703FA8C1" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="703FA8C1" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rstudio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="703FA8C1" w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jupyter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="442101E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Notebooks), all via a web browser.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="3FDAA697" w14:textId="19A21433">
+    <w:p w14:paraId="4C5794CD" w14:textId="00EBCDA1" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1898F5D8" w:rsidR="4FA53536">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+      <w:r w:rsidRPr="1898F5D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>File Transfer</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Center for Research Data and Digital Scholarship (CRDDS)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="29838962" w14:textId="2506698C">
-[...174 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+    <w:p w14:paraId="5B4426F4" w14:textId="182F6179" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Center for Research Data &amp; Digital Scholarship (CRDDS) </w:t>
+      </w:r>
+      <w:r w:rsidR="665DE213" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>offers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a full range of data services for both university and community members. The aim of CRDDS is to provide support to community members </w:t>
+      </w:r>
+      <w:r w:rsidR="47C9CE99" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n areas related to data intensive research. CRDDS fulfills this mission by providing education and support on such issues as data discovery, reuse, access, publication, storage, visualization, curation, cleaning, and preservation, as well as digital scholarship. CRDDS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Norlin Library on Main Campus at CU Boulder.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="24EC594B" w14:textId="2C7DD1C4">
-[...12 lines deleted...]
-        <w:t>Storage</w:t>
+    <w:p w14:paraId="432AEA6E" w14:textId="48888A9E" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CRDDS offers many opportunities to students working with data. The expert staff work </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hand-in-hand</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with researchers via weekly office hours, one-on-one consultations, and group trainings in </w:t>
+      </w:r>
+      <w:r w:rsidR="62CF1642" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">high-performance computing, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programming, data visualization and more. CRDDS serves as a resource for data management, manipulation and publication for trainees working through undergraduate and graduate coursework.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="1065172B" w14:textId="1F217090">
-[...55 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="4F3ADC76" w14:textId="757ED138" w:rsidR="442101E2" w:rsidRDefault="442101E2" w:rsidP="442101E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="14B641B3" w14:textId="0BE051DD">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Storage Services</w:t>
+    <w:p w14:paraId="6D97F76D" w14:textId="4A64A74A" w:rsidR="2EAD7467" w:rsidRDefault="2EAD7467" w:rsidP="6E428C6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Last updated: 2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="7B1319F9" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="2C7B376E" w:rsidRPr="6E428C6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="66B3AAC6" w14:textId="0944B497">
-[...627 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+    <w:p w14:paraId="4C3036CC" w14:textId="2E88745C" w:rsidR="1898F5D8" w:rsidRDefault="1898F5D8" w:rsidP="1898F5D8"/>
+    <w:p w14:paraId="6C18A452" w14:textId="3B3D90E8" w:rsidR="1898F5D8" w:rsidRDefault="1898F5D8" w:rsidP="1898F5D8"/>
+    <w:sectPr w:rsidR="1898F5D8">
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Georgia Pro">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="800002AF" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial Nova">
+    <w:panose1 w:val="020B0504020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Roboto">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
-<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:bookmark int2:bookmarkName="_Int_RRNXWPwO" int2:invalidationBookmarkName="" int2:hashCode="ZfOSb5oqyN3flU" int2:id="pX5L1dHZ">
-      <int2:state int2:type="gram" int2:value="Rejected"/>
+      <int2:state int2:value="Rejected" int2:type="gram"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...3 lines deleted...]
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B8F4679"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCA25F16"/>
+    <w:lvl w:ilvl="0" w:tplc="5B1240EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="648236FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="D24A1CA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="A4FE2480">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="9440E770">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="79ECC29A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="44A00798">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="C2B8A068">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="2AD20C66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="1">
-[...2 lines deleted...]
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34884113"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E7B6E25C"/>
+    <w:lvl w:ilvl="0" w:tplc="90EC16C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="4CCEF8AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="D4D0D4DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="C19ACA20">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="E39C7A34">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="8B188848">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="AF3E61B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="62F83B18">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="9BEC1E82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="1" w16cid:durableId="1612469335">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="2" w16cid:durableId="1394696321">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:trackRevisions w:val="false"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="29C92D76"/>
     <w:rsid w:val="006F6622"/>
+    <w:rsid w:val="00B228F8"/>
+    <w:rsid w:val="00F246BD"/>
     <w:rsid w:val="0356A105"/>
     <w:rsid w:val="04CAC390"/>
     <w:rsid w:val="05773478"/>
     <w:rsid w:val="05977719"/>
     <w:rsid w:val="06A33BC0"/>
     <w:rsid w:val="08251043"/>
     <w:rsid w:val="083EBB5F"/>
     <w:rsid w:val="08A2E9DC"/>
     <w:rsid w:val="09901D3F"/>
     <w:rsid w:val="09DF7973"/>
     <w:rsid w:val="0A553EAF"/>
     <w:rsid w:val="0AFCA529"/>
     <w:rsid w:val="0B0E441F"/>
     <w:rsid w:val="0B7B91D8"/>
     <w:rsid w:val="0BB1EBF7"/>
     <w:rsid w:val="0C4AFC19"/>
     <w:rsid w:val="0CAC6F26"/>
     <w:rsid w:val="0E2BC5A5"/>
     <w:rsid w:val="0F82D2D3"/>
     <w:rsid w:val="0FA75D2F"/>
     <w:rsid w:val="0FB42036"/>
     <w:rsid w:val="115EFBE8"/>
     <w:rsid w:val="1222B468"/>
     <w:rsid w:val="1249677B"/>
     <w:rsid w:val="12C1F1D7"/>
@@ -2412,58 +2030,60 @@
     <w:rsid w:val="3F87B006"/>
     <w:rsid w:val="400EFCCB"/>
     <w:rsid w:val="408843AD"/>
     <w:rsid w:val="4200EE05"/>
     <w:rsid w:val="4254D047"/>
     <w:rsid w:val="4282888F"/>
     <w:rsid w:val="442101E2"/>
     <w:rsid w:val="44FCB4CA"/>
     <w:rsid w:val="45FE52F0"/>
     <w:rsid w:val="464E96F4"/>
     <w:rsid w:val="47C9CE99"/>
     <w:rsid w:val="492EAA8E"/>
     <w:rsid w:val="4A59223D"/>
     <w:rsid w:val="4B4B40E5"/>
     <w:rsid w:val="4C2F8033"/>
     <w:rsid w:val="4D6649E8"/>
     <w:rsid w:val="4DF03C78"/>
     <w:rsid w:val="4E1A2690"/>
     <w:rsid w:val="4FA53536"/>
     <w:rsid w:val="4FDDA92D"/>
     <w:rsid w:val="51B8835E"/>
     <w:rsid w:val="52293E01"/>
     <w:rsid w:val="53ED480B"/>
     <w:rsid w:val="540052A8"/>
     <w:rsid w:val="54E5031E"/>
+    <w:rsid w:val="55B6007F"/>
     <w:rsid w:val="5756D2E2"/>
     <w:rsid w:val="57EDFFB2"/>
     <w:rsid w:val="581DC57A"/>
     <w:rsid w:val="589ACF64"/>
     <w:rsid w:val="5981EC71"/>
     <w:rsid w:val="59C9216A"/>
     <w:rsid w:val="59D33B76"/>
     <w:rsid w:val="5A3FE339"/>
+    <w:rsid w:val="5A6E7CDB"/>
     <w:rsid w:val="5EB65B36"/>
     <w:rsid w:val="5F63E353"/>
     <w:rsid w:val="6031DF46"/>
     <w:rsid w:val="61E4A6B4"/>
     <w:rsid w:val="621455FC"/>
     <w:rsid w:val="62CF1642"/>
     <w:rsid w:val="63685F37"/>
     <w:rsid w:val="64B7F0AA"/>
     <w:rsid w:val="659F9F21"/>
     <w:rsid w:val="65A48DBB"/>
     <w:rsid w:val="65BC7C2F"/>
     <w:rsid w:val="65C7E141"/>
     <w:rsid w:val="65FC8965"/>
     <w:rsid w:val="665DE213"/>
     <w:rsid w:val="66FB576D"/>
     <w:rsid w:val="6705351A"/>
     <w:rsid w:val="6814B9B3"/>
     <w:rsid w:val="68B4E7DA"/>
     <w:rsid w:val="6BA778E0"/>
     <w:rsid w:val="6BF2F5D4"/>
     <w:rsid w:val="6CB8EC3C"/>
     <w:rsid w:val="6E428C6D"/>
     <w:rsid w:val="6F24BCB0"/>
     <w:rsid w:val="703FA8C1"/>
     <w:rsid w:val="71DCF9B2"/>
@@ -2494,133 +2114,133 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7BDBDABD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9E240D02-4BB6-48C8-A4D8-4109F793AD99}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15 wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2776,52 +2396,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2882,182 +2502,188 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="character" w:styleId="TitleChar" w:customStyle="1" mc:Ignorable="w14">
-[...5 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="paragraph" w:styleId="Title" mc:Ignorable="w14">
-[...8 lines deleted...]
-      <w:contextualSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="character" w:styleId="Heading1Char" w:customStyle="1" mc:Ignorable="w14">
-[...6 lines deleted...]
-      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="paragraph" w:styleId="Heading1" mc:Ignorable="w14">
-[...26 lines deleted...]
-      <w:contextualSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
-    <w:uiPriority w:val="99"/>
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="442101E2"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="Raf36424011f24308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="Rec7613f6b4d840f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -3286,50 +2912,71 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7e49f7d3-8802-46ca-9604-495ce27f67f4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <OriginalOrder xmlns="7e49f7d3-8802-46ca-9604-495ce27f67f4">1</OriginalOrder>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DC7320DB280744439FF1CC777D09ECA4" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="59f993fb62a27fe1f7b4a88da29f0493">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7e49f7d3-8802-46ca-9604-495ce27f67f4" xmlns:ns3="a1519f9a-9d6a-41c1-afc9-552e4069f82f" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="16cde73a7ef457e922f0988fe082be15" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="7e49f7d3-8802-46ca-9604-495ce27f67f4"/>
     <xsd:import namespace="a1519f9a-9d6a-41c1-afc9-552e4069f82f"/>
     <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -3545,95 +3192,109 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9FB4E83-0CFF-4D45-B79D-0709E1359FEB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF526CA9-F0BB-47EC-88F3-A2C870E4EC0E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="7e49f7d3-8802-46ca-9604-495ce27f67f4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24B7A452-937F-445F-B0F3-46D114DFEC19}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24B7A452-937F-445F-B0F3-46D114DFEC19}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF526CA9-F0BB-47EC-88F3-A2C870E4EC0E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9FB4E83-0CFF-4D45-B79D-0709E1359FEB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7e49f7d3-8802-46ca-9604-495ce27f67f4"/>
+    <ds:schemaRef ds:uri="a1519f9a-9d6a-41c1-afc9-552e4069f82f"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>881</Words>
+  <Characters>5026</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>5896</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dylan Perkins</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Andrew Monaghan</lastModifiedBy>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DC7320DB280744439FF1CC777D09ECA4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>