--- v1 (2025-12-15)
+++ v2 (2026-02-09)
@@ -1,2246 +1,2766 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="172609EB" w14:textId="6F5AB670" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="5F63E353">
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="172609EB" w14:textId="6F5AB670">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F63E353">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Facilities, equipment, and other resources</w:t>
+        <w:t>Facilities,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> equipment, and other resources</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58488FE7" w14:textId="560562BD" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="58488FE7" w14:textId="560562BD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Expertise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2242F51A" w14:textId="3B579549" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="2242F51A" w14:textId="3B579549">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Computing at CU Boulder consists of a group of computational scientists, high-performance computing specialists, and system administrators with the mission to provide leadership in developing, deploying, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>operating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an integrated cyberinfrastructure. This cyberinfrastructure consists of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="621455FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on-premise</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="621455FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="5F63E353">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">high-performance computing, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">commercial cloud computing, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4C2F8033">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">large-scale </w:t>
       </w:r>
-      <w:r w:rsidRPr="5F63E353">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">storage, and </w:t>
       </w:r>
-      <w:r w:rsidR="492EAA8E" w:rsidRPr="5F63E353">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="492EAA8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>high-speed</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F63E353">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> networking that supports research, collaboration and discovery. Research Computing contributes to the educational mission of the university by providing training workshops and consultation services for cyberinfrastructure related topics.</w:t>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> networking that supports research, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>collaboration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and discovery. Research Computing contributes to the educational mission of the university by providing training workshops and consultation services for cyberinfrastructure related topics.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F610E1F" w14:textId="0C84D5ED" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="6F610E1F" w14:textId="0C84D5ED">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Compute</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F53C9D" w14:textId="3F9A058B" w:rsidR="4FA53536" w:rsidRDefault="3F87B006" w:rsidP="1898F5D8">
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="56F53C9D" w14:textId="4CCF2CB5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
-[...8 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="3F87B006">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Alpine: </w:t>
       </w:r>
-      <w:r w:rsidR="75C210F2" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="75C210F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Research Computing hosts the </w:t>
       </w:r>
-      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alpine supercomputer</w:t>
       </w:r>
-      <w:r w:rsidR="722F80EC" w:rsidRPr="6E428C6D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="63042493">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="722F80EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students, staff and researchers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="0B0E441F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">at CU Boulder </w:t>
       </w:r>
-      <w:r w:rsidR="722F80EC" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="722F80EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and partner institutions. </w:t>
       </w:r>
-      <w:r w:rsidR="7DCD1308" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="7DCD1308">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Alpine </w:t>
       </w:r>
-      <w:r w:rsidR="0A553EAF" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="0A553EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>funded by contributions from the University of Colorado Boulder, Colorado State University, the University of Colorado Anschutz</w:t>
       </w:r>
-      <w:r w:rsidR="7D02186A" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="7D02186A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and the National Science Foundation</w:t>
       </w:r>
-      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="154BC156" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="154BC156">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="09901D3F" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="09901D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="154BC156" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="154BC156">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lpine has </w:t>
       </w:r>
-      <w:r w:rsidR="59C9216A" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="59C9216A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>406</w:t>
       </w:r>
-      <w:r w:rsidR="4D6649E8" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4D6649E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> standard CPU-based compute nodes, 24 high-memory nodes, 23 compute nodes with </w:t>
       </w:r>
-      <w:r w:rsidR="3D5A3EAC" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="3D5A3EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>multiple GPUs on each (NVIDIA L40, NVIDIA A100, and AMD MI100), and 2 NVIDIA Grace-Hopper nodes.</w:t>
       </w:r>
-      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="18C44EE6" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="18C44EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">odes are connected through a high-performance network based on Mellanox </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Infiniband</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a bandwidth of 200 Gb/s. A </w:t>
       </w:r>
-      <w:r w:rsidR="7ED66A91" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="7ED66A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> added to Alpine each year.</w:t>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PB high-performance IBM GPFS file system is provided. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="502919C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Alpine includes multiple hardware phases supporting CPU- and GPU-based computing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1564EECF" w14:textId="3F83D7C5" w:rsidR="4FA53536" w:rsidRDefault="0356A105" w:rsidP="1898F5D8">
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="1564EECF" w14:textId="5D7A442E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
-[...8 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="0356A105">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Blanca: </w:t>
       </w:r>
-      <w:r w:rsidR="4FA53536" w:rsidRPr="6E428C6D">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Computing offers a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>condo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> computing service that enables researchers to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>purchase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and own compute nodes that are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>operated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as part of a cluster, named “Blanca.” The aggregate cluster is available to all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>condo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> partners while </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maintaining</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priority for the owner of each node</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="73C4A697">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="73C4A697">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Blanca has 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="61E4A6B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidR="73C4A697" w:rsidRPr="6E428C6D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="73C4A697">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nodes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417925D7" w14:textId="04F21837" w:rsidR="4FA53536" w:rsidRDefault="408843AD" w:rsidP="1898F5D8">
+    <w:p w:rsidR="408843AD" w:rsidP="75097EAB" w:rsidRDefault="408843AD" w14:paraId="4F338174" w14:textId="1DAF081E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
-[...8 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="408843AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Cloud Computing: </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2">
-[...53 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="043E6952">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Research Computing supports the use of offsite commercial cloud computing resources.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3674D582" w14:textId="1EC5C949" w:rsidR="7DB27F37" w:rsidRDefault="7DB27F37" w:rsidP="442101E2">
+    <w:p w:rsidR="7DB27F37" w:rsidP="75097EAB" w:rsidRDefault="7DB27F37" w14:paraId="3674D582" w14:textId="7DD62B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
-[...9 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="7DB27F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Secure</w:t>
       </w:r>
-      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Int_RRNXWPwO"/>
-[...4 lines deleted...]
-          <w:iCs/>
+      <w:bookmarkStart w:name="_Int_RRNXWPwO" w:id="1974284969"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>computing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...4 lines deleted...]
-          <w:iCs/>
+      <w:bookmarkEnd w:id="1974284969"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Research Computing manages </w:t>
       </w:r>
-      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>he Preserve</w:t>
       </w:r>
-      <w:r w:rsidR="2BD31116" w:rsidRPr="442101E2">
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="2BD31116">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
-[...19 lines deleted...]
-          <w:color w:val="111111"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an environment available to researchers who engage in projects that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> confidential or highly confidential data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="65BC7C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is highly controlled to specifically protect research </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="7932A894">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>activities s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="7932A894">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ubject to export control and data protection requirements.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="0D61BF67" w14:textId="5FFB7DB5">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Networking</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="774540BE" w14:textId="0D11DAAF">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="160" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The CU Boulder network is a 40 Gbps fiber core with Cat 5 or higher wiring throughout campus. Research Computing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="388CB1DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an 80 Gbps Science-DMZ to connect the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="103675F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alpine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supercomputer to storage and to bring individual dedicated 10 Gbps circuits to various locations as needed. CU Boulder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>participates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="44FCB4CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="189BF50E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Internet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 higher</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> education, government, and vendor research computing consortium</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FDDA92D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="65BC7C2F" w:rsidRPr="442101E2">
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> regulations.  </w:t>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and is an active member of the Front-Range </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gigapop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and other networks. Research Computing provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="638D34D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> campus researchers with a leading-edge network that meets their needs and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>facilitates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collaboration, high performance data exchange, access to co-location facilities, remote mounts to storage, and real-time communications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D61BF67" w14:textId="5FFB7DB5" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="3FDAA697" w14:textId="19A21433">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
-[...8 lines deleted...]
-        <w:t>Networking</w:t>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>File Transfer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774540BE" w14:textId="2746C4A2" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="442101E2">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="29838962" w14:textId="2506698C">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For moving large volumes of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Research Computing has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="209D259A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>four</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodes dedicated to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>file transfer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via multiple protocols including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sftp, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rsync</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="0FB42036">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>clone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and Globus (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GridFTP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="1F9318BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Research Computing also sup</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="400EFCCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ports desktop-based file transfer protocols including SMB and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="400EFCCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sshfs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="400EFCCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="24EC594B" w14:textId="2C7DD1C4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Storage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="1065172B" w14:textId="1F217090">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Each Research Computing user has a 2 GB home directory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="5756D2E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 250 GB projects directory, each of which </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> backed up regularly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="7BF19BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial Nova" w:eastAsia="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial Nova"/>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="7BF19BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each user also has a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10 TB scratch directory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="66FB576D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is hosted on a high-performance IBM GPFS filesystem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="14B641B3" w14:textId="0BE051DD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>PetaLibrary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Storage Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="293A958C" w14:textId="395BEEF7">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PetaLibrary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a CU Research Computing service supporting the storage, archival, and sharing of research data. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="28F8A639">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The service is available to researchers affiliated with the University of Colorado Boulder.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The two main categories of service offered to customers of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PetaLibrary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are Active storage for data requiring frequent access, and Archive storage for data that is accessed infrequently. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="71DCF9B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Both tiers are hosted on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spinning disk </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="6BA778E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>enclosures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="16CA2FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the CU Boulder Campus.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="0260A94D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Redundant copies of data may be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="0260A94D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>maintained</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="0260A94D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in non-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="0260A94D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>colocated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="0260A94D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data centers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="66B3AAC6" w14:textId="3D13D0E7">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="0F35FF79" w14:textId="4FEC1516">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Through </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="6BF2F5D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>collaboration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the CU Libraries, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PetaLibrary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also host</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="2AAF2278">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the publication and long-term archival of large datasets. The datasets are assigned unique digital object identifiers (DOIs) that are searchable and accessible via the “CU Scholar” institutional repository.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="3F9754F6" w14:textId="67EDDC92">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>OnDemand</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="73507508" w14:textId="5DC48A9C">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Open OnDemand is a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="464E96F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>browser-based</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, integrated, single access portal for CURC high performance computing (HPC) resources. It provides a graphical interface to view, edit, download, and upload files, manage and create job templates for CURC’s computing clusters, and access CURC interactive applications (visualization nodes, Matlab, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="703FA8C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VSCode</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="703FA8C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="442101E2">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> and other networks. Research Computing has begun to provide campus researchers with a leading-edge network that meets their needs and facilitates collaboration, high performance data exchange, access to co-location facilities, remote mounts to storage, and real-time communications.</w:t>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="703FA8C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rstudio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="703FA8C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jupyter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Notebooks), all via a web browser.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FDAA697" w14:textId="19A21433" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
+    <w:p w:rsidR="4FA53536" w:rsidP="1898F5D8" w:rsidRDefault="4FA53536" w14:paraId="4C5794CD" w14:textId="00EBCDA1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia Pro" w:eastAsia="Georgia Pro" w:hAnsi="Georgia Pro" w:cs="Georgia Pro"/>
-[...8 lines deleted...]
-        <w:t>File Transfer</w:t>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia Pro" w:hAnsi="Georgia Pro" w:eastAsia="Georgia Pro" w:cs="Georgia Pro"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Center for Research Data and Digital Scholarship (CRDDS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29838962" w14:textId="2506698C" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
-[...143 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="5B4426F4" w14:textId="182F6179">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Center for Research Data &amp; Digital Scholarship (CRDDS) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="665DE213">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>offers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a full range of data services for both university and community members. The aim of CRDDS is to provide support to community members </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="47C9CE99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n areas related to data intensive research.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CRDDS fulfills this mission by providing education and support on such issues as data discovery, reuse, access, publication, storage, visualization, curation, cleaning, and preservation, as well as digital scholarship.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CRDDS is located in Norlin Library on Main Campus at CU Boulder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24EC594B" w14:textId="2C7DD1C4" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
-[...12 lines deleted...]
-        <w:t>Storage</w:t>
+    <w:p w:rsidR="4FA53536" w:rsidP="75097EAB" w:rsidRDefault="4FA53536" w14:paraId="432AEA6E" w14:textId="4AE5A537">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CRDDS offers many opportunities </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students working with data. The expert staff work </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hand-in-hand</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with researchers via weekly office hours, one-on-one consultations, and group </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trainings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="62CF1642">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">high-performance computing, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">programming, data visualization and more. CRDDS serves as a resource for data management, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="584F440B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>processing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4FA53536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and publication for trainees working through undergraduate and graduate coursework.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1065172B" w14:textId="1F217090" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
-[...54 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="442101E2" w:rsidP="75097EAB" w:rsidRDefault="442101E2" w14:paraId="4F3ADC76" w14:textId="757ED138">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="14B641B3" w14:textId="0BE051DD" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Storage Services</w:t>
+    <w:p w:rsidR="2EAD7467" w:rsidP="75097EAB" w:rsidRDefault="2EAD7467" w14:paraId="6D97F76D" w14:textId="132C1A20">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="2EAD7467">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Last updated: 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="75097EAB" w:rsidR="4578C831">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6-01-12</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B3AAC6" w14:textId="0837DB04" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
-[...156 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="1898F5D8" w:rsidP="1898F5D8" w:rsidRDefault="1898F5D8" w14:paraId="4C3036CC" w14:textId="2E88745C">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F35FF79" w14:textId="4E40A675" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
-[...48 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="1898F5D8" w:rsidP="1898F5D8" w:rsidRDefault="1898F5D8" w14:paraId="6C18A452" w14:textId="3B3D90E8">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F9754F6" w14:textId="67EDDC92" w:rsidR="4FA53536" w:rsidRDefault="4FA53536" w:rsidP="1898F5D8">
-[...327 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...3 lines deleted...]
-    <w:family w:val="decorative"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...33 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
-<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
   <int2:observations>
     <int2:bookmark int2:bookmarkName="_Int_RRNXWPwO" int2:invalidationBookmarkName="" int2:hashCode="ZfOSb5oqyN3flU" int2:id="pX5L1dHZ">
-      <int2:state int2:value="Rejected" int2:type="gram"/>
+      <int2:state int2:type="gram" int2:value="Rejected"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
-  <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="5B1240EE">
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="2">
+    <w:nsid w:val="34884113"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="648236FC">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D24A1CA8">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A4FE2480">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9440E770">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79ECC29A">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44A00798">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C2B8A068">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2AD20C66">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="90EC16C0">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="1">
+    <w:nsid w:val="1b8f4679"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4CCEF8AE">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D4D0D4DE">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C19ACA20">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E39C7A34">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8B188848">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="AF3E61B8">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62F83B18">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9BEC1E82">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1612469335">
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="29C92D76"/>
     <w:rsid w:val="006F6622"/>
-    <w:rsid w:val="00B228F8"/>
-    <w:rsid w:val="00F246BD"/>
+    <w:rsid w:val="0260A94D"/>
     <w:rsid w:val="0356A105"/>
+    <w:rsid w:val="043E6952"/>
     <w:rsid w:val="04CAC390"/>
     <w:rsid w:val="05773478"/>
     <w:rsid w:val="05977719"/>
     <w:rsid w:val="06A33BC0"/>
     <w:rsid w:val="08251043"/>
     <w:rsid w:val="083EBB5F"/>
     <w:rsid w:val="08A2E9DC"/>
     <w:rsid w:val="09901D3F"/>
     <w:rsid w:val="09DF7973"/>
     <w:rsid w:val="0A553EAF"/>
     <w:rsid w:val="0AFCA529"/>
     <w:rsid w:val="0B0E441F"/>
     <w:rsid w:val="0B7B91D8"/>
     <w:rsid w:val="0BB1EBF7"/>
     <w:rsid w:val="0C4AFC19"/>
     <w:rsid w:val="0CAC6F26"/>
+    <w:rsid w:val="0CE461A7"/>
     <w:rsid w:val="0E2BC5A5"/>
     <w:rsid w:val="0F82D2D3"/>
     <w:rsid w:val="0FA75D2F"/>
     <w:rsid w:val="0FB42036"/>
+    <w:rsid w:val="103675F3"/>
     <w:rsid w:val="115EFBE8"/>
     <w:rsid w:val="1222B468"/>
     <w:rsid w:val="1249677B"/>
     <w:rsid w:val="12C1F1D7"/>
     <w:rsid w:val="12E4BB1B"/>
+    <w:rsid w:val="14466C1D"/>
     <w:rsid w:val="154BC156"/>
     <w:rsid w:val="156D34FF"/>
     <w:rsid w:val="16CA2FFB"/>
     <w:rsid w:val="16E27F40"/>
     <w:rsid w:val="16EEB1EB"/>
     <w:rsid w:val="17B6F320"/>
     <w:rsid w:val="1867592A"/>
+    <w:rsid w:val="1893A64E"/>
     <w:rsid w:val="1898F5D8"/>
     <w:rsid w:val="189BF50E"/>
     <w:rsid w:val="18C44EE6"/>
+    <w:rsid w:val="194D9A2E"/>
     <w:rsid w:val="1993412C"/>
     <w:rsid w:val="1B2F8EFD"/>
     <w:rsid w:val="1BB47E85"/>
     <w:rsid w:val="1BC571EA"/>
     <w:rsid w:val="1CA8D312"/>
     <w:rsid w:val="1CF4189B"/>
     <w:rsid w:val="1E2B3061"/>
     <w:rsid w:val="1E6B93C9"/>
     <w:rsid w:val="1EDEAD82"/>
     <w:rsid w:val="1F9318BB"/>
     <w:rsid w:val="2009654B"/>
     <w:rsid w:val="209D259A"/>
     <w:rsid w:val="20C920FE"/>
     <w:rsid w:val="20CC0D11"/>
     <w:rsid w:val="21F6D5D1"/>
     <w:rsid w:val="2267DD72"/>
     <w:rsid w:val="244BD98F"/>
     <w:rsid w:val="261065B8"/>
     <w:rsid w:val="27189791"/>
     <w:rsid w:val="27E66D4C"/>
+    <w:rsid w:val="28F8A639"/>
     <w:rsid w:val="29C92D76"/>
     <w:rsid w:val="2A195DC2"/>
+    <w:rsid w:val="2AAF2278"/>
     <w:rsid w:val="2BD31116"/>
+    <w:rsid w:val="2C15A6FC"/>
     <w:rsid w:val="2C7B376E"/>
     <w:rsid w:val="2EAD7467"/>
     <w:rsid w:val="2F96B42D"/>
     <w:rsid w:val="30364084"/>
     <w:rsid w:val="31D5F3CE"/>
     <w:rsid w:val="33425A48"/>
     <w:rsid w:val="33816B6F"/>
     <w:rsid w:val="33943480"/>
     <w:rsid w:val="3524270D"/>
     <w:rsid w:val="3581F168"/>
+    <w:rsid w:val="36E8EF26"/>
     <w:rsid w:val="38053E57"/>
+    <w:rsid w:val="388CB1DD"/>
     <w:rsid w:val="38BFD052"/>
     <w:rsid w:val="3978BBCE"/>
+    <w:rsid w:val="3A65510C"/>
+    <w:rsid w:val="3A873EE7"/>
+    <w:rsid w:val="3B26A599"/>
     <w:rsid w:val="3D5A3EAC"/>
     <w:rsid w:val="3F6F7FB7"/>
     <w:rsid w:val="3F87B006"/>
     <w:rsid w:val="400EFCCB"/>
+    <w:rsid w:val="40457C94"/>
     <w:rsid w:val="408843AD"/>
+    <w:rsid w:val="40A8BA22"/>
     <w:rsid w:val="4200EE05"/>
     <w:rsid w:val="4254D047"/>
     <w:rsid w:val="4282888F"/>
     <w:rsid w:val="442101E2"/>
     <w:rsid w:val="44FCB4CA"/>
+    <w:rsid w:val="4578C831"/>
     <w:rsid w:val="45FE52F0"/>
     <w:rsid w:val="464E96F4"/>
     <w:rsid w:val="47C9CE99"/>
     <w:rsid w:val="492EAA8E"/>
     <w:rsid w:val="4A59223D"/>
     <w:rsid w:val="4B4B40E5"/>
     <w:rsid w:val="4C2F8033"/>
     <w:rsid w:val="4D6649E8"/>
+    <w:rsid w:val="4DC3DD70"/>
     <w:rsid w:val="4DF03C78"/>
     <w:rsid w:val="4E1A2690"/>
     <w:rsid w:val="4FA53536"/>
     <w:rsid w:val="4FDDA92D"/>
+    <w:rsid w:val="502919C9"/>
     <w:rsid w:val="51B8835E"/>
     <w:rsid w:val="52293E01"/>
     <w:rsid w:val="53ED480B"/>
     <w:rsid w:val="540052A8"/>
     <w:rsid w:val="54E5031E"/>
     <w:rsid w:val="55B6007F"/>
     <w:rsid w:val="5756D2E2"/>
     <w:rsid w:val="57EDFFB2"/>
     <w:rsid w:val="581DC57A"/>
+    <w:rsid w:val="584F440B"/>
     <w:rsid w:val="589ACF64"/>
     <w:rsid w:val="5981EC71"/>
     <w:rsid w:val="59C9216A"/>
     <w:rsid w:val="59D33B76"/>
     <w:rsid w:val="5A3FE339"/>
     <w:rsid w:val="5A6E7CDB"/>
     <w:rsid w:val="5EB65B36"/>
     <w:rsid w:val="5F63E353"/>
     <w:rsid w:val="6031DF46"/>
+    <w:rsid w:val="603AE593"/>
+    <w:rsid w:val="60AF4914"/>
+    <w:rsid w:val="61322D4B"/>
     <w:rsid w:val="61E4A6B4"/>
     <w:rsid w:val="621455FC"/>
+    <w:rsid w:val="624770B4"/>
+    <w:rsid w:val="628D0DA8"/>
     <w:rsid w:val="62CF1642"/>
+    <w:rsid w:val="63042493"/>
     <w:rsid w:val="63685F37"/>
+    <w:rsid w:val="638D34D6"/>
     <w:rsid w:val="64B7F0AA"/>
     <w:rsid w:val="659F9F21"/>
     <w:rsid w:val="65A48DBB"/>
     <w:rsid w:val="65BC7C2F"/>
     <w:rsid w:val="65C7E141"/>
     <w:rsid w:val="65FC8965"/>
     <w:rsid w:val="665DE213"/>
     <w:rsid w:val="66FB576D"/>
     <w:rsid w:val="6705351A"/>
     <w:rsid w:val="6814B9B3"/>
     <w:rsid w:val="68B4E7DA"/>
     <w:rsid w:val="6BA778E0"/>
     <w:rsid w:val="6BF2F5D4"/>
     <w:rsid w:val="6CB8EC3C"/>
     <w:rsid w:val="6E428C6D"/>
     <w:rsid w:val="6F24BCB0"/>
     <w:rsid w:val="703FA8C1"/>
+    <w:rsid w:val="704671AF"/>
     <w:rsid w:val="71DCF9B2"/>
     <w:rsid w:val="71F43F50"/>
     <w:rsid w:val="722F80EC"/>
     <w:rsid w:val="73A6E151"/>
     <w:rsid w:val="73C4A697"/>
+    <w:rsid w:val="75097EAB"/>
     <w:rsid w:val="75C210F2"/>
     <w:rsid w:val="7896A115"/>
+    <w:rsid w:val="7932A894"/>
     <w:rsid w:val="79E9A23B"/>
     <w:rsid w:val="7AA94A07"/>
     <w:rsid w:val="7B1319F9"/>
     <w:rsid w:val="7BF19BA1"/>
     <w:rsid w:val="7CDFB57E"/>
     <w:rsid w:val="7D02186A"/>
     <w:rsid w:val="7DB27F37"/>
     <w:rsid w:val="7DCD1308"/>
     <w:rsid w:val="7DEA7C5B"/>
     <w:rsid w:val="7EAEB0EF"/>
     <w:rsid w:val="7ED66A91"/>
     <w:rsid w:val="7EE36C6C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7BDBDABD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9E240D02-4BB6-48C8-A4D8-4109F793AD99}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2396,52 +2916,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2502,188 +3022,182 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...19 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...5 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="character" w:styleId="TitleChar" w:customStyle="1" mc:Ignorable="w14">
+    <w:name xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Title Char"/>
+    <w:basedOn xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="DefaultParagraphFont"/>
+    <w:link xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Title"/>
+    <w:uiPriority xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="10"/>
+    <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...8 lines deleted...]
-      <w:contextualSpacing/>
+  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="paragraph" w:styleId="Title" mc:Ignorable="w14">
+    <w:name xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Title"/>
+    <w:basedOn xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Normal"/>
+    <w:next xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Normal"/>
+    <w:link xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="TitleChar"/>
+    <w:uiPriority xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="10"/>
+    <w:qFormat xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+    <w:pPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:spacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
     </w:pPr>
-    <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...6 lines deleted...]
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="character" w:styleId="Heading1Char" w:customStyle="1" mc:Ignorable="w14">
+    <w:name xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Heading 1 Char"/>
+    <w:basedOn xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="DefaultParagraphFont"/>
+    <w:link xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Heading1"/>
+    <w:uiPriority xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="9"/>
+    <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...6 lines deleted...]
-      <w:contextualSpacing/>
+  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="paragraph" w:styleId="Heading1" mc:Ignorable="w14">
+    <w:name xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="heading 1"/>
+    <w:basedOn xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Normal"/>
+    <w:next xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Normal"/>
+    <w:link xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Heading1Char"/>
+    <w:uiPriority xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="9"/>
+    <w:qFormat xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+    <w:pPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:keepNext xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+      <w:keepLines xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+      <w:spacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:before="240" w:after="0"/>
+      <w:outlineLvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="0"/>
+    </w:pPr>
+    <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="paragraph" w:styleId="ListParagraph" mc:Ignorable="w14">
+    <w:name xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="List Paragraph"/>
+    <w:basedOn xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Normal"/>
+    <w:uiPriority xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="34"/>
+    <w:qFormat xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+    <w:pPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:ind xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:left="720"/>
+      <w:contextualSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
+    <w:uiPriority w:val="99"/>
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="442101E2"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="Raf36424011f24308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="Rec7613f6b4d840f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -2912,71 +3426,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DC7320DB280744439FF1CC777D09ECA4" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="59f993fb62a27fe1f7b4a88da29f0493">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7e49f7d3-8802-46ca-9604-495ce27f67f4" xmlns:ns3="a1519f9a-9d6a-41c1-afc9-552e4069f82f" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="16cde73a7ef457e922f0988fe082be15" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="7e49f7d3-8802-46ca-9604-495ce27f67f4"/>
     <xsd:import namespace="a1519f9a-9d6a-41c1-afc9-552e4069f82f"/>
     <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -3192,109 +3685,95 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7e49f7d3-8802-46ca-9604-495ce27f67f4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <OriginalOrder xmlns="7e49f7d3-8802-46ca-9604-495ce27f67f4">1</OriginalOrder>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF526CA9-F0BB-47EC-88F3-A2C870E4EC0E}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9FB4E83-0CFF-4D45-B79D-0709E1359FEB}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24B7A452-937F-445F-B0F3-46D114DFEC19}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24B7A452-937F-445F-B0F3-46D114DFEC19}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9FB4E83-0CFF-4D45-B79D-0709E1359FEB}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF526CA9-F0BB-47EC-88F3-A2C870E4EC0E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dylan Perkins</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Andrew Monaghan</lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DC7320DB280744439FF1CC777D09ECA4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>