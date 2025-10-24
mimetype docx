--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,10428 +1,9434 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:id w:val="1874806864"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Cover Pages"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="1D411FAE" w14:textId="088A1EF0" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+        <w:p w14:paraId="1D411FAE" w14:textId="088A1EF0" w:rsidR="0090344D" w:rsidRPr="00301E15" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
           <w:pPr>
             <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
         <w:tbl>
           <w:tblPr>
             <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="2881"/>
             <w:tblW w:w="3774" w:type="pct"/>
             <w:tblBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="5B9BD5" w:themeColor="accent1"/>
             </w:tblBorders>
             <w:tblCellMar>
               <w:left w:w="144" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="7054"/>
           </w:tblGrid>
-          <w:tr w:rsidR="0090344D" w:rsidRPr="006738A7" w14:paraId="67FB8738" w14:textId="77777777" w:rsidTr="0090344D">
+          <w:tr w:rsidR="0090344D" w:rsidRPr="00301E15" w14:paraId="67FB8738" w14:textId="77777777" w:rsidTr="0090344D">
             <w:trPr>
               <w:trHeight w:val="242"/>
             </w:trPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Company"/>
                 <w:id w:val="13406915"/>
                 <w:placeholder>
                   <w:docPart w:val="866E1A0EBFEE4A0DB18F47E05F27084F"/>
                 </w:placeholder>
                 <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/officeDocument/2006/extended-properties'" w:xpath="/ns0:Properties[1]/ns0:Company[1]" w:storeItemID="{6668398D-A668-4E3E-A5EB-62B293D839F1}"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="7053" w:type="dxa"/>
                     <w:tcMar>
                       <w:top w:w="216" w:type="dxa"/>
                       <w:left w:w="115" w:type="dxa"/>
                       <w:bottom w:w="216" w:type="dxa"/>
                       <w:right w:w="115" w:type="dxa"/>
                     </w:tcMar>
                   </w:tcPr>
-                  <w:p w14:paraId="6669129A" w14:textId="6F24E7C6" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+                  <w:p w14:paraId="6669129A" w14:textId="6F24E7C6" w:rsidR="0090344D" w:rsidRPr="00301E15" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
                     <w:pPr>
                       <w:pStyle w:val="NoSpacing"/>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006738A7">
+                    <w:r w:rsidRPr="00301E15">
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>University of Colorado Boulder</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:sdtContent>
             </w:sdt>
           </w:tr>
-          <w:tr w:rsidR="0090344D" w:rsidRPr="006738A7" w14:paraId="2A55342B" w14:textId="77777777" w:rsidTr="0090344D">
+          <w:tr w:rsidR="0090344D" w:rsidRPr="00301E15" w14:paraId="2A55342B" w14:textId="77777777" w:rsidTr="0090344D">
             <w:trPr>
               <w:trHeight w:val="1491"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7053" w:type="dxa"/>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                     <w:sz w:val="56"/>
                     <w:szCs w:val="56"/>
                   </w:rPr>
                   <w:alias w:val="Title"/>
                   <w:id w:val="13406919"/>
                   <w:placeholder>
                     <w:docPart w:val="4657B7B654EB4DF5AC1AD3ECB0C54DCF"/>
                   </w:placeholder>
                   <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtEndPr/>
                 <w:sdtContent>
-                  <w:p w14:paraId="377F510D" w14:textId="648E2021" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+                  <w:p w14:paraId="377F510D" w14:textId="648E2021" w:rsidR="0090344D" w:rsidRPr="00301E15" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
                     <w:pPr>
                       <w:pStyle w:val="NoSpacing"/>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:rPr>
-                        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                         <w:sz w:val="56"/>
                         <w:szCs w:val="56"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006738A7">
+                    <w:r w:rsidRPr="00301E15">
                       <w:rPr>
-                        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                         <w:sz w:val="56"/>
                         <w:szCs w:val="56"/>
                       </w:rPr>
                       <w:t>Guide for Establishing Course Expectations and Managing Classroom Dynamics</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:tc>
           </w:tr>
-          <w:tr w:rsidR="0090344D" w:rsidRPr="006738A7" w14:paraId="3CE046CF" w14:textId="77777777" w:rsidTr="0090344D">
+          <w:tr w:rsidR="0090344D" w:rsidRPr="00301E15" w14:paraId="3CE046CF" w14:textId="77777777" w:rsidTr="0090344D">
             <w:trPr>
               <w:trHeight w:val="79"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7053" w:type="dxa"/>
                 <w:tcMar>
                   <w:top w:w="216" w:type="dxa"/>
                   <w:left w:w="115" w:type="dxa"/>
                   <w:bottom w:w="216" w:type="dxa"/>
                   <w:right w:w="115" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
-              <w:p w14:paraId="21BF244C" w14:textId="2E30FC6F" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+              <w:p w14:paraId="21BF244C" w14:textId="2E30FC6F" w:rsidR="0090344D" w:rsidRPr="00301E15" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
                 <w:pPr>
                   <w:pStyle w:val="NoSpacing"/>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:tbl>
           <w:tblPr>
             <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpYSpec="bottom"/>
             <w:tblW w:w="3857" w:type="pct"/>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="7220"/>
           </w:tblGrid>
-          <w:tr w:rsidR="0090344D" w:rsidRPr="006738A7" w14:paraId="16E4B331" w14:textId="77777777">
+          <w:tr w:rsidR="0090344D" w:rsidRPr="00301E15" w14:paraId="16E4B331" w14:textId="77777777">
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7221" w:type="dxa"/>
                 <w:tcMar>
                   <w:top w:w="216" w:type="dxa"/>
                   <w:left w:w="115" w:type="dxa"/>
                   <w:bottom w:w="216" w:type="dxa"/>
                   <w:right w:w="115" w:type="dxa"/>
                 </w:tcMar>
               </w:tcPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:alias w:val="Author"/>
                   <w:id w:val="13406928"/>
                   <w:placeholder>
                     <w:docPart w:val="11DAFD08F42047A5BE046BC313EB068F"/>
                   </w:placeholder>
                   <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtEndPr/>
                 <w:sdtContent>
-                  <w:p w14:paraId="03094CD1" w14:textId="12740A1A" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+                  <w:p w14:paraId="03094CD1" w14:textId="12740A1A" w:rsidR="0090344D" w:rsidRPr="00301E15" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
                     <w:pPr>
                       <w:pStyle w:val="NoSpacing"/>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006738A7">
+                    <w:r w:rsidRPr="00301E15">
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:t>Office of Institutional Equity and Compliance</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:alias w:val="Date"/>
                   <w:tag w:val="Date"/>
                   <w:id w:val="13406932"/>
                   <w:placeholder>
                     <w:docPart w:val="23A32EEA38464D1E9DC844FAF3EACF25"/>
                   </w:placeholder>
                   <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps'" w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-                  <w:date w:fullDate="2024-04-03T00:00:00Z">
+                  <w:date w:fullDate="2025-10-06T00:00:00Z">
                     <w:dateFormat w:val="M-d-yyyy"/>
                     <w:lid w:val="en-US"/>
                     <w:storeMappedDataAs w:val="dateTime"/>
                     <w:calendar w:val="gregorian"/>
                   </w:date>
                 </w:sdtPr>
                 <w:sdtEndPr/>
                 <w:sdtContent>
-                  <w:p w14:paraId="16D4AAB2" w14:textId="15ADACA3" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="00D07FBC" w:rsidP="00B40B95">
+                  <w:p w14:paraId="16D4AAB2" w14:textId="4C8EA9C6" w:rsidR="0090344D" w:rsidRPr="00301E15" w:rsidRDefault="00CF68BD" w:rsidP="00B40B95">
                     <w:pPr>
                       <w:pStyle w:val="NoSpacing"/>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00301E15">
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
-                      <w:t>4-3</w:t>
+                      <w:t>10-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00DC42A3" w:rsidRPr="006738A7">
+                    <w:r w:rsidR="00301E15">
                       <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
-                      <w:t>-2024</w:t>
+                      <w:t>6</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00301E15">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t>-2025</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
-              <w:p w14:paraId="77A52E0D" w14:textId="77777777" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+              <w:p w14:paraId="77A52E0D" w14:textId="77777777" w:rsidR="0090344D" w:rsidRPr="00301E15" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
                 <w:pPr>
                   <w:pStyle w:val="NoSpacing"/>
                   <w:spacing w:line="276" w:lineRule="auto"/>
                   <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
-        <w:p w14:paraId="50C128A5" w14:textId="1037AFA6" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+        <w:p w14:paraId="50C128A5" w14:textId="1037AFA6" w:rsidR="0090344D" w:rsidRPr="00301E15" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
           <w:pPr>
             <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="006738A7">
+          <w:r w:rsidRPr="00301E15">
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:br w:type="page"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="0" w:name="_Hlk43910464" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="172003076"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="472E3CD3" w14:textId="699B47DA" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+        <w:p w14:paraId="472E3CD3" w14:textId="699B47DA" w:rsidR="0090344D" w:rsidRPr="00301E15" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:spacing w:line="276" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="006738A7">
+          <w:r w:rsidRPr="00301E15">
             <w:rPr>
-              <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4D7B674A" w14:textId="728D08F3" w:rsidR="00A93479" w:rsidRDefault="0090344D">
+        <w:p w14:paraId="4E5566D9" w14:textId="30A7FD85" w:rsidR="006C1064" w:rsidRDefault="0090344D">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="006738A7">
+          <w:r w:rsidRPr="00301E15">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="22"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="006738A7">
+          <w:r w:rsidRPr="00301E15">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="22"/>
+            </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="006738A7">
+          <w:r w:rsidRPr="00301E15">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="22"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc161906899" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664022" w:history="1">
+            <w:r w:rsidR="006C1064" w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Background</w:t>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r w:rsidR="006C1064">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r w:rsidR="006C1064">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r w:rsidR="006C1064">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906899 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664022 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006C1064">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r w:rsidR="006C1064">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r w:rsidR="006C1064">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r w:rsidR="006C1064">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1236556E" w14:textId="3A2DBF7A" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="3D5778CF" w14:textId="50D2D7C5" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906900" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664023" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:noProof/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A93479">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Collaborate on Creating Community Agreements</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906900 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664023 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="497824BE" w14:textId="3E3147D0" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="5FC27F34" w14:textId="4D9E19E6" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906901" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664024" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Introductions</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>What kind of classroom culture do we want?</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906901 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664024 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="21266750" w14:textId="6BD56F72" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="4396DE35" w14:textId="50A1511B" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906902" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664025" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Course content</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Be clear about what students can expect from you.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906902 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664025 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="59563D2E" w14:textId="026C2B55" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="0DD77BD0" w14:textId="4A156C75" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906903" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664026" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Course logistics</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Work to reach consensus on classroom values and norms.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906903 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664026 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5C75F4BC" w14:textId="50E8CC5A" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="1EB584E6" w14:textId="07CD212E" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906904" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664027" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Writing and communicating</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>The Fumble Framework</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906904 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664027 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="343AC722" w14:textId="7469701A" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="34B83715" w14:textId="07FABD76" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906905" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664028" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Course standards of evidence (when applicable)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Freedom of Speech</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906905 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664028 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4DF64056" w14:textId="321A4DEB" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="1A25FE11" w14:textId="5C563DCB" w:rsidR="006C1064" w:rsidRDefault="006C1064">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc210664029" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>When Problems Arise Nevertheless</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664029 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3E90990F" w14:textId="177018C8" w:rsidR="006C1064" w:rsidRDefault="006C1064">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc210664030" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Clarify your Rules and Expectations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664030 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4C4CA7D8" w14:textId="63619528" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906906" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664031" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Academic honesty</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Introductions</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906906 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664031 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7B0F0D0A" w14:textId="2A524573" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="33CFE9AE" w14:textId="7AE1C056" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906907" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664032" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>CU Discrimination, Harassment, and Sexual Misconduct Policies</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Course content</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906907 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664032 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B7424C2" w14:textId="7414EED1" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
-[...68 lines deleted...]
-        <w:p w14:paraId="01B2DE27" w14:textId="7AFBE00D" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="4A447461" w14:textId="2F0F36FE" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906909" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664033" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>What kind of classroom culture do we want?</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Course logistics</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906909 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664033 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46013012" w14:textId="5D45FAD4" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="3F31819C" w14:textId="01EDBFCA" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906910" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664034" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Be clear about what students can expect from you.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Writing and communicating</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906910 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664034 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="369DFB55" w14:textId="577957CB" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="69460560" w14:textId="66D486BF" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906911" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664035" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Work to reach consensus on classroom values and norms.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Course standards of evidence</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906911 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664035 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="65BFBFB9" w14:textId="53140375" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="3E492D8F" w14:textId="434B9B2D" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906912" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664036" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>The Fumble Framework</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906912 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664036 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="082AFFDE" w14:textId="37CC43EB" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="1865A031" w14:textId="2679E605" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906913" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664037" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Freedom of Speech</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>Academic honesty</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906913 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664037 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74A68B16" w14:textId="385C24E7" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="0DBF3818" w14:textId="3F760A8D" w:rsidR="006C1064" w:rsidRDefault="006C1064">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc210664038" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>CU Discrimination, Harassment, and Sexual Misconduct Policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664038 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7BD79E59" w14:textId="724BAE60" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906914" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664039" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:noProof/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A93479">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Disruptive Student Behavior</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906914 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664039 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3432C7F9" w14:textId="5255435A" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="19E2ADED" w14:textId="734BA95F" w:rsidR="006C1064" w:rsidRDefault="006C1064">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="22"/>
+              <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906915" w:history="1">
-            <w:r w:rsidR="00A93479" w:rsidRPr="009556E3">
+          <w:hyperlink w:anchor="_Toc210664040" w:history="1">
+            <w:r w:rsidRPr="006A0C7D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:noProof/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A93479">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Example Syllabus Statement</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc161906915 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc210664040 \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A93479">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A93479">
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B2E7466" w14:textId="78BE9B2C" w:rsidR="00A93479" w:rsidRDefault="00FE0546">
+        <w:p w14:paraId="53E03C79" w14:textId="28371EA9" w:rsidR="0090344D" w:rsidRPr="008B6771" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-              <w14:ligatures w14:val="standardContextual"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc161906916" w:history="1">
-[...61 lines deleted...]
-          <w:r w:rsidRPr="006738A7">
+          <w:r w:rsidRPr="00301E15">
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
+              <w:sz w:val="22"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="4FAF5280" w14:textId="77777777" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+    <w:p w14:paraId="4FAF5280" w14:textId="77777777" w:rsidR="0090344D" w:rsidRPr="008B6771" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65186589" w14:textId="77777777" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+    <w:p w14:paraId="65186589" w14:textId="77777777" w:rsidR="0090344D" w:rsidRPr="008B6771" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79B3F91E" w14:textId="77777777" w:rsidR="0090344D" w:rsidRPr="006738A7" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
+    <w:p w14:paraId="79B3F91E" w14:textId="77777777" w:rsidR="0090344D" w:rsidRPr="008B6771" w:rsidRDefault="0090344D" w:rsidP="00B40B95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EF89780" w14:textId="3703D77E" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+    <w:p w14:paraId="4EF89780" w14:textId="3703D77E" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006738A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc210664022"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Background</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="255BD916" w14:textId="601F098B" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+    <w:p w14:paraId="255BD916" w14:textId="0743DD9E" w:rsidR="002321D0" w:rsidRPr="008D5A97" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quote from a CU </w:t>
       </w:r>
-      <w:r w:rsidR="0097384F" w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00970E06" w:rsidRPr="008D5A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>graduate</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008D5A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA3F3A3" w14:textId="6493B575" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="00957491" w:rsidP="00B40B95">
+    <w:p w14:paraId="4FA3F3A3" w14:textId="500485C3" w:rsidR="002321D0" w:rsidRPr="00D45288" w:rsidRDefault="00957491" w:rsidP="00B40B95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">I cannot forget the racist and ignorant comments made by students in my class, and what a distraction it was since I was then left to deal with microaggressions in the classroom by myself. This left me feeling like I was not safe to speak up, and I decided to disassociate from my academics, to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">I cannot forget the racist and ignorant comments made by students in my class, and what a distraction it was since I was then left to deal with microaggressions in the classroom by myself. This left me feeling like I was not safe to speak up, and I decided to disassociate from my academics, to </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>‘</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>just get the grade</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>just get the grade</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>’</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> and keep it going. I am saddened to have missed the entirety of my schooling because I felt unsafe or uncomfortable in my classes.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and keep it going. I am saddened to have missed the entirety of my schooling because I felt unsafe or uncomfortable in my classes.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45288">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5FC69B77" w14:textId="698CCCC0" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45288">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00876419">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Statement posted on CU Boulder social media]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC69B77" w14:textId="23A22EA6" w:rsidR="002321D0" w:rsidRPr="00122270" w:rsidRDefault="00A0044F" w:rsidP="00B40B95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Instructor Effectiveness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32876" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidR="002321D0" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collected in the CU </w:t>
+      </w:r>
+      <w:r w:rsidR="003D55F1" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2021 Campus Culture Survey </w:t>
       </w:r>
-      <w:r w:rsidR="0070560E" w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0070560E" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CCS) </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002321D0" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicate that a substantial proportion of students from all race/ethnicity </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5B81" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>identities</w:t>
+      </w:r>
+      <w:r w:rsidR="002321D0" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> had concerns about </w:t>
+      </w:r>
+      <w:r w:rsidR="004F37F7" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">their </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002321D0" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">classroom </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4C71" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>instructors’</w:t>
+      </w:r>
+      <w:r w:rsidR="002321D0" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ability to navigate challenging classroom dynamics, including </w:t>
+      </w:r>
+      <w:r w:rsidR="004C0EBA" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">effectively responding to </w:t>
       </w:r>
-      <w:r w:rsidR="003D55F1" w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003D55F1" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">offensive comments and </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002321D0" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">managing discussions </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32876" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:r w:rsidR="002321D0" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A7D4F" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sensitive or difficult </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002321D0" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>topics:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4579"/>
         <w:gridCol w:w="4580"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="7D48764B" w14:textId="77777777" w:rsidTr="00360E66">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="7D48764B" w14:textId="77777777" w:rsidTr="00360E66">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9159" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6147099B" w14:textId="0DAB0F27" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="6147099B" w14:textId="3F54D77A" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidR="008B3DEC" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008B3DEC" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Offensive comments have been challenged by course instructors in class discussion</w:t>
             </w:r>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.”</w:t>
             </w:r>
+            <w:bookmarkStart w:id="2" w:name="_Ref209953427"/>
+            <w:r w:rsidR="008D788B" w:rsidRPr="00CE7C69">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:footnoteReference w:id="1"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="4CB10D4D" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="4CB10D4D" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEF062B" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="5FEF062B" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6FCC8140" w14:textId="3961565F" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="6FCC8140" w14:textId="4189AC70" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Race/</w:t>
             </w:r>
-            <w:r w:rsidR="005A7D4F" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="005A7D4F" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>thnicity Group</w:t>
+              <w:t xml:space="preserve">thnicity </w:t>
+            </w:r>
+            <w:r w:rsidR="00243A53" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Identity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
           </w:tcPr>
-          <w:p w14:paraId="13876818" w14:textId="00329387" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="13876818" w14:textId="4A573747" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Percent of students who </w:t>
             </w:r>
-            <w:r w:rsidRPr="006738A7">
-[...19 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="001A1A4F" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>agree</w:t>
-[...11 lines deleted...]
-              <w:rPr>
+              <w:t>dis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>strongly agree</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>agree</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r w:rsidR="001A1A4F" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">only </w:t>
+            </w:r>
+            <w:r w:rsidR="001A1A4F" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>somewhat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> agree</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve"> with this statement </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3DEC" w:rsidRPr="006738A7" w14:paraId="37E486DA" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="008B3DEC" w:rsidRPr="008B6771" w14:paraId="37E486DA" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="160E7774" w14:textId="0ECEE72F" w:rsidR="008B3DEC" w:rsidRPr="006738A7" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
+          <w:p w14:paraId="160E7774" w14:textId="0ECEE72F" w:rsidR="008B3DEC" w:rsidRPr="008B6771" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>American Indian or Alaska Native</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="440967EB" w14:textId="0C307FC3" w:rsidR="008B3DEC" w:rsidRPr="006738A7" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
+          <w:p w14:paraId="440967EB" w14:textId="0C307FC3" w:rsidR="008B3DEC" w:rsidRPr="008B6771" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>54%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="7B32DDEB" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="7B32DDEB" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F581FBC" w14:textId="40356E3D" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="3F581FBC" w14:textId="40356E3D" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Asian</w:t>
             </w:r>
-            <w:r w:rsidR="008B3DEC" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008B3DEC" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or Asian American</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32C64431" w14:textId="21D419E6" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
+          <w:p w14:paraId="32C64431" w14:textId="21D419E6" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
-            <w:r w:rsidR="002321D0" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="240E72CB" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="240E72CB" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69788391" w14:textId="2A812146" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="69788391" w14:textId="2A812146" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Black</w:t>
             </w:r>
-            <w:r w:rsidR="008B3DEC" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008B3DEC" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or African American</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F5C53FA" w14:textId="4EDBCDA3" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
+          <w:p w14:paraId="4F5C53FA" w14:textId="4EDBCDA3" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
-            <w:r w:rsidR="002321D0" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="0DDC3CB9" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="0DDC3CB9" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59568879" w14:textId="722FB0AD" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="59568879" w14:textId="722FB0AD" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Latin</w:t>
             </w:r>
-            <w:r w:rsidR="008467F0" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008467F0" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidR="008B3DEC" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008B3DEC" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or Hispanic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67BE62AC" w14:textId="56AB1F2C" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="67BE62AC" w14:textId="56AB1F2C" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="003D55F1" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="003D55F1" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="08FE3DB7" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="08FE3DB7" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55124FAF" w14:textId="6E70E07B" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
+          <w:p w14:paraId="55124FAF" w14:textId="6E70E07B" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Middle Eastern or North African</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A87DB8B" w14:textId="2AC7BA82" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="003D55F1" w:rsidP="00B40B95">
+          <w:p w14:paraId="3A87DB8B" w14:textId="2AC7BA82" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="003D55F1" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
-            <w:r w:rsidR="002321D0" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="496F2F4B" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="496F2F4B" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C923D45" w14:textId="4A9DE94E" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="1C923D45" w14:textId="4A9DE94E" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Native </w:t>
             </w:r>
-            <w:r w:rsidR="003D55F1" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="003D55F1" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hawaiian or </w:t>
-[...22 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Hawaiian or other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pacific Islander</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="314544DA" w14:textId="532E7407" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="003D55F1" w:rsidP="00B40B95">
+          <w:p w14:paraId="314544DA" w14:textId="532E7407" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="003D55F1" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
-            <w:r w:rsidR="002321D0" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="6B92A66A" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="6B92A66A" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:trHeight w:val="48"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="497630C1" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="497630C1" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56393427" w14:textId="7AB9F289" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="003D55F1" w:rsidP="00B40B95">
+          <w:p w14:paraId="56393427" w14:textId="7AB9F289" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="003D55F1" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
-            <w:r w:rsidR="002321D0" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74072013" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="74072013" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="002F4F84">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4579"/>
         <w:gridCol w:w="4580"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="032D35FF" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="032D35FF" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9159" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50666493" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="50666493" w14:textId="52058A9C" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>“Instructors successfully manage discussions about sensitive or difficult topics.”</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11705" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00F11705" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NOTEREF _Ref209953427 </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0006393C" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F11705" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00F11705" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11705" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="22BCEED8" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="22BCEED8" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="787D1BE6" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="787D1BE6" w14:textId="7146A466" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Race/ethnicity Group</w:t>
+              <w:t xml:space="preserve">Race/ethnicity </w:t>
+            </w:r>
+            <w:r w:rsidR="00243A53" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Identity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
           </w:tcPr>
-          <w:p w14:paraId="72A44376" w14:textId="6ECC4491" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="72A44376" w14:textId="2214E227" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="00096555" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Percent of students who </w:t>
             </w:r>
-            <w:r w:rsidRPr="006738A7">
-[...19 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>agree</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>disagree</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> or only </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>strongly agree</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>somewhat agree</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> with this statement </w:t>
+              <w:t xml:space="preserve"> with this statement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E767B" w:rsidRPr="006738A7" w14:paraId="3EF976D4" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="008E767B" w:rsidRPr="008B6771" w14:paraId="3EF976D4" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36D8A366" w14:textId="69B196D5" w:rsidR="008E767B" w:rsidRPr="006738A7" w:rsidRDefault="008E767B" w:rsidP="00B40B95">
+          <w:p w14:paraId="36D8A366" w14:textId="69B196D5" w:rsidR="008E767B" w:rsidRPr="008B6771" w:rsidRDefault="008E767B" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>American Indian or Alaska Native</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30015A7F" w14:textId="4BD6B9BB" w:rsidR="008E767B" w:rsidRPr="006738A7" w:rsidRDefault="008E767B" w:rsidP="00B40B95">
+          <w:p w14:paraId="30015A7F" w14:textId="4BD6B9BB" w:rsidR="008E767B" w:rsidRPr="008B6771" w:rsidRDefault="008E767B" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="794FB4FB" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="794FB4FB" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45239A60" w14:textId="6455146E" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="45239A60" w14:textId="6455146E" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk45869642"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk45869642"/>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Asian</w:t>
             </w:r>
-            <w:r w:rsidR="008E767B" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008E767B" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or Asian American</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01E640C7" w14:textId="54B1203C" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="01E640C7" w14:textId="54B1203C" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="008E767B" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008E767B" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="654C2B32" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="654C2B32" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01DF0537" w14:textId="2E8AF258" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="01DF0537" w14:textId="2E8AF258" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Black</w:t>
             </w:r>
-            <w:r w:rsidR="008E767B" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008E767B" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or African American</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63D7B51E" w14:textId="7E0CA5A1" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="63D7B51E" w14:textId="7E0CA5A1" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="008E767B" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008E767B" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="16725FF9" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="16725FF9" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36221234" w14:textId="1BE971C0" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="36221234" w14:textId="1BE971C0" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Latin</w:t>
             </w:r>
-            <w:r w:rsidR="008467F0" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008467F0" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidR="008E767B" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="008E767B" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or Hispanic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54212417" w14:textId="248792CD" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="0067106D" w:rsidP="00B40B95">
+          <w:p w14:paraId="54212417" w14:textId="248792CD" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="0067106D" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
-            <w:r w:rsidR="002321D0" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="38E13BF8" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="38E13BF8" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD89039" w14:textId="412EAB38" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="00AA5817" w:rsidP="00B40B95">
+          <w:p w14:paraId="3CD89039" w14:textId="412EAB38" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="00AA5817" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Middle Eastern or North African</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B21C075" w14:textId="3910ECB8" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="5B21C075" w14:textId="3910ECB8" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00AA5817" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="00AA5817" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="2BE2CCAB" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="2BE2CCAB" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C66F6A" w14:textId="4E4A01C4" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="003D55F1" w:rsidP="00B40B95">
+          <w:p w14:paraId="33C66F6A" w14:textId="4E4A01C4" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="003D55F1" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Native Hawaiian or </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Pacific Islander</w:t>
+              <w:t>Native Hawaiian or other Pacific Islander</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EACF293" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="5EACF293" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>38%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002321D0" w:rsidRPr="006738A7" w14:paraId="0B2797AB" w14:textId="77777777" w:rsidTr="00957491">
+      <w:tr w:rsidR="002321D0" w:rsidRPr="008B6771" w14:paraId="0B2797AB" w14:textId="77777777" w:rsidTr="00957491">
         <w:trPr>
           <w:trHeight w:val="48"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36D278BD" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+          <w:p w14:paraId="36D278BD" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="436EC27A" w14:textId="135D812B" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
+          <w:p w14:paraId="436EC27A" w14:textId="135D812B" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="008B3DEC" w:rsidP="00B40B95">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
-            <w:r w:rsidR="002321D0" w:rsidRPr="006738A7">
-              <w:rPr>
+            <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="4D4E9CA0" w14:textId="1B49FCC2" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="003047AE" w:rsidP="00B40B95">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="4D4E9CA0" w14:textId="74B61D1D" w:rsidR="002321D0" w:rsidRPr="00122270" w:rsidRDefault="00103311" w:rsidP="00B40B95">
       <w:pPr>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...27 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Further, in the 2021 CCS</w:t>
+      </w:r>
+      <w:r w:rsidR="009F577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this item assessing instructor effectiveness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00287F68" w:rsidRPr="006738A7">
-[...24 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>is positively and significantly correlated with scores on the composite</w:t>
+      </w:r>
+      <w:r w:rsidR="009F577C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> variable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Sense of CU Belonging</w:t>
       </w:r>
-      <w:r w:rsidR="00F13814" w:rsidRPr="006738A7">
-[...157 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for undergraduates across all race/ethnicity groups (all r’s ≥ .38, p-values &lt; .0001); this </w:t>
+      </w:r>
+      <w:r w:rsidR="007F7541" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relationship </w:t>
+      </w:r>
+      <w:r w:rsidR="007F7541" w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">between </w:t>
-[...80 lines deleted...]
-        <w:r w:rsidR="00C312E9" w:rsidRPr="006738A7">
+        <w:t xml:space="preserve">is strongest for Black/African American undergraduates (r=.47, p &lt; .0001) and International undergraduates (r = .49, p &lt; .0001). The close link between classroom instructors’ skills for navigating challenging dynamics and students’ sense of fitting in and feeling valued, accepted, and included isn’t surprising. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00C312E9" w:rsidRPr="00122270">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
           </w:rPr>
           <w:t>“</w:t>
         </w:r>
-        <w:r w:rsidR="000108E3" w:rsidRPr="006738A7">
+        <w:r w:rsidR="000108E3" w:rsidRPr="00122270">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
           </w:rPr>
           <w:t>When students walk into a campus, they don’t know who the provost is. They don’t even know what a provost is. … Students, when they walk into a class, whoever is at the front of the class, that is the institution to them.</w:t>
         </w:r>
-        <w:r w:rsidR="00C312E9" w:rsidRPr="006738A7">
+        <w:r w:rsidR="00C312E9" w:rsidRPr="00122270">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
           </w:rPr>
           <w:t>”</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="71402914" w14:textId="15E27DD9" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+    <w:p w14:paraId="71402914" w14:textId="32E58F56" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="00C51637" w:rsidP="00B40B95">
       <w:pPr>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006738A7">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As a follow-up to the original analyses of the 2021 Campus Culture Survey, the relationship between first-year students’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Sense of CU Belonging</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (measured in mid-fall 2021 in the CCS) and the likelihood of being retained at CU to the spring 2024 semester was examined. A first-year student’s sense of belonging strongly predicted their probability of still being enrolled in spring 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00090CAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>. Such was the case for students with low, average, and high academic preparedness as measured by high school grade point average, or HSGPA</w:t>
+      </w:r>
+      <w:r w:rsidR="002321D0" w:rsidRPr="000D00EB">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidR="002321D0" w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...91 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4574E43E" w14:textId="77777777" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+    <w:p w14:paraId="4574E43E" w14:textId="51C89640" w:rsidR="002321D0" w:rsidRPr="008B6771" w:rsidRDefault="00743C4B" w:rsidP="00743C4B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1170"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="00743C4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DFD496C" wp14:editId="68F68155">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1738FC47" wp14:editId="695D6883">
+            <wp:extent cx="5943600" cy="3519805"/>
+            <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+            <wp:docPr id="7" name="Content Placeholder 6" descr="A graph of a number of students&#10;&#10;AI-generated content may be incorrect.">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3257688-1A01-61B9-9DD7-4C0E240CF33E}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="7" name="Content Placeholder 6" descr="A graph of a number of students&#10;&#10;AI-generated content may be incorrect.">
+                      <a:extLst>
+                        <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                          <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3257688-1A01-61B9-9DD7-4C0E240CF33E}"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      <a:picLocks noGrp="1" noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4218491" cy="3144693"/>
+                      <a:ext cx="5943600" cy="3519805"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306501A8" w14:textId="5FB5667D" w:rsidR="002321D0" w:rsidRPr="006738A7" w:rsidRDefault="002321D0" w:rsidP="00B40B95">
+    <w:p w14:paraId="5A0AF475" w14:textId="01AAC449" w:rsidR="0060266C" w:rsidRPr="00867D7F" w:rsidRDefault="002321D0" w:rsidP="00867D7F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overall, the results of these analyses suggest that students with more effective classroom instructors feel a greater sense of belonging at </w:t>
       </w:r>
-      <w:r w:rsidR="00081A94" w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00081A94" w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>CU and</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are more likely to remain enrolled at the university. Given these findings, </w:t>
       </w:r>
-      <w:r w:rsidR="00090FDD" w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00090FDD" w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>providing opportunities to support</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> classroom </w:t>
       </w:r>
-      <w:r w:rsidR="00090FDD" w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00090FDD" w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>leaders</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to continue to enhance their skills for managing logistics, dynamics, and difficult situations in the classroom is an important area to target for improving </w:t>
       </w:r>
-      <w:r w:rsidR="008E560C" w:rsidRPr="006738A7">
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00B37F7D" w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>student experiences, success</w:t>
+      </w:r>
+      <w:r w:rsidR="007A285D" w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, well-being, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E560C" w:rsidRPr="00867D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and retention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C22804" w14:textId="77777777" w:rsidR="000D00EB" w:rsidRDefault="000D00EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006738A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7976B32E" w14:textId="5F1AC61F" w:rsidR="001D2B3E" w:rsidRPr="006738A7" w:rsidRDefault="001D2B3E" w:rsidP="00B40B95">
+    <w:p w14:paraId="5CF1F65E" w14:textId="4BE1F6B4" w:rsidR="00687CAC" w:rsidRPr="008B6771" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc210664023"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Collaborate on Creating Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00D97CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Agreements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="16B4CC3C" w14:textId="77777777" w:rsidR="008D5A97" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Consider the classroom norms that would lead to a welcoming and engaging learning environment, and build time into the first class</w:t>
+      </w:r>
+      <w:r w:rsidR="008824E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (or classes)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to co-create these norms </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>together</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk87873558"/>
+      <w:r w:rsidR="008824E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>This should include what is expected of them and what students can expect from you. Collaborating with students to establish the classroom ground rules and behavioral norms increases the likelihood for a more collegial and productive classroom culture and provides both classroom leaders and students with explicit guidelines for navigating classroom dynamics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4985581A" w14:textId="31A4B4B2" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By creating the expectations </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>together</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, it will </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1243">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>make it easier for you and your students to respond to problematic comments and derailed conversations. Classroom leaders are encouraged to document expectations for engagement in their course syllabus once the norms and guidelines have been agreed upon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B91C320" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="00AB4EA6" w:rsidRDefault="00687CAC" w:rsidP="00AB4EA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc210664024"/>
+      <w:r w:rsidRPr="00AB4EA6">
+        <w:t>What kind of classroom culture do we want?</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk87876820"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="41F768C2" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Guide students towards identifying explicit behavioral expectations to operationalize shared values and norms. If someone volunteers that students should “treat each other with respect,” press them to identify the behaviors that convey respect (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>giving others the benefit of the doubt, not interrupting, not monopolizing the conversation, trying hard to be curious about someone else’s point of view, etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.). Likewise, have them identify what would constitute a lack of respect (i.e., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>name calling, sarcasm, cutting someone off, talking over other people, eye rolling, not trying to understand</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="4B7AB4EA" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Ask what norms (or rules) the class will need to engage in rigorous critical and intellectual discussions but not drift into personal attacks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7B5810" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>How will members of the class respond when they disagree with what someone is saying (including you)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEE3C99" w14:textId="167F5688" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Determine how you and your students will respond when things go wrong (when classroom norms are violated or feel violated). Refer to the resource, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="003437BE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>Calling People In</w:t>
+        </w:r>
+        <w:r w:rsidR="00912626" w:rsidRPr="003437BE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>: Guidance for Faculty</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00912626">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00912626">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skills for responding to problematic comments and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40FEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>difficult interactions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513FF981" w14:textId="77777777" w:rsidR="00A40FEF" w:rsidRDefault="00687CAC" w:rsidP="00A40FEF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>If applicable, ask them to consider how virtual class-related contexts (discussion threads, emails, texts, Zoom meetings and chats) should be different from other online contexts? (i.e., how is posting in a course discussion thread not like/like posting on social media?)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB4D6C8" w14:textId="3B2D3B12" w:rsidR="00687CAC" w:rsidRPr="00A40FEF" w:rsidRDefault="00687CAC" w:rsidP="00A40FEF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40FEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What behaviors will be out of bounds?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA0773F" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="00AB4EA6" w:rsidRDefault="00687CAC" w:rsidP="00AB4EA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc210664025"/>
+      <w:r w:rsidRPr="00AB4EA6">
+        <w:t>Be clear about what students can expect from you.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="500B7564" w14:textId="0D7BBB97" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Possible things to include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A35E6F" w14:textId="0E47B7FF" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assure them that you are invested in what they have to say even if you don’t agree with </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and that you expect students to support their arguments with evidence (and </w:t>
+      </w:r>
+      <w:r w:rsidR="0039160E" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>establish what will count as evidence in your course.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306AB1C0" w14:textId="18B3703A" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Express commitment to address concerning </w:t>
+      </w:r>
+      <w:r w:rsidR="00130CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comments or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>behaviors that come up in the context of the class (either in the moment or the next time the class meets) and let students know that you may follow up with them outside of class time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0831DC09" w14:textId="41BE35D8" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Make them aware that if a conversation strays off topic, you may need to cut </w:t>
+      </w:r>
+      <w:r w:rsidR="00130CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> short to get the discussion back on track.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD2EB1B" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>You reserve the right to remove any posts in discussion forums that are outside the course topic area or that you consider a violation of course rules, community norms, or CU policy without notifying the student.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65926098" w14:textId="78B6893D" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00FE170B" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Ideally, before removing a post (and if not possible, definitely right after you remove it)</w:t>
+      </w:r>
+      <w:r w:rsidR="00687CAC" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, it’s essential to let the student know and set aside time to discuss your action.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9095BD" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You could also consider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> removing a problematic post and use it as a teachable moment, depending on the content and context.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2289DC89" w14:textId="793FBC09" w:rsidR="008601FF" w:rsidRDefault="00B572F1" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Alert them t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41E89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hat the </w:t>
+      </w:r>
+      <w:r w:rsidR="00990BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">syllabus </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41E89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidR="00990BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> posted </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5635B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Canvas </w:t>
+      </w:r>
+      <w:r w:rsidR="008601FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>before the first class meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34CD4A6E" w14:textId="4AF48B1E" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Be thorough and transparent about your course content in the syllabus and well in advance of assignments, readings, video, etc. This gives students the opportunity to make an informed decision on whether to remain in your class or choose a different section or course. Encourage students who have concerns to make time to meet with you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42AD1E79" w14:textId="69ECFC66" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recent research has shown that trigger or content warnings have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effect on affective responses to negative material or on educational outcomes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0676F0DC" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00AB4EA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc210664026"/>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:t>Work to reach consensus on classroom values and norms.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="1C02E6CA" w14:textId="6E0850F9" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Review the list of</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE386B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> community agreements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>together and ask what’s missing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365C9612" w14:textId="2FE786AC" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Encourage students who seem hesitant to express their ideas or concerns and try to address those concerns together with the class; invite anyone who isn’t comfortable speaking to your office hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F5FD58" w14:textId="1077CCD9" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If possible, by the end of the first class, get verbal confirmation that everyone can support and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41E89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>commit to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41E89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>agreements</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41E89" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>you’ve generated together.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3004D36A" w14:textId="3BBF544C" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00B4058D" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Make clear that </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the community agreements can be augmented or revised</w:t>
+      </w:r>
+      <w:r w:rsidR="00687CAC" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4374A" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>at a future point in time</w:t>
+      </w:r>
+      <w:r w:rsidR="00687CAC" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>. Issues may come up during the semester that haven’t been properly accounted for in the original list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442F570F" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once the class has reached consensus during the first week or two of classes, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>add these norms to the syllabus prior to the next class meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672BB436" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="008B6771" w:rsidRDefault="00687CAC" w:rsidP="00AB4EA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc210664027"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:t>The Fumble Framework</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="12AD6CB0" w14:textId="5E0BD0BE" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Donna Mejia (Faculty Fellow, Renee Crown Wellness Institute</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45C63" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Associate Professor in the Theater and Dance Department</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45C63" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Interdisciplinary Librarian for Inclusive Studies) has developed a framework for approaching difficult conversations in the classroom called, “</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">umble </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>orward</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5268">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5268">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>At the start of the semester, s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tudents make a social contract to extend the benefit of the doubt to each other. A student who wants to share a comment or question that they worry might not come across well asks to “fumble with their words.” The class responds </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in unison </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>with “fumble forward</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” agreeing to suspend judgement and work together to address the comment with an expectation that evidence may be needed to move the problem forward. To clarify, this good will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">is not extended when the intent is to do harm. When someone makes an out-of-bounds comment without anticipating the harm it could cause, members of the class can respond with something like, “that comment feels like a fumble,” to get the process back on track. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>Watch</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Professor Mejia explain how this approach can be used in the classroom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222F5316" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00AB4EA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc210664028"/>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:t>Freedom of Speech</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="0C9340D9" w14:textId="020A9827" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Help students understand that freedom of speech is the right of a person to articulate opinions and ideas without threat or reprisal from the government</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46525" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46525" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>or government entities like public universities</w:t>
+      </w:r>
+      <w:r w:rsidR="00F030EE" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unless it rises to the level of discrimination or harassment, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>speech that is hurtful, biased, or offensive in nature is generally protected by the First Amendment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. However, this doesn’t mean that students are allowed to personally insult or harass other members of the class </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>or you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF76B62" w14:textId="53CA4DFD" w:rsidR="003E2B65" w:rsidRPr="007D3CC9" w:rsidRDefault="005A7175" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00783231" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> university can’t censor speech but can set expectations in the classroom to ensure the focus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>stays on</w:t>
+      </w:r>
+      <w:r w:rsidR="00783231" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a differences of ideas, even those we might find highly offensive, in a way that comports with classroom decorum</w:t>
+      </w:r>
+      <w:r w:rsidR="003632E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082B6DBF" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>This is a primary goal of collaboratively creating classroom norms that allow ideas, especially difficult ideas, to be expressed while maintaining a civil space.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Hlk87877317"/>
+    </w:p>
+    <w:p w14:paraId="051DF29C" w14:textId="1666FBAD" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Encourage your students to review the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="faqs" w:history="1">
+        <w:r w:rsidR="009177AE" w:rsidRPr="009177AE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">free expression </w:t>
+        </w:r>
+        <w:r w:rsidR="00211BF9" w:rsidRPr="009177AE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>guiding principles and FAQs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00211BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">campus guidance on </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>navigating freedom of speech vs. discrimination and harassment</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F10351" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consider how you would respond differently to norm transgressions versus direct, identity-based attacks that require </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>reporting to the Office of Institutional Equity and Compliance (OIEC)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="0119208F" w14:textId="739BC1D4" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The faculty member or graduate </w:t>
+      </w:r>
+      <w:r w:rsidR="007B397B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>student instructor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leading the class determines the broad parameters of engagement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including which topics will be considered relevant to the course. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty and graduate</w:t>
+      </w:r>
+      <w:r w:rsidR="007B397B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> student</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instructors must also abide by these expectations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C02B12B" w14:textId="7D1D6248" w:rsidR="00687CAC" w:rsidRPr="008B6771" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc210664029"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>When Problems Arise</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD130E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nevertheless</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="16EDE64B" w14:textId="1B6CF99D" w:rsidR="00E80818" w:rsidRDefault="00DC1315" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consult with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="003437BE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>faculty guide for Calling People In</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for ideas</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80818">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on how to address challenging classroom comments and behaviors</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including microaggressions</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80818">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E538055" w14:textId="73FEF445" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Refer to the community agreements when norms get violated to re-center the class and get back on track; if the class collectively agreed to these norms, the norms can be your touchstone for addressing problematic</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02498">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comments and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> behavior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746F2DA5" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>It is never too late to add new expectations to the community agreements. If something unexpected happens that wasn’t addressed in the original document, propose an addition or amendment and work with the class to fine tune the goal and wording.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6836FAF1" w14:textId="64807E89" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Have a plan for when to address, when to diffuse, and when to delay. If you’re caught off guard, it’s appropriate to say so (“</w:t>
+      </w:r>
+      <w:r w:rsidR="001F167C" w:rsidRPr="001F167C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>I’m not sure how best to respond right now</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. I need time to think about what just happened and consider our next steps. We’ll take this up the next time we meet.”) Students don’t need you to have a perfect and immediate response. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00542605" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">most </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>important is that they see you leading on the issue and making time to address concerning comments or behaviors in alignment with your community agreements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2045CDE3" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Think about when to redirect a student who is rambling or taking up too much class time and how you will do that (e.g., “We need to move on, so if you still have questions or feel like you haven’t been able to make your point, we can talk more after class.”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F84B3E" w14:textId="73A92A19" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>If a student violates the agreed</w:t>
+      </w:r>
+      <w:r w:rsidR="00544E28" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upon norms, you’ll need to follow up with that student individually; it is also important to address what happened at the next class meeting to let other students know that you have handled the situation. Ideally, revisit the classroom norms and discuss how to move forward. </w:t>
+      </w:r>
+      <w:r w:rsidR="006B2842" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>This might include amending the community agreements.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B2842" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invite anyone who wants to discuss this with you further to your office hours. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609C2C37" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="008B6771" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc161906900"/>
-[...16 lines deleted...]
-      <w:r w:rsidR="00BC5BA5" w:rsidRPr="006738A7">
+      <w:bookmarkStart w:id="14" w:name="_Toc210664030"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Clarify your Rules and Expectations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6771">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-        </w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="50D5E6CD" w14:textId="2F4C7C21" w:rsidR="00481AA8" w:rsidRPr="006738A7" w:rsidRDefault="00481AA8" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="62592726" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...70 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communicating upfront what you expect in as much detail as possible is foundational for creating a welcoming and productive classroom to support the success of all students. However, consider collaborating with the class on policies and practices where you feel comfortable co-creating the rules. There is substantial research showing that autonomy enhances motivation; for instance, in one randomized controlled study, investigators found that when college students were allowed to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>choose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> whether to make their attendance a component of their course grade, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the great majority opted in and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they were subsequently </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">far </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>more likely to attend class than were students whose attendance had been mandated.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113FCF99" w14:textId="164A5883" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Transparency has been shown to reduce student anxiety, increase motivation and learning, and support students in setting priorities, planning ahead, and seeking out help when needed. Making expectations transparent may be particularly important for first-gen students and others who have not had prior exposure to the US higher education system.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02546">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> It is also a trauma</w:t>
+      </w:r>
+      <w:r w:rsidR="0024256E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02546">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>informed practice that supports students who have experienced adversity and other disruptive life events.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580BDE8C" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In short, build out your syllabus to be thorough and explicit to reduce the possibility for misunderstandings that can derail your relationship with a student and the class. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A658304" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Specifically, your syllabus should make the following clear and explicit:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03600859" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Course learning outcomes: What skills, knowledge, and experiences can students expect to gain through the course?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162CF449" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Course schedule:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A43F9A" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What will students read, do, and discuss in (or prior to) each class session?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1928E1CC" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>When are students expected to complete readings or other prep work? When are assignments due?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506B0355" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>When will assessments (quizzes, exams, etc.) take place?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346BC4DF" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Course policies: What are your policies regarding attendance and participation, late submissions, and drops (e.g., dropping the lowest of # exam grades).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256C758E" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>AI usage and documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE69A8F" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>Guidance and sample syllabus statements developed through a partnership between the BFA and CTL</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C42ED9" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>CTL’s page on AI Dialogues with Students</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="12461EF0" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>CTL’s AI Assessment Scale</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, which is useful for creating an even more granular AI policy for specific assignments or assessments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271DAA71" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Grading:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38206EF1" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What percentage of a student’s final grade is each assignment or assessment (or group of assignments or assessments) worth?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4CEEBD" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What are your grading policies (if not already explicated above)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556FA4AC" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What grading system will you use in this course?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370D366C" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>If you curve grades, how do you plan to do so?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10EDA235" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What are your cutoffs for final letter grades?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07747DFC" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where can students find feedback on their work? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B11DEE7" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explore the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>Grade for Student Success: Faculty Guide to Student-Centered Grading in Canvas</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A0F9CB" w14:textId="0FE017DA" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explore </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>CTL’s Inclusive Syllabus Checklist</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to learn more about clarifying rules and expectations in your syllabus to support student success.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159BAB3A" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Invest time on the first day (or two) of class (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and as needed, early in the semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) reviewing your syllabus, and consider a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1159">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">syllabus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quiz during the second week to ensure students have also reviewed it outside of class, understand the goals and content of the course, and agree to your rules and expectations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100498AE" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strategies for facilitating an effective first class can be found in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>CTL’s First Day Tips</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="008B436A" w:rsidRPr="006738A7">
-[...48 lines deleted...]
-    <w:p w14:paraId="0EA60A3D" w14:textId="2BA61268" w:rsidR="00481AA8" w:rsidRPr="006738A7" w:rsidRDefault="0052443E" w:rsidP="00B40B95">
+    </w:p>
+    <w:p w14:paraId="1B61FF10" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...153 lines deleted...]
-    <w:p w14:paraId="365C4D4E" w14:textId="7B689EA8" w:rsidR="00F60102" w:rsidRPr="006738A7" w:rsidRDefault="00F60102" w:rsidP="00F60102">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Key details to cover on the first day might include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1982D6F7" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="008B6771" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc161906901"/>
-      <w:r w:rsidRPr="006738A7">
+      <w:bookmarkStart w:id="15" w:name="_Toc210664031"/>
+      <w:r w:rsidRPr="008B6771">
         <w:t>Introductions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="25D0FD87" w14:textId="0333DE36" w:rsidR="00F60102" w:rsidRPr="006738A7" w:rsidRDefault="00F60102" w:rsidP="00B40B95">
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="4B7D8684" w14:textId="7B51EFC0" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EE365C" w:rsidRPr="006738A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ask students to introduce themselves to one or two other students including sharing something about themselves (e.g., </w:t>
+      </w:r>
+      <w:r w:rsidR="00120FF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">what’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00120FF0" w:rsidRPr="00120FF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>a place that shaped you as much as any person did?</w:t>
+      </w:r>
+      <w:r w:rsidR="00120FF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04C27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>how did you get your way when you were a kid?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>) or ask them to discuss something relevant to the course content (e.g., favorite bridge</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA72F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> design</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6151B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>—defend!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, most beautiful math proof and why, their tricks for learning chemical formulas</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA72F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="0099483A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>favorite fine artist of the 20</w:t>
+      </w:r>
+      <w:r w:rsidR="0099483A" w:rsidRPr="0099483A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="0099483A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> century</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...30 lines deleted...]
-    <w:p w14:paraId="45409B4A" w14:textId="35550252" w:rsidR="001174D9" w:rsidRPr="006738A7" w:rsidRDefault="001174D9" w:rsidP="00B40B95">
+    </w:p>
+    <w:p w14:paraId="299E460E" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Revisit this practice throughout the semester to give them additional opportunities to forge meaningful connections with other students in your classroom (“speed friending”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F2413B" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="008B6771" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006738A7">
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc210664032"/>
+      <w:r w:rsidRPr="008B6771">
         <w:t>Course content</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6F883A36" w14:textId="65F57C62" w:rsidR="0052483B" w:rsidRPr="006738A7" w:rsidRDefault="00B046DD" w:rsidP="00B40B95">
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="63BD4C79" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="1897D3F5" w14:textId="6C980B13" w:rsidR="0052483B" w:rsidRPr="006738A7" w:rsidRDefault="009A52A3" w:rsidP="00B40B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Invite students to share what they hope to learn in your course and clarify whether that content will be covered. Fully informed, students then have the option to switch to a different section or choose a different course.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702BA834" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...43 lines deleted...]
-    <w:p w14:paraId="49C53F1D" w14:textId="044553E2" w:rsidR="009A52A3" w:rsidRPr="006738A7" w:rsidRDefault="009A52A3" w:rsidP="00B40B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>When possible, consider whether it’s feasible to add other content/materials to address their specific interests if they are consistent with your course content/goals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E0C275" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r w:rsidRPr="006738A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>Share your goals for the course and what new skills or knowledge you want them to have by the end of the semester.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235974EA" w14:textId="15181AA0" w:rsidR="00456DF7" w:rsidRPr="006738A7" w:rsidRDefault="00B742BE" w:rsidP="00B40B95">
+    <w:p w14:paraId="2A90EE2D" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="008B6771" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="29E24B27" w14:textId="77777777" w:rsidR="0068729B" w:rsidRPr="006738A7" w:rsidRDefault="00A74188" w:rsidP="00240950">
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc210664033"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:t>Course logistics</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="150E0EDD" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="63CD08D7" w14:textId="45D0E9F4" w:rsidR="0073351A" w:rsidRPr="006738A7" w:rsidRDefault="0068729B" w:rsidP="00240950">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What counts as participation, and how much is expected?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="575CF7F2" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Strategies to increase participation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CFA3618" w14:textId="0C79081C" w:rsidR="00BC5280" w:rsidRPr="006738A7" w:rsidRDefault="00A07A9E" w:rsidP="009611A0">
+    <w:p w14:paraId="24A0D994" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="65F9DED1" w14:textId="030319CB" w:rsidR="00E27710" w:rsidRPr="006738A7" w:rsidRDefault="00E27710" w:rsidP="009611A0">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Send discussion questions ahead of time to help students prepare to participate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C7D45D" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...77 lines deleted...]
-    <w:p w14:paraId="3CA2AA2C" w14:textId="525B9000" w:rsidR="00E27710" w:rsidRPr="006738A7" w:rsidRDefault="00E27710" w:rsidP="009611A0">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Offer different options for contributing (e.g., sharing aloud, posting on Canvas, or in the Zoom chat or course backchannel).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122AC636" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...28 lines deleted...]
-    <w:p w14:paraId="27177DDC" w14:textId="4CF70C60" w:rsidR="00743772" w:rsidRPr="006738A7" w:rsidRDefault="00E27710" w:rsidP="00E27710">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pose a question during the class and give students a few minutes to write down their thoughts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>have them pair off to discuss with each other and then share out. (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>Learn more about active learning strategies from the CTL.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E02B19A" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Post discussion questions in Canvas, which often brings shy students into the conversation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18642C53" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">These strategies support </w:t>
       </w:r>
-      <w:r w:rsidR="00A90CFC" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="00A90CFC" w:rsidRPr="006738A7">
-[...24 lines deleted...]
-    <w:p w14:paraId="303C8577" w14:textId="05CE714D" w:rsidR="007F010A" w:rsidRPr="006738A7" w:rsidRDefault="007F010A" w:rsidP="00B40B95">
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students and are especially valuable to those who appreciate time to process and organize their thoughts before speaking up.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56053BA6" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="6D7F8B8A" w14:textId="38A9D33A" w:rsidR="00456DF7" w:rsidRPr="006738A7" w:rsidRDefault="00456DF7" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What is your policy on being late to class or leaving early?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CE44CB" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...63 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>How/when should students ask you questions outside of class (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="79A1C666" w14:textId="04C48696" w:rsidR="0060154A" w:rsidRPr="006738A7" w:rsidRDefault="00456DF7" w:rsidP="00B40B95">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>right after class, during office hours, by email, it depends</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0131F265" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...27 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>How/when will you respond to email? (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...60 lines deleted...]
-    <w:p w14:paraId="0AC6692B" w14:textId="3D8F76A3" w:rsidR="00CB41B4" w:rsidRPr="006738A7" w:rsidRDefault="00CB41B4" w:rsidP="00B40B95">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Give a timeframe for responding, such as within 48 hours. What about answering on weekends?)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742CCD94" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...75 lines deleted...]
-    <w:p w14:paraId="4C99DD40" w14:textId="40294846" w:rsidR="00456DF7" w:rsidRPr="006738A7" w:rsidRDefault="00456DF7" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Can students post for help with homework from you or other students in your virtual classroom platform (Piazza, Canvas, etc.)? If so, what are the rules for asking for help? For instance, should students elaborate on where they are stuck and share their work up to that point rather than simply post asking for the answer?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D78C24" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>How/when will homework be turned in?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD7F904" w14:textId="4E411B1D" w:rsidR="007F010A" w:rsidRPr="006738A7" w:rsidRDefault="007F010A" w:rsidP="00B40B95">
+    <w:p w14:paraId="692843AD" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="1D7E65D0" w14:textId="24659F75" w:rsidR="00481AA8" w:rsidRPr="006738A7" w:rsidRDefault="00884937" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Do you accept late assignments? If yes, will there be penalties for being late?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B934C4" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="031D8CF4" w14:textId="66739B80" w:rsidR="00884937" w:rsidRPr="006738A7" w:rsidRDefault="00884937" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What kind of feedback can they expect on their graded assignments and tests?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042A12C8" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Where can they find feedback on their work (e.g., annotated directly on their assignment submission in Canvas, in the Canvas gradebook, on the Canvas rubric for that assignment, or elsewhere).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1F3262" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is especially important when external tools, such as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Gradescope</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, contain the feedback.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DCCE7E" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To learn more about students’ experiences in Canvas, this </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>video shows all the places where students can find feedback on their assignments</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EA790A" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>What is your timeframe for returning corrected assignments and tests?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C2C3A3A" w14:textId="620753E7" w:rsidR="008E560C" w:rsidRPr="006738A7" w:rsidRDefault="008E560C" w:rsidP="00B40B95">
+    <w:p w14:paraId="1B323021" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>What is the timeframe for requesting an accommodation for a religious observance? Point out important dates to alert students to pay attention to potential conflicts and ensure advance notice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79FEA9EF" w14:textId="39CA3474" w:rsidR="0069583A" w:rsidRPr="006738A7" w:rsidRDefault="0069583A" w:rsidP="00B40B95">
+    <w:p w14:paraId="6F6D1E01" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="08F6418D" w14:textId="215F1FB2" w:rsidR="0069583A" w:rsidRPr="006738A7" w:rsidRDefault="00FD160E" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Other logistics specific to your course.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48251029" w14:textId="1706670D" w:rsidR="00AF3BC6" w:rsidRPr="008B6771" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006738A7">
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc210664034"/>
+      <w:r w:rsidRPr="008B6771">
         <w:t>Writing and communicating</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="36E947C3" w14:textId="69A308CB" w:rsidR="00481AA8" w:rsidRPr="006738A7" w:rsidRDefault="00481AA8" w:rsidP="00B40B95">
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="50E9E237" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Touch on during the first class, and review </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>in depth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> just prior to the first assignment that involves writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37983258" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...59 lines deleted...]
-    <w:p w14:paraId="5C4AE51A" w14:textId="1DD3345B" w:rsidR="00FD160E" w:rsidRPr="006738A7" w:rsidRDefault="00FD160E" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What counts as proper writing style and in which contexts? (Papers, online posts, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D0360E" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="2D036240" w14:textId="4B4948AC" w:rsidR="0069583A" w:rsidRPr="006738A7" w:rsidRDefault="005C1615" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What are your expectations for spelling, punctuation, grammar, proofing, and neatness on graded assignments? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B699FE" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...33 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Be clear about whether and when students can use casual language (swearing is okay if it’s not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...72 lines deleted...]
-    <w:p w14:paraId="19885837" w14:textId="5A6B94F8" w:rsidR="009719C5" w:rsidRPr="006738A7" w:rsidRDefault="006D1EEF" w:rsidP="00B40B95">
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> someone), or use slang, especially related to the course content (e.g., when talking about images of human bodies use breasts, not boobs or tits).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523E761F" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="008B6771" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="2EA20653" w14:textId="6E2F6E48" w:rsidR="00456DF7" w:rsidRPr="006738A7" w:rsidRDefault="00D13AE7" w:rsidP="00B40B95">
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc210664035"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:t>Course standards of evidence</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="41465CBA" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When applicable, touch on during the first class and review </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>in depth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to the first relevant assignment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436020C4" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...159 lines deleted...]
-    <w:p w14:paraId="4AB59C40" w14:textId="124564C4" w:rsidR="00AD4A19" w:rsidRPr="006738A7" w:rsidRDefault="00FE1029" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>What sources or source materials are considered reliable and valid for the topics you will cover in the course (e.g., NYTimes, Reddit, journal articles in your field, a student’s favorite newsfeed)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D5C6D5" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...75 lines deleted...]
-    <w:p w14:paraId="70619B8D" w14:textId="60645455" w:rsidR="00EE365C" w:rsidRPr="006738A7" w:rsidRDefault="00900C38" w:rsidP="009F0329">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Do you expect students to cite sources and to distinguish well-supported facts from opinions?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7939CC17" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...92 lines deleted...]
-    <w:p w14:paraId="351EAFF4" w14:textId="50413380" w:rsidR="00FD160E" w:rsidRPr="006738A7" w:rsidRDefault="00FD160E" w:rsidP="00B40B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Let them know that a sample of one (n=1) is information but will not count broadly as evidence in your class (i.e., “We had a black president, so racism doesn’t exist anymore”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4073383B" w14:textId="77777777" w:rsidR="003B1DF0" w:rsidRDefault="003B1DF0" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="03D5BDCE" w14:textId="574DA6BF" w:rsidR="00FD160E" w:rsidRPr="006738A7" w:rsidRDefault="00FD160E" w:rsidP="00B40B95">
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc210664036"/>
+      <w:r>
+        <w:t>Artificial Intelligence</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="1C193F19" w14:textId="076C5DAF" w:rsidR="003B1DF0" w:rsidRDefault="003B1DF0" w:rsidP="003B1DF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...34 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Although it’s a swiftly shifting landscape with exponential improvements occurring over just months and even weeks, Artificial Intelligence (or AI) challenges all classroom leaders to reimagine how and what they teach, what kind of assignments they assign and exams they administer, and how they evaluate their students’ work. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A841D5" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>You may already be a cutting-edge AI user, or you may be at the beginning of your journey.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A841D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF1836" w:rsidRPr="006738A7">
-[...54 lines deleted...]
-    <w:p w14:paraId="705925E6" w14:textId="2141B897" w:rsidR="008C526E" w:rsidRPr="006738A7" w:rsidRDefault="008C526E" w:rsidP="00B40B95">
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We strongly recommend that if you haven’t already, you need to become familiar with AI resources such as </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gemini and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ChatGPT. The widespread availability of generative AI tools has created new challenges</w:t>
+      </w:r>
+      <w:r w:rsidR="002F68BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46281">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>exciting opportunities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for educators.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3585ADE5" w14:textId="4A0E4C58" w:rsidR="00F40EAD" w:rsidRPr="00C84A5B" w:rsidRDefault="00F40EAD" w:rsidP="00C84A5B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="014A9E49" w14:textId="1839B90D" w:rsidR="00E12C72" w:rsidRPr="006738A7" w:rsidRDefault="00FD160E" w:rsidP="00B40B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F40EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>The CU Generative Futures Lab is an informal and experimental space for faculty, staff and students to interact with generative text, voice, image, and knowledge-management and research tools. Hosted by CU faculty, the lab is open to the campus to learn more about the possibilities and considerations surrounding AI use.</w:t>
+      </w:r>
+      <w:r w:rsidR="008A360B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The lab is open Monday-Friday from 12-3 pm in the Discovery Learning Center, Room 1B10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F40EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have questions about the lab, email Diane at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="008A360B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>Diane.Sieber@colorado.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F40EAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39579215" w14:textId="06EA6BCC" w:rsidR="00AF3BC6" w:rsidRPr="008B6771" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc210664037"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:lastRenderedPageBreak/>
+        <w:t>Academic honesty</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="6F8BEFB1" w14:textId="6C205A14" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...50 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To what extent are students allowed/encouraged to help each other with graded assignments? When appropriate, consider incorporating </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>structured peer review</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E0381D" w:rsidRPr="006738A7">
-[...66 lines deleted...]
-    <w:p w14:paraId="320438F6" w14:textId="1C5B0568" w:rsidR="00BC5BA5" w:rsidRPr="006738A7" w:rsidRDefault="00377472" w:rsidP="00B40B95">
+      <w:r w:rsidR="0023446D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">during class time </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to foster skills in giving and receiving constructive feedback, as well as </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>self-assessment</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to promote metacognition. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66773EC0" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...116 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide specific and clear instructions about what resources are allowed or are not allowed for assignments and exams. For example, do not say “electronic resources are allowed,” rather specify “Canvas resources are allowed” or “One page of notes is allowed.” Likewise, be sure to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>specify clear, granular policies regarding the usage and documentation of generative AI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5BA5" w:rsidRPr="006738A7">
-[...150 lines deleted...]
-    <w:p w14:paraId="53DAC98A" w14:textId="11F2407C" w:rsidR="004D3478" w:rsidRPr="006738A7" w:rsidRDefault="00FE0546" w:rsidP="00E700B0">
+    </w:p>
+    <w:p w14:paraId="07AF49DC" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proctoring software won’t prevent cheating and can increase students’ anxiety, including around the fear of being falsely flagged for cheating. Making all tests and quizzes open book and open note is one option for addressing the problem. If allowing open notes or books, create assignments and exams that require unique critical thought and application of course material. Learn more about how to design relevant, authentic, equity-minded exams and other summative assessments, and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>how to design valid assessments of student learning in context of generative AI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4926AEC0" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="007D3CC9" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Find information about how AI-related CU Honor Code violations are addressed here: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>https://www.colorado.edu/orientation/2023/12/07/3-things-know-about-ai-and-honor-code</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0ACA92" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004D3478" w:rsidRPr="006738A7">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Note: detecting whether a student has used ChatGPT or other generative AI system is notoriously difficult and software that claims to identify work done by AI is unreliable at this time. A better strategy is to incorporate these tools into your teaching and redesign your assignments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9771AC" w14:textId="77777777" w:rsidR="00F836BF" w:rsidRPr="008B6771" w:rsidRDefault="00F836BF" w:rsidP="00F836BF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc210664038"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:t>CU Discrimination, Harassment, and Sexual Misconduct Policies</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="6FF0C90B" w14:textId="23FE56AA" w:rsidR="00F836BF" w:rsidRPr="007D3CC9" w:rsidRDefault="00F836BF" w:rsidP="00F836BF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Let your students know that you are a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>https://www.colorado.edu/center/teaching-learning/teaching-resources/teaching-learning-age-ai</w:t>
+          <w:t>mandatory reporter</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="7C01A793" w14:textId="142420A0" w:rsidR="004D3478" w:rsidRPr="006738A7" w:rsidRDefault="00FE0546" w:rsidP="00E700B0">
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and that you are required to inform the Office of Institutional Equity and Compliance (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="008C4237">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>OIEC</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>) of any situation or incident of alleged unwelcome or offensive behavior that you witness (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>or that is brought to your attention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>) related to campus policies on discrimination, harassment, or sexual misconduct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035DAB0D" w14:textId="77777777" w:rsidR="00F836BF" w:rsidRPr="007D3CC9" w:rsidRDefault="00F836BF" w:rsidP="00F836BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="004D3478" w:rsidRPr="006738A7">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direct students to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>https://www.colorado.edu/center/teaching-learning/teaching-resources/teaching-well-technology/ai</w:t>
+          <w:t>Don’t Ignore It</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="0C4EE12D" w14:textId="01A0348D" w:rsidR="00E700B0" w:rsidRPr="006738A7" w:rsidRDefault="00FE0546" w:rsidP="00E700B0">
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website for a comprehensive list of on- and off-campus resources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B77D589" w14:textId="77777777" w:rsidR="00F836BF" w:rsidRPr="007D3CC9" w:rsidRDefault="00F836BF" w:rsidP="00F836BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="00E700B0" w:rsidRPr="006738A7">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Familiarize yourself with the Provost’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>https://cep.barnard.edu/generative-ai-college-classroom</w:t>
+          <w:t>required syllabus statements</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="2A9C4D37" w14:textId="309C27C7" w:rsidR="00377472" w:rsidRPr="006738A7" w:rsidRDefault="00FE0546" w:rsidP="00B40B95">
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that address disability accommodations, classroom behavior, preferred student names and pronouns, Honor Code, the Sexual Misconduct, Discrimination, and Harassment Policies, and accommodations for religious observances and include them in your syllabus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636E35A0" w14:textId="25AE9E19" w:rsidR="00F836BF" w:rsidRPr="008F3839" w:rsidRDefault="00F836BF" w:rsidP="00F836BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="00BC5BA5" w:rsidRPr="006738A7">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Become knowledgeable about your obligation to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="003F0095">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>https://www.gse.harvard.edu/ideas/usable-knowledge/23/07/embracing-artificial-intelligence-classroom</w:t>
+          <w:t>ensure that your course is accessible to students with disabilities</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...34 lines deleted...]
-        <w:r w:rsidRPr="006738A7">
+      <w:r w:rsidR="003125B2" w:rsidRPr="003125B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, including those who identify as disabled students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB20D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>whether in</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0095">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB20D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>person or in the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> virtual environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C27FE3" w14:textId="3BC0FC44" w:rsidR="00687CAC" w:rsidRPr="008B6771" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc210664039"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Disruptive Student Behavior</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="74B0F862" w14:textId="23D21C8F" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="24"/>
-[...2432 lines deleted...]
-            <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="006738A7">
+        <w:r w:rsidRPr="007D3CC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Student Classroom and Course-Related Behavior Policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applies to both in-person and virtual teaching. However, even with </w:t>
+      </w:r>
+      <w:r w:rsidR="00173BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>community agreements and syllabus</w:t>
+      </w:r>
+      <w:r w:rsidR="001462C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guidelines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...38 lines deleted...]
-        <w:r w:rsidRPr="006738A7">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in place to minimize problems, students may still find ways to disrupt the teaching environment. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1155CC"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Student Conduct and Conflict Resolution</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SCCR) is </w:t>
+      </w:r>
+      <w:r w:rsidR="00542260">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...46 lines deleted...]
-        <w:r w:rsidR="00A047E8" w:rsidRPr="006738A7">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CU Boulder resource for enforcing the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="002303A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>S</w:t>
+          <w:t>Student Classroom and Course-Related Behavior Policy</w:t>
         </w:r>
-        <w:r w:rsidR="008C526E" w:rsidRPr="006738A7">
+      </w:hyperlink>
+      <w:r w:rsidR="00EE5302" w:rsidRPr="007638DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5302">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007638DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">They consult </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on how to respond to disruptive behaviors and </w:t>
+      </w:r>
+      <w:r w:rsidR="007638DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will assist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36800">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">set course behavioral expectations. If you would like to consult about how to respond to any disruptions, please email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>C</w:t>
-[...6 lines deleted...]
-          <w:t>CR</w:t>
+          <w:t>SCCR</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A047E8" w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D598735" w14:textId="6C681729" w:rsidR="00EF0C22" w:rsidRPr="006738A7" w:rsidRDefault="001A4AE8" w:rsidP="00B40B95">
+    <w:p w14:paraId="5F3BF033" w14:textId="01570374" w:rsidR="00687CAC" w:rsidRPr="00BE3827" w:rsidRDefault="00687CAC" w:rsidP="00BE3827">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...44 lines deleted...]
-        <w:r w:rsidRPr="006738A7">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Highly disruptive students often have a pattern of escalating disruptions. It’s important that you document these instances from the beginning to establish a pattern. If the student’s disruptive behavior continues, or if a single instance of disruption is egregious enough to warrant it, you may want to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="007D3CC9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>file a report</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with SCCR</w:t>
       </w:r>
-      <w:r w:rsidR="003373B4" w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
+      <w:r w:rsidR="00D36800">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Documentation is required if you report a student to SCCR.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3827">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-[...6 lines deleted...]
-    <w:p w14:paraId="1CEA0072" w14:textId="77777777" w:rsidR="00CB63D2" w:rsidRPr="006738A7" w:rsidRDefault="00073003" w:rsidP="00B40B95">
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Upon receipt of the report, SCCR will work with you in setting further behavioral expectations and holding the student accountable for the disruption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197AC9DE" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="377786B3" w14:textId="25801E32" w:rsidR="00983CBF" w:rsidRPr="006738A7" w:rsidRDefault="00983CBF" w:rsidP="00B40B95">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>If a situation becomes unmanageable, consider dismissing the class early and focusing directly on the problematic student.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169F0E5C" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...71 lines deleted...]
-    <w:p w14:paraId="1B9E0E14" w14:textId="5DB63ED4" w:rsidR="004B0BC2" w:rsidRPr="006738A7" w:rsidRDefault="00265616" w:rsidP="00265616">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>According to the policy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF6A88D" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="13137D79" w14:textId="26F1B99A" w:rsidR="00EA2395" w:rsidRPr="006738A7" w:rsidRDefault="00A77F39" w:rsidP="00265616">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>If a student is disruptive, you and/or SCCR may ask the student to stop the disruptive behavior and warn the student that such behavior can result in academic or disciplinary action.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07AD0DDB" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="007D3CC9" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...116 lines deleted...]
-    <w:p w14:paraId="47838872" w14:textId="51787525" w:rsidR="00265616" w:rsidRPr="006738A7" w:rsidRDefault="00897594" w:rsidP="003D6B24">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>You are authorized to ask a student to leave the classroom or other academic site if you deem it necessary. In this case, you will need to report the matter to SCCR within 24 hours. Your department and/or School/College may also have guidelines about how to report the matter to your Chair or Dean.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F93BF0" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you feel threatened or worry for the safety of you or your students, call or text the CU Police Department at 911. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31751206" w14:textId="046A2EB3" w:rsidR="003F4A12" w:rsidRDefault="00645FEB" w:rsidP="00E85BCF">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the disruptive incident includes sexual harassment, other protected-class harassment or discrimination, or retaliation related to these issues OR if you become aware that, outside of your class, a student may have experienced other forms of identity-based harassment or sexual misconduct (including sexual assault </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3827">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sexual </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3827">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>harassment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>), intimate partner abuse, or stalking</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3827">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0972">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00241B39" w:rsidRPr="00645FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...94 lines deleted...]
-        <w:r w:rsidRPr="006738A7">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> faculty, GPTIs, and TAs </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidR="00241B39" w:rsidRPr="000B044C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>Office of Institutional Equity and Compliance</w:t>
+          <w:t>are required to report such incidents</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00241B39" w:rsidRPr="000B044C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>to the</w:t>
+      </w:r>
+      <w:r w:rsidR="000B0972">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
-[...44 lines deleted...]
-        <w:r w:rsidRPr="006738A7">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidR="000B0972" w:rsidRPr="000B0972">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>required to report such incidents to OIEC</w:t>
+          <w:t>OIEC</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006738A7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="000B0972">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7941B607" w14:textId="63352EE0" w:rsidR="00A24F55" w:rsidRPr="006738A7" w:rsidRDefault="00CA218F" w:rsidP="00B40B95">
+      <w:r w:rsidRPr="00645FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7941B607" w14:textId="63352EE0" w:rsidR="00A24F55" w:rsidRPr="008B6771" w:rsidRDefault="00CA218F" w:rsidP="00B40B95">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006738A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc210664040"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Example </w:t>
       </w:r>
-      <w:r w:rsidR="008B7099" w:rsidRPr="006738A7">
+      <w:r w:rsidR="008B7099" w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>yllabus</w:t>
       </w:r>
-      <w:r w:rsidR="008B7099" w:rsidRPr="006738A7">
+      <w:r w:rsidR="008B7099" w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
+      <w:r w:rsidRPr="008B6771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>tatement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="68F11829" w14:textId="77777777" w:rsidR="00CA218F" w:rsidRPr="006738A7" w:rsidRDefault="005B446C" w:rsidP="00B40B95">
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="68F11829" w14:textId="77777777" w:rsidR="00CA218F" w:rsidRPr="007D3CC9" w:rsidRDefault="005B446C" w:rsidP="009750AC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:ind w:right="90"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>One of the primary goals of this course is to enhance our skills in scientific argument</w:t>
       </w:r>
-      <w:r w:rsidR="00CA218F" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="00CA218F" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (modify based on course goal) </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and to develop sufficient self-awareness to recognize when we are making non-scientific arguments.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0438D336" w14:textId="33DA4C86" w:rsidR="00F41FF1" w:rsidRPr="006738A7" w:rsidRDefault="005B446C" w:rsidP="00B40B95">
+    <w:p w14:paraId="0438D336" w14:textId="33DA4C86" w:rsidR="00F41FF1" w:rsidRPr="007D3CC9" w:rsidRDefault="005B446C" w:rsidP="009750AC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:ind w:right="90"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>These topics have been deliberately chosen to stimulate disagreement and much of that disagreement can feel very personal. I will regularly remind us, whenever needed, that our goals center on thoughtful examination of controversial biological ideas, techniques, opportunities, weaknesses,</w:t>
       </w:r>
-      <w:r w:rsidR="001374A4" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="001374A4" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> strengths</w:t>
       </w:r>
-      <w:r w:rsidR="001374A4" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="001374A4" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> but never </w:t>
       </w:r>
-      <w:r w:rsidR="001374A4" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="001374A4" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> individ</w:t>
       </w:r>
-      <w:r w:rsidR="00F41FF1" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="00F41FF1" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ual persons. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If I describe my perspective on, say, prenatal genetic screening in connection with abortion options and you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>disagree with me</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7099" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it is your job to argue about the strong and weak points of my ideas</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7099" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but certainly not about me as a person holding ideas</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA218F" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you think </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA218F" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41FF1" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>wrong. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Persuade me, convince me, show me how my ideas are wrong with thoughtful, evidenc</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41FF1" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7099" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41FF1" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>based positions of your own. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130B6AD4" w14:textId="5F1E4F80" w:rsidR="00CA218F" w:rsidRPr="007D3CC9" w:rsidRDefault="00DC36E2" w:rsidP="009750AC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="90"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students in the class come from </w:t>
+      </w:r>
+      <w:r w:rsidR="000D7B5D" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">different </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1B67" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>backgrounds</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7B5D" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>different parts of the country and the world.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e aim for a rich mix of perspectives emanating partly because we </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>come from different places</w:t>
+      </w:r>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, partly because we have different religious and non-religious view</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA218F" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, partly because we have different interests, etc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380E00F0" w14:textId="037C57C0" w:rsidR="00882463" w:rsidRPr="007D3CC9" w:rsidRDefault="005B446C" w:rsidP="009750AC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="90"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>This class aims to encourage you to regularly examine your own views about the topic at hand:  Why do you have this view?</w:t>
+      </w:r>
+      <w:r w:rsidR="00454794" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Where did you get this view?</w:t>
+      </w:r>
+      <w:r w:rsidR="0095266D" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Is this view open to revision? If not, why not? If yes, how? Throughout the semester, we want to strictly adhere to the principle of making </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC36E2" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">thoughtful </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">arguments, using </w:t>
       </w:r>
-      <w:r w:rsidR="00DC36E2" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="00DC36E2" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">respectful </w:t>
       </w:r>
-      <w:r w:rsidR="008B7099" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="008B7099" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>language,</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and avoiding personal attacks. Be enthusiastic about your ideas</w:t>
       </w:r>
-      <w:r w:rsidR="008B7099" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="008B7099" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> but don't demean those who disagree.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C46BA54" w14:textId="7B6B6573" w:rsidR="005B446C" w:rsidRPr="008B7099" w:rsidRDefault="0095266D" w:rsidP="00B40B95">
+    <w:p w14:paraId="1066D267" w14:textId="4ABA5940" w:rsidR="005B446C" w:rsidRPr="000B0972" w:rsidRDefault="0095266D" w:rsidP="000B0972">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:ind w:right="90"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="005B446C" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ome of these topics will have been part of your personal experiences or part of your famil</w:t>
       </w:r>
-      <w:r w:rsidR="001374A4" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="001374A4" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>y’s experiences</w:t>
       </w:r>
-      <w:r w:rsidR="005B446C" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>. We will always respect your privac</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>y,</w:t>
       </w:r>
-      <w:r w:rsidR="005B446C" w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and criticism of a particular topic, even if it has affected you personally, will not be directed at you individually. We do want to engage in spirited discussion and arguments where those arguments rest on relevant evidence. If such evidence contradicts or undermines your particular view, are you open to revising your view? Be partici</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA218F" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pative, be </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC36E2" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>authentically curious</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA218F" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA218F" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and be</w:t>
+      </w:r>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knowledgeable and thoughtful</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B446C" w:rsidRPr="007D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> And have some fun!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1066D267" w14:textId="77777777" w:rsidR="005B446C" w:rsidRPr="00073003" w:rsidRDefault="005B446C" w:rsidP="00B40B95">
-[...9 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId30"/>
+    <w:sectPr w:rsidR="005B446C" w:rsidRPr="000B0972" w:rsidSect="00C92312">
+      <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="75" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F090F13" w14:textId="77777777" w:rsidR="00C92312" w:rsidRDefault="00C92312" w:rsidP="00FD1659">
+    <w:p w14:paraId="641FD4F1" w14:textId="77777777" w:rsidR="00EE3DCA" w:rsidRDefault="00EE3DCA" w:rsidP="00FD1659">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D1AE505" w14:textId="77777777" w:rsidR="00C92312" w:rsidRDefault="00C92312" w:rsidP="00FD1659">
+    <w:p w14:paraId="0BF0DBE5" w14:textId="77777777" w:rsidR="00EE3DCA" w:rsidRDefault="00EE3DCA" w:rsidP="00FD1659">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-483085432"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="5806B292" w14:textId="1372D943" w:rsidR="006875F4" w:rsidRPr="00FF30E6" w:rsidRDefault="006875F4" w:rsidP="00FF30E6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00FF30E6">
@@ -10479,399 +9485,490 @@
         </w:pPr>
       </w:p>
       <w:p w14:paraId="618787AF" w14:textId="621FED5A" w:rsidR="006875F4" w:rsidRDefault="006875F4" w:rsidP="006875F4">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="9360"/>
           </w:tabs>
           <w:ind w:right="-630"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">Guide for Establishing Course Expectations and Managing Classroom Dynamics  </w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="276D2E99" w14:textId="3F15D006" w:rsidR="006875F4" w:rsidRPr="005506B5" w:rsidRDefault="006875F4" w:rsidP="006875F4">
+      <w:p w14:paraId="276D2E99" w14:textId="4DB549AA" w:rsidR="006875F4" w:rsidRPr="005506B5" w:rsidRDefault="006875F4" w:rsidP="006875F4">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="9360"/>
           </w:tabs>
           <w:ind w:right="-630"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">Office of Institutional Equity and Compliance, </w:t>
         </w:r>
-        <w:r w:rsidR="00D07FBC">
+        <w:r w:rsidR="00CF68BD">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>4.3</w:t>
+          <w:t>10.</w:t>
+        </w:r>
+        <w:r w:rsidR="00301E15">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="00AA1BE3">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>.</w:t>
         </w:r>
         <w:r w:rsidR="00DC42A3">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>.2024</w:t>
+          <w:t>202</w:t>
+        </w:r>
+        <w:r w:rsidR="00AA1BE3">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>5</w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="4A80A22A" w14:textId="4121F028" w:rsidR="006875F4" w:rsidRDefault="00FE0546">
+      <w:p w14:paraId="4A80A22A" w14:textId="4121F028" w:rsidR="006875F4" w:rsidRDefault="003437BE">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0195BE09" w14:textId="1F48E4DD" w:rsidR="005506B5" w:rsidRPr="005506B5" w:rsidRDefault="005506B5" w:rsidP="001916DB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
       <w:ind w:right="-630"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AD5B8CD" w14:textId="77777777" w:rsidR="00C92312" w:rsidRDefault="00C92312" w:rsidP="00FD1659">
+    <w:p w14:paraId="312AE7DF" w14:textId="77777777" w:rsidR="00EE3DCA" w:rsidRDefault="00EE3DCA" w:rsidP="00FD1659">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FCEE3D2" w14:textId="77777777" w:rsidR="00C92312" w:rsidRDefault="00C92312" w:rsidP="00FD1659">
+    <w:p w14:paraId="79DB6987" w14:textId="77777777" w:rsidR="00EE3DCA" w:rsidRDefault="00EE3DCA" w:rsidP="00FD1659">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="53CC968F" w14:textId="641BB6B1" w:rsidR="002321D0" w:rsidRPr="00EE365C" w:rsidRDefault="002321D0" w:rsidP="002321D0">
+    <w:p w14:paraId="34DB3285" w14:textId="6B33FEB5" w:rsidR="008D788B" w:rsidRPr="00CD4FAF" w:rsidRDefault="008D788B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE365C">
+      <w:r w:rsidRPr="00CD4FAF">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00EE365C">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> These results control for both student race</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00720D0A" w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Rating scale: 1 = strongly disagree to 6 = strongly agree</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="53CC968F" w14:textId="641BB6B1" w:rsidR="002321D0" w:rsidRPr="00CD4FAF" w:rsidRDefault="002321D0" w:rsidP="002321D0">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">ethnicity and gender. </w:t>
-[...7 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> These results control for both student race</w:t>
+      </w:r>
+      <w:r w:rsidR="00137934" w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Challenges that happen in the classroom are exponentially amplified in the virtual environment. For online teaching, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>clarity and thoroughness about your expectations are even more important.</w:t>
+        <w:t xml:space="preserve">ethnicity and gender. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="7114D67F" w14:textId="1FEA952E" w:rsidR="00F60102" w:rsidRPr="004C2E81" w:rsidRDefault="00F60102" w:rsidP="00F60102">
+    <w:p w14:paraId="65F0D021" w14:textId="77777777" w:rsidR="00687CAC" w:rsidRPr="00CD4FAF" w:rsidRDefault="00687CAC" w:rsidP="00687CAC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bridgland, V.M., Jones, P.J., &amp; Bellet, B.W. (2022). A meta-analysis of the efficacy of trigger warnings, content warnings, and content notes. Clinical Psychological Science, 21677026231186625.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="2640ED95" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="00CD4FAF" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Challenges that happen in the classroom are exponentially amplified in the virtual environment. For online teaching, clarity and thoroughness about your expectations are even more important.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="23E731B1" w14:textId="77777777" w:rsidR="00AF3BC6" w:rsidRPr="005F5B56" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F5B56">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005F5B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cullen, S., &amp; Oppenheimer, D. (2024). Choosing to learn: The importance of student autonomy in higher education. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744D32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Science advances, 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5B56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(29), eado6759.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="776A0E7E" w14:textId="0325761F" w:rsidR="00AF3BC6" w:rsidRPr="00CD4FAF" w:rsidRDefault="00AF3BC6" w:rsidP="00AF3BC6">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="006738A7">
+        <w:r w:rsidRPr="00CD4FAF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2021 Campus Culture Survey Study Peer results</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> show that only 21% of CU undergraduates find it </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>easy/very easy</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> to get to know other students in their classes and 56% find it </w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>difficult</w:t>
       </w:r>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">. Statistical analyses (see </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidRPr="006738A7">
+        <w:r w:rsidRPr="00CD4FAF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>Statistical analyses (see pages 33-38)</w:t>
+          <w:t>the CCS Survey Report pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006738A7">
-        <w:rPr>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> reveal that difficulty </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">, pgs. 33-38) reveal that difficulty making connections with classroom peers is significantly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">making </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>negatively</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>connections with</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> related to Sense of Belonging at CU.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A667D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Helping students break the ice with peers is a way to scaffold a connection </w:t>
+      </w:r>
+      <w:r w:rsidR="003F3D96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>classroom</w:t>
-[...63 lines deleted...]
-        <w:t>, V.M., Jones, P.J., &amp; Bellet, B.W. (2022). A meta-analysis of the efficacy of trigger warnings, content warnings, and content notes. Clinical Psychological Science, 21677026231186625.</w:t>
+        <w:t>that helps them establish meaningful academic friendships.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00264F77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80F0DA26"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11055,392 +10152,505 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A0E7720"/>
-[...112 lines deleted...]
-    <w:nsid w:val="460F6001"/>
+    <w:nsid w:val="1E7F2E2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="658662F0"/>
+    <w:tmpl w:val="74A8BFF0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A0E7720"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D2AEE458"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="488C564A"/>
+    <w:nsid w:val="3BB85369"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="43F434BA"/>
+    <w:tmpl w:val="5A143534"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="460F6001"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="658662F0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="572157E3"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="488C564A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8132BE70"/>
+    <w:tmpl w:val="43F434BA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -11506,51 +10716,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="572157E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8132BE70"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62CB444B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="553A153A"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11619,51 +10942,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E6F6272"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="012E9922"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11732,51 +11055,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EDC481E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C52CC334"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11845,51 +11168,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74FF23AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4E2E8B6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11958,51 +11281,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FC73EEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F44FC14"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12075,876 +11398,1295 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2088727746">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="617614324">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="775710370">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="741491521">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1394935376">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1326980865">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1705210978">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1915969360">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1014770906">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1915969360">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="10" w16cid:durableId="1177383349">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1014770906">
+  <w:num w:numId="11" w16cid:durableId="266231132">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1177383349">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="12" w16cid:durableId="1341279000">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="266231132">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="13" w16cid:durableId="2028175323">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D5B94"/>
     <w:rsid w:val="00005180"/>
     <w:rsid w:val="000053B4"/>
+    <w:rsid w:val="00010854"/>
     <w:rsid w:val="000108E3"/>
     <w:rsid w:val="000144C1"/>
+    <w:rsid w:val="000146A1"/>
     <w:rsid w:val="0001557D"/>
+    <w:rsid w:val="0001580C"/>
     <w:rsid w:val="00022F94"/>
     <w:rsid w:val="000321E6"/>
+    <w:rsid w:val="000328E3"/>
     <w:rsid w:val="00041293"/>
     <w:rsid w:val="00042BD9"/>
     <w:rsid w:val="00042E18"/>
     <w:rsid w:val="00047462"/>
     <w:rsid w:val="0005113F"/>
     <w:rsid w:val="00054F92"/>
+    <w:rsid w:val="0006393C"/>
     <w:rsid w:val="00063F76"/>
+    <w:rsid w:val="00065EF0"/>
     <w:rsid w:val="00073003"/>
+    <w:rsid w:val="000743A0"/>
     <w:rsid w:val="00076E03"/>
+    <w:rsid w:val="000806F3"/>
     <w:rsid w:val="00081A94"/>
     <w:rsid w:val="00087BA2"/>
+    <w:rsid w:val="00090CAD"/>
     <w:rsid w:val="00090FDD"/>
     <w:rsid w:val="00094036"/>
+    <w:rsid w:val="00096440"/>
+    <w:rsid w:val="00096555"/>
     <w:rsid w:val="00096AA4"/>
     <w:rsid w:val="000A0B62"/>
     <w:rsid w:val="000A19C6"/>
     <w:rsid w:val="000A475B"/>
+    <w:rsid w:val="000B044C"/>
+    <w:rsid w:val="000B0972"/>
+    <w:rsid w:val="000B32A6"/>
+    <w:rsid w:val="000B400F"/>
     <w:rsid w:val="000B6669"/>
+    <w:rsid w:val="000C7BD4"/>
+    <w:rsid w:val="000C7DEF"/>
+    <w:rsid w:val="000D00EB"/>
     <w:rsid w:val="000D3F3E"/>
+    <w:rsid w:val="000D57F7"/>
     <w:rsid w:val="000D7B5D"/>
     <w:rsid w:val="000D7E6C"/>
     <w:rsid w:val="000E0B1D"/>
     <w:rsid w:val="000E11DF"/>
     <w:rsid w:val="000E1553"/>
     <w:rsid w:val="000F0431"/>
     <w:rsid w:val="000F136A"/>
+    <w:rsid w:val="000F65D5"/>
     <w:rsid w:val="000F65E8"/>
     <w:rsid w:val="000F7043"/>
     <w:rsid w:val="001014C6"/>
     <w:rsid w:val="001019FF"/>
     <w:rsid w:val="00101DFF"/>
+    <w:rsid w:val="00103311"/>
     <w:rsid w:val="00104EB7"/>
     <w:rsid w:val="0011334C"/>
     <w:rsid w:val="001146AB"/>
+    <w:rsid w:val="00115BCF"/>
     <w:rsid w:val="001174D9"/>
+    <w:rsid w:val="00120FF0"/>
     <w:rsid w:val="001210F2"/>
+    <w:rsid w:val="00122270"/>
+    <w:rsid w:val="001228C0"/>
     <w:rsid w:val="00124E64"/>
     <w:rsid w:val="00125957"/>
+    <w:rsid w:val="00127D0A"/>
     <w:rsid w:val="00130539"/>
+    <w:rsid w:val="00130CDB"/>
     <w:rsid w:val="00133520"/>
     <w:rsid w:val="001374A4"/>
     <w:rsid w:val="00137934"/>
+    <w:rsid w:val="00142EB8"/>
     <w:rsid w:val="0014415B"/>
     <w:rsid w:val="00144786"/>
+    <w:rsid w:val="001462C1"/>
     <w:rsid w:val="001519AA"/>
     <w:rsid w:val="00152755"/>
+    <w:rsid w:val="001544EA"/>
     <w:rsid w:val="00155EF1"/>
     <w:rsid w:val="0015639F"/>
+    <w:rsid w:val="00163C1D"/>
+    <w:rsid w:val="00163DFE"/>
+    <w:rsid w:val="0016425E"/>
     <w:rsid w:val="00165DEE"/>
     <w:rsid w:val="00167003"/>
     <w:rsid w:val="001673B3"/>
+    <w:rsid w:val="00172186"/>
+    <w:rsid w:val="001738CC"/>
+    <w:rsid w:val="00173BC2"/>
+    <w:rsid w:val="00174BC4"/>
     <w:rsid w:val="00181445"/>
+    <w:rsid w:val="00181FCE"/>
     <w:rsid w:val="001916DB"/>
     <w:rsid w:val="00192C0C"/>
+    <w:rsid w:val="001933FA"/>
     <w:rsid w:val="00193655"/>
     <w:rsid w:val="001A00F6"/>
+    <w:rsid w:val="001A02CB"/>
+    <w:rsid w:val="001A1A4F"/>
     <w:rsid w:val="001A370F"/>
     <w:rsid w:val="001A4AE8"/>
     <w:rsid w:val="001A54CA"/>
     <w:rsid w:val="001A62F7"/>
     <w:rsid w:val="001A71D4"/>
+    <w:rsid w:val="001B174E"/>
+    <w:rsid w:val="001B2947"/>
     <w:rsid w:val="001B3732"/>
     <w:rsid w:val="001B5515"/>
+    <w:rsid w:val="001C5292"/>
     <w:rsid w:val="001D2B3E"/>
     <w:rsid w:val="001D7D9B"/>
     <w:rsid w:val="001D7FB6"/>
+    <w:rsid w:val="001E0699"/>
     <w:rsid w:val="001E2039"/>
+    <w:rsid w:val="001E5F77"/>
+    <w:rsid w:val="001F077E"/>
+    <w:rsid w:val="001F167C"/>
     <w:rsid w:val="001F18FC"/>
     <w:rsid w:val="001F226D"/>
     <w:rsid w:val="001F33B0"/>
     <w:rsid w:val="001F548C"/>
     <w:rsid w:val="002016BD"/>
     <w:rsid w:val="00204A1A"/>
     <w:rsid w:val="002105A0"/>
     <w:rsid w:val="00210D50"/>
+    <w:rsid w:val="00211BF9"/>
     <w:rsid w:val="00214F24"/>
+    <w:rsid w:val="00220C78"/>
+    <w:rsid w:val="002215F9"/>
     <w:rsid w:val="002223F8"/>
     <w:rsid w:val="00224C89"/>
     <w:rsid w:val="00225A5F"/>
+    <w:rsid w:val="002303A9"/>
+    <w:rsid w:val="00230595"/>
     <w:rsid w:val="00231C03"/>
     <w:rsid w:val="002321D0"/>
     <w:rsid w:val="0023383B"/>
+    <w:rsid w:val="0023446D"/>
     <w:rsid w:val="0023661C"/>
     <w:rsid w:val="00240950"/>
+    <w:rsid w:val="00241B39"/>
+    <w:rsid w:val="0024256E"/>
+    <w:rsid w:val="00243A53"/>
     <w:rsid w:val="00251A3C"/>
     <w:rsid w:val="00261D92"/>
     <w:rsid w:val="00265616"/>
     <w:rsid w:val="00265D09"/>
+    <w:rsid w:val="00266E34"/>
+    <w:rsid w:val="00272099"/>
     <w:rsid w:val="00284776"/>
     <w:rsid w:val="002857AC"/>
     <w:rsid w:val="0028628A"/>
     <w:rsid w:val="00287F68"/>
     <w:rsid w:val="002907B4"/>
     <w:rsid w:val="002A1A60"/>
     <w:rsid w:val="002A1EA3"/>
+    <w:rsid w:val="002A5F09"/>
     <w:rsid w:val="002A6174"/>
     <w:rsid w:val="002A680A"/>
     <w:rsid w:val="002B0DF9"/>
     <w:rsid w:val="002B0EC3"/>
     <w:rsid w:val="002B112F"/>
     <w:rsid w:val="002B1AA3"/>
     <w:rsid w:val="002B4F7C"/>
+    <w:rsid w:val="002B71D7"/>
     <w:rsid w:val="002C1A41"/>
     <w:rsid w:val="002C21A8"/>
     <w:rsid w:val="002C2FFA"/>
     <w:rsid w:val="002C5844"/>
     <w:rsid w:val="002C76DA"/>
     <w:rsid w:val="002C7A97"/>
     <w:rsid w:val="002D18C1"/>
     <w:rsid w:val="002D18CF"/>
+    <w:rsid w:val="002D4EA0"/>
+    <w:rsid w:val="002E008F"/>
     <w:rsid w:val="002E08D0"/>
+    <w:rsid w:val="002E1E1E"/>
+    <w:rsid w:val="002E25A8"/>
     <w:rsid w:val="002E25AE"/>
     <w:rsid w:val="002E44C0"/>
     <w:rsid w:val="002E4968"/>
     <w:rsid w:val="002E4F89"/>
     <w:rsid w:val="002E6512"/>
+    <w:rsid w:val="002E6D24"/>
     <w:rsid w:val="002E731B"/>
     <w:rsid w:val="002E7F4C"/>
+    <w:rsid w:val="002F1F48"/>
     <w:rsid w:val="002F32A2"/>
+    <w:rsid w:val="002F4F84"/>
+    <w:rsid w:val="002F68BC"/>
     <w:rsid w:val="002F6F1A"/>
+    <w:rsid w:val="002F79BA"/>
+    <w:rsid w:val="00300359"/>
     <w:rsid w:val="003005A4"/>
     <w:rsid w:val="00300B28"/>
+    <w:rsid w:val="00301E15"/>
     <w:rsid w:val="003047AE"/>
+    <w:rsid w:val="0030652E"/>
     <w:rsid w:val="00311F08"/>
     <w:rsid w:val="003122F0"/>
+    <w:rsid w:val="003125B2"/>
     <w:rsid w:val="00313067"/>
     <w:rsid w:val="003146A7"/>
     <w:rsid w:val="00316037"/>
     <w:rsid w:val="00316152"/>
     <w:rsid w:val="00321373"/>
     <w:rsid w:val="00322DA9"/>
     <w:rsid w:val="00331FED"/>
+    <w:rsid w:val="00334652"/>
+    <w:rsid w:val="00335173"/>
     <w:rsid w:val="003368C5"/>
     <w:rsid w:val="003373B4"/>
     <w:rsid w:val="003410AB"/>
     <w:rsid w:val="00343483"/>
+    <w:rsid w:val="003437BE"/>
     <w:rsid w:val="00345444"/>
     <w:rsid w:val="00345B10"/>
     <w:rsid w:val="0035071E"/>
+    <w:rsid w:val="0035479A"/>
+    <w:rsid w:val="00354DD0"/>
+    <w:rsid w:val="00355E30"/>
+    <w:rsid w:val="00356940"/>
+    <w:rsid w:val="003579D1"/>
     <w:rsid w:val="00360E66"/>
+    <w:rsid w:val="0036209D"/>
+    <w:rsid w:val="003632E4"/>
     <w:rsid w:val="00370FB6"/>
     <w:rsid w:val="00371C37"/>
     <w:rsid w:val="00373C05"/>
+    <w:rsid w:val="00373C1F"/>
     <w:rsid w:val="00377472"/>
     <w:rsid w:val="00377ABC"/>
+    <w:rsid w:val="003810D2"/>
     <w:rsid w:val="00383E7F"/>
+    <w:rsid w:val="003878C6"/>
     <w:rsid w:val="00391607"/>
+    <w:rsid w:val="0039160E"/>
     <w:rsid w:val="0039228D"/>
     <w:rsid w:val="003940AE"/>
     <w:rsid w:val="003968A2"/>
     <w:rsid w:val="003A4E17"/>
     <w:rsid w:val="003A5021"/>
+    <w:rsid w:val="003B1DF0"/>
     <w:rsid w:val="003C71F6"/>
     <w:rsid w:val="003D0D93"/>
     <w:rsid w:val="003D1BAF"/>
     <w:rsid w:val="003D207C"/>
     <w:rsid w:val="003D55F1"/>
     <w:rsid w:val="003D6B24"/>
+    <w:rsid w:val="003E2B65"/>
     <w:rsid w:val="003E2F20"/>
+    <w:rsid w:val="003E4313"/>
+    <w:rsid w:val="003E6D10"/>
+    <w:rsid w:val="003F0095"/>
     <w:rsid w:val="003F1584"/>
     <w:rsid w:val="003F2996"/>
+    <w:rsid w:val="003F3D96"/>
+    <w:rsid w:val="003F41F7"/>
+    <w:rsid w:val="003F4A12"/>
     <w:rsid w:val="003F77DC"/>
+    <w:rsid w:val="0040259E"/>
     <w:rsid w:val="0040369E"/>
     <w:rsid w:val="004050A7"/>
     <w:rsid w:val="004103DA"/>
     <w:rsid w:val="00411AD3"/>
     <w:rsid w:val="004142B2"/>
+    <w:rsid w:val="00415515"/>
+    <w:rsid w:val="0042059D"/>
+    <w:rsid w:val="00427674"/>
     <w:rsid w:val="00427857"/>
+    <w:rsid w:val="00431175"/>
+    <w:rsid w:val="004347E4"/>
+    <w:rsid w:val="00440F7A"/>
     <w:rsid w:val="00444471"/>
+    <w:rsid w:val="00445F4E"/>
+    <w:rsid w:val="004475A1"/>
     <w:rsid w:val="0045073E"/>
     <w:rsid w:val="00450C3C"/>
     <w:rsid w:val="00452DF1"/>
     <w:rsid w:val="00454794"/>
     <w:rsid w:val="00454B1B"/>
     <w:rsid w:val="00456DF7"/>
     <w:rsid w:val="00456E85"/>
     <w:rsid w:val="00457B43"/>
+    <w:rsid w:val="004810A3"/>
     <w:rsid w:val="00481AA8"/>
     <w:rsid w:val="00483953"/>
     <w:rsid w:val="00486249"/>
+    <w:rsid w:val="00490BB6"/>
     <w:rsid w:val="004915F4"/>
     <w:rsid w:val="00492C35"/>
     <w:rsid w:val="004937D7"/>
     <w:rsid w:val="004A0B20"/>
     <w:rsid w:val="004A29F5"/>
+    <w:rsid w:val="004A6E18"/>
     <w:rsid w:val="004B0BC2"/>
     <w:rsid w:val="004B176B"/>
     <w:rsid w:val="004B40AC"/>
     <w:rsid w:val="004B54A7"/>
     <w:rsid w:val="004C04F5"/>
     <w:rsid w:val="004C0EBA"/>
+    <w:rsid w:val="004C164C"/>
     <w:rsid w:val="004C2E81"/>
     <w:rsid w:val="004C495D"/>
     <w:rsid w:val="004C78B0"/>
     <w:rsid w:val="004D1754"/>
+    <w:rsid w:val="004D1EE3"/>
+    <w:rsid w:val="004D30D7"/>
     <w:rsid w:val="004D3478"/>
+    <w:rsid w:val="004E0519"/>
     <w:rsid w:val="004E1FF7"/>
+    <w:rsid w:val="004E3D98"/>
     <w:rsid w:val="004E535A"/>
     <w:rsid w:val="004E59D9"/>
     <w:rsid w:val="004E6AB7"/>
     <w:rsid w:val="004F04DE"/>
     <w:rsid w:val="004F19F9"/>
     <w:rsid w:val="004F37F7"/>
     <w:rsid w:val="004F5589"/>
     <w:rsid w:val="004F7279"/>
     <w:rsid w:val="00500E8D"/>
+    <w:rsid w:val="00502CFA"/>
+    <w:rsid w:val="00503F67"/>
     <w:rsid w:val="00504454"/>
     <w:rsid w:val="005071E4"/>
     <w:rsid w:val="005107B0"/>
     <w:rsid w:val="00514774"/>
     <w:rsid w:val="0051481B"/>
     <w:rsid w:val="00514B96"/>
     <w:rsid w:val="00515762"/>
+    <w:rsid w:val="00515873"/>
     <w:rsid w:val="00516A9A"/>
     <w:rsid w:val="005229C6"/>
     <w:rsid w:val="00522CCE"/>
     <w:rsid w:val="0052443E"/>
     <w:rsid w:val="0052483B"/>
     <w:rsid w:val="00524ED1"/>
     <w:rsid w:val="005258B7"/>
     <w:rsid w:val="00526610"/>
     <w:rsid w:val="00531A6C"/>
     <w:rsid w:val="00533314"/>
+    <w:rsid w:val="00534CC3"/>
     <w:rsid w:val="00535F74"/>
     <w:rsid w:val="0054077F"/>
+    <w:rsid w:val="00542260"/>
+    <w:rsid w:val="00542605"/>
+    <w:rsid w:val="00543DD8"/>
     <w:rsid w:val="005445C4"/>
     <w:rsid w:val="00544C85"/>
+    <w:rsid w:val="00544E28"/>
     <w:rsid w:val="005506B5"/>
+    <w:rsid w:val="00550938"/>
     <w:rsid w:val="00551C82"/>
     <w:rsid w:val="00553A1C"/>
     <w:rsid w:val="00554B7B"/>
+    <w:rsid w:val="00557B57"/>
     <w:rsid w:val="00562806"/>
     <w:rsid w:val="005647C9"/>
     <w:rsid w:val="00564C2E"/>
+    <w:rsid w:val="005660C3"/>
     <w:rsid w:val="0057124D"/>
     <w:rsid w:val="00577A7C"/>
     <w:rsid w:val="00580CEB"/>
+    <w:rsid w:val="005825D9"/>
     <w:rsid w:val="00582950"/>
+    <w:rsid w:val="0058585E"/>
     <w:rsid w:val="0059185F"/>
+    <w:rsid w:val="00591A03"/>
     <w:rsid w:val="00591B77"/>
     <w:rsid w:val="00595A7F"/>
     <w:rsid w:val="005A23A1"/>
+    <w:rsid w:val="005A667D"/>
+    <w:rsid w:val="005A7175"/>
     <w:rsid w:val="005A7D4F"/>
     <w:rsid w:val="005B243D"/>
     <w:rsid w:val="005B446C"/>
+    <w:rsid w:val="005B6859"/>
     <w:rsid w:val="005B6EBD"/>
     <w:rsid w:val="005B73A7"/>
     <w:rsid w:val="005B7934"/>
     <w:rsid w:val="005C13B1"/>
     <w:rsid w:val="005C1615"/>
     <w:rsid w:val="005C1721"/>
     <w:rsid w:val="005C2D91"/>
+    <w:rsid w:val="005C2E3F"/>
     <w:rsid w:val="005D18C7"/>
     <w:rsid w:val="005D54F0"/>
     <w:rsid w:val="005D56FC"/>
     <w:rsid w:val="005E0065"/>
     <w:rsid w:val="005E18BA"/>
     <w:rsid w:val="005E21DE"/>
     <w:rsid w:val="005E6830"/>
+    <w:rsid w:val="005E7E79"/>
     <w:rsid w:val="005F13D0"/>
+    <w:rsid w:val="005F5B56"/>
     <w:rsid w:val="005F5EA4"/>
     <w:rsid w:val="0060154A"/>
+    <w:rsid w:val="0060266C"/>
     <w:rsid w:val="00610A6E"/>
+    <w:rsid w:val="00615942"/>
+    <w:rsid w:val="00617794"/>
+    <w:rsid w:val="00617895"/>
+    <w:rsid w:val="00617A99"/>
     <w:rsid w:val="00620E0B"/>
     <w:rsid w:val="006218E2"/>
+    <w:rsid w:val="0063090A"/>
     <w:rsid w:val="00630FFB"/>
+    <w:rsid w:val="00631482"/>
     <w:rsid w:val="00632D74"/>
     <w:rsid w:val="00634E3F"/>
+    <w:rsid w:val="00641977"/>
+    <w:rsid w:val="006427F1"/>
     <w:rsid w:val="00642845"/>
+    <w:rsid w:val="00645FEB"/>
     <w:rsid w:val="00650A94"/>
+    <w:rsid w:val="00651EF4"/>
     <w:rsid w:val="00652104"/>
+    <w:rsid w:val="0065538C"/>
     <w:rsid w:val="006554EB"/>
     <w:rsid w:val="00662E5E"/>
+    <w:rsid w:val="00663016"/>
+    <w:rsid w:val="00664698"/>
+    <w:rsid w:val="00664971"/>
     <w:rsid w:val="00666FAD"/>
     <w:rsid w:val="0066776E"/>
     <w:rsid w:val="00670993"/>
     <w:rsid w:val="0067106D"/>
     <w:rsid w:val="006738A7"/>
     <w:rsid w:val="00680968"/>
     <w:rsid w:val="0068102F"/>
     <w:rsid w:val="00684602"/>
+    <w:rsid w:val="006847E1"/>
     <w:rsid w:val="0068729B"/>
     <w:rsid w:val="006875F4"/>
     <w:rsid w:val="00687B81"/>
+    <w:rsid w:val="00687CAC"/>
     <w:rsid w:val="006915DD"/>
     <w:rsid w:val="0069583A"/>
     <w:rsid w:val="006A46D2"/>
+    <w:rsid w:val="006B2842"/>
     <w:rsid w:val="006B33F4"/>
+    <w:rsid w:val="006C0B27"/>
     <w:rsid w:val="006C0C68"/>
+    <w:rsid w:val="006C1064"/>
     <w:rsid w:val="006C338C"/>
     <w:rsid w:val="006C4E3A"/>
     <w:rsid w:val="006C65B3"/>
+    <w:rsid w:val="006C6A68"/>
     <w:rsid w:val="006D0688"/>
     <w:rsid w:val="006D1DF0"/>
     <w:rsid w:val="006D1EEF"/>
     <w:rsid w:val="006D25B4"/>
     <w:rsid w:val="006D2715"/>
     <w:rsid w:val="006D38D9"/>
+    <w:rsid w:val="006D52CA"/>
     <w:rsid w:val="006D56AB"/>
     <w:rsid w:val="006E0859"/>
     <w:rsid w:val="006E1100"/>
     <w:rsid w:val="006E1B5D"/>
+    <w:rsid w:val="006E1B66"/>
+    <w:rsid w:val="006E2266"/>
     <w:rsid w:val="006E2570"/>
     <w:rsid w:val="006E48D9"/>
     <w:rsid w:val="006F190D"/>
     <w:rsid w:val="006F4F16"/>
     <w:rsid w:val="0070191E"/>
     <w:rsid w:val="00701A07"/>
+    <w:rsid w:val="00702011"/>
+    <w:rsid w:val="00702A96"/>
+    <w:rsid w:val="00704115"/>
     <w:rsid w:val="0070560E"/>
     <w:rsid w:val="00705DFE"/>
+    <w:rsid w:val="00705F7E"/>
+    <w:rsid w:val="0071604F"/>
     <w:rsid w:val="00720893"/>
+    <w:rsid w:val="00720D0A"/>
     <w:rsid w:val="00727BB8"/>
+    <w:rsid w:val="007312C0"/>
     <w:rsid w:val="0073351A"/>
+    <w:rsid w:val="00736B7C"/>
     <w:rsid w:val="00740136"/>
+    <w:rsid w:val="0074107C"/>
+    <w:rsid w:val="0074170B"/>
     <w:rsid w:val="007424BF"/>
     <w:rsid w:val="00743772"/>
+    <w:rsid w:val="00743C4B"/>
+    <w:rsid w:val="00744D32"/>
     <w:rsid w:val="00746F35"/>
     <w:rsid w:val="0075480A"/>
     <w:rsid w:val="007577E9"/>
+    <w:rsid w:val="00757D61"/>
     <w:rsid w:val="0076158E"/>
+    <w:rsid w:val="0076246D"/>
+    <w:rsid w:val="007638DA"/>
     <w:rsid w:val="00765C44"/>
     <w:rsid w:val="007674C8"/>
+    <w:rsid w:val="00775EDE"/>
+    <w:rsid w:val="0078071D"/>
+    <w:rsid w:val="00783231"/>
     <w:rsid w:val="00793252"/>
     <w:rsid w:val="0079784C"/>
+    <w:rsid w:val="007A285D"/>
+    <w:rsid w:val="007A74D0"/>
     <w:rsid w:val="007B09F2"/>
     <w:rsid w:val="007B0C0E"/>
     <w:rsid w:val="007B22CC"/>
     <w:rsid w:val="007B2B3F"/>
+    <w:rsid w:val="007B397B"/>
+    <w:rsid w:val="007B6863"/>
     <w:rsid w:val="007B6DA2"/>
+    <w:rsid w:val="007C048E"/>
+    <w:rsid w:val="007C12CE"/>
     <w:rsid w:val="007C40F1"/>
+    <w:rsid w:val="007C5CF4"/>
     <w:rsid w:val="007C6BF4"/>
     <w:rsid w:val="007D13A4"/>
+    <w:rsid w:val="007D3CC9"/>
+    <w:rsid w:val="007D3EDA"/>
     <w:rsid w:val="007D515C"/>
     <w:rsid w:val="007D5849"/>
     <w:rsid w:val="007D64DF"/>
+    <w:rsid w:val="007D65B6"/>
     <w:rsid w:val="007F003B"/>
     <w:rsid w:val="007F010A"/>
     <w:rsid w:val="007F0538"/>
+    <w:rsid w:val="007F08EC"/>
     <w:rsid w:val="007F18D3"/>
+    <w:rsid w:val="007F39FC"/>
     <w:rsid w:val="007F630C"/>
     <w:rsid w:val="007F705E"/>
+    <w:rsid w:val="007F7541"/>
+    <w:rsid w:val="007F7D74"/>
     <w:rsid w:val="00810230"/>
     <w:rsid w:val="00812681"/>
     <w:rsid w:val="008236A7"/>
+    <w:rsid w:val="008246DF"/>
     <w:rsid w:val="00826439"/>
     <w:rsid w:val="008322A3"/>
+    <w:rsid w:val="008341FD"/>
+    <w:rsid w:val="008346A2"/>
     <w:rsid w:val="00837AED"/>
     <w:rsid w:val="00840777"/>
+    <w:rsid w:val="008426F7"/>
+    <w:rsid w:val="0084422A"/>
     <w:rsid w:val="008467F0"/>
+    <w:rsid w:val="008529D6"/>
     <w:rsid w:val="0085318F"/>
+    <w:rsid w:val="008601FF"/>
     <w:rsid w:val="00862D23"/>
     <w:rsid w:val="00865A8A"/>
+    <w:rsid w:val="00867D7F"/>
+    <w:rsid w:val="00871AA6"/>
+    <w:rsid w:val="008754A3"/>
     <w:rsid w:val="008759BF"/>
     <w:rsid w:val="0087637D"/>
+    <w:rsid w:val="00876419"/>
     <w:rsid w:val="00877E21"/>
     <w:rsid w:val="00880F1C"/>
     <w:rsid w:val="00881203"/>
     <w:rsid w:val="00882463"/>
+    <w:rsid w:val="008824E5"/>
     <w:rsid w:val="00884937"/>
     <w:rsid w:val="008868B6"/>
+    <w:rsid w:val="00886CBE"/>
     <w:rsid w:val="008877F9"/>
     <w:rsid w:val="008913B7"/>
     <w:rsid w:val="00891932"/>
+    <w:rsid w:val="008921EF"/>
     <w:rsid w:val="008945BC"/>
+    <w:rsid w:val="008969F4"/>
     <w:rsid w:val="00896D31"/>
     <w:rsid w:val="00897594"/>
     <w:rsid w:val="00897C92"/>
     <w:rsid w:val="00897C99"/>
     <w:rsid w:val="008A0C15"/>
+    <w:rsid w:val="008A121E"/>
+    <w:rsid w:val="008A360B"/>
+    <w:rsid w:val="008A4EEA"/>
     <w:rsid w:val="008A64C4"/>
     <w:rsid w:val="008B0055"/>
+    <w:rsid w:val="008B1C69"/>
     <w:rsid w:val="008B3041"/>
     <w:rsid w:val="008B3DEC"/>
     <w:rsid w:val="008B436A"/>
+    <w:rsid w:val="008B6771"/>
     <w:rsid w:val="008B7099"/>
     <w:rsid w:val="008B7B2D"/>
     <w:rsid w:val="008C1DA9"/>
     <w:rsid w:val="008C2935"/>
+    <w:rsid w:val="008C4237"/>
     <w:rsid w:val="008C526E"/>
     <w:rsid w:val="008C6CD1"/>
+    <w:rsid w:val="008C75B6"/>
     <w:rsid w:val="008D2D68"/>
+    <w:rsid w:val="008D3A71"/>
     <w:rsid w:val="008D3A9F"/>
     <w:rsid w:val="008D3FF2"/>
     <w:rsid w:val="008D56EE"/>
+    <w:rsid w:val="008D5A97"/>
     <w:rsid w:val="008D5B94"/>
+    <w:rsid w:val="008D788B"/>
     <w:rsid w:val="008E1636"/>
+    <w:rsid w:val="008E2DAF"/>
     <w:rsid w:val="008E5232"/>
     <w:rsid w:val="008E560C"/>
     <w:rsid w:val="008E57A5"/>
     <w:rsid w:val="008E767B"/>
     <w:rsid w:val="008F0B29"/>
+    <w:rsid w:val="008F260E"/>
+    <w:rsid w:val="008F3839"/>
+    <w:rsid w:val="008F6835"/>
     <w:rsid w:val="008F7400"/>
+    <w:rsid w:val="008F7986"/>
     <w:rsid w:val="008F7B5E"/>
     <w:rsid w:val="00900C38"/>
     <w:rsid w:val="009013DD"/>
     <w:rsid w:val="0090344D"/>
+    <w:rsid w:val="00907772"/>
     <w:rsid w:val="009107DA"/>
     <w:rsid w:val="00911801"/>
+    <w:rsid w:val="00912626"/>
     <w:rsid w:val="009143BA"/>
     <w:rsid w:val="0091640A"/>
+    <w:rsid w:val="00916F2C"/>
+    <w:rsid w:val="00916F61"/>
+    <w:rsid w:val="009177AE"/>
+    <w:rsid w:val="00917E8D"/>
     <w:rsid w:val="00923D1B"/>
+    <w:rsid w:val="00924F5B"/>
     <w:rsid w:val="00930CE7"/>
+    <w:rsid w:val="009322EF"/>
+    <w:rsid w:val="00932A95"/>
     <w:rsid w:val="009373B0"/>
+    <w:rsid w:val="00942FCB"/>
     <w:rsid w:val="00944A21"/>
     <w:rsid w:val="00945795"/>
     <w:rsid w:val="009471C0"/>
+    <w:rsid w:val="00947651"/>
+    <w:rsid w:val="00947A04"/>
     <w:rsid w:val="0095266D"/>
+    <w:rsid w:val="0095497F"/>
     <w:rsid w:val="00956858"/>
     <w:rsid w:val="00957491"/>
     <w:rsid w:val="0096007B"/>
     <w:rsid w:val="009611A0"/>
     <w:rsid w:val="009621EC"/>
     <w:rsid w:val="00962E7A"/>
+    <w:rsid w:val="00967D6A"/>
+    <w:rsid w:val="00970E06"/>
+    <w:rsid w:val="00970EDC"/>
     <w:rsid w:val="009710C9"/>
     <w:rsid w:val="009719C5"/>
+    <w:rsid w:val="009720B3"/>
     <w:rsid w:val="0097384F"/>
     <w:rsid w:val="00973F1D"/>
+    <w:rsid w:val="009750AC"/>
     <w:rsid w:val="0098040B"/>
+    <w:rsid w:val="00980663"/>
     <w:rsid w:val="009810BA"/>
     <w:rsid w:val="009823F9"/>
     <w:rsid w:val="00983CBF"/>
+    <w:rsid w:val="0098401F"/>
     <w:rsid w:val="00985B42"/>
     <w:rsid w:val="00986ECB"/>
+    <w:rsid w:val="00990BE8"/>
+    <w:rsid w:val="00991626"/>
+    <w:rsid w:val="0099483A"/>
     <w:rsid w:val="0099488A"/>
+    <w:rsid w:val="009952C2"/>
     <w:rsid w:val="00997DC2"/>
     <w:rsid w:val="009A1425"/>
+    <w:rsid w:val="009A1E25"/>
+    <w:rsid w:val="009A4C71"/>
     <w:rsid w:val="009A52A3"/>
     <w:rsid w:val="009A5901"/>
     <w:rsid w:val="009A5969"/>
     <w:rsid w:val="009A74E4"/>
     <w:rsid w:val="009A7A87"/>
     <w:rsid w:val="009B0A7D"/>
+    <w:rsid w:val="009B1243"/>
     <w:rsid w:val="009B2734"/>
+    <w:rsid w:val="009B62B0"/>
     <w:rsid w:val="009B68A9"/>
+    <w:rsid w:val="009C17F5"/>
+    <w:rsid w:val="009C43CB"/>
     <w:rsid w:val="009C777E"/>
+    <w:rsid w:val="009C7AC6"/>
+    <w:rsid w:val="009C7E12"/>
+    <w:rsid w:val="009D0C11"/>
+    <w:rsid w:val="009D19DD"/>
+    <w:rsid w:val="009D5B81"/>
     <w:rsid w:val="009D5DEA"/>
     <w:rsid w:val="009D7043"/>
     <w:rsid w:val="009F0329"/>
     <w:rsid w:val="009F0383"/>
+    <w:rsid w:val="009F577C"/>
     <w:rsid w:val="009F66BE"/>
+    <w:rsid w:val="009F70CF"/>
+    <w:rsid w:val="00A0044F"/>
     <w:rsid w:val="00A00C69"/>
     <w:rsid w:val="00A047E8"/>
     <w:rsid w:val="00A057F9"/>
+    <w:rsid w:val="00A06117"/>
     <w:rsid w:val="00A07A9E"/>
     <w:rsid w:val="00A12799"/>
     <w:rsid w:val="00A14D8B"/>
     <w:rsid w:val="00A215C1"/>
     <w:rsid w:val="00A2193D"/>
+    <w:rsid w:val="00A24875"/>
     <w:rsid w:val="00A24F55"/>
     <w:rsid w:val="00A31F87"/>
     <w:rsid w:val="00A35637"/>
     <w:rsid w:val="00A376FE"/>
     <w:rsid w:val="00A403B5"/>
+    <w:rsid w:val="00A40FEF"/>
+    <w:rsid w:val="00A41E2F"/>
+    <w:rsid w:val="00A4462C"/>
     <w:rsid w:val="00A503FA"/>
     <w:rsid w:val="00A5494B"/>
     <w:rsid w:val="00A556E3"/>
+    <w:rsid w:val="00A5635B"/>
     <w:rsid w:val="00A56CC1"/>
     <w:rsid w:val="00A56DB4"/>
+    <w:rsid w:val="00A572DF"/>
     <w:rsid w:val="00A61124"/>
     <w:rsid w:val="00A61D0E"/>
+    <w:rsid w:val="00A635CC"/>
+    <w:rsid w:val="00A63C5E"/>
     <w:rsid w:val="00A65E59"/>
+    <w:rsid w:val="00A67C15"/>
+    <w:rsid w:val="00A7219D"/>
+    <w:rsid w:val="00A72C60"/>
     <w:rsid w:val="00A74188"/>
+    <w:rsid w:val="00A77BDF"/>
     <w:rsid w:val="00A77F39"/>
     <w:rsid w:val="00A814C6"/>
     <w:rsid w:val="00A828C7"/>
+    <w:rsid w:val="00A841D5"/>
+    <w:rsid w:val="00A843B5"/>
     <w:rsid w:val="00A84D35"/>
     <w:rsid w:val="00A90CFC"/>
     <w:rsid w:val="00A90D59"/>
+    <w:rsid w:val="00A930E6"/>
     <w:rsid w:val="00A93479"/>
     <w:rsid w:val="00A937D5"/>
     <w:rsid w:val="00A96099"/>
     <w:rsid w:val="00AA1249"/>
+    <w:rsid w:val="00AA1BE3"/>
     <w:rsid w:val="00AA5817"/>
     <w:rsid w:val="00AA6143"/>
     <w:rsid w:val="00AB1F54"/>
+    <w:rsid w:val="00AB4EA6"/>
     <w:rsid w:val="00AC183C"/>
     <w:rsid w:val="00AC2013"/>
     <w:rsid w:val="00AC4EC5"/>
     <w:rsid w:val="00AC5E48"/>
+    <w:rsid w:val="00AD3D3C"/>
     <w:rsid w:val="00AD4345"/>
     <w:rsid w:val="00AD4A19"/>
+    <w:rsid w:val="00AD62FA"/>
+    <w:rsid w:val="00AD6CF2"/>
+    <w:rsid w:val="00AE1159"/>
+    <w:rsid w:val="00AE1B16"/>
     <w:rsid w:val="00AE2955"/>
     <w:rsid w:val="00AE2D68"/>
+    <w:rsid w:val="00AE386B"/>
     <w:rsid w:val="00AE4E8A"/>
     <w:rsid w:val="00AE4ED3"/>
     <w:rsid w:val="00AF029B"/>
+    <w:rsid w:val="00AF3BC6"/>
+    <w:rsid w:val="00AF6870"/>
     <w:rsid w:val="00B004EE"/>
     <w:rsid w:val="00B00E3D"/>
     <w:rsid w:val="00B018FC"/>
     <w:rsid w:val="00B02C7B"/>
     <w:rsid w:val="00B0432D"/>
     <w:rsid w:val="00B046DD"/>
+    <w:rsid w:val="00B15F9F"/>
     <w:rsid w:val="00B2178F"/>
     <w:rsid w:val="00B219C4"/>
     <w:rsid w:val="00B23A15"/>
     <w:rsid w:val="00B2650A"/>
     <w:rsid w:val="00B31369"/>
     <w:rsid w:val="00B33E73"/>
+    <w:rsid w:val="00B358BE"/>
     <w:rsid w:val="00B35D7F"/>
     <w:rsid w:val="00B36334"/>
     <w:rsid w:val="00B36544"/>
+    <w:rsid w:val="00B37F7D"/>
+    <w:rsid w:val="00B4058D"/>
     <w:rsid w:val="00B40B95"/>
+    <w:rsid w:val="00B4374A"/>
+    <w:rsid w:val="00B43FFC"/>
     <w:rsid w:val="00B44900"/>
     <w:rsid w:val="00B535A6"/>
+    <w:rsid w:val="00B5469E"/>
     <w:rsid w:val="00B54D6A"/>
+    <w:rsid w:val="00B572F1"/>
     <w:rsid w:val="00B6439F"/>
     <w:rsid w:val="00B6672C"/>
     <w:rsid w:val="00B70101"/>
+    <w:rsid w:val="00B7218C"/>
+    <w:rsid w:val="00B73E4E"/>
     <w:rsid w:val="00B742BE"/>
+    <w:rsid w:val="00B75B28"/>
     <w:rsid w:val="00B8627E"/>
     <w:rsid w:val="00B901B9"/>
     <w:rsid w:val="00B90F63"/>
     <w:rsid w:val="00B92E34"/>
     <w:rsid w:val="00B97684"/>
     <w:rsid w:val="00BA24E0"/>
     <w:rsid w:val="00BA3E3E"/>
+    <w:rsid w:val="00BA61B8"/>
+    <w:rsid w:val="00BA7011"/>
+    <w:rsid w:val="00BA72F1"/>
     <w:rsid w:val="00BA747B"/>
+    <w:rsid w:val="00BB15C6"/>
     <w:rsid w:val="00BB16BE"/>
     <w:rsid w:val="00BB17CD"/>
+    <w:rsid w:val="00BB20D8"/>
     <w:rsid w:val="00BC03A0"/>
     <w:rsid w:val="00BC5280"/>
     <w:rsid w:val="00BC5BA5"/>
     <w:rsid w:val="00BC6249"/>
     <w:rsid w:val="00BD19ED"/>
     <w:rsid w:val="00BD48DC"/>
+    <w:rsid w:val="00BE3827"/>
     <w:rsid w:val="00BE4204"/>
     <w:rsid w:val="00BE46CB"/>
     <w:rsid w:val="00BE488A"/>
+    <w:rsid w:val="00BE779F"/>
     <w:rsid w:val="00BF349D"/>
     <w:rsid w:val="00BF3E0B"/>
     <w:rsid w:val="00BF459D"/>
     <w:rsid w:val="00BF5C92"/>
+    <w:rsid w:val="00C006A5"/>
     <w:rsid w:val="00C0092A"/>
+    <w:rsid w:val="00C0266A"/>
+    <w:rsid w:val="00C072A0"/>
+    <w:rsid w:val="00C1003F"/>
+    <w:rsid w:val="00C123C3"/>
     <w:rsid w:val="00C14DEF"/>
+    <w:rsid w:val="00C2283B"/>
     <w:rsid w:val="00C22A05"/>
     <w:rsid w:val="00C237C5"/>
     <w:rsid w:val="00C30495"/>
+    <w:rsid w:val="00C30C48"/>
+    <w:rsid w:val="00C30F9B"/>
     <w:rsid w:val="00C312E9"/>
     <w:rsid w:val="00C330B4"/>
+    <w:rsid w:val="00C36B4E"/>
     <w:rsid w:val="00C45197"/>
+    <w:rsid w:val="00C46281"/>
     <w:rsid w:val="00C470CB"/>
     <w:rsid w:val="00C502E0"/>
+    <w:rsid w:val="00C51637"/>
+    <w:rsid w:val="00C53500"/>
+    <w:rsid w:val="00C545AA"/>
+    <w:rsid w:val="00C60D4C"/>
     <w:rsid w:val="00C63435"/>
     <w:rsid w:val="00C63573"/>
+    <w:rsid w:val="00C636D8"/>
     <w:rsid w:val="00C6696D"/>
     <w:rsid w:val="00C67713"/>
+    <w:rsid w:val="00C700EC"/>
     <w:rsid w:val="00C70CFE"/>
     <w:rsid w:val="00C713C9"/>
+    <w:rsid w:val="00C77378"/>
     <w:rsid w:val="00C7752A"/>
+    <w:rsid w:val="00C84A5B"/>
     <w:rsid w:val="00C873C7"/>
     <w:rsid w:val="00C90008"/>
+    <w:rsid w:val="00C9003F"/>
     <w:rsid w:val="00C915E8"/>
     <w:rsid w:val="00C919C3"/>
     <w:rsid w:val="00C920AE"/>
     <w:rsid w:val="00C92312"/>
     <w:rsid w:val="00C92A77"/>
+    <w:rsid w:val="00C94AD1"/>
     <w:rsid w:val="00C978B2"/>
+    <w:rsid w:val="00CA0C61"/>
     <w:rsid w:val="00CA218F"/>
     <w:rsid w:val="00CA3803"/>
+    <w:rsid w:val="00CA475B"/>
     <w:rsid w:val="00CA511B"/>
+    <w:rsid w:val="00CA5571"/>
+    <w:rsid w:val="00CA5DCE"/>
     <w:rsid w:val="00CB080D"/>
     <w:rsid w:val="00CB41B4"/>
     <w:rsid w:val="00CB63D2"/>
     <w:rsid w:val="00CB7605"/>
     <w:rsid w:val="00CC6E2D"/>
     <w:rsid w:val="00CC78D1"/>
     <w:rsid w:val="00CD08E6"/>
     <w:rsid w:val="00CD0EAF"/>
+    <w:rsid w:val="00CD130E"/>
     <w:rsid w:val="00CD3757"/>
+    <w:rsid w:val="00CD3E2B"/>
+    <w:rsid w:val="00CD4FAF"/>
     <w:rsid w:val="00CE0799"/>
     <w:rsid w:val="00CE19EE"/>
     <w:rsid w:val="00CE1B0B"/>
+    <w:rsid w:val="00CE261C"/>
+    <w:rsid w:val="00CE28D2"/>
     <w:rsid w:val="00CE2A1D"/>
+    <w:rsid w:val="00CE36D9"/>
+    <w:rsid w:val="00CE7499"/>
+    <w:rsid w:val="00CE7C69"/>
     <w:rsid w:val="00CF079B"/>
+    <w:rsid w:val="00CF68BD"/>
     <w:rsid w:val="00D00E3F"/>
+    <w:rsid w:val="00D0271A"/>
+    <w:rsid w:val="00D03704"/>
     <w:rsid w:val="00D059E7"/>
     <w:rsid w:val="00D07FBC"/>
     <w:rsid w:val="00D11519"/>
     <w:rsid w:val="00D13AE7"/>
     <w:rsid w:val="00D151C7"/>
     <w:rsid w:val="00D17EB7"/>
     <w:rsid w:val="00D2325A"/>
     <w:rsid w:val="00D2348E"/>
     <w:rsid w:val="00D23506"/>
     <w:rsid w:val="00D2369E"/>
     <w:rsid w:val="00D25374"/>
     <w:rsid w:val="00D25FFA"/>
     <w:rsid w:val="00D26DDA"/>
     <w:rsid w:val="00D2732B"/>
     <w:rsid w:val="00D30635"/>
+    <w:rsid w:val="00D32557"/>
+    <w:rsid w:val="00D34AC1"/>
     <w:rsid w:val="00D35D0F"/>
+    <w:rsid w:val="00D36800"/>
+    <w:rsid w:val="00D45288"/>
     <w:rsid w:val="00D5337F"/>
+    <w:rsid w:val="00D562B8"/>
     <w:rsid w:val="00D576B6"/>
     <w:rsid w:val="00D6134D"/>
     <w:rsid w:val="00D6203F"/>
     <w:rsid w:val="00D645BD"/>
     <w:rsid w:val="00D65DA8"/>
     <w:rsid w:val="00D74D76"/>
+    <w:rsid w:val="00D7585B"/>
+    <w:rsid w:val="00D805F2"/>
+    <w:rsid w:val="00D81568"/>
+    <w:rsid w:val="00D81E5A"/>
     <w:rsid w:val="00D8585D"/>
+    <w:rsid w:val="00D93BC3"/>
     <w:rsid w:val="00D94E07"/>
     <w:rsid w:val="00D9753E"/>
+    <w:rsid w:val="00D97CD8"/>
     <w:rsid w:val="00DA2B59"/>
     <w:rsid w:val="00DA39DA"/>
+    <w:rsid w:val="00DB058B"/>
     <w:rsid w:val="00DB10B7"/>
     <w:rsid w:val="00DB49D7"/>
     <w:rsid w:val="00DB7EC2"/>
+    <w:rsid w:val="00DC1315"/>
     <w:rsid w:val="00DC242B"/>
     <w:rsid w:val="00DC36E2"/>
     <w:rsid w:val="00DC42A3"/>
     <w:rsid w:val="00DC482A"/>
+    <w:rsid w:val="00DC792E"/>
+    <w:rsid w:val="00DC7CBD"/>
     <w:rsid w:val="00DD2CA4"/>
     <w:rsid w:val="00DD3689"/>
+    <w:rsid w:val="00DD7A2F"/>
     <w:rsid w:val="00DE02C7"/>
+    <w:rsid w:val="00DE2B7F"/>
+    <w:rsid w:val="00DE36E3"/>
+    <w:rsid w:val="00DE504C"/>
     <w:rsid w:val="00DF52B8"/>
     <w:rsid w:val="00DF5AE0"/>
     <w:rsid w:val="00DF606F"/>
     <w:rsid w:val="00DF78F2"/>
     <w:rsid w:val="00DF796E"/>
+    <w:rsid w:val="00E02546"/>
     <w:rsid w:val="00E0381D"/>
+    <w:rsid w:val="00E04C27"/>
     <w:rsid w:val="00E104F6"/>
     <w:rsid w:val="00E1193F"/>
+    <w:rsid w:val="00E11B93"/>
     <w:rsid w:val="00E12C72"/>
     <w:rsid w:val="00E14183"/>
     <w:rsid w:val="00E2420A"/>
     <w:rsid w:val="00E27710"/>
+    <w:rsid w:val="00E350EA"/>
+    <w:rsid w:val="00E366FB"/>
     <w:rsid w:val="00E425CB"/>
     <w:rsid w:val="00E42D5B"/>
     <w:rsid w:val="00E43986"/>
+    <w:rsid w:val="00E45C63"/>
     <w:rsid w:val="00E530DD"/>
+    <w:rsid w:val="00E5522C"/>
     <w:rsid w:val="00E56F75"/>
+    <w:rsid w:val="00E61207"/>
     <w:rsid w:val="00E6180A"/>
     <w:rsid w:val="00E61ED1"/>
+    <w:rsid w:val="00E63970"/>
     <w:rsid w:val="00E671E9"/>
     <w:rsid w:val="00E700B0"/>
+    <w:rsid w:val="00E734E9"/>
+    <w:rsid w:val="00E742C4"/>
+    <w:rsid w:val="00E7551C"/>
+    <w:rsid w:val="00E80818"/>
+    <w:rsid w:val="00E8281C"/>
+    <w:rsid w:val="00E85BCF"/>
+    <w:rsid w:val="00E872D1"/>
     <w:rsid w:val="00E92375"/>
+    <w:rsid w:val="00E92FD9"/>
     <w:rsid w:val="00E95738"/>
     <w:rsid w:val="00E95BC0"/>
     <w:rsid w:val="00E96513"/>
     <w:rsid w:val="00EA1BAF"/>
     <w:rsid w:val="00EA2395"/>
     <w:rsid w:val="00EA2E27"/>
+    <w:rsid w:val="00EA5268"/>
+    <w:rsid w:val="00EA738F"/>
+    <w:rsid w:val="00EA78A8"/>
+    <w:rsid w:val="00EB06AE"/>
     <w:rsid w:val="00EB138A"/>
     <w:rsid w:val="00EB6C3F"/>
     <w:rsid w:val="00EB6F0B"/>
+    <w:rsid w:val="00EC565E"/>
     <w:rsid w:val="00EC6203"/>
     <w:rsid w:val="00EC7634"/>
     <w:rsid w:val="00ED07F8"/>
+    <w:rsid w:val="00EE070E"/>
     <w:rsid w:val="00EE1371"/>
     <w:rsid w:val="00EE365C"/>
     <w:rsid w:val="00EE3C90"/>
+    <w:rsid w:val="00EE3DCA"/>
+    <w:rsid w:val="00EE5302"/>
     <w:rsid w:val="00EE53DC"/>
     <w:rsid w:val="00EF0C22"/>
+    <w:rsid w:val="00EF0FC1"/>
     <w:rsid w:val="00EF1836"/>
     <w:rsid w:val="00EF3004"/>
+    <w:rsid w:val="00EF59AC"/>
     <w:rsid w:val="00EF6097"/>
+    <w:rsid w:val="00F02498"/>
+    <w:rsid w:val="00F02E02"/>
+    <w:rsid w:val="00F030EE"/>
+    <w:rsid w:val="00F0578C"/>
     <w:rsid w:val="00F11012"/>
+    <w:rsid w:val="00F11705"/>
     <w:rsid w:val="00F119EE"/>
     <w:rsid w:val="00F13814"/>
     <w:rsid w:val="00F14B8C"/>
+    <w:rsid w:val="00F155F8"/>
     <w:rsid w:val="00F178F2"/>
+    <w:rsid w:val="00F20383"/>
+    <w:rsid w:val="00F212FD"/>
     <w:rsid w:val="00F22E54"/>
+    <w:rsid w:val="00F23CC0"/>
     <w:rsid w:val="00F3263A"/>
+    <w:rsid w:val="00F32876"/>
+    <w:rsid w:val="00F338C4"/>
     <w:rsid w:val="00F36263"/>
     <w:rsid w:val="00F400D7"/>
+    <w:rsid w:val="00F40D2C"/>
+    <w:rsid w:val="00F40EAD"/>
+    <w:rsid w:val="00F41E89"/>
+    <w:rsid w:val="00F41FB9"/>
     <w:rsid w:val="00F41FF1"/>
+    <w:rsid w:val="00F424CF"/>
     <w:rsid w:val="00F42EC7"/>
     <w:rsid w:val="00F43B79"/>
+    <w:rsid w:val="00F44342"/>
     <w:rsid w:val="00F45713"/>
     <w:rsid w:val="00F464E4"/>
+    <w:rsid w:val="00F46525"/>
     <w:rsid w:val="00F47E24"/>
     <w:rsid w:val="00F54AAE"/>
     <w:rsid w:val="00F5525A"/>
     <w:rsid w:val="00F60102"/>
+    <w:rsid w:val="00F6151B"/>
     <w:rsid w:val="00F61941"/>
+    <w:rsid w:val="00F61C2D"/>
     <w:rsid w:val="00F62EEE"/>
     <w:rsid w:val="00F77799"/>
+    <w:rsid w:val="00F77FFB"/>
+    <w:rsid w:val="00F836BF"/>
+    <w:rsid w:val="00F8388E"/>
     <w:rsid w:val="00F85DDC"/>
+    <w:rsid w:val="00F85E3E"/>
     <w:rsid w:val="00F86279"/>
     <w:rsid w:val="00F9013E"/>
     <w:rsid w:val="00F9091A"/>
+    <w:rsid w:val="00F91709"/>
+    <w:rsid w:val="00F92A73"/>
     <w:rsid w:val="00F97192"/>
+    <w:rsid w:val="00FA3B8E"/>
     <w:rsid w:val="00FA3BD0"/>
+    <w:rsid w:val="00FB00F5"/>
     <w:rsid w:val="00FB20EC"/>
     <w:rsid w:val="00FB571C"/>
     <w:rsid w:val="00FB6F07"/>
     <w:rsid w:val="00FC193D"/>
     <w:rsid w:val="00FC1B67"/>
+    <w:rsid w:val="00FC1E71"/>
+    <w:rsid w:val="00FC25F8"/>
     <w:rsid w:val="00FC2B98"/>
     <w:rsid w:val="00FD11DE"/>
     <w:rsid w:val="00FD160E"/>
     <w:rsid w:val="00FD1659"/>
     <w:rsid w:val="00FD2D52"/>
     <w:rsid w:val="00FD2FC8"/>
     <w:rsid w:val="00FE012C"/>
     <w:rsid w:val="00FE0546"/>
     <w:rsid w:val="00FE1029"/>
+    <w:rsid w:val="00FE170B"/>
     <w:rsid w:val="00FE2E8D"/>
     <w:rsid w:val="00FE7467"/>
     <w:rsid w:val="00FF0472"/>
     <w:rsid w:val="00FF0753"/>
     <w:rsid w:val="00FF30E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="002E6308"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21266941-9F4A-4CAC-9C23-9564DF5DC231}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13327,54 +13069,61 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0090344D"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0090344D"/>
+    <w:rsid w:val="00AB4EA6"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00650A94"/>
     <w:pPr>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -13596,55 +13345,57 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007F010A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0090344D"/>
     <w:rPr>
       <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0090344D"/>
+    <w:rsid w:val="00AB4EA6"/>
     <w:rPr>
-      <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00650A94"/>
     <w:rPr>
       <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F97192"/>
     <w:pPr>
@@ -13952,357 +13703,386 @@
     <w:rsid w:val="00B31369"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C330B4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="962543865">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1725525143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gse.harvard.edu/ideas/usable-knowledge/23/07/embracing-artificial-intelligence-classroom" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/disabilityservices/resources/faculty-staff-resources" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studentconduct@colorado.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/fCFXzL_JRQg?feature=shared" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cep.barnard.edu/generative-ai-college-classroom" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/academicaffairs/policies-customs-guidelines/required-syllabus-statements" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://colorado.edu/sccr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/dontignoreit/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crowninstitute/fumble-forward" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/reporting-resolution-options/who-required-report" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-resources/teaching-well-technology/ai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/policies/student-classroom-course-related-behavior" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/reporting-resolutions/who-required-report" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/reporting-resolutions" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/reporting-resolutions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-resources/teaching-learning-age-ai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tps://www.colorado.edu/oiec/node/295/attachment" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/orientation/2023/12/07/3-things-know-about-ai-and-honor-code" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/2024/02/16/navigating-freedom-speech-vs-discrimination-and-harassment-campus" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cm.maxient.com/reportingform.php?UnivofColorado&amp;layout_id=2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chronicle.com/article/how-colleges-can-support-the-mental-health-of-students-of-color?emailConfirmed=true&amp;supportSignUp=true&amp;supportForgotPassword=true&amp;email=julie.volckens@colorado.edu&amp;success=true&amp;code=success&amp;bc_nonce=b7drj0802cba2uh0zorbn&amp;sra=true" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/about/free-expression" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-technology-ai/teaching-ai/ai-dialogue-students" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-resources/assessment/assessing-student-learning/student-peer-assessment" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:studentconduct@colorado.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1qbAX53N7_f53ZOfP5kTzm3s0osV_5IPU7zPiB6VuJyk/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/academicaffairs/policies-customs-guidelines/required-syllabus-statements" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/reporting-resolutions" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/media/202" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-technology-ai/teaching-ai/ai-assessment/ai-assessment-scale" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/media/202" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://canvas.colorado.edu/courses/103791/pages/finding-feedback-on-your-assignments-students-~7min" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://colorado.edu/sccr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cm.maxient.com/reportingform.php?UnivofColorado&amp;layout_id=2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/reporting-resolutions" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-resources/course-design-development/teaching-style-content-delivery/active-learning" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-technology-ai/teaching-ai/ai-assessment/ai-assessment-scale" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/student-classroom-course-related-behavior" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-technology-ai/teaching-ai/ai-assessment/ai-assessment-scale" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/reporting-resolutions/who-required-report" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chronicle.com/article/how-colleges-can-support-the-mental-health-of-students-of-color?emailConfirmed=true&amp;supportSignUp=true&amp;supportForgotPassword=true&amp;email=julie.volckens@colorado.edu&amp;success=true&amp;code=success&amp;bc_nonce=b7drj0802cba2uh0zorbn&amp;sra=true" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/2024/02/16/navigating-freedom-speech-vs-discrimination-and-harassment-campus" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-resources/first-day-tips" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-resources/assessment/assessing-student-learning/student-self-assessment" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/orientation/2023/12/07/3-things-know-about-ai-and-honor-code" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/disabilityservices/resources/faculty-staff-resources" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/fCFXzL_JRQg?feature=shared" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/teaching-technology-ai/teaching-ai/ai-syllabus-statements" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diane.sieber@colorado.edu?subject=Generative%20Futures%20Lab" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/dontignoreit/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/student-classroom-course-related-behavior" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/grade-student-success" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/reporting-resolutions/who-required-report" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="chrome-extension://efaidnbmnnnibpcajpcglclefindmkaj/https:/www.colorado.edu/dei/sites/default/files/attached-files/4.6.2022%202021%20CCS%20Survey%20Report%20Final.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viz-public.cu.edu/t/Boulder/views/CUBoulderCultureSurvey2021/FriendsMentors?:embed_code_version=3&amp;:embed=y&amp;:loadOrderID=0&amp;:display_spinner=no&amp;:showAppBanner=false&amp;:display_count=n&amp;:showVizHome=n&amp;:origin=viz_share_link" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/leadershipsupport/survey-results/survey-report-executive-summary" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viz-public.cu.edu/t/Boulder/views/CUBoulderCultureSurvey2021/FriendsMentors?%3Aembed_code_version=3&amp;%3Aembed=y&amp;%3AloadOrderID=0&amp;%3Adisplay_spinner=no&amp;%3AshowAppBanner=false&amp;%3Adisplay_count=n&amp;%3AshowVizHome=n&amp;%3Aorigin=viz_share_link" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="866E1A0EBFEE4A0DB18F47E05F27084F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D84273D7-FA4C-4A14-91FA-6FD321CA2C44}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A03E19" w:rsidRDefault="00A361B5" w:rsidP="00A361B5">
           <w:pPr>
             <w:pStyle w:val="866E1A0EBFEE4A0DB18F47E05F27084F"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+              <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>[Company name]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4657B7B654EB4DF5AC1AD3ECB0C54DCF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{22EC79D9-085A-4D45-951E-F6C39ABA26A2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A03E19" w:rsidRDefault="00A361B5" w:rsidP="00A361B5">
           <w:pPr>
             <w:pStyle w:val="4657B7B654EB4DF5AC1AD3ECB0C54DCF"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-              <w:color w:val="4472C4" w:themeColor="accent1"/>
+              <w:color w:val="156082" w:themeColor="accent1"/>
               <w:sz w:val="88"/>
               <w:szCs w:val="88"/>
             </w:rPr>
             <w:t>[Document title]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="11DAFD08F42047A5BE046BC313EB068F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9F93848E-E4C9-4749-9F16-9436A8CF3C45}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A03E19" w:rsidRDefault="00A361B5" w:rsidP="00A361B5">
           <w:pPr>
             <w:pStyle w:val="11DAFD08F42047A5BE046BC313EB068F"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:color w:val="4472C4" w:themeColor="accent1"/>
+              <w:color w:val="156082" w:themeColor="accent1"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>[Author name]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="23A32EEA38464D1E9DC844FAF3EACF25"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9AECCF83-B7B0-432D-85F9-F0DFC84A4A5D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A03E19" w:rsidRDefault="00A361B5" w:rsidP="00A361B5">
           <w:pPr>
             <w:pStyle w:val="23A32EEA38464D1E9DC844FAF3EACF25"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:color w:val="4472C4" w:themeColor="accent1"/>
+              <w:color w:val="156082" w:themeColor="accent1"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>[Date]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A361B5"/>
+    <w:rsid w:val="00143458"/>
     <w:rsid w:val="001A65AD"/>
+    <w:rsid w:val="001B174E"/>
     <w:rsid w:val="0024536A"/>
     <w:rsid w:val="002E3A93"/>
     <w:rsid w:val="00305F0E"/>
     <w:rsid w:val="00355788"/>
+    <w:rsid w:val="00356940"/>
+    <w:rsid w:val="004D1EE3"/>
     <w:rsid w:val="00512D0A"/>
+    <w:rsid w:val="00587DDC"/>
+    <w:rsid w:val="00624DC4"/>
+    <w:rsid w:val="00641977"/>
+    <w:rsid w:val="006442AF"/>
     <w:rsid w:val="00790D10"/>
+    <w:rsid w:val="007C12CE"/>
     <w:rsid w:val="007C3A98"/>
+    <w:rsid w:val="007D3EDA"/>
     <w:rsid w:val="00811DF2"/>
+    <w:rsid w:val="00850239"/>
     <w:rsid w:val="008D6406"/>
+    <w:rsid w:val="008E2DAF"/>
+    <w:rsid w:val="009322EF"/>
+    <w:rsid w:val="00947651"/>
     <w:rsid w:val="00984168"/>
     <w:rsid w:val="009F03C7"/>
     <w:rsid w:val="00A03E19"/>
     <w:rsid w:val="00A361B5"/>
+    <w:rsid w:val="00C636D8"/>
     <w:rsid w:val="00C97766"/>
     <w:rsid w:val="00D5558D"/>
+    <w:rsid w:val="00D7585B"/>
     <w:rsid w:val="00DE59A5"/>
     <w:rsid w:val="00E24090"/>
     <w:rsid w:val="00E80062"/>
+    <w:rsid w:val="00F20383"/>
     <w:rsid w:val="00FF4E6C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14703,51 +14483,51 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="866E1A0EBFEE4A0DB18F47E05F27084F">
     <w:name w:val="866E1A0EBFEE4A0DB18F47E05F27084F"/>
     <w:rsid w:val="00A361B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4657B7B654EB4DF5AC1AD3ECB0C54DCF">
     <w:name w:val="4657B7B654EB4DF5AC1AD3ECB0C54DCF"/>
     <w:rsid w:val="00A361B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11DAFD08F42047A5BE046BC313EB068F">
     <w:name w:val="11DAFD08F42047A5BE046BC313EB068F"/>
     <w:rsid w:val="00A361B5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="23A32EEA38464D1E9DC844FAF3EACF25">
     <w:name w:val="23A32EEA38464D1E9DC844FAF3EACF25"/>
     <w:rsid w:val="00A361B5"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -14974,93 +14754,115 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
-  <PublishDate>2024-04-03T00:00:00</PublishDate>
+  <PublishDate>2025-10-06T00:00:00</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{269C9109-10D4-4E20-B000-34F1D2742543}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>4369</Words>
-  <Characters>24906</Characters>
+  <Words>5505</Words>
+  <Characters>29562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>207</Lines>
-  <Paragraphs>58</Paragraphs>
+  <Lines>557</Lines>
+  <Paragraphs>273</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Guide for Establishing Course Expectations and Managing Classroom Dynamics</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Colorado Boulder</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29217</CharactersWithSpaces>
+  <CharactersWithSpaces>34794</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Guide for Establishing Course Expectations and Managing Classroom Dynamics</dc:title>
   <dc:subject/>
   <dc:creator>Office of Institutional Equity and Compliance</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>