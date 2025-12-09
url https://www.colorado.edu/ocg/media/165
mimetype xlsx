--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -3,171 +3,171 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr date1904="1" showInkAnnotation="0" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\medu6796\OneDrive - UCB-O365\UCB\Documents\Website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://o365coloradoedu-my.sharepoint.com/personal/medu6796_colorado_edu/Documents/UCB/Documents/!! Website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CBF62ECD-7632-40F6-918B-F91D79A74BA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="24" documentId="13_ncr:1_{CBF62ECD-7632-40F6-918B-F91D79A74BA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C90AB854-5640-42A0-ACBB-3644E9FC068F}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NIH F Series Budget Instruction" sheetId="5" r:id="rId1"/>
     <sheet name="NIH F30 &amp; F31 A&amp;S" sheetId="3" r:id="rId2"/>
     <sheet name="NIH F30 &amp; F31 ENG" sheetId="2" r:id="rId3"/>
     <sheet name="NIH F32" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'NIH F30 &amp; F31 A&amp;S'!$A$1:$P$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'NIH F30 &amp; F31 ENG'!$A$1:$P$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'NIH F32'!$A$1:$N$50</definedName>
   </definedNames>
   <calcPr calcId="191029" fullPrecision="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F22" i="2" l="1"/>
-  <c r="F23" i="2"/>
+  <c r="L36" i="4" l="1"/>
+  <c r="J36" i="4"/>
+  <c r="H36" i="4"/>
+  <c r="L36" i="2"/>
+  <c r="J36" i="2"/>
+  <c r="H36" i="2"/>
   <c r="F23" i="3"/>
   <c r="F22" i="3"/>
+  <c r="F22" i="2"/>
+  <c r="F23" i="2"/>
   <c r="H17" i="3"/>
   <c r="H17" i="2"/>
   <c r="N41" i="2" l="1"/>
   <c r="N33" i="2"/>
   <c r="N36" i="2" s="1"/>
   <c r="N33" i="3"/>
   <c r="N36" i="3" s="1"/>
   <c r="N41" i="3"/>
   <c r="F23" i="4" l="1"/>
   <c r="F22" i="4"/>
   <c r="H22" i="3" l="1"/>
   <c r="J22" i="3" s="1"/>
   <c r="H23" i="4"/>
   <c r="J23" i="4" s="1"/>
   <c r="L23" i="4" s="1"/>
   <c r="H22" i="4"/>
   <c r="H22" i="2"/>
   <c r="H23" i="2"/>
   <c r="H23" i="3"/>
   <c r="J17" i="3"/>
   <c r="A9" i="4"/>
   <c r="A9" i="2"/>
   <c r="A9" i="3"/>
   <c r="H17" i="4"/>
   <c r="H19" i="4" s="1"/>
   <c r="H41" i="4"/>
-  <c r="N41" i="4" s="1"/>
   <c r="H41" i="2"/>
   <c r="H41" i="3"/>
-  <c r="H36" i="4"/>
-  <c r="J36" i="4"/>
   <c r="J17" i="4"/>
   <c r="J19" i="4" s="1"/>
   <c r="J41" i="4"/>
-  <c r="L36" i="4"/>
   <c r="L17" i="4"/>
   <c r="L19" i="4" s="1"/>
   <c r="L41" i="4"/>
   <c r="N39" i="4"/>
   <c r="N34" i="4"/>
   <c r="N33" i="4"/>
   <c r="N32" i="4"/>
   <c r="N31" i="4"/>
   <c r="N30" i="4"/>
   <c r="N29" i="4"/>
   <c r="N28" i="4"/>
   <c r="H36" i="3"/>
   <c r="J36" i="3"/>
   <c r="J41" i="3"/>
   <c r="L36" i="3"/>
-  <c r="P36" i="3" s="1"/>
   <c r="L41" i="3"/>
   <c r="P39" i="3"/>
   <c r="P34" i="3"/>
   <c r="P33" i="3"/>
   <c r="P32" i="3"/>
   <c r="P31" i="3"/>
   <c r="P30" i="3"/>
   <c r="P29" i="3"/>
   <c r="P28" i="3"/>
   <c r="L41" i="2"/>
   <c r="J41" i="2"/>
   <c r="P39" i="2"/>
-  <c r="L36" i="2"/>
-[...2 lines deleted...]
-  <c r="P36" i="2" s="1"/>
+  <c r="P36" i="2"/>
   <c r="P34" i="2"/>
   <c r="P33" i="2"/>
   <c r="P32" i="2"/>
   <c r="P31" i="2"/>
   <c r="P30" i="2"/>
   <c r="P29" i="2"/>
   <c r="P28" i="2"/>
-  <c r="N36" i="4" l="1"/>
+  <c r="N41" i="4" l="1"/>
+  <c r="P36" i="3"/>
+  <c r="N36" i="4"/>
   <c r="P41" i="2"/>
   <c r="P41" i="3"/>
   <c r="H19" i="3"/>
   <c r="H25" i="4"/>
   <c r="H43" i="4" s="1"/>
   <c r="H48" i="4" s="1"/>
   <c r="J22" i="2"/>
   <c r="H25" i="2"/>
   <c r="J23" i="2"/>
   <c r="L23" i="2" s="1"/>
   <c r="N23" i="2" s="1"/>
   <c r="J23" i="3"/>
   <c r="L23" i="3" s="1"/>
   <c r="N23" i="3" s="1"/>
   <c r="L22" i="3"/>
   <c r="N22" i="3" s="1"/>
   <c r="H25" i="3"/>
   <c r="H43" i="3" s="1"/>
   <c r="H48" i="3" s="1"/>
   <c r="J22" i="4"/>
   <c r="N23" i="4"/>
   <c r="N19" i="4"/>
   <c r="N17" i="4"/>
   <c r="H19" i="2"/>
   <c r="J17" i="2"/>
@@ -213,51 +213,51 @@
   <c r="P25" i="3"/>
   <c r="P48" i="3" s="1"/>
   <c r="H50" i="3"/>
   <c r="P43" i="3"/>
   <c r="N22" i="4"/>
   <c r="N25" i="4" s="1"/>
   <c r="N48" i="4" s="1"/>
   <c r="J48" i="4"/>
   <c r="H50" i="4" s="1"/>
   <c r="N43" i="4"/>
   <c r="H48" i="2"/>
   <c r="L19" i="2"/>
   <c r="P17" i="2"/>
   <c r="P22" i="2" l="1"/>
   <c r="P25" i="2" s="1"/>
   <c r="L43" i="2"/>
   <c r="P19" i="2"/>
   <c r="P48" i="2" l="1"/>
   <c r="L48" i="2"/>
   <c r="H50" i="2" s="1"/>
   <c r="P43" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="333" uniqueCount="149">
   <si>
     <t>A.</t>
   </si>
   <si>
     <t>B.</t>
   </si>
   <si>
     <t>C.</t>
   </si>
   <si>
     <t>F.</t>
   </si>
   <si>
     <t>Total Costs</t>
   </si>
   <si>
     <t>Year 1</t>
   </si>
   <si>
     <t>Year 2</t>
   </si>
   <si>
     <t>Year 3</t>
   </si>
   <si>
@@ -1151,51 +1151,51 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Childcare Allowance</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
     <t>If requesting support, childcare costs must be specified in Field 26 of the PHS Fellowship Supplement Form.</t>
   </si>
   <si>
     <t>Max stipend: $28,788 per year.</t>
   </si>
   <si>
     <t>07/01/2026-06/30/2029</t>
   </si>
   <si>
-    <t xml:space="preserve">Template Updated 07/29/2025. </t>
+    <t xml:space="preserve">Template Updated 11/11/2025. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Times"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Times"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
@@ -2199,52 +2199,52 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-25-105.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/faqs" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bursar/costs" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/node/516/attachment" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-24-116.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-24-116.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/faqs" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bursar/costs" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-25-105.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/node/516/attachment" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-24-116.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/faqs" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bursar/costs" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-25-105.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/node/516/attachment" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D78A6688-77CF-4A3F-8604-242A56E259F2}">
   <dimension ref="A1:D23"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:A3"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A23" sqref="A23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.375" style="60" customWidth="1"/>
     <col min="2" max="3" width="2.75" style="60" customWidth="1"/>
     <col min="4" max="4" width="91.625" style="60" customWidth="1"/>
     <col min="5" max="16384" width="9" style="60"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="60" t="s">
         <v>93</v>
       </c>
       <c r="C1" s="60" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B2" s="58" t="s">
         <v>88</v>
       </c>
       <c r="C2" s="58"/>
       <c r="D2" s="59"/>
     </row>
@@ -2414,111 +2414,105 @@
       <c r="C21" s="62"/>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="45" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="60" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C20:D20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{532053DE-1693-4A7E-9010-3E7AC9A166DA}">
   <dimension ref="A1:AA82"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="150" workbookViewId="0">
-      <selection activeCell="T32" sqref="T32"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="150" workbookViewId="0">
+      <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="2.5" style="1" customWidth="1"/>
     <col min="3" max="3" width="3.125" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.5" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.875" style="2" customWidth="1"/>
     <col min="6" max="6" width="8.375" style="3" customWidth="1"/>
     <col min="7" max="7" width="1" style="3" customWidth="1"/>
     <col min="8" max="8" width="8.875" style="3" customWidth="1"/>
     <col min="9" max="9" width="1.875" style="3" customWidth="1"/>
     <col min="10" max="10" width="8.875" style="3" customWidth="1"/>
     <col min="11" max="11" width="1.875" style="5" customWidth="1"/>
     <col min="12" max="12" width="9.875" style="3" customWidth="1"/>
     <col min="13" max="13" width="1.875" style="3" customWidth="1"/>
     <col min="14" max="14" width="9.875" style="3" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="1.875" style="5" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="9.125" style="3" customWidth="1"/>
     <col min="17" max="17" width="1.5" style="5" customWidth="1"/>
     <col min="18" max="18" width="5.875" style="5" customWidth="1"/>
     <col min="19" max="19" width="12.625" style="5" customWidth="1"/>
     <col min="20" max="24" width="11" style="5"/>
     <col min="25" max="25" width="13.875" style="5" customWidth="1"/>
     <col min="26" max="26" width="17.125" style="5" customWidth="1"/>
     <col min="27" max="16384" width="11" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="E1" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1" s="18"/>
       <c r="J1" s="4"/>
     </row>
     <row r="2" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E2" s="18"/>
     </row>
     <row r="3" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="E3" s="19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E3" s="19"/>
     </row>
     <row r="4" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="E4" s="19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E4" s="19"/>
     </row>
     <row r="5" spans="1:25" x14ac:dyDescent="0.25">
       <c r="S5" s="24" t="s">
         <v>44</v>
       </c>
       <c r="T5" s="63" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:25" x14ac:dyDescent="0.25">
       <c r="E6" s="23" t="s">
         <v>42</v>
       </c>
       <c r="G6" s="6"/>
       <c r="S6" s="25" t="s">
         <v>45</v>
       </c>
       <c r="T6" s="26">
         <v>3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="7" spans="1:25" x14ac:dyDescent="0.25">
       <c r="E7" s="23" t="s">
         <v>72</v>
       </c>
@@ -2533,51 +2527,51 @@
     </row>
     <row r="8" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F8" s="6"/>
       <c r="G8" s="5"/>
       <c r="H8" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I8" s="2"/>
       <c r="J8" s="70"/>
       <c r="K8" s="70"/>
       <c r="L8" s="70"/>
       <c r="M8" s="70"/>
       <c r="N8" s="70"/>
       <c r="O8" s="70"/>
       <c r="P8" s="70"/>
       <c r="S8" s="27" t="s">
         <v>47</v>
       </c>
       <c r="T8" s="26">
         <v>0.03</v>
       </c>
     </row>
     <row r="9" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="45" t="str">
         <f>'NIH F Series Budget Instruction'!A22</f>
-        <v xml:space="preserve">Template Updated 07/29/2025. </v>
+        <v xml:space="preserve">Template Updated 11/11/2025. </v>
       </c>
       <c r="F9" s="5"/>
       <c r="H9" s="8"/>
       <c r="I9" s="2"/>
       <c r="J9" s="70"/>
       <c r="K9" s="70"/>
       <c r="L9" s="70"/>
       <c r="M9" s="70"/>
       <c r="N9" s="70"/>
       <c r="O9" s="70"/>
       <c r="P9" s="70"/>
       <c r="S9" s="27" t="s">
         <v>48</v>
       </c>
       <c r="T9" s="46">
         <v>2.3E-2</v>
       </c>
     </row>
     <row r="10" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="68" t="s">
         <v>127</v>
       </c>
       <c r="I10" s="2"/>
       <c r="J10" s="70"/>
       <c r="K10" s="70"/>
@@ -2920,152 +2914,206 @@
     </row>
     <row r="27" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A27" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="11"/>
       <c r="D27" s="11"/>
       <c r="E27" s="6"/>
       <c r="F27" s="12"/>
       <c r="K27" s="3"/>
       <c r="O27" s="3"/>
       <c r="R27" s="17"/>
     </row>
     <row r="28" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A28" s="11"/>
       <c r="B28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="6"/>
       <c r="F28" s="12"/>
+      <c r="H28" s="3">
+        <v>0</v>
+      </c>
+      <c r="J28" s="3">
+        <v>0</v>
+      </c>
       <c r="K28" s="3"/>
+      <c r="L28" s="3">
+        <v>0</v>
+      </c>
       <c r="O28" s="3"/>
       <c r="P28" s="3">
         <f t="shared" ref="P28:P34" si="0">SUM(H28:O28)</f>
         <v>0</v>
       </c>
       <c r="R28" s="22" t="s">
         <v>100</v>
       </c>
       <c r="S28" s="20"/>
       <c r="T28" s="20"/>
       <c r="U28" s="20"/>
       <c r="V28" s="20"/>
       <c r="W28" s="20"/>
       <c r="X28" s="20"/>
     </row>
     <row r="29" spans="1:27" x14ac:dyDescent="0.25">
       <c r="B29" s="1" t="s">
         <v>28</v>
       </c>
+      <c r="H29" s="3">
+        <v>0</v>
+      </c>
+      <c r="J29" s="3">
+        <v>0</v>
+      </c>
       <c r="K29" s="3"/>
+      <c r="L29" s="3">
+        <v>0</v>
+      </c>
       <c r="O29" s="3"/>
       <c r="P29" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R29" s="17"/>
     </row>
     <row r="30" spans="1:27" x14ac:dyDescent="0.25">
       <c r="B30" s="1" t="s">
         <v>29</v>
       </c>
+      <c r="H30" s="3">
+        <v>0</v>
+      </c>
+      <c r="J30" s="3">
+        <v>0</v>
+      </c>
       <c r="K30" s="3"/>
+      <c r="L30" s="3">
+        <v>0</v>
+      </c>
       <c r="O30" s="3"/>
       <c r="P30" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R30" s="17"/>
     </row>
     <row r="31" spans="1:27" x14ac:dyDescent="0.25">
       <c r="B31" s="1" t="s">
         <v>30</v>
       </c>
+      <c r="H31" s="3">
+        <v>0</v>
+      </c>
+      <c r="J31" s="3">
+        <v>0</v>
+      </c>
       <c r="K31" s="3"/>
+      <c r="L31" s="3">
+        <v>0</v>
+      </c>
       <c r="O31" s="3"/>
       <c r="P31" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R31" s="17"/>
     </row>
     <row r="32" spans="1:27" x14ac:dyDescent="0.25">
       <c r="B32" s="1" t="s">
         <v>31</v>
       </c>
+      <c r="H32" s="3">
+        <v>0</v>
+      </c>
+      <c r="J32" s="3">
+        <v>0</v>
+      </c>
       <c r="K32" s="3"/>
+      <c r="L32" s="3">
+        <v>0</v>
+      </c>
       <c r="O32" s="3"/>
       <c r="P32" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R32" s="17"/>
     </row>
     <row r="33" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B33" s="1" t="s">
         <v>35</v>
       </c>
       <c r="H33" s="3">
         <v>250</v>
       </c>
       <c r="J33" s="3">
         <v>250</v>
       </c>
       <c r="K33" s="3"/>
       <c r="L33" s="3">
         <v>250</v>
       </c>
       <c r="N33" s="3">
         <f>250*0</f>
         <v>0</v>
       </c>
       <c r="O33" s="3"/>
       <c r="P33" s="3">
         <f t="shared" si="0"/>
         <v>750</v>
       </c>
       <c r="R33" s="22" t="s">
         <v>36</v>
       </c>
       <c r="S33" s="20"/>
       <c r="T33" s="20"/>
       <c r="U33" s="20"/>
       <c r="V33" s="20"/>
       <c r="W33" s="20"/>
       <c r="X33" s="20"/>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B34" s="1" t="s">
         <v>37</v>
       </c>
+      <c r="H34" s="3">
+        <v>0</v>
+      </c>
+      <c r="J34" s="3">
+        <v>0</v>
+      </c>
       <c r="K34" s="3"/>
+      <c r="L34" s="3">
+        <v>0</v>
+      </c>
       <c r="O34" s="3"/>
       <c r="P34" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R34" s="17"/>
     </row>
     <row r="35" spans="1:25" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H35" s="16"/>
       <c r="J35" s="16"/>
       <c r="K35" s="3"/>
       <c r="L35" s="16"/>
       <c r="N35" s="16"/>
       <c r="O35" s="3"/>
       <c r="P35" s="16"/>
       <c r="R35" s="17"/>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="3">
         <f>SUM(H28:H34)</f>
         <v>250</v>
       </c>
@@ -3107,51 +3155,60 @@
         <v>53</v>
       </c>
       <c r="F38" s="40" t="s">
         <v>56</v>
       </c>
       <c r="K38" s="3"/>
       <c r="O38" s="3"/>
       <c r="R38" s="22" t="s">
         <v>110</v>
       </c>
       <c r="S38" s="20"/>
       <c r="T38" s="20"/>
       <c r="U38" s="20"/>
       <c r="V38" s="20"/>
       <c r="W38" s="20"/>
       <c r="X38" s="20"/>
       <c r="Y38" s="20"/>
     </row>
     <row r="39" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B39" s="1" t="s">
         <v>55</v>
       </c>
       <c r="F39" s="41">
         <v>3000</v>
       </c>
+      <c r="H39" s="3">
+        <v>0</v>
+      </c>
+      <c r="J39" s="3">
+        <v>0</v>
+      </c>
       <c r="K39" s="3"/>
+      <c r="L39" s="3">
+        <v>0</v>
+      </c>
       <c r="O39" s="3"/>
       <c r="P39" s="3">
         <f t="shared" ref="P39" si="1">SUM(H39:O39)</f>
         <v>0</v>
       </c>
       <c r="R39" s="30" t="s">
         <v>111</v>
       </c>
       <c r="S39" s="20"/>
       <c r="T39" s="20"/>
       <c r="U39" s="20"/>
       <c r="V39" s="20"/>
       <c r="W39" s="20"/>
       <c r="X39" s="20"/>
       <c r="Y39" s="20"/>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.25">
       <c r="F40" s="40" t="s">
         <v>57</v>
       </c>
       <c r="H40" s="16"/>
       <c r="J40" s="16"/>
       <c r="K40" s="3"/>
       <c r="L40" s="16"/>
       <c r="N40" s="16"/>
@@ -3972,51 +4029,51 @@
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="J8:P11"/>
     <mergeCell ref="A60:H60"/>
     <mergeCell ref="A75:F75"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A66" r:id="rId1" xr:uid="{2C6EFED6-163A-442A-B883-FBB3B048EADC}"/>
     <hyperlink ref="U40" r:id="rId2" location="/funding_programs_childcare_costs.htm" xr:uid="{C923AB60-0D5E-4F82-B401-1416EBB525C8}"/>
     <hyperlink ref="A60" r:id="rId3" xr:uid="{4A89D29A-DA3F-410D-8894-79C693DB422A}"/>
     <hyperlink ref="A75" r:id="rId4" xr:uid="{23CDD610-0216-4982-9462-015D35AE9B56}"/>
     <hyperlink ref="A80" r:id="rId5" display="https://www.colorado.edu/ocg/node/516/attachment" xr:uid="{574EC212-76AB-4B1D-AF72-95B2B8A0AD18}"/>
   </hyperlinks>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.8" right="0.8" top="0.8" bottom="0.8" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AA82"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="150" workbookViewId="0">
-      <selection activeCell="I13" sqref="I13"/>
+      <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="2.5" style="1" customWidth="1"/>
     <col min="3" max="3" width="3.125" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.5" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.875" style="2" customWidth="1"/>
     <col min="6" max="6" width="8.375" style="3" customWidth="1"/>
     <col min="7" max="7" width="1" style="3" customWidth="1"/>
     <col min="8" max="8" width="8.875" style="3" customWidth="1"/>
     <col min="9" max="9" width="1.875" style="3" customWidth="1"/>
     <col min="10" max="10" width="8.875" style="3" customWidth="1"/>
     <col min="11" max="11" width="1.875" style="5" customWidth="1"/>
     <col min="12" max="12" width="9.875" style="3" customWidth="1"/>
     <col min="13" max="13" width="1.875" style="3" customWidth="1"/>
     <col min="14" max="14" width="9.875" style="3" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="1.875" style="5" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="9.125" style="3" customWidth="1"/>
     <col min="17" max="17" width="1.5" style="5" customWidth="1"/>
     <col min="18" max="18" width="5.875" style="5" customWidth="1"/>
     <col min="19" max="19" width="12.625" style="5" customWidth="1"/>
     <col min="20" max="24" width="11" style="5"/>
     <col min="25" max="25" width="13.875" style="5" customWidth="1"/>
@@ -4090,51 +4147,51 @@
     </row>
     <row r="8" spans="1:25" x14ac:dyDescent="0.25">
       <c r="F8" s="6"/>
       <c r="G8" s="5"/>
       <c r="H8" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I8" s="2"/>
       <c r="J8" s="70"/>
       <c r="K8" s="70"/>
       <c r="L8" s="70"/>
       <c r="M8" s="70"/>
       <c r="N8" s="70"/>
       <c r="O8" s="70"/>
       <c r="P8" s="72"/>
       <c r="S8" s="27" t="s">
         <v>47</v>
       </c>
       <c r="T8" s="26">
         <v>0.03</v>
       </c>
     </row>
     <row r="9" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A9" s="45" t="str">
         <f>'NIH F Series Budget Instruction'!A22</f>
-        <v xml:space="preserve">Template Updated 07/29/2025. </v>
+        <v xml:space="preserve">Template Updated 11/11/2025. </v>
       </c>
       <c r="F9" s="5"/>
       <c r="H9" s="8"/>
       <c r="I9" s="2"/>
       <c r="J9" s="70"/>
       <c r="K9" s="70"/>
       <c r="L9" s="70"/>
       <c r="M9" s="70"/>
       <c r="N9" s="70"/>
       <c r="O9" s="70"/>
       <c r="P9" s="72"/>
       <c r="S9" s="27" t="s">
         <v>48</v>
       </c>
       <c r="T9" s="46">
         <v>2.3E-2</v>
       </c>
     </row>
     <row r="10" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A10" s="68" t="s">
         <v>127</v>
       </c>
       <c r="I10" s="2"/>
       <c r="J10" s="70"/>
       <c r="K10" s="70"/>
@@ -4477,152 +4534,206 @@
       <c r="O26" s="3"/>
       <c r="R26" s="17"/>
     </row>
     <row r="27" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A27" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="11"/>
       <c r="D27" s="11"/>
       <c r="E27" s="6"/>
       <c r="K27" s="3"/>
       <c r="O27" s="3"/>
       <c r="R27" s="17"/>
     </row>
     <row r="28" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A28" s="11"/>
       <c r="B28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="6"/>
+      <c r="H28" s="3">
+        <v>0</v>
+      </c>
+      <c r="J28" s="3">
+        <v>0</v>
+      </c>
       <c r="K28" s="3"/>
+      <c r="L28" s="3">
+        <v>0</v>
+      </c>
       <c r="O28" s="3"/>
       <c r="P28" s="3">
         <f t="shared" ref="P28:P34" si="0">SUM(H28:O28)</f>
         <v>0</v>
       </c>
       <c r="R28" s="22" t="s">
         <v>100</v>
       </c>
       <c r="S28" s="20"/>
       <c r="T28" s="20"/>
       <c r="U28" s="20"/>
       <c r="V28" s="20"/>
       <c r="W28" s="20"/>
       <c r="X28" s="20"/>
     </row>
     <row r="29" spans="1:27" x14ac:dyDescent="0.25">
       <c r="B29" s="1" t="s">
         <v>28</v>
       </c>
+      <c r="H29" s="3">
+        <v>0</v>
+      </c>
+      <c r="J29" s="3">
+        <v>0</v>
+      </c>
       <c r="K29" s="3"/>
+      <c r="L29" s="3">
+        <v>0</v>
+      </c>
       <c r="O29" s="3"/>
       <c r="P29" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R29" s="17"/>
     </row>
     <row r="30" spans="1:27" x14ac:dyDescent="0.25">
       <c r="B30" s="1" t="s">
         <v>29</v>
       </c>
+      <c r="H30" s="3">
+        <v>0</v>
+      </c>
+      <c r="J30" s="3">
+        <v>0</v>
+      </c>
       <c r="K30" s="3"/>
+      <c r="L30" s="3">
+        <v>0</v>
+      </c>
       <c r="O30" s="3"/>
       <c r="P30" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R30" s="17"/>
     </row>
     <row r="31" spans="1:27" x14ac:dyDescent="0.25">
       <c r="B31" s="1" t="s">
         <v>30</v>
       </c>
+      <c r="H31" s="3">
+        <v>0</v>
+      </c>
+      <c r="J31" s="3">
+        <v>0</v>
+      </c>
       <c r="K31" s="3"/>
+      <c r="L31" s="3">
+        <v>0</v>
+      </c>
       <c r="O31" s="3"/>
       <c r="P31" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R31" s="17"/>
     </row>
     <row r="32" spans="1:27" x14ac:dyDescent="0.25">
       <c r="B32" s="1" t="s">
         <v>31</v>
       </c>
+      <c r="H32" s="3">
+        <v>0</v>
+      </c>
+      <c r="J32" s="3">
+        <v>0</v>
+      </c>
       <c r="K32" s="3"/>
+      <c r="L32" s="3">
+        <v>0</v>
+      </c>
       <c r="O32" s="3"/>
       <c r="P32" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R32" s="17"/>
     </row>
     <row r="33" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B33" s="1" t="s">
         <v>35</v>
       </c>
       <c r="H33" s="3">
         <v>250</v>
       </c>
       <c r="J33" s="3">
         <v>250</v>
       </c>
       <c r="K33" s="3"/>
       <c r="L33" s="3">
         <v>250</v>
       </c>
       <c r="N33" s="3">
         <f>250*0</f>
         <v>0</v>
       </c>
       <c r="O33" s="3"/>
       <c r="P33" s="3">
         <f t="shared" si="0"/>
         <v>750</v>
       </c>
       <c r="R33" s="22" t="s">
         <v>36</v>
       </c>
       <c r="S33" s="20"/>
       <c r="T33" s="20"/>
       <c r="U33" s="20"/>
       <c r="V33" s="20"/>
       <c r="W33" s="20"/>
       <c r="X33" s="20"/>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B34" s="1" t="s">
         <v>37</v>
       </c>
+      <c r="H34" s="3">
+        <v>0</v>
+      </c>
+      <c r="J34" s="3">
+        <v>0</v>
+      </c>
       <c r="K34" s="3"/>
+      <c r="L34" s="3">
+        <v>0</v>
+      </c>
       <c r="O34" s="3"/>
       <c r="P34" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R34" s="17"/>
     </row>
     <row r="35" spans="1:25" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H35" s="16"/>
       <c r="J35" s="16"/>
       <c r="K35" s="3"/>
       <c r="L35" s="16"/>
       <c r="N35" s="16"/>
       <c r="O35" s="3"/>
       <c r="P35" s="16"/>
       <c r="R35" s="17"/>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="3">
         <f>SUM(H28:H34)</f>
         <v>250</v>
       </c>
@@ -4664,51 +4775,60 @@
         <v>53</v>
       </c>
       <c r="F38" s="40" t="s">
         <v>56</v>
       </c>
       <c r="K38" s="3"/>
       <c r="O38" s="3"/>
       <c r="R38" s="22" t="s">
         <v>110</v>
       </c>
       <c r="S38" s="20"/>
       <c r="T38" s="20"/>
       <c r="U38" s="20"/>
       <c r="V38" s="20"/>
       <c r="W38" s="20"/>
       <c r="X38" s="20"/>
       <c r="Y38" s="20"/>
     </row>
     <row r="39" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B39" s="1" t="s">
         <v>55</v>
       </c>
       <c r="F39" s="41">
         <v>3000</v>
       </c>
+      <c r="H39" s="3">
+        <v>0</v>
+      </c>
+      <c r="J39" s="3">
+        <v>0</v>
+      </c>
       <c r="K39" s="3"/>
+      <c r="L39" s="3">
+        <v>0</v>
+      </c>
       <c r="O39" s="3"/>
       <c r="P39" s="3">
         <f t="shared" ref="P39" si="1">SUM(H39:O39)</f>
         <v>0</v>
       </c>
       <c r="R39" s="30" t="s">
         <v>111</v>
       </c>
       <c r="S39" s="20"/>
       <c r="T39" s="20"/>
       <c r="U39" s="20"/>
       <c r="V39" s="20"/>
       <c r="W39" s="20"/>
       <c r="X39" s="20"/>
       <c r="Y39" s="20"/>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.25">
       <c r="F40" s="40" t="s">
         <v>57</v>
       </c>
       <c r="H40" s="16"/>
       <c r="J40" s="16"/>
       <c r="K40" s="3"/>
       <c r="L40" s="16"/>
       <c r="N40" s="16"/>
@@ -5535,51 +5655,51 @@
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A66" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="U40" r:id="rId2" location="/funding_programs_childcare_costs.htm" xr:uid="{09CB3DDD-C96E-41C4-934B-A583A11A93EA}"/>
     <hyperlink ref="A75" r:id="rId3" xr:uid="{3637B5F0-C2B8-4209-9889-CB94C04FB840}"/>
     <hyperlink ref="A80" r:id="rId4" display="https://www.colorado.edu/ocg/node/516/attachment" xr:uid="{8D3A69F5-BF5E-46E2-BACB-D1BAF1F9612C}"/>
     <hyperlink ref="A60" r:id="rId5" xr:uid="{671ED0E6-B077-42D1-9EAD-C79129CE4C80}"/>
   </hyperlinks>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.8" right="0.8" top="0.8" bottom="0.8" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId6"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB650664-9E24-451E-B836-A1865E76959A}">
   <dimension ref="A1:Y82"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="150" workbookViewId="0">
-      <selection activeCell="R18" sqref="R18"/>
+      <selection activeCell="S26" sqref="S26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="2.5" style="1" customWidth="1"/>
     <col min="3" max="3" width="3.125" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.5" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.875" style="2" customWidth="1"/>
     <col min="6" max="6" width="8.375" style="3" customWidth="1"/>
     <col min="7" max="7" width="1" style="3" customWidth="1"/>
     <col min="8" max="8" width="8.875" style="3" customWidth="1"/>
     <col min="9" max="9" width="1.875" style="3" customWidth="1"/>
     <col min="10" max="10" width="8.875" style="3" customWidth="1"/>
     <col min="11" max="11" width="1.875" style="5" customWidth="1"/>
     <col min="12" max="12" width="9.875" style="3" customWidth="1"/>
     <col min="13" max="13" width="1.875" style="5" customWidth="1"/>
     <col min="14" max="14" width="9.125" style="3" customWidth="1"/>
     <col min="15" max="15" width="1.5" style="5" customWidth="1"/>
     <col min="16" max="16" width="5.875" style="5" customWidth="1"/>
     <col min="17" max="17" width="12.125" style="5" customWidth="1"/>
     <col min="18" max="18" width="14.5" style="5" customWidth="1"/>
     <col min="19" max="19" width="5.5" style="5" customWidth="1"/>
     <col min="20" max="20" width="12.5" style="5" customWidth="1"/>
     <col min="21" max="22" width="11" style="5"/>
@@ -5695,51 +5815,51 @@
       <c r="H8" s="56" t="s">
         <v>10</v>
       </c>
       <c r="I8" s="2"/>
       <c r="J8" s="70"/>
       <c r="K8" s="70"/>
       <c r="L8" s="70"/>
       <c r="M8" s="70"/>
       <c r="N8" s="72"/>
       <c r="Q8" s="54">
         <v>4</v>
       </c>
       <c r="R8" s="55">
         <v>67824</v>
       </c>
       <c r="T8" s="27" t="s">
         <v>47</v>
       </c>
       <c r="U8" s="26">
         <v>0.03</v>
       </c>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A9" s="45" t="str">
         <f>'NIH F Series Budget Instruction'!A22</f>
-        <v xml:space="preserve">Template Updated 07/29/2025. </v>
+        <v xml:space="preserve">Template Updated 11/11/2025. </v>
       </c>
       <c r="F9" s="5"/>
       <c r="H9" s="8"/>
       <c r="I9" s="2"/>
       <c r="J9" s="70"/>
       <c r="K9" s="70"/>
       <c r="L9" s="70"/>
       <c r="M9" s="70"/>
       <c r="N9" s="72"/>
       <c r="Q9" s="54">
         <v>5</v>
       </c>
       <c r="R9" s="55">
         <v>70344</v>
       </c>
       <c r="T9" s="27" t="s">
         <v>48</v>
       </c>
       <c r="U9" s="46">
         <v>2.3E-2</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A10" s="68" t="s">
         <v>127</v>
@@ -6076,161 +6196,215 @@
       <c r="C27" s="11"/>
       <c r="D27" s="11"/>
       <c r="E27" s="6"/>
       <c r="F27" s="12"/>
       <c r="K27" s="3"/>
       <c r="M27" s="3"/>
       <c r="P27" s="22" t="s">
         <v>100</v>
       </c>
       <c r="Q27" s="20"/>
       <c r="R27" s="20"/>
       <c r="S27" s="20"/>
       <c r="T27" s="20"/>
       <c r="U27" s="20"/>
       <c r="V27" s="20"/>
     </row>
     <row r="28" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="11"/>
       <c r="B28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="6"/>
       <c r="F28" s="12"/>
+      <c r="H28" s="3">
+        <v>0</v>
+      </c>
+      <c r="J28" s="3">
+        <v>0</v>
+      </c>
       <c r="K28" s="3"/>
+      <c r="L28" s="3">
+        <v>0</v>
+      </c>
       <c r="M28" s="3"/>
       <c r="N28" s="3">
         <f t="shared" ref="N28:N34" si="0">SUM(H28:M28)</f>
         <v>0</v>
       </c>
       <c r="P28" s="74" t="s">
         <v>106</v>
       </c>
       <c r="Q28" s="74"/>
       <c r="R28" s="74"/>
       <c r="S28" s="74"/>
       <c r="T28" s="74"/>
       <c r="U28" s="74"/>
       <c r="V28" s="74"/>
       <c r="W28" s="74"/>
       <c r="X28" s="74"/>
       <c r="Y28" s="74"/>
     </row>
     <row r="29" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B29" s="1" t="s">
         <v>28</v>
       </c>
+      <c r="H29" s="3">
+        <v>0</v>
+      </c>
+      <c r="J29" s="3">
+        <v>0</v>
+      </c>
       <c r="K29" s="3"/>
+      <c r="L29" s="3">
+        <v>0</v>
+      </c>
       <c r="M29" s="3"/>
       <c r="N29" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="P29" s="74"/>
       <c r="Q29" s="74"/>
       <c r="R29" s="74"/>
       <c r="S29" s="74"/>
       <c r="T29" s="74"/>
       <c r="U29" s="74"/>
       <c r="V29" s="74"/>
       <c r="W29" s="74"/>
       <c r="X29" s="74"/>
       <c r="Y29" s="74"/>
     </row>
     <row r="30" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B30" s="1" t="s">
         <v>29</v>
       </c>
+      <c r="H30" s="3">
+        <v>0</v>
+      </c>
+      <c r="J30" s="3">
+        <v>0</v>
+      </c>
       <c r="K30" s="3"/>
+      <c r="L30" s="3">
+        <v>0</v>
+      </c>
       <c r="M30" s="3"/>
       <c r="N30" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="P30" s="17"/>
     </row>
     <row r="31" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B31" s="1" t="s">
         <v>30</v>
       </c>
+      <c r="H31" s="3">
+        <v>0</v>
+      </c>
+      <c r="J31" s="3">
+        <v>0</v>
+      </c>
       <c r="K31" s="3"/>
+      <c r="L31" s="3">
+        <v>0</v>
+      </c>
       <c r="M31" s="3"/>
       <c r="N31" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="P31" s="17"/>
     </row>
     <row r="32" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B32" s="1" t="s">
         <v>31</v>
       </c>
+      <c r="H32" s="3">
+        <v>0</v>
+      </c>
+      <c r="J32" s="3">
+        <v>0</v>
+      </c>
       <c r="K32" s="3"/>
+      <c r="L32" s="3">
+        <v>0</v>
+      </c>
       <c r="M32" s="3"/>
       <c r="N32" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="P32" s="17"/>
     </row>
     <row r="33" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B33" s="1" t="s">
         <v>35</v>
       </c>
       <c r="H33" s="3">
         <v>250</v>
       </c>
       <c r="J33" s="3">
         <v>250</v>
       </c>
       <c r="K33" s="3"/>
       <c r="L33" s="3">
         <v>250</v>
       </c>
       <c r="M33" s="3"/>
       <c r="N33" s="3">
         <f t="shared" si="0"/>
         <v>750</v>
       </c>
       <c r="P33" s="22" t="s">
         <v>79</v>
       </c>
       <c r="Q33" s="20"/>
       <c r="R33" s="20"/>
       <c r="S33" s="20"/>
       <c r="T33" s="20"/>
       <c r="U33" s="20"/>
       <c r="V33" s="20"/>
       <c r="W33" s="20"/>
     </row>
     <row r="34" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B34" s="1" t="s">
         <v>80</v>
       </c>
+      <c r="H34" s="3">
+        <v>0</v>
+      </c>
+      <c r="J34" s="3">
+        <v>0</v>
+      </c>
       <c r="K34" s="3"/>
+      <c r="L34" s="3">
+        <v>0</v>
+      </c>
       <c r="M34" s="3"/>
       <c r="N34" s="3">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="P34" s="17"/>
     </row>
     <row r="35" spans="1:24" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H35" s="16"/>
       <c r="J35" s="16"/>
       <c r="K35" s="3"/>
       <c r="L35" s="16"/>
       <c r="M35" s="3"/>
       <c r="N35" s="16"/>
       <c r="P35" s="17"/>
     </row>
     <row r="36" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="3">
         <f>SUM(H28:H34)</f>
         <v>250</v>
       </c>
       <c r="J36" s="3">
@@ -6267,51 +6441,60 @@
         <v>53</v>
       </c>
       <c r="F38" s="40" t="s">
         <v>56</v>
       </c>
       <c r="K38" s="3"/>
       <c r="M38" s="3"/>
       <c r="P38" s="22" t="s">
         <v>110</v>
       </c>
       <c r="Q38" s="20"/>
       <c r="R38" s="20"/>
       <c r="S38" s="20"/>
       <c r="T38" s="20"/>
       <c r="U38" s="20"/>
       <c r="V38" s="20"/>
       <c r="W38" s="20"/>
     </row>
     <row r="39" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B39" s="1" t="s">
         <v>55</v>
       </c>
       <c r="F39" s="41">
         <v>3000</v>
       </c>
+      <c r="H39" s="3">
+        <v>0</v>
+      </c>
+      <c r="J39" s="3">
+        <v>0</v>
+      </c>
       <c r="K39" s="3"/>
+      <c r="L39" s="3">
+        <v>0</v>
+      </c>
       <c r="M39" s="3"/>
       <c r="N39" s="3">
         <f t="shared" ref="N39" si="1">SUM(H39:M39)</f>
         <v>0</v>
       </c>
       <c r="P39" s="30" t="s">
         <v>111</v>
       </c>
       <c r="Q39" s="20"/>
       <c r="R39" s="20"/>
       <c r="S39" s="20"/>
       <c r="T39" s="20"/>
       <c r="U39" s="20"/>
       <c r="V39" s="20"/>
       <c r="W39" s="20"/>
     </row>
     <row r="40" spans="1:24" x14ac:dyDescent="0.25">
       <c r="F40" s="40" t="s">
         <v>57</v>
       </c>
       <c r="H40" s="16"/>
       <c r="J40" s="16"/>
       <c r="K40" s="3"/>
       <c r="L40" s="16"/>
       <c r="M40" s="3"/>