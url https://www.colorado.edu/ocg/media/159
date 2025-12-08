--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -40,51 +40,51 @@
     <w:p w14:paraId="766A92CF" w14:textId="1D42D3B3" w:rsidR="003742D8" w:rsidRPr="00DD38A7" w:rsidRDefault="003742D8" w:rsidP="00B00FAD">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="4680"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="5C8A2210">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="0927776D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-31750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-44450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -468,295 +468,311 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="8"/>
           </w:rPr>
           <w:t>ASSIST</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C25C0" w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve">using the FOA number and the PI’s eRA Commons Username. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5078" w:type="pct"/>
+        <w:tblW w:w="5005" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="378"/>
+        <w:gridCol w:w="379"/>
         <w:gridCol w:w="1602"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="540"/>
-        <w:gridCol w:w="990"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="359"/>
+        <w:gridCol w:w="181"/>
+        <w:gridCol w:w="168"/>
+        <w:gridCol w:w="326"/>
+        <w:gridCol w:w="46"/>
         <w:gridCol w:w="360"/>
-        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="89"/>
+        <w:gridCol w:w="271"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="168"/>
         <w:gridCol w:w="266"/>
         <w:gridCol w:w="16"/>
         <w:gridCol w:w="168"/>
         <w:gridCol w:w="194"/>
         <w:gridCol w:w="1968"/>
-        <w:gridCol w:w="168"/>
+        <w:gridCol w:w="10"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF669C" w:rsidRPr="00DD38A7" w14:paraId="7F425365" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00BF669C" w:rsidRPr="00DD38A7" w14:paraId="7F425365" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="23"/>
+            <w:tcW w:w="10791" w:type="dxa"/>
+            <w:gridSpan w:val="25"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D916E53" w14:textId="67AF53C2" w:rsidR="00F3153F" w:rsidRPr="00DD38A7" w:rsidRDefault="00536173" w:rsidP="00080433">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>GENERAL</w:t>
             </w:r>
             <w:r w:rsidR="00F3153F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> INFORMATION</w:t>
             </w:r>
             <w:r w:rsidR="00E324EF" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006736CB" w:rsidRPr="00DD38A7" w14:paraId="6D95C3BA" w14:textId="3D220CF0" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00F42E7D" w:rsidRPr="00DD38A7" w14:paraId="6D95C3BA" w14:textId="3D220CF0" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="476348020"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="378" w:type="dxa"/>
+                <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2E86439A" w14:textId="24723FD8" w:rsidR="006736CB" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="005913B7">
+              <w:p w14:paraId="2E86439A" w14:textId="24723FD8" w:rsidR="00F42E7D" w:rsidRPr="00DD38A7" w:rsidRDefault="00F42E7D" w:rsidP="005913B7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5382" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="5460" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E57187F" w14:textId="042611FB" w:rsidR="00F42E7D" w:rsidRPr="00DD38A7" w:rsidRDefault="00F42E7D" w:rsidP="00F42E7D">
+            <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11 points or larger. Recommended: black font, using Arial, Georgia, Helvetica, or Palatino Linotype</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-255826869"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="78" w:type="dxa"/>
+                <w:tcW w:w="821" w:type="dxa"/>
+                <w:gridSpan w:val="4"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5E57187F" w14:textId="2561E9FC" w:rsidR="006736CB" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="006736CB">
+              <w:p w14:paraId="05BD6DBC" w14:textId="1E2CE447" w:rsidR="00F42E7D" w:rsidRPr="00DD38A7" w:rsidRDefault="00F42E7D" w:rsidP="00F42E7D">
                 <w:pPr>
-                  <w:spacing w:before="0" w:after="0"/>
+                  <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="auto"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00DD38A7">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5120" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4E539AA6" w14:textId="0C64A807" w:rsidR="006736CB" w:rsidRPr="00DD38A7" w:rsidRDefault="006736CB" w:rsidP="005913B7">
+            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E539AA6" w14:textId="6C8EBC84" w:rsidR="00F42E7D" w:rsidRPr="00DD38A7" w:rsidRDefault="00F42E7D" w:rsidP="005913B7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smaller text in figures/graphs/diagrams/charts allowed but must be legible </w:t>
+              <w:t>Smaller text in figures/graphs/diagrams/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD38A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>charts allowed but must be legible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006736CB" w:rsidRPr="00DD38A7" w14:paraId="3B352224" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="006736CB" w:rsidRPr="00DD38A7" w14:paraId="3B352224" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1661737914"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="378" w:type="dxa"/>
+                <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3399F886" w14:textId="67BC10D0" w:rsidR="006736CB" w:rsidRPr="00DD38A7" w:rsidRDefault="006736CB" w:rsidP="006736CB">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1602" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -806,51 +822,51 @@
               </w:tcPr>
               <w:p w14:paraId="12558342" w14:textId="60BADC7E" w:rsidR="006736CB" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="006736CB">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AABBFCA" w14:textId="27D6890D" w:rsidR="006736CB" w:rsidRPr="00DD38A7" w:rsidRDefault="006736CB" w:rsidP="006736CB">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doc names 50 characters or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
@@ -877,51 +893,51 @@
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A1CE48E" w14:textId="42BFA0BE" w:rsidR="006736CB" w:rsidRPr="00DD38A7" w:rsidRDefault="006736CB" w:rsidP="006736CB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.5” inch margins</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
@@ -972,73 +988,73 @@
             <w:tcW w:w="2330" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="101971F3" w14:textId="40BEFEA8" w:rsidR="006736CB" w:rsidRPr="00DD38A7" w:rsidRDefault="006736CB" w:rsidP="006736CB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No headers or footers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00607035" w:rsidRPr="00DD38A7" w14:paraId="0A7C9069" w14:textId="39CB5B27" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00607035" w:rsidRPr="00DD38A7" w14:paraId="0A7C9069" w14:textId="39CB5B27" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2080893018"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="378" w:type="dxa"/>
+                <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="762EE161" w14:textId="4C25B280" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="006736CB">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
@@ -1085,112 +1101,113 @@
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="698F7F4F" w14:textId="734C9EBC" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="000060FA">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:color w:val="auto"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7827AF27" w14:textId="13A2BFD4" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="006736CB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:anchor="electronicsignatures" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>No electronic signatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1890839700"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="78" w:type="dxa"/>
+                <w:tcW w:w="349" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="66487FB6" w14:textId="60412D75" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="00607035">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4974C3EE" w14:textId="13F26BB7" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="00607035">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NIH Formatting Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
@@ -1224,123 +1241,123 @@
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="054B0C25" w14:textId="045067B2" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="000060FA">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="2172" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8D565B" w14:textId="4EE32536" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="006736CB">
+          <w:p w14:paraId="1F8D565B" w14:textId="55012D9B" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="006736CB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>No Human Fetal Tissue (HFT) Research allowed</w:t>
+              <w:t xml:space="preserve">No Human Fetal Tissue (HFT) Research </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w14:paraId="77184500" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w14:paraId="77184500" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="378" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="09D0873A" w14:textId="6C9C18BE" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="00D175E8">
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D0873A" w14:textId="6C9C18BE" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="00D175E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1768308972"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D175E8" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6642" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="16"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64D82F44" w14:textId="3B2C29E9" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="00B55826">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Parent </w:t>
             </w:r>
             <w:r w:rsidRPr="00143F42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1618,158 +1635,161 @@
             <w:r w:rsidR="001853B6" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>or institute-specific PAR number</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4E967E" w14:textId="31C2FDEF" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="00D175E8">
+          <w:p w14:paraId="1F4E967E" w14:textId="31C2FDEF" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="00D175E8">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1994068599"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007E4D90" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60E61DF6" w14:textId="09EB17A3" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="008055DE" w:rsidP="006736CB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommended file name convention: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00207CE5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
-            <w:r w:rsidR="007C5DC9" w:rsidRPr="00DD38A7">
+            <w:r w:rsidR="007C5DC9" w:rsidRPr="00207CE5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surn</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00207CE5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ame_DocumentTitle.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w14:paraId="1133EA98" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w14:paraId="1133EA98" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="2240"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="290795508"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="378" w:type="dxa"/>
+                <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0332E9F7" w14:textId="4BF399FD" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="008055DE">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2952" w:type="dxa"/>
@@ -1965,51 +1985,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F80B1F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Earliest Start: 07/01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7460" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:gridSpan w:val="21"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E9339E6" w14:textId="77777777" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="008055DE">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Other Budget Notes</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -2282,506 +2302,564 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>on PHS Fellowship Supplement Form.</w:t>
             </w:r>
             <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w14:paraId="48157A4B" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00F42E7D" w:rsidRPr="00DD38A7" w14:paraId="48157A4B" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="926"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1796513730"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="378" w:type="dxa"/>
+                <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0C38ABB5" w14:textId="2CBA786D" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="008055DE">
+              <w:p w14:paraId="0C38ABB5" w14:textId="2CBA786D" w:rsidR="00F42E7D" w:rsidRPr="00DD38A7" w:rsidRDefault="00F42E7D" w:rsidP="008055DE">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5022" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6809772B" w14:textId="56962C5F" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00AB6C89">
+            <w:tcW w:w="5786" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8C3761" w14:textId="504F7479" w:rsidR="00F42E7D" w:rsidRPr="00F42E7D" w:rsidRDefault="00F42E7D" w:rsidP="00F42E7D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Letters of Reference</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> due by proposal deadline &amp; are submitted in eRA Commons. </w:t>
+              <w:t xml:space="preserve"> - due by proposal deadline &amp; are submitted in eRA Commons. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Process detailed here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>. Fellow’s responsibility to request</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="00207CE5" w:rsidRPr="00207CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00207CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00207CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Letters from </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sponsor/Co-Sponsor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD38A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. New Letters must be submitted for Resubmission Proposals</w:t>
+            </w:r>
+            <w:r w:rsidR="000F3D9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (and are </w:t>
+            </w:r>
+            <w:r w:rsidR="000F3D9A" w:rsidRPr="000F3D9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidR="000F3D9A" w:rsidRPr="000F3D9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000F3D9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>considered to be revised letters)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD38A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00AB6C89" w:rsidRPr="00DD38A7">
-[...20 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="495" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1193911782"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="4A4293A8" w14:textId="05468479" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00AC709F">
+              <w:p w14:paraId="0A24EAF3" w14:textId="78C61BBE" w:rsidR="00F42E7D" w:rsidRPr="00F42E7D" w:rsidRDefault="00F42E7D" w:rsidP="00F42E7D">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00DD38A7">
+                <w:r w:rsidRPr="00F42E7D">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5030" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4E2DA4BB" w14:textId="33B9B0BF" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00AB6C89">
+            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2DA4BB" w14:textId="4920CB52" w:rsidR="00F42E7D" w:rsidRPr="00DD38A7" w:rsidRDefault="00F42E7D" w:rsidP="00AB6C89">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">eRA Commons Account Required for Fellow (PI) - please contact Proposal Analyst if you need an eRA Commons ID </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> ask for PI role. </w:t>
+              <w:t xml:space="preserve">eRA Commons Account Required for Fellow (PI) - please contact Proposal Analyst if you need an eRA Commons ID &amp; ask for PI role. </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>ORCID ID must be linked to eRA Profile.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w14:paraId="022AF49F" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w14:paraId="022AF49F" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1166390974"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="378" w:type="dxa"/>
+                <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="052A360D" w14:textId="19B2F172" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00A726A5">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5022" w:type="dxa"/>
+            <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E03E457" w14:textId="7CA2CBC0" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00AC709F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Click “Validate Application” button before submission to check for errors/warnings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="360" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="2044862680"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="57E413F4" w14:textId="1F4F71B4" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00AC709F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5030" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="5301" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75ACD316" w14:textId="1E596F46" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00B00FAD">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure NIH Fellowship Assurance section of PSR has been completed and acknowledged. </w:t>
             </w:r>
             <w:r w:rsidR="00116E89" w:rsidRPr="00DD38A7" w:rsidDel="00116E89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="2E608F6F" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="2E608F6F" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="23"/>
+            <w:tcW w:w="10791" w:type="dxa"/>
+            <w:gridSpan w:val="25"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F536BEF" w14:textId="4A1E0EF4" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00F06AEA" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>R&amp;R Cover Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="150DF16F" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="150DF16F" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1621107226"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="378" w:type="dxa"/>
+                <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="496B6679" w14:textId="0CB72F05" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00A85917" w:rsidP="0068107B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6192" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="13"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3846FEEF" w14:textId="7535B8CA" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="000F70EB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Federal Identifier entered for resubmission/ renewal/revisions (</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2817,50 +2895,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2091187228"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="1"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="16AEDB89" w14:textId="729F5B4B" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00496550" w:rsidP="0068107B">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings 2" w:char="F052"/>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D28DFE6" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
@@ -2879,200 +2958,199 @@
               </w:rPr>
               <w:t>Person to be contacted: PA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="826014904"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="34225F2F" w14:textId="4147D927" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25AA65BE" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">EIN: 1846000555A2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A85917" w:rsidRPr="00DD38A7" w14:paraId="205026DC" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00A85917" w:rsidRPr="00DD38A7" w14:paraId="205026DC" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="554516427"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="378" w:type="dxa"/>
+                <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="52F3E6C5" w14:textId="6EB15725" w:rsidR="00A85917" w:rsidRPr="00DD38A7" w:rsidRDefault="00A85917" w:rsidP="0068107B">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10412" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="24"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51C2269D" w14:textId="031A5F49" w:rsidR="00A85917" w:rsidRPr="00DD38A7" w:rsidRDefault="00A85917" w:rsidP="00A85917">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Applicant: </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>H: Public/State Controlled Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w14:paraId="325954EF" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w14:paraId="325954EF" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="168" w:type="dxa"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1236667987"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="378" w:type="dxa"/>
+                <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="341AB02A" w14:textId="43A77E7C" w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w:rsidRDefault="00F80B1F" w:rsidP="00A85917">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4032" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
@@ -3089,54 +3167,54 @@
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Type of Application</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6380" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7EE500B6" w14:textId="7E90FB7C" w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="00143209">
+            <w:gridSpan w:val="18"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE500B6" w14:textId="7E90FB7C" w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="00143209">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-665475982"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F80B1F" w:rsidRPr="00DD38A7">
@@ -3343,65 +3421,51 @@
             <w:placeholder>
               <w:docPart w:val="4C195C41CF2C4D53BAF7540989B5287B"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7015" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:tcMar>
                   <w:top w:w="0" w:type="nil"/>
                   <w:left w:w="0" w:type="nil"/>
                   <w:bottom w:w="0" w:type="nil"/>
                   <w:right w:w="0" w:type="nil"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="17868F4C" w14:textId="1C9B5D90" w:rsidR="00A85917" w:rsidRPr="00DD38A7" w:rsidRDefault="00A85917" w:rsidP="00A85917">
                 <w:pPr>
                   <w:ind w:right="113"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">If </w:t>
-[...13 lines deleted...]
-                  <w:t>, list other agencies</w:t>
+                  <w:t>If Yes, list other agencies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00A85917" w:rsidRPr="00DD38A7" w14:paraId="4B6CAF17" w14:textId="77777777" w:rsidTr="00A85917">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-57403760"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
@@ -4316,53 +4380,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PISurname_CoverLetter.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="47F225E7" w14:textId="77777777" w:rsidTr="00974ED8">
+      <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="47F225E7" w14:textId="77777777" w:rsidTr="000F3D9A">
         <w:trPr>
-          <w:trHeight w:val="530"/>
+          <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10816" w:type="dxa"/>
             <w:gridSpan w:val="34"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="103999179"/>
               <w:placeholder>
                 <w:docPart w:val="86A0DCBD29814760963F60993902677A"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:sdtEndPr>
@@ -6873,51 +6937,51 @@
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_Equipment.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="7872996D" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="377" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46F92B96" w14:textId="4FA4CCE4" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="00434606">
+          <w:p w14:paraId="46F92B96" w14:textId="4FA4CCE4" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1092007635"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DC0A64" w:rsidRPr="00DD38A7">
@@ -7259,51 +7323,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>SENIOR/Key Personnel Profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="4C904214" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="561DDED4" w14:textId="5BA6C592" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="561DDED4" w14:textId="5BA6C592" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2040470303"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
@@ -7380,51 +7444,51 @@
                 </w:rPr>
                 <w:t>OSCs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="68321571" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25514D1E" w14:textId="0381AECC" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="25514D1E" w14:textId="0381AECC" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1303538889"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -7459,51 +7523,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="338" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B086DA" w14:textId="1A5F1B19" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="69B086DA" w14:textId="1A5F1B19" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-309706817"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7531,51 +7595,51 @@
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organization Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="174014EB" w14:textId="75B15AC5" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="174014EB" w14:textId="75B15AC5" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1517190631"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
@@ -7602,51 +7666,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address Fields</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="359BC11D" w14:textId="0FFE600F" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="359BC11D" w14:textId="0FFE600F" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1609009108"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -7680,51 +7744,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="5D29F443" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05AF9C4A" w14:textId="7F14CD65" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="05AF9C4A" w14:textId="7F14CD65" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1686239255"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -7752,51 +7816,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Role </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="711F2BEC" w14:textId="5DA0726E" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="711F2BEC" w14:textId="5DA0726E" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1690376472"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7828,51 +7892,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>No Co-PD/PI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="338" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="664D98E9" w14:textId="1065DD49" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="664D98E9" w14:textId="1065DD49" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1124695823"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7905,51 +7969,51 @@
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>The fellow is identified as “PI”; for Sponsor/Co-Sponsor(s) select “Other” and enter “Sponsor” or “Co-Sponsor” into the Other Project Role Category. Identify “Other Significant Contributors” (OSCs) roles as applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="0435C9A5" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21BB4B14" w14:textId="353BA7DF" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="21BB4B14" w14:textId="353BA7DF" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1500345632"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
@@ -7974,51 +8038,51 @@
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Degree Type and Year of Highest Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="338" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03BDCEB7" w14:textId="26F90930" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="03BDCEB7" w14:textId="26F90930" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="454063530"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8075,51 +8139,51 @@
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:iCs/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:t>Fellow’s ID must be linked to ORCID in eRA Commons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="712F5979" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F97EBAF" w14:textId="74729CE2" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="4F97EBAF" w14:textId="74729CE2" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2129617588"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
@@ -8405,51 +8469,51 @@
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>chronological</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> order.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="507500D5" w14:textId="496EE19B" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="507500D5" w14:textId="496EE19B" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="512268802"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8528,51 +8592,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F1B2B2" w14:textId="77777777" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41613034" w14:textId="432A74AC" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="41613034" w14:textId="432A74AC" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="262580570"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
@@ -8736,71 +8800,51 @@
               <w:t>’ inclusion for all pubs listed in biosketch.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4883170D" w14:textId="715FED30" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="301" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">URL allowed to full list of publish work, must be a </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> site. NIH’s </w:t>
+              <w:t xml:space="preserve">URL allowed to full list of publish work, must be a Federal site. NIH’s </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>My Bibliography</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> is recommended</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
@@ -8826,51 +8870,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4519D1AF" w14:textId="77777777" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="635BAF52" w14:textId="30DDC0D9" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="635BAF52" w14:textId="30DDC0D9" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1550569697"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
@@ -9114,51 +9158,51 @@
           </w:tcPr>
           <w:p w14:paraId="2C7F0FB1" w14:textId="78EF17A9" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="331" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2189C9C7" w14:textId="13C0D7CF" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="2189C9C7" w14:textId="13C0D7CF" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1651135243"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
@@ -9312,51 +9356,51 @@
           </w:tcPr>
           <w:p w14:paraId="601AFAE3" w14:textId="77777777" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0617B122" w14:textId="22C7FB2B" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="00974ED8" w:rsidP="002B5D23">
+          <w:p w14:paraId="0617B122" w14:textId="22C7FB2B" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-876922118"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -11669,51 +11713,51 @@
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7900" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27C1EAB3" w14:textId="6572DD7B" w:rsidR="0025623C" w:rsidRPr="00DD38A7" w:rsidRDefault="007B51D3" w:rsidP="0025623C">
+          <w:p w14:paraId="27C1EAB3" w14:textId="2DF84DDD" w:rsidR="0025623C" w:rsidRPr="00DD38A7" w:rsidRDefault="007B51D3" w:rsidP="0025623C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="136"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="0025623C" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
@@ -11726,51 +11770,117 @@
               </w:rPr>
               <w:t>Letters of Support from Collaborators, Contributors, and Consultants</w:t>
             </w:r>
             <w:r w:rsidR="0025623C" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 6 page limit (combined); all letters of support in single PDF document; </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:anchor="electronicsignatures" w:history="1">
               <w:r w:rsidR="0025623C" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>electronic signatures must be flattened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0025623C" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Include Letters for Collaborators/Consultants/Advisors that are expected to contribute to fellow’s project &amp; training. </w:t>
+              <w:t xml:space="preserve">. Include Letters for </w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E7D" w:rsidRPr="00F42E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Collaborators</w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E7D" w:rsidRPr="00F42E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Contributors</w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E7D" w:rsidRPr="00F42E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Consultants</w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidR="00F42E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sponsor/Co-Sponsors)</w:t>
+            </w:r>
+            <w:r w:rsidR="0025623C" w:rsidRPr="00DD38A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that are expected to contribute to fellow’s project &amp; training.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B693832" w14:textId="54B24CB3" w:rsidR="0025623C" w:rsidRPr="00DD38A7" w:rsidRDefault="0025623C" w:rsidP="0025623C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="136"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
@@ -12517,83 +12627,81 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0025623C" w:rsidRPr="00DD38A7" w14:paraId="3949DA57" w14:textId="77777777" w:rsidTr="00AC00C3">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1994781462"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="380" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="55D44150" w14:textId="3B9CF7AB" w:rsidR="0025623C" w:rsidRPr="00DD38A7" w:rsidRDefault="0025623C" w:rsidP="0025623C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7900" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A74A121" w14:textId="245CE705" w:rsidR="0025623C" w:rsidRPr="00DD38A7" w:rsidRDefault="0025623C" w:rsidP="0025623C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="136"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00B45CE3" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
@@ -12636,51 +12744,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> if research includes Sharing Model Organisms </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Development of Research Tools. Data Sharing Plan not required. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ADA71BA" w14:textId="08150517" w:rsidR="0025623C" w:rsidRPr="00DD38A7" w:rsidRDefault="0025623C" w:rsidP="0025623C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
@@ -13797,69 +13904,51 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="136"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>---</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> if </w:t>
-[...17 lines deleted...]
-              <w:t>, attach</w:t>
+              <w:t xml:space="preserve"> if Yes, attach</w:t>
             </w:r>
             <w:r w:rsidR="001118E0" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the following</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
@@ -14187,85 +14276,83 @@
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="206615665"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="380" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="47428DCD" w14:textId="4F4E1A61" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10414" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="074A9F37" w14:textId="69DF8DE6" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="136"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="001118E0" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
@@ -14368,85 +14455,83 @@
         <w:trPr>
           <w:trHeight w:val="476"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1497683122"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="380" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1DC875DB" w14:textId="789C85C1" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10414" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E5E0CA1" w14:textId="6F4321FF" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="136"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="001118E0" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14809,82 +14894,80 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w14:paraId="58D5A5B7" w14:textId="77777777" w:rsidTr="00CD3077">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="852460146"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="380" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3DA5F1D2" w14:textId="0E8805BD" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7360" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4707ACBD" w14:textId="6C96C291" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="001118E0" w:rsidP="00B45CE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">29. </w:t>
             </w:r>
             <w:r w:rsidR="00B45CE3" w:rsidRPr="00AC00C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
@@ -14892,51 +14975,50 @@
               <w:t>Appendix</w:t>
             </w:r>
             <w:r w:rsidR="00B45CE3" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - FOA will specify if any appendix instructions; review </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r w:rsidR="00B45CE3" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Appendix Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3054" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C7AA9ED" w14:textId="1C8F0887" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>PISurname_DescriptiveName.pdf</w:t>
             </w:r>
@@ -15026,84 +15108,82 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00903573" w:rsidRPr="00DD38A7" w14:paraId="01D2138C" w14:textId="77777777" w:rsidTr="00766E94">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-312405226"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="05F45D8F" w14:textId="52E21F7B" w:rsidR="00903573" w:rsidRPr="00DD38A7" w:rsidRDefault="00C72B4E" w:rsidP="001F0DE9">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="280132A5" w14:textId="53D67FFE" w:rsidR="007C546F" w:rsidRPr="00DD38A7" w:rsidRDefault="00903573" w:rsidP="004A51FD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="245" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Human</w:t>
             </w:r>
             <w:r w:rsidR="00766E94" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
@@ -15150,51 +15230,50 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="241" w:hanging="241"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If yes, include:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8894" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AB5F704" w14:textId="2B29359B" w:rsidR="00903573" w:rsidRPr="00DD38A7" w:rsidRDefault="00903573" w:rsidP="00766E94">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
@@ -15280,120 +15359,117 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008C702F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If flowchart indicates human subjects research, then mark “no” to Human Specimens/Data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00903573" w:rsidRPr="00DD38A7" w14:paraId="5B9265B8" w14:textId="77777777" w:rsidTr="00CD3077">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="519E16A9" w14:textId="77777777" w:rsidR="00903573" w:rsidRPr="00DD38A7" w:rsidRDefault="00903573" w:rsidP="001F0DE9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1322498990"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="38D832F4" w14:textId="135B6D41" w:rsidR="00903573" w:rsidRPr="00DD38A7" w:rsidRDefault="007C546F" w:rsidP="001F0DE9">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10154" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59278126" w14:textId="1B05CF03" w:rsidR="00903573" w:rsidRPr="00DD38A7" w:rsidRDefault="00903573" w:rsidP="00903573">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Explanation for Use of Human Specimens and/or Data not considered to be Human Subjects Research</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -19626,58 +19702,58 @@
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007723D7" w:rsidRPr="007723D7" w:rsidSect="00E10190">
       <w:headerReference w:type="default" r:id="rId57"/>
       <w:footerReference w:type="default" r:id="rId58"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="288" w:right="720" w:bottom="360" w:left="720" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="526E6EE7" w14:textId="77777777" w:rsidR="009011E7" w:rsidRDefault="009011E7">
+    <w:p w14:paraId="2715681F" w14:textId="77777777" w:rsidR="00722090" w:rsidRDefault="00722090">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5ADC878D" w14:textId="77777777" w:rsidR="009011E7" w:rsidRDefault="009011E7">
+    <w:p w14:paraId="1D7DE8E6" w14:textId="77777777" w:rsidR="00722090" w:rsidRDefault="00722090">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -19727,51 +19803,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3157EF82" w14:textId="4955F0CE" w:rsidR="00071DC3" w:rsidRPr="00071DC3" w:rsidRDefault="00957A2F" w:rsidP="00AB159E">
+  <w:p w14:paraId="3157EF82" w14:textId="44AEBF02" w:rsidR="00071DC3" w:rsidRPr="00071DC3" w:rsidRDefault="00957A2F" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">* INDICATES DOCUMENT/SECTION IS REQUIRED </w:t>
     </w:r>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="single"/>
       </w:rPr>
@@ -19803,113 +19879,105 @@
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> NIH </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>NRSA Fellowship</w:t>
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> Review Checklist </w:t>
     </w:r>
-    <w:r w:rsidR="00004228">
+    <w:r w:rsidR="0099648E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...7 lines deleted...]
-      <w:t>6</w:t>
+      <w:t>11</w:t>
     </w:r>
     <w:r w:rsidR="00071DC3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>25</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="66B2363C" w14:textId="7B719B15" w:rsidR="00957A2F" w:rsidRPr="00B938AB" w:rsidRDefault="00957A2F" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D54F4D6" w14:textId="77777777" w:rsidR="009011E7" w:rsidRDefault="009011E7">
+    <w:p w14:paraId="712D82D4" w14:textId="77777777" w:rsidR="00722090" w:rsidRDefault="00722090">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54083807" w14:textId="77777777" w:rsidR="009011E7" w:rsidRDefault="009011E7">
+    <w:p w14:paraId="1400F105" w14:textId="77777777" w:rsidR="00722090" w:rsidRDefault="00722090">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CEBD515" w14:textId="08045E0C" w:rsidR="00957A2F" w:rsidRPr="003742D8" w:rsidRDefault="00957A2F" w:rsidP="00980DC7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:ind w:right="-360"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -21064,51 +21132,51 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1419868224">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="744840176">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="66154671">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1100681295">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="814951303">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="496649223">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="7F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -21137,96 +21205,99 @@
     <w:rsid w:val="00086C63"/>
     <w:rsid w:val="00090054"/>
     <w:rsid w:val="0009315D"/>
     <w:rsid w:val="00094979"/>
     <w:rsid w:val="000A33D2"/>
     <w:rsid w:val="000A5CC5"/>
     <w:rsid w:val="000A7C87"/>
     <w:rsid w:val="000B0466"/>
     <w:rsid w:val="000B22A8"/>
     <w:rsid w:val="000B3BB6"/>
     <w:rsid w:val="000B4F98"/>
     <w:rsid w:val="000B6755"/>
     <w:rsid w:val="000B78F8"/>
     <w:rsid w:val="000C050F"/>
     <w:rsid w:val="000C3A48"/>
     <w:rsid w:val="000C616C"/>
     <w:rsid w:val="000D0D12"/>
     <w:rsid w:val="000D1FEF"/>
     <w:rsid w:val="000D4FDE"/>
     <w:rsid w:val="000D7D67"/>
     <w:rsid w:val="000E275A"/>
     <w:rsid w:val="000E3DF8"/>
     <w:rsid w:val="000F24C0"/>
     <w:rsid w:val="000F30A1"/>
     <w:rsid w:val="000F3B2D"/>
+    <w:rsid w:val="000F3D9A"/>
     <w:rsid w:val="000F70EB"/>
+    <w:rsid w:val="000F7496"/>
     <w:rsid w:val="001001B1"/>
     <w:rsid w:val="001003E1"/>
     <w:rsid w:val="00104368"/>
     <w:rsid w:val="001049DC"/>
     <w:rsid w:val="00106058"/>
     <w:rsid w:val="00106C30"/>
     <w:rsid w:val="0010716C"/>
     <w:rsid w:val="001118E0"/>
     <w:rsid w:val="00116E89"/>
     <w:rsid w:val="00120762"/>
     <w:rsid w:val="001241B4"/>
     <w:rsid w:val="00125CCB"/>
     <w:rsid w:val="001262C4"/>
     <w:rsid w:val="001275E7"/>
     <w:rsid w:val="00132B8B"/>
     <w:rsid w:val="0013454A"/>
     <w:rsid w:val="00137DF3"/>
     <w:rsid w:val="00143209"/>
     <w:rsid w:val="00143F42"/>
     <w:rsid w:val="00157CA0"/>
     <w:rsid w:val="00161A49"/>
     <w:rsid w:val="00162D9D"/>
     <w:rsid w:val="00166567"/>
     <w:rsid w:val="00172448"/>
     <w:rsid w:val="00173622"/>
     <w:rsid w:val="0017529E"/>
     <w:rsid w:val="0018088F"/>
     <w:rsid w:val="001851C4"/>
     <w:rsid w:val="001853B6"/>
     <w:rsid w:val="00185888"/>
     <w:rsid w:val="00192DDC"/>
     <w:rsid w:val="00197619"/>
     <w:rsid w:val="001A67A7"/>
     <w:rsid w:val="001B45B4"/>
     <w:rsid w:val="001B5C06"/>
     <w:rsid w:val="001C41AE"/>
     <w:rsid w:val="001D00D4"/>
     <w:rsid w:val="001D1FC4"/>
     <w:rsid w:val="001E3406"/>
     <w:rsid w:val="001E75A7"/>
     <w:rsid w:val="001F0DE9"/>
     <w:rsid w:val="001F2E7A"/>
     <w:rsid w:val="00200ECF"/>
     <w:rsid w:val="00203E05"/>
     <w:rsid w:val="002068A2"/>
+    <w:rsid w:val="00207CE5"/>
     <w:rsid w:val="00210429"/>
     <w:rsid w:val="00212F1B"/>
     <w:rsid w:val="002170CA"/>
     <w:rsid w:val="002219F2"/>
     <w:rsid w:val="002318FF"/>
     <w:rsid w:val="00231934"/>
     <w:rsid w:val="00234227"/>
     <w:rsid w:val="002414F8"/>
     <w:rsid w:val="0024335B"/>
     <w:rsid w:val="0024742A"/>
     <w:rsid w:val="00252A40"/>
     <w:rsid w:val="0025623C"/>
     <w:rsid w:val="00256865"/>
     <w:rsid w:val="00267DF9"/>
     <w:rsid w:val="002753A8"/>
     <w:rsid w:val="00282030"/>
     <w:rsid w:val="0028228C"/>
     <w:rsid w:val="00286930"/>
     <w:rsid w:val="002906E7"/>
     <w:rsid w:val="00291EDC"/>
     <w:rsid w:val="00294CE2"/>
     <w:rsid w:val="00297D81"/>
     <w:rsid w:val="002A1754"/>
     <w:rsid w:val="002A3F76"/>
     <w:rsid w:val="002A5DB3"/>
@@ -21293,50 +21364,51 @@
     <w:rsid w:val="0043454D"/>
     <w:rsid w:val="00434606"/>
     <w:rsid w:val="00434F6C"/>
     <w:rsid w:val="00435118"/>
     <w:rsid w:val="004379BA"/>
     <w:rsid w:val="00454615"/>
     <w:rsid w:val="004567F4"/>
     <w:rsid w:val="00464875"/>
     <w:rsid w:val="00474829"/>
     <w:rsid w:val="00477275"/>
     <w:rsid w:val="00477804"/>
     <w:rsid w:val="0048031C"/>
     <w:rsid w:val="00480D99"/>
     <w:rsid w:val="004841FA"/>
     <w:rsid w:val="00490092"/>
     <w:rsid w:val="00490273"/>
     <w:rsid w:val="00493A96"/>
     <w:rsid w:val="00496550"/>
     <w:rsid w:val="004A27C9"/>
     <w:rsid w:val="004A2DED"/>
     <w:rsid w:val="004A2EBD"/>
     <w:rsid w:val="004A51FD"/>
     <w:rsid w:val="004B0AE9"/>
     <w:rsid w:val="004B1804"/>
     <w:rsid w:val="004B525B"/>
+    <w:rsid w:val="004C0443"/>
     <w:rsid w:val="004C0A9C"/>
     <w:rsid w:val="004C1488"/>
     <w:rsid w:val="004D1DF8"/>
     <w:rsid w:val="004D2ED9"/>
     <w:rsid w:val="004D6146"/>
     <w:rsid w:val="004E1F75"/>
     <w:rsid w:val="004E3E5B"/>
     <w:rsid w:val="004E3EAF"/>
     <w:rsid w:val="004E6E89"/>
     <w:rsid w:val="004F1379"/>
     <w:rsid w:val="004F13CB"/>
     <w:rsid w:val="004F5FCA"/>
     <w:rsid w:val="004F797C"/>
     <w:rsid w:val="00502D3B"/>
     <w:rsid w:val="005051DC"/>
     <w:rsid w:val="005074B7"/>
     <w:rsid w:val="00511C0F"/>
     <w:rsid w:val="00515A7A"/>
     <w:rsid w:val="00516B9E"/>
     <w:rsid w:val="005174C7"/>
     <w:rsid w:val="00522532"/>
     <w:rsid w:val="005236C9"/>
     <w:rsid w:val="00523E5B"/>
     <w:rsid w:val="00536173"/>
     <w:rsid w:val="005366CD"/>
@@ -21364,81 +21436,83 @@
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005C4624"/>
     <w:rsid w:val="005C7B53"/>
     <w:rsid w:val="005D2534"/>
     <w:rsid w:val="005D6714"/>
     <w:rsid w:val="005E29C8"/>
     <w:rsid w:val="005E2C26"/>
     <w:rsid w:val="005E4026"/>
     <w:rsid w:val="005E516B"/>
     <w:rsid w:val="005F21A2"/>
     <w:rsid w:val="005F39B9"/>
     <w:rsid w:val="005F5153"/>
     <w:rsid w:val="0060083F"/>
     <w:rsid w:val="00604E3A"/>
     <w:rsid w:val="00607035"/>
     <w:rsid w:val="00607BCE"/>
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="0061397A"/>
     <w:rsid w:val="00614384"/>
     <w:rsid w:val="00615574"/>
     <w:rsid w:val="006205BC"/>
     <w:rsid w:val="00622A27"/>
     <w:rsid w:val="006238C8"/>
     <w:rsid w:val="00626FB6"/>
+    <w:rsid w:val="006277FD"/>
     <w:rsid w:val="00643BDC"/>
     <w:rsid w:val="00645F34"/>
     <w:rsid w:val="0064793D"/>
     <w:rsid w:val="00647C76"/>
     <w:rsid w:val="00650A5F"/>
     <w:rsid w:val="00653A40"/>
     <w:rsid w:val="006648D0"/>
     <w:rsid w:val="00666719"/>
     <w:rsid w:val="006679C3"/>
     <w:rsid w:val="006736CB"/>
     <w:rsid w:val="00674FB6"/>
     <w:rsid w:val="006750DA"/>
     <w:rsid w:val="0068107B"/>
     <w:rsid w:val="006833BC"/>
     <w:rsid w:val="00685182"/>
     <w:rsid w:val="00691522"/>
     <w:rsid w:val="00697F87"/>
     <w:rsid w:val="006A05E1"/>
     <w:rsid w:val="006A2FB8"/>
     <w:rsid w:val="006A5516"/>
     <w:rsid w:val="006A555F"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006C25C0"/>
     <w:rsid w:val="006C57BB"/>
     <w:rsid w:val="006D0878"/>
     <w:rsid w:val="006E095F"/>
     <w:rsid w:val="006E5961"/>
     <w:rsid w:val="006F598B"/>
     <w:rsid w:val="007077FD"/>
     <w:rsid w:val="007136B8"/>
     <w:rsid w:val="00713BED"/>
+    <w:rsid w:val="00722090"/>
     <w:rsid w:val="00726906"/>
     <w:rsid w:val="00727040"/>
     <w:rsid w:val="007335F4"/>
     <w:rsid w:val="00736E70"/>
     <w:rsid w:val="007459D5"/>
     <w:rsid w:val="00754382"/>
     <w:rsid w:val="0075792A"/>
     <w:rsid w:val="00766E94"/>
     <w:rsid w:val="00770140"/>
     <w:rsid w:val="007716D8"/>
     <w:rsid w:val="007723D7"/>
     <w:rsid w:val="00772571"/>
     <w:rsid w:val="00772CA1"/>
     <w:rsid w:val="007765DD"/>
     <w:rsid w:val="00782E0F"/>
     <w:rsid w:val="0078313D"/>
     <w:rsid w:val="00790CEC"/>
     <w:rsid w:val="00795C10"/>
     <w:rsid w:val="00796754"/>
     <w:rsid w:val="00797844"/>
     <w:rsid w:val="007A067A"/>
     <w:rsid w:val="007A4603"/>
     <w:rsid w:val="007A47C3"/>
     <w:rsid w:val="007A58CD"/>
     <w:rsid w:val="007A6235"/>
@@ -21491,67 +21565,70 @@
     <w:rsid w:val="008C702F"/>
     <w:rsid w:val="008D0DAA"/>
     <w:rsid w:val="008D1A9A"/>
     <w:rsid w:val="008D787B"/>
     <w:rsid w:val="008D7F12"/>
     <w:rsid w:val="008E27C1"/>
     <w:rsid w:val="008E2F2C"/>
     <w:rsid w:val="008E4B42"/>
     <w:rsid w:val="009011E7"/>
     <w:rsid w:val="00903573"/>
     <w:rsid w:val="009056B7"/>
     <w:rsid w:val="0091256E"/>
     <w:rsid w:val="009142CB"/>
     <w:rsid w:val="00923B09"/>
     <w:rsid w:val="009300BF"/>
     <w:rsid w:val="009338B9"/>
     <w:rsid w:val="00934686"/>
     <w:rsid w:val="00935759"/>
     <w:rsid w:val="009426C8"/>
     <w:rsid w:val="00943FE4"/>
     <w:rsid w:val="00946137"/>
     <w:rsid w:val="00947D8B"/>
     <w:rsid w:val="00950E7E"/>
     <w:rsid w:val="009548C6"/>
     <w:rsid w:val="00955639"/>
+    <w:rsid w:val="00956B14"/>
     <w:rsid w:val="00957A2F"/>
     <w:rsid w:val="00957DD0"/>
     <w:rsid w:val="0096077E"/>
     <w:rsid w:val="00961695"/>
     <w:rsid w:val="00970715"/>
     <w:rsid w:val="00970D4B"/>
     <w:rsid w:val="00974ED8"/>
     <w:rsid w:val="009755DA"/>
     <w:rsid w:val="00976143"/>
     <w:rsid w:val="00980A6C"/>
     <w:rsid w:val="00980DC7"/>
     <w:rsid w:val="00981624"/>
+    <w:rsid w:val="00981684"/>
     <w:rsid w:val="00991979"/>
     <w:rsid w:val="009924ED"/>
     <w:rsid w:val="00995223"/>
     <w:rsid w:val="00995512"/>
     <w:rsid w:val="0099644F"/>
+    <w:rsid w:val="0099648E"/>
     <w:rsid w:val="009A2983"/>
     <w:rsid w:val="009B1BD0"/>
     <w:rsid w:val="009B1DDE"/>
     <w:rsid w:val="009B2759"/>
     <w:rsid w:val="009B4688"/>
     <w:rsid w:val="009C00FE"/>
     <w:rsid w:val="009C0F7C"/>
     <w:rsid w:val="009C5502"/>
     <w:rsid w:val="009C6423"/>
     <w:rsid w:val="009D24D5"/>
     <w:rsid w:val="009E0E01"/>
     <w:rsid w:val="009E5AF7"/>
     <w:rsid w:val="009F1C74"/>
     <w:rsid w:val="00A03FB4"/>
     <w:rsid w:val="00A04A5D"/>
     <w:rsid w:val="00A07AA8"/>
     <w:rsid w:val="00A11B91"/>
     <w:rsid w:val="00A12CB8"/>
     <w:rsid w:val="00A13BFA"/>
     <w:rsid w:val="00A13C61"/>
     <w:rsid w:val="00A15106"/>
     <w:rsid w:val="00A156BB"/>
     <w:rsid w:val="00A21F0E"/>
     <w:rsid w:val="00A2225B"/>
     <w:rsid w:val="00A24968"/>
@@ -21761,62 +21838,64 @@
     <w:rsid w:val="00EB4F47"/>
     <w:rsid w:val="00EB722F"/>
     <w:rsid w:val="00EC1CC0"/>
     <w:rsid w:val="00ED2BA4"/>
     <w:rsid w:val="00EE0224"/>
     <w:rsid w:val="00EE40E1"/>
     <w:rsid w:val="00F03B50"/>
     <w:rsid w:val="00F04573"/>
     <w:rsid w:val="00F04895"/>
     <w:rsid w:val="00F06AEA"/>
     <w:rsid w:val="00F076B4"/>
     <w:rsid w:val="00F07BE3"/>
     <w:rsid w:val="00F116BB"/>
     <w:rsid w:val="00F2269D"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F252B2"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F276BC"/>
     <w:rsid w:val="00F27B3A"/>
     <w:rsid w:val="00F27F76"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F35C00"/>
     <w:rsid w:val="00F37FD9"/>
     <w:rsid w:val="00F4003C"/>
     <w:rsid w:val="00F41EAF"/>
+    <w:rsid w:val="00F42E7D"/>
     <w:rsid w:val="00F54325"/>
     <w:rsid w:val="00F54598"/>
     <w:rsid w:val="00F70EB3"/>
     <w:rsid w:val="00F725A2"/>
     <w:rsid w:val="00F80B1F"/>
     <w:rsid w:val="00F8657E"/>
     <w:rsid w:val="00F86A05"/>
     <w:rsid w:val="00FA33A6"/>
     <w:rsid w:val="00FA6BCC"/>
     <w:rsid w:val="00FA7A52"/>
     <w:rsid w:val="00FB309F"/>
     <w:rsid w:val="00FB49B4"/>
+    <w:rsid w:val="00FB4AD3"/>
     <w:rsid w:val="00FC29F6"/>
     <w:rsid w:val="00FC7884"/>
     <w:rsid w:val="00FD0023"/>
     <w:rsid w:val="00FD099B"/>
     <w:rsid w:val="00FD1DDF"/>
     <w:rsid w:val="00FD7E21"/>
     <w:rsid w:val="00FE2476"/>
     <w:rsid w:val="00FF297E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -23660,67 +23739,71 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E75AC0"/>
     <w:rsid w:val="00046DF8"/>
     <w:rsid w:val="00094D09"/>
     <w:rsid w:val="00101DB2"/>
     <w:rsid w:val="00117B0E"/>
     <w:rsid w:val="0012507B"/>
     <w:rsid w:val="001279FB"/>
     <w:rsid w:val="001A6020"/>
     <w:rsid w:val="002068A2"/>
     <w:rsid w:val="0027254E"/>
     <w:rsid w:val="002D5F11"/>
     <w:rsid w:val="003272E7"/>
     <w:rsid w:val="003901E5"/>
     <w:rsid w:val="0039388F"/>
     <w:rsid w:val="003D37B9"/>
     <w:rsid w:val="003D3C6B"/>
     <w:rsid w:val="00405587"/>
     <w:rsid w:val="004438B4"/>
     <w:rsid w:val="005265F3"/>
     <w:rsid w:val="005E33EF"/>
+    <w:rsid w:val="006277FD"/>
     <w:rsid w:val="00650DE1"/>
     <w:rsid w:val="00742D69"/>
     <w:rsid w:val="008C6374"/>
     <w:rsid w:val="008D093D"/>
+    <w:rsid w:val="00956B14"/>
     <w:rsid w:val="00966C77"/>
     <w:rsid w:val="00995516"/>
+    <w:rsid w:val="00A67554"/>
     <w:rsid w:val="00AB5DF5"/>
     <w:rsid w:val="00BA07E8"/>
     <w:rsid w:val="00C035E7"/>
     <w:rsid w:val="00C42BA7"/>
     <w:rsid w:val="00C462BA"/>
     <w:rsid w:val="00C501F7"/>
     <w:rsid w:val="00CF1E43"/>
     <w:rsid w:val="00DA2526"/>
     <w:rsid w:val="00DA6389"/>
     <w:rsid w:val="00DC3682"/>
     <w:rsid w:val="00E25CE5"/>
+    <w:rsid w:val="00E33E64"/>
     <w:rsid w:val="00E67B38"/>
     <w:rsid w:val="00E75AC0"/>
     <w:rsid w:val="00FD1DDF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -24715,75 +24798,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B640E92-30E1-4152-8934-76F5CED158C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2507</Words>
-  <Characters>19536</Characters>
+  <Words>3290</Words>
+  <Characters>18858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>162</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>725</Lines>
+  <Paragraphs>582</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22000</CharactersWithSpaces>
+  <CharactersWithSpaces>21566</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>