--- v1 (2025-12-08)
+++ v2 (2026-03-21)
@@ -40,51 +40,51 @@
     <w:p w14:paraId="766A92CF" w14:textId="1D42D3B3" w:rsidR="003742D8" w:rsidRPr="00DD38A7" w:rsidRDefault="003742D8" w:rsidP="00B00FAD">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="4680"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="0927776D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="3B141D53">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-31750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-44450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -149,51 +149,51 @@
         <w:t>NRSA FELLOWSHIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF5C0A" w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>PROPOSAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B462B30" w14:textId="6867A658" w:rsidR="008315A8" w:rsidRPr="00DD38A7" w:rsidRDefault="003742D8" w:rsidP="00DE3218">
+    <w:p w14:paraId="1B462B30" w14:textId="7FED829E" w:rsidR="008315A8" w:rsidRPr="00DD38A7" w:rsidRDefault="003742D8" w:rsidP="00DE3218">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:right="-86" w:firstLine="1260"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -213,71 +213,71 @@
         </w:rPr>
         <w:t xml:space="preserve">SUBMISSION </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">REVIEW CHECKLIST - </w:t>
       </w:r>
       <w:r w:rsidR="00DE3218" w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMS-I (FOR USE ON/AFTER </w:t>
       </w:r>
-      <w:r w:rsidR="0042633B">
+      <w:r w:rsidR="000027F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>05/08</w:t>
+        <w:t>01/25/26</w:t>
       </w:r>
       <w:r w:rsidR="00DE3218" w:rsidRPr="00DD38A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>/25)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4753" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="2678"/>
         <w:gridCol w:w="655"/>
         <w:gridCol w:w="2475"/>
@@ -489,53 +489,53 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5005" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="379"/>
         <w:gridCol w:w="1602"/>
         <w:gridCol w:w="540"/>
-        <w:gridCol w:w="810"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="179"/>
+        <w:gridCol w:w="271"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="359"/>
         <w:gridCol w:w="181"/>
         <w:gridCol w:w="168"/>
         <w:gridCol w:w="326"/>
         <w:gridCol w:w="46"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="89"/>
         <w:gridCol w:w="271"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="168"/>
         <w:gridCol w:w="266"/>
         <w:gridCol w:w="16"/>
         <w:gridCol w:w="168"/>
         <w:gridCol w:w="194"/>
         <w:gridCol w:w="1968"/>
         <w:gridCol w:w="10"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00DD38A7" w14:paraId="7F425365" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
@@ -1036,91 +1036,92 @@
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="762EE161" w14:textId="4C25B280" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="006736CB">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48FB79BC" w14:textId="3BA3DE99" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No URLS except for citations in References Cited and Biosketch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-629323059"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="698F7F4F" w14:textId="734C9EBC" w:rsidR="00607035" w:rsidRPr="00DD38A7" w:rsidRDefault="00607035" w:rsidP="000060FA">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:color w:val="auto"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
@@ -1274,51 +1275,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">No Human Fetal Tissue (HFT) Research </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w14:paraId="77184500" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="379" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09D0873A" w14:textId="6C9C18BE" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="00D175E8">
+          <w:p w14:paraId="09D0873A" w14:textId="6C9C18BE" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00D175E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1768308972"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D175E8" w:rsidRPr="00DD38A7">
                   <w:rPr>
@@ -1635,51 +1636,51 @@
             <w:r w:rsidR="001853B6" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>or institute-specific PAR number</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4E967E" w14:textId="31C2FDEF" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="00D175E8">
+          <w:p w14:paraId="1F4E967E" w14:textId="31C2FDEF" w:rsidR="00D175E8" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00D175E8">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1994068599"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007E4D90" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -1722,602 +1723,492 @@
             <w:r w:rsidR="007C5DC9" w:rsidRPr="00207CE5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surn</w:t>
             </w:r>
             <w:r w:rsidRPr="00207CE5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ame_DocumentTitle.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w14:paraId="1133EA98" w14:textId="77777777" w:rsidTr="00F42E7D">
+      <w:tr w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w14:paraId="1133EA98" w14:textId="77777777" w:rsidTr="005F5F93">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
-          <w:trHeight w:val="2240"/>
+          <w:trHeight w:val="1898"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="290795508"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="379" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0332E9F7" w14:textId="4BF399FD" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="008055DE">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2952" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3221" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0340D183" w14:textId="77777777" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00F80B1F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For project start date, follow NIH Standard Due Dates unless FOA states otherwise:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E0114E9" w14:textId="77777777" w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00F80B1F">
+          <w:p w14:paraId="5E0114E9" w14:textId="3C579995" w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00F80B1F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="60"/>
               <w:ind w:left="230" w:hanging="187"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Due: 04/</w:t>
-[...36 lines deleted...]
-          <w:p w14:paraId="17E2ABC5" w14:textId="05385AD3" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00F80B1F">
+              <w:t>Due: 04/08 ; Earliest Start: 12/01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17E2ABC5" w14:textId="07ABAD64" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00F80B1F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="60"/>
               <w:ind w:left="230" w:hanging="187"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Due: 08/</w:t>
-[...36 lines deleted...]
-          <w:p w14:paraId="534668A5" w14:textId="3602F2B1" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00F80B1F">
+              <w:t>Due: 08/08 ; Earliest Start: 04/01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="534668A5" w14:textId="60279B03" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00F80B1F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="60"/>
               <w:ind w:left="230" w:hanging="187"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Due: 12/</w:t>
-[...40 lines deleted...]
-            <w:gridSpan w:val="21"/>
+              <w:t>Due: 12/08 ; Earliest Start: 07/01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7191" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E9339E6" w14:textId="77777777" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="008055DE">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Other Budget Notes</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19597F9A" w14:textId="4A6049AD" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="004A27C9">
+          <w:p w14:paraId="4F7FA855" w14:textId="0D6D87C1" w:rsidR="00AC709F" w:rsidRPr="005F5F93" w:rsidRDefault="00AC709F" w:rsidP="005F5F93">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="331" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Work with OCG Proposal Analyst to develop internal Fellowship budget. When creating the budget, utilize NIH’s current stipend and budget category levels allowed. </w:t>
+              <w:t>Work with OCG Proposal Analyst to develop internal Fellowship budget. When creating the budget, utilize NIH’s current stipend and budget category levels allowed</w:t>
+            </w:r>
+            <w:r w:rsidR="005A77EB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidR="00B55826" w:rsidRPr="00DD38A7">
+              <w:r w:rsidR="005A77EB" w:rsidRPr="005A77EB">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>Current NRSA Stipend levels available here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="005A77EB" w:rsidRPr="005A77EB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="005A77EB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697F87" w:rsidRPr="005F5F93">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NIH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5F93">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fellowship </w:t>
+            </w:r>
+            <w:r w:rsidR="003F149C" w:rsidRPr="005F5F93">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Budget </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F5F93">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Template available on the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="005F5F93">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>FY2</w:t>
-[...38 lines deleted...]
-                <w:t>)</w:t>
+                <w:t>OCG Forms page</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="005F5F93">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...17 lines deleted...]
-          <w:p w14:paraId="4F7FA855" w14:textId="59A7F610" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00697F87" w:rsidP="004A27C9">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0059D458" w14:textId="33FA47BF" w:rsidR="00AC709F" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="004A27C9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="330" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>NIH</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AC709F" w:rsidRPr="00DD38A7">
+              <w:t>No detailed budget entered into ASSIST, but PA enter</w:t>
+            </w:r>
+            <w:r w:rsidR="005F5F93">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Fellowship </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003F149C" w:rsidRPr="00DD38A7">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Budget </w:t>
-[...71 lines deleted...]
-            <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F5F93">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">total </w:t>
+              <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>costs</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
+              <w:t xml:space="preserve">otal </w:t>
+            </w:r>
+            <w:r w:rsidR="005F5F93">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> from internal budget on R&amp;R Cover Page and enter only </w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>osts</w:t>
+            </w:r>
+            <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from internal budget on R&amp;R Cover Page and enter</w:t>
+            </w:r>
+            <w:r w:rsidR="005F5F93">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> only </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>requested</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tuition and Fees</w:t>
             </w:r>
             <w:r w:rsidR="001853B6" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and childcare costs (if budgeted)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F5F93">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="001853B6" w:rsidRPr="00DD38A7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> childcare costs (if budgeted)</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>on PHS Fellowship Supplement Form.</w:t>
             </w:r>
             <w:r w:rsidR="00697F87" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2380,51 +2271,51 @@
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Letters of Reference</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> - due by proposal deadline &amp; are submitted in eRA Commons. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Process detailed here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Fellow’s responsibility to request</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
@@ -2753,51 +2644,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="2E608F6F" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10791" w:type="dxa"/>
             <w:gridSpan w:val="25"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F536BEF" w14:textId="4A1E0EF4" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00F06AEA" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>R&amp;R Cover Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="150DF16F" w14:textId="77777777" w:rsidTr="00F42E7D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1621107226"/>
             <w15:color w:val="008000"/>
@@ -2885,74 +2776,75 @@
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> from 1R01MH123456-01 - found in eRA Commons</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2091187228"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
-              <w14:checked w14:val="1"/>
+              <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="16AEDB89" w14:textId="729F5B4B" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00496550" w:rsidP="0068107B">
+              <w:p w14:paraId="16AEDB89" w14:textId="4954F12E" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="005A77EB" w:rsidP="0068107B">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
-                <w:r w:rsidRPr="00DD38A7">
+                <w:r>
                   <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:sym w:font="Wingdings 2" w:char="F052"/>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D28DFE6" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3143,120 +3035,120 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4032" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24A2BD66" w14:textId="49C26959" w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w:rsidRDefault="00F80B1F" w:rsidP="00143209">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Type of Application</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6380" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE500B6" w14:textId="7E90FB7C" w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="00143209">
+          <w:p w14:paraId="7EE500B6" w14:textId="7E90FB7C" w:rsidR="00F80B1F" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00143209">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-665475982"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F80B1F" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F80B1F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:anchor="NewApplicationawardgrant" w:history="1">
+            <w:hyperlink r:id="rId24" w:anchor="NewApplicationawardgrant" w:history="1">
               <w:r w:rsidR="00F80B1F" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>New</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F80B1F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-103577088"/>
@@ -3265,51 +3157,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F80B1F" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F80B1F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:anchor="Resubmission" w:history="1">
+            <w:hyperlink r:id="rId25" w:anchor="Resubmission" w:history="1">
               <w:r w:rsidR="00F80B1F" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Resubmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
@@ -3568,175 +3460,147 @@
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5012" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="357"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="73"/>
+        <w:gridCol w:w="377"/>
+        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="1830"/>
         <w:gridCol w:w="373"/>
-        <w:gridCol w:w="226"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="103"/>
+        <w:gridCol w:w="1672"/>
+        <w:gridCol w:w="2626"/>
+        <w:gridCol w:w="477"/>
         <w:gridCol w:w="258"/>
-        <w:gridCol w:w="387"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1405"/>
+        <w:gridCol w:w="2355"/>
       </w:tblGrid>
       <w:tr w:rsidR="00106058" w:rsidRPr="00DD38A7" w14:paraId="3442978D" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-205803967"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="377" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2385E364" w14:textId="727F3735" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="848" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62714B98" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Project Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-496800627"/>
             <w:placeholder>
               <w:docPart w:val="49F9F280080945728A3F51C65CA3EB45"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1830" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2F6DDF03" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Enter Project Period</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3763,150 +3627,147 @@
                 <w:tcW w:w="373" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="251132EF" w14:textId="10C56C04" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FDBC12F" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Congressional District: CO-002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2626" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C8EF10E" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>: PI info may be updated on Sr/Key Person Profile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-678200658"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="477" w:type="dxa"/>
-                <w:gridSpan w:val="4"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="22C27CC8" w14:textId="5D0A24FD" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A39BE34" w14:textId="506D081F" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00E1229D" w:rsidP="0068107B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Include </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -3924,253 +3785,249 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00106058" w:rsidRPr="00DD38A7" w14:paraId="16C0CD2C" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="964702989"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="377" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="79BCBAB6" w14:textId="3BE6F809" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4723" w:type="dxa"/>
-            <w:gridSpan w:val="18"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5853C4B0" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Is application subject to review by E.O. 12372? No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2626" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20AD756C" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: No SFLLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="477" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="1423757547"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="397E6FC6" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4292D9F8" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>AOR info: PA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00384554" w:rsidRPr="00DD38A7" w14:paraId="6C9C006E" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="1700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="377" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1462563231"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="7D8BCECC" w14:textId="35B2E441" w:rsidR="00384554" w:rsidRPr="00DD38A7" w:rsidRDefault="00384554" w:rsidP="0068107B">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8084" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77B4B3C5" w14:textId="77777777" w:rsidR="00384554" w:rsidRPr="00DD38A7" w:rsidRDefault="00384554" w:rsidP="008055DE">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cover Letter</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4252,94 +4109,94 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3AED2488" w14:textId="0F54FAC2" w:rsidR="00384554" w:rsidRPr="00DD38A7" w:rsidRDefault="00384554" w:rsidP="00384554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="316" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:anchor="21" w:history="1">
+            <w:hyperlink r:id="rId26" w:anchor="21" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>FORMS-I Guide’s Cover Page Attachment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for details on info to be provided.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="157F9A4A" w14:textId="77777777" w:rsidR="00384554" w:rsidRPr="00DD38A7" w:rsidRDefault="00384554" w:rsidP="00384554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="316" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Additionally must provide additional info if: project has video, large-scale genomic data, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>late application</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60B4B1B2" w14:textId="5B4ECF64" w:rsidR="00384554" w:rsidRPr="00DD38A7" w:rsidRDefault="00384554" w:rsidP="00A156BB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -4347,828 +4204,873 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: Do not request assignment of proposal here; address in Assignment Request Form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="778962B0" w14:textId="55E57E87" w:rsidR="00384554" w:rsidRPr="00DD38A7" w:rsidRDefault="00384554" w:rsidP="00143209">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PISurname_CoverLetter.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="47F225E7" w14:textId="77777777" w:rsidTr="000F3D9A">
+      <w:tr w:rsidR="00B53838" w:rsidRPr="00DD38A7" w14:paraId="47F225E7" w14:textId="77777777" w:rsidTr="005F5F93">
         <w:trPr>
-          <w:trHeight w:val="305"/>
+          <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10816" w:type="dxa"/>
-            <w:gridSpan w:val="34"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="103999179"/>
               <w:placeholder>
                 <w:docPart w:val="86A0DCBD29814760963F60993902677A"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:p w14:paraId="37C97DF6" w14:textId="1769A224" w:rsidR="00A85917" w:rsidRPr="00DD38A7" w:rsidRDefault="00B53838" w:rsidP="00A85917">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:tabs>
                     <w:tab w:val="center" w:pos="5366"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Click here to enter comments if needed.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="38589870" w14:textId="77777777" w:rsidR="005F5F93" w:rsidRDefault="005F5F93">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5012" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="29" w:type="dxa"/>
+          <w:right w:w="29" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="354"/>
+        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="168"/>
+        <w:gridCol w:w="342"/>
+        <w:gridCol w:w="194"/>
+        <w:gridCol w:w="164"/>
+        <w:gridCol w:w="1032"/>
+        <w:gridCol w:w="207"/>
+        <w:gridCol w:w="131"/>
+        <w:gridCol w:w="207"/>
+        <w:gridCol w:w="131"/>
+        <w:gridCol w:w="646"/>
+        <w:gridCol w:w="124"/>
+        <w:gridCol w:w="314"/>
+        <w:gridCol w:w="130"/>
+        <w:gridCol w:w="696"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="433"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="152"/>
+        <w:gridCol w:w="376"/>
+        <w:gridCol w:w="64"/>
+        <w:gridCol w:w="206"/>
+        <w:gridCol w:w="90"/>
+        <w:gridCol w:w="270"/>
+        <w:gridCol w:w="729"/>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="1382"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w14:paraId="71CF40EE" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10816" w:type="dxa"/>
-            <w:gridSpan w:val="34"/>
+            <w:gridSpan w:val="29"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A712618" w14:textId="180D3415" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F06AEA" w:rsidP="00F41EAF">
+          <w:p w14:paraId="4A712618" w14:textId="044724BA" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F06AEA" w:rsidP="00F41EAF">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>Project PERFORMANCE SITES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w14:paraId="7406A746" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w14:paraId="7406A746" w14:textId="77777777" w:rsidTr="00C10B83">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="542" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1072494690"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="36FADEFA" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F41EAF" w:rsidP="00434606">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="both"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10269" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5148E1AE" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F41EAF" w:rsidP="00434606">
+            <w:tcW w:w="10274" w:type="dxa"/>
+            <w:gridSpan w:val="26"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5148E1AE" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00447E76" w:rsidRDefault="00F41EAF" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide CU Boulder information as the Primary Site:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w14:paraId="2E9C7459" w14:textId="77777777" w:rsidTr="00BB2DE1">
+      <w:tr w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w14:paraId="2E9C7459" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="542" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E4C2B2E" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F41EAF" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="536" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="1946648241"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0B215C34" w14:textId="2B225EBF" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F27B3A" w:rsidP="00BB2DE1">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2696" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="19DAFE3A" w14:textId="09C13F0A" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00DB21FA" w:rsidP="00434606">
+            <w:tcW w:w="2642" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DAFE3A" w14:textId="09C13F0A" w:rsidR="00F41EAF" w:rsidRPr="00447E76" w:rsidRDefault="00DB21FA" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>UEI: SPVKK1RC2MZ3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="444" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1714339513"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0157A78E" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F41EAF" w:rsidP="00BB2DE1">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1AC393B5" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F41EAF" w:rsidP="00434606">
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC393B5" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00447E76" w:rsidRDefault="00F41EAF" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Congressional District: CO-002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1509440221"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5C06452B" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F41EAF" w:rsidP="00BB2DE1">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2986" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="779873B9" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00DD38A7" w:rsidRDefault="00F41EAF" w:rsidP="00434606">
+            <w:tcW w:w="2944" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="779873B9" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="00447E76" w:rsidRDefault="00F41EAF" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Department Info/PI Campus Box</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Department Info/PI Campus Box</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27B3A" w:rsidRPr="00DD38A7" w14:paraId="5C252C1B" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00F27B3A" w:rsidRPr="00DD38A7" w14:paraId="5C252C1B" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
-          <w:trHeight w:val="305"/>
+          <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcW w:w="542" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1053624004"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="25D7B040" w14:textId="58F927B9" w:rsidR="00F27B3A" w:rsidRPr="00DD38A7" w:rsidRDefault="00F27B3A" w:rsidP="00434606">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10269" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1D8D98A1" w14:textId="0E081802" w:rsidR="00F27B3A" w:rsidRPr="00DD38A7" w:rsidRDefault="00F27B3A" w:rsidP="00434606">
+            <w:tcW w:w="10274" w:type="dxa"/>
+            <w:gridSpan w:val="26"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8D98A1" w14:textId="0E081802" w:rsidR="00F27B3A" w:rsidRPr="00C10B83" w:rsidRDefault="00F27B3A" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Include any sites where training may occur as described in Research Training Plan. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00354FD9" w:rsidRPr="00DD38A7" w14:paraId="2790ED6C" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10816" w:type="dxa"/>
-            <w:gridSpan w:val="34"/>
+            <w:gridSpan w:val="29"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2FECB964" w14:textId="37271FF4" w:rsidR="00354FD9" w:rsidRPr="00DD38A7" w:rsidRDefault="00F06AEA" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>ASSIGNMENT REQUEST FORM</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Optional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F13CB" w:rsidRPr="00DD38A7" w14:paraId="226D4212" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="004F13CB" w:rsidRPr="00DD38A7" w14:paraId="226D4212" w14:textId="77777777" w:rsidTr="00447E76">
         <w:trPr>
-          <w:trHeight w:val="341"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10816" w:type="dxa"/>
-            <w:gridSpan w:val="34"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="00DC6722" w14:textId="520DB391" w:rsidR="004F13CB" w:rsidRPr="00DD38A7" w:rsidRDefault="004F13CB" w:rsidP="00434606">
+            <w:gridSpan w:val="29"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00DC6722" w14:textId="520DB391" w:rsidR="004F13CB" w:rsidRPr="00447E76" w:rsidRDefault="004F13CB" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: Select “Assignment Request Form” after clicking the “Add Optional Form” button on far-left side of ASSIST app</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95193" w:rsidRPr="00DD38A7" w14:paraId="14391221" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00C95193" w:rsidRPr="00DD38A7" w14:paraId="14391221" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2065821019"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="55D8F859" w14:textId="28DBCDC9" w:rsidR="00C95193" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="00434606">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10439" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="3E7B1DF5" w14:textId="7CC2256E" w:rsidR="00C95193" w:rsidRPr="00DD38A7" w:rsidRDefault="00C95193" w:rsidP="00434606">
+            <w:tcW w:w="10442" w:type="dxa"/>
+            <w:gridSpan w:val="27"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7B1DF5" w14:textId="7CC2256E" w:rsidR="00C95193" w:rsidRPr="00447E76" w:rsidRDefault="00C95193" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> provide PI with Assignment Request Form (available in KMS) and then manually input responses into ASSIST</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Upload if PI wants to identify requested Institute/Center, Study Section, or Reviewers not to include; provide PI with Assignment Request Form (available in KMS) and then manually input responses into ASSIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00490273" w:rsidRPr="00DD38A7" w14:paraId="5C52A583" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10816" w:type="dxa"/>
-            <w:gridSpan w:val="34"/>
+            <w:gridSpan w:val="29"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="195E93A3" w14:textId="7D613FE7" w:rsidR="00490273" w:rsidRPr="00DD38A7" w:rsidRDefault="00F06AEA" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>OTHER PROJECT INFORMATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w14:paraId="13AD5953" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w14:paraId="13AD5953" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
-          <w:trHeight w:val="332"/>
+          <w:trHeight w:val="296"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2125257189"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="740C7F4C" w14:textId="247DF8F0" w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w:rsidRDefault="002C1E28" w:rsidP="00434606">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2136" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E7C75BB" w14:textId="69AA24E5" w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w:rsidRDefault="002C1E28" w:rsidP="00434606">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Human Subjects (HS)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1498846877"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="338" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
@@ -5177,91 +5079,91 @@
               <w:p w14:paraId="3DA653D7" w14:textId="351F9E49" w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w:rsidRDefault="002C1E28" w:rsidP="00434606">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4889" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CFE4CEF" w14:textId="3C663EE2" w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w:rsidRDefault="002C1E28" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">IRB Pending? </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Or</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> provide IRB approval date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-525490515"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
@@ -5270,95 +5172,95 @@
               <w:p w14:paraId="62DA40AB" w14:textId="2F8E83E9" w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w:rsidRDefault="002C1E28" w:rsidP="00434606">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2716" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="239E86FD" w14:textId="11E47E0B" w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w:rsidRDefault="002C1E28" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Subjects: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>00003492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w14:paraId="63E971C8" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w14:paraId="63E971C8" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
-          <w:trHeight w:val="215"/>
+          <w:trHeight w:val="98"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2513" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="2481" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="579BEA8B" w14:textId="07FA0E62" w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w:rsidRDefault="002C1E28" w:rsidP="00434606">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1824258329"/>
             <w15:color w:val="008000"/>
@@ -5377,291 +5279,296 @@
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1381AD1E" w14:textId="1434E5FC" w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w:rsidRDefault="002C1E28" w:rsidP="00434606">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7965" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5A8964B6" w14:textId="5B80FC49" w:rsidR="002C1E28" w:rsidRPr="00DD38A7" w:rsidRDefault="002C1E28" w:rsidP="00434606">
+            <w:tcW w:w="7997" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8964B6" w14:textId="5B80FC49" w:rsidR="002C1E28" w:rsidRPr="00447E76" w:rsidRDefault="002C1E28" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="00447E76">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Exempt</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-226771340"/>
                 <w:placeholder>
                   <w:docPart w:val="5885998FF22842219EA7D5123BDF783A"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00DD38A7">
+                <w:r w:rsidRPr="00447E76">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:sz w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">If yes, enter </w:t>
                 </w:r>
-                <w:hyperlink r:id="rId33" w:history="1">
-                  <w:r w:rsidRPr="00DD38A7">
+                <w:hyperlink r:id="rId32" w:history="1">
+                  <w:r w:rsidRPr="00447E76">
                     <w:rPr>
                       <w:rStyle w:val="Hyperlink"/>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                      <w:sz w:val="20"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>exemption #</w:t>
                   </w:r>
                 </w:hyperlink>
-                <w:r w:rsidR="00F06AEA" w:rsidRPr="00DD38A7">
+                <w:r w:rsidR="00F06AEA" w:rsidRPr="00447E76">
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                    <w:sz w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002753A8" w:rsidRPr="00DD38A7" w14:paraId="6EF0DA3F" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="002753A8" w:rsidRPr="00DD38A7" w14:paraId="6EF0DA3F" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1651594979"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="48D27E1C" w14:textId="2E62B4EB" w:rsidR="00DA331C" w:rsidRPr="00DD38A7" w:rsidRDefault="008D787B" w:rsidP="00434606">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2136" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2107" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E3CDC93" w14:textId="0E571365" w:rsidR="00DA331C" w:rsidRPr="00DD38A7" w:rsidRDefault="00DA331C" w:rsidP="00434606">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vertebrate Animals?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1742516923"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="338" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0FE6DC88" w14:textId="1219B3AF" w:rsidR="00DA331C" w:rsidRPr="00DD38A7" w:rsidRDefault="008D787B" w:rsidP="00434606">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4889" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28C5D6E0" w14:textId="04D088BF" w:rsidR="00DA331C" w:rsidRPr="00DD38A7" w:rsidRDefault="00DA331C" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">IACUC Pending? </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Or</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> provide IACUC approval date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-149208991"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
@@ -5670,244 +5577,241 @@
               <w:p w14:paraId="48D1271E" w14:textId="7292627D" w:rsidR="00DA331C" w:rsidRPr="00DD38A7" w:rsidRDefault="00AC709F" w:rsidP="00434606">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2716" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="26A6FAD1" w14:textId="54D15015" w:rsidR="00DA331C" w:rsidRPr="00DD38A7" w:rsidRDefault="00DA331C" w:rsidP="00434606">
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A6FAD1" w14:textId="54D15015" w:rsidR="00DA331C" w:rsidRPr="00447E76" w:rsidRDefault="00DA331C" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Subjects: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>D16-00388</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002753A8" w:rsidRPr="00DD38A7" w14:paraId="1C65B647" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="002753A8" w:rsidRPr="00DD38A7" w14:paraId="1C65B647" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1506245571"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="113E0732" w14:textId="6E85ECD4" w:rsidR="002753A8" w:rsidRPr="00DD38A7" w:rsidRDefault="002753A8" w:rsidP="00434606">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3277" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="3222" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0128DD30" w14:textId="2DDA30AF" w:rsidR="002753A8" w:rsidRPr="00DD38A7" w:rsidRDefault="002753A8" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Proprietary/Privileged Info? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-397595463"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="442" w:type="dxa"/>
+                <w:tcW w:w="438" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2ED147D7" w14:textId="459F2C10" w:rsidR="002753A8" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="00434606">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="511" w:hanging="511"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3644" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="3748" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17BA30D7" w14:textId="46E3DE3B" w:rsidR="002753A8" w:rsidRPr="00DD38A7" w:rsidRDefault="002753A8" w:rsidP="00434606">
+          <w:p w14:paraId="17BA30D7" w14:textId="46E3DE3B" w:rsidR="002753A8" w:rsidRPr="00447E76" w:rsidRDefault="002753A8" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Potential Impact?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2117283555"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
@@ -5919,1351 +5823,1359 @@
               <w:p w14:paraId="5CF056A3" w14:textId="3F2D3E43" w:rsidR="002753A8" w:rsidRPr="00DD38A7" w:rsidRDefault="00614384" w:rsidP="00434606">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="511" w:hanging="511"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2716" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4873C552" w14:textId="1F28C15F" w:rsidR="002753A8" w:rsidRPr="00DD38A7" w:rsidRDefault="002753A8" w:rsidP="00434606">
+          <w:p w14:paraId="4873C552" w14:textId="1F28C15F" w:rsidR="002753A8" w:rsidRPr="00447E76" w:rsidRDefault="002753A8" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Historic Site?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002753A8" w:rsidRPr="00DD38A7" w14:paraId="1DDE89EC" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="002753A8" w:rsidRPr="00DD38A7" w14:paraId="1DDE89EC" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="718713813"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1B3655E2" w14:textId="6747191B" w:rsidR="002753A8" w:rsidRPr="00DD38A7" w:rsidRDefault="002753A8" w:rsidP="00434606">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6711" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="6762" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF56A13" w14:textId="17BAB048" w:rsidR="002753A8" w:rsidRPr="00DD0FE5" w:rsidRDefault="002753A8" w:rsidP="00355DED">
+          <w:p w14:paraId="2CF56A13" w14:textId="17BAB048" w:rsidR="002753A8" w:rsidRPr="00447E76" w:rsidRDefault="002753A8" w:rsidP="00355DED">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="76"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD0FE5">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">International Activities? </w:t>
             </w:r>
-            <w:r w:rsidR="000F70EB" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="000F70EB" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
-            <w:r w:rsidR="000F70EB" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="000F70EB" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: International conferences are </w:t>
             </w:r>
-            <w:r w:rsidR="000F70EB" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="000F70EB" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
-            <w:r w:rsidR="000F70EB" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="000F70EB" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> considered international collaboration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcW w:w="440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="1411958217"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="497C0F42" w14:textId="42328A67" w:rsidR="002753A8" w:rsidRPr="00BB2DE1" w:rsidRDefault="00BB2DE1" w:rsidP="00BB2DE1">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BB2DE1">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3282" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BF1FF5E" w14:textId="372C27D7" w:rsidR="002753A8" w:rsidRPr="00DD38A7" w:rsidRDefault="002753A8" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If yes, include Foreign Justification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="3A9F2044" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="3A9F2044" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1700694108"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="05B4F908" w14:textId="0987D323" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5A181D" w14:textId="3A07C23A" w:rsidR="00DC0A64" w:rsidRPr="00DD0FE5" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
+          <w:p w14:paraId="7B5A181D" w14:textId="3A07C23A" w:rsidR="00DC0A64" w:rsidRPr="00447E76" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD0FE5">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Project Summary/Abstract</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 30 lines of text; description of proposed work </w:t>
             </w:r>
-            <w:r w:rsidR="00AC709F" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="00AC709F" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&amp;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the fellowship training plan and the</w:t>
             </w:r>
-            <w:r w:rsidR="00AC709F" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="00AC709F" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> training</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3076" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64FC358C" w14:textId="0C73C42F" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r w:rsidR="00384554" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_Summary.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="47ABE56A" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="47ABE56A" w14:textId="77777777" w:rsidTr="00C10B83">
         <w:trPr>
-          <w:trHeight w:val="206"/>
+          <w:trHeight w:val="260"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1397246297"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5B04F702" w14:textId="20D3719C" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="789C583C" w14:textId="4330203D" w:rsidR="00DC0A64" w:rsidRPr="00DD0FE5" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
+          <w:p w14:paraId="789C583C" w14:textId="4330203D" w:rsidR="00DC0A64" w:rsidRPr="00447E76" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD0FE5">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Project Narrative</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 3 sentences maximum; describe relevance to public health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3076" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49BF36F3" w14:textId="58290BDD" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r w:rsidR="00384554" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_Narrative.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="47B51147" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="47B51147" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
-          <w:trHeight w:val="683"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1970706595"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="410DF9A9" w14:textId="053B46E5" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3EF72D" w14:textId="71EA2085" w:rsidR="00DC0A64" w:rsidRPr="00DD0FE5" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
+          <w:p w14:paraId="4D3EF72D" w14:textId="71EA2085" w:rsidR="00DC0A64" w:rsidRPr="00447E76" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="136" w:hanging="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD0FE5">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bibliography &amp; References Cited</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - No limit; URLs allowed; Recommend including PMCIDs’ for all pubs listed in bio authored; recommend</w:t>
             </w:r>
-            <w:r w:rsidR="00E1229D" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="00E1229D" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-              <w:r w:rsidRPr="00DD0FE5">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="00447E76">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PMCIDs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00DD0FE5">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">’ inclusion for all pubs authored or co-authored by applicant. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3076" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="039D6194" w14:textId="38B1994D" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PIL</w:t>
             </w:r>
             <w:r w:rsidR="00384554" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_References.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="03818F2B" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="03818F2B" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1723632211"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0C7142C4" w14:textId="794E9283" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="573B5278" w14:textId="66D5A0D5" w:rsidR="00DC0A64" w:rsidRPr="00DD0FE5" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
+          <w:p w14:paraId="573B5278" w14:textId="66D5A0D5" w:rsidR="00DC0A64" w:rsidRPr="00447E76" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD0FE5">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Facilities &amp; Other Resources</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- No limit; include a detailed description of the institutional facilities and resources available to the fellowship applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3076" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19D7B683" w14:textId="72E259A6" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r w:rsidR="00384554" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_Facilities.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="5AA40E9D" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="5AA40E9D" w14:textId="77777777" w:rsidTr="00C10B83">
         <w:trPr>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="341"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-549463314"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="377" w:type="dxa"/>
+                <w:tcW w:w="374" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3A2C5CEE" w14:textId="6A7957EA" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52AC625B" w14:textId="77777777" w:rsidR="00DC0A64" w:rsidRPr="00DD0FE5" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
+          <w:p w14:paraId="52AC625B" w14:textId="52096DCB" w:rsidR="00DC0A64" w:rsidRPr="00447E76" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD0FE5">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Equipment</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- No limit</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; if </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
-[...30 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> equipment on project, upload document stating “No Equipment”</w:t>
+            </w:r>
+            <w:r w:rsidR="00C10B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CFCD5D5" w14:textId="0ADAB487" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="00DC0A64" w:rsidP="00434606">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r w:rsidR="00384554" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_Equipment.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="7872996D" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w14:paraId="7872996D" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="377" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46F92B96" w14:textId="4FA4CCE4" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="00434606">
+          <w:p w14:paraId="46F92B96" w14:textId="4FA4CCE4" w:rsidR="00DC0A64" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00434606">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1092007635"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DC0A64" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7363" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10CC7B24" w14:textId="2500A536" w:rsidR="00DC0A64" w:rsidRPr="00DD0FE5" w:rsidRDefault="00DC0A64" w:rsidP="00355DED">
+          <w:p w14:paraId="10CC7B24" w14:textId="29952658" w:rsidR="00DC0A64" w:rsidRPr="00447E76" w:rsidRDefault="00DC0A64" w:rsidP="00355DED">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD0FE5">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other Attachments</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008D0DAA" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="008D0DAA" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="0086350B" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="0086350B" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Do not upload </w:t>
             </w:r>
-            <w:r w:rsidR="008D0DAA" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="008D0DAA" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">anything </w:t>
             </w:r>
-            <w:r w:rsidR="0086350B" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="0086350B" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>unless</w:t>
             </w:r>
-            <w:r w:rsidR="0086350B" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="0086350B" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00355DED" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00355DED" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">FOA </w:t>
             </w:r>
-            <w:r w:rsidR="0086350B" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="0086350B" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>has special requirements</w:t>
             </w:r>
-            <w:r w:rsidR="006205BC" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="006205BC" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006205BC" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="006205BC" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> if international collaboration</w:t>
             </w:r>
-            <w:r w:rsidR="004F5FCA" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="004F5FCA" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>research tra</w:t>
             </w:r>
-            <w:r w:rsidR="00355DED" w:rsidRPr="00DD0FE5">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00355DED" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>vel (</w:t>
+            </w:r>
+            <w:r w:rsidR="00355DED" w:rsidRPr="00C10B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidR="00355DED" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> conference</w:t>
+            </w:r>
+            <w:r w:rsidR="008D0DAA" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> travel</w:t>
             </w:r>
-            <w:r w:rsidR="00355DED" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00355DED" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="008808A0" w:rsidRPr="00DD0FE5">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="008808A0" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:r w:rsidR="00C10B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>proposed</w:t>
+            </w:r>
+            <w:r w:rsidR="008808A0" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>. If international collab</w:t>
+            </w:r>
+            <w:r w:rsidR="00C10B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="008D0DAA" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/research travel</w:t>
             </w:r>
-            <w:r w:rsidR="008808A0" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="008808A0" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, include</w:t>
             </w:r>
-            <w:r w:rsidR="008D0DAA" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="008D0DAA" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> required</w:t>
             </w:r>
-            <w:r w:rsidR="008808A0" w:rsidRPr="00DD0FE5">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="008808A0" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008D0DAA" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="008D0DAA" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Foreign Justification</w:t>
             </w:r>
-            <w:r w:rsidR="00BC44D2" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="00BC44D2" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00BC44D2" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="00BC44D2" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">provide </w:t>
             </w:r>
-            <w:r w:rsidR="00FE2476" w:rsidRPr="00DD0FE5">
+            <w:r w:rsidR="00FE2476" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-            <w:gridSpan w:val="7"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">description </w:t>
+            </w:r>
+            <w:r w:rsidR="002B44C4" w:rsidRPr="0014207D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of special resources</w:t>
+            </w:r>
+            <w:r w:rsidR="00C10B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="002B44C4" w:rsidRPr="0014207D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>characteristics of the project (e.g., human subjects/</w:t>
+            </w:r>
+            <w:r w:rsidR="00C10B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B44C4" w:rsidRPr="0014207D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>animals/disease/equipment/ techniques), including the reasons why the foreign aspects of the proposed project are more appropriate than a domestic setting.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2436CFDE" w14:textId="5C8A539F" w:rsidR="00DC0A64" w:rsidRPr="002B5D23" w:rsidRDefault="00D7501E" w:rsidP="008D0DAA">
             <w:pPr>
               <w:spacing w:before="0" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B5D23">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">If including Foreign Justification, </w:t>
             </w:r>
             <w:r w:rsidR="008D0DAA" w:rsidRPr="002B5D23">
@@ -7290,2346 +7202,2877 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Foreign Justification.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00DD38A7" w14:paraId="426E7096" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10816" w:type="dxa"/>
-            <w:gridSpan w:val="34"/>
+            <w:gridSpan w:val="29"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66F79079" w14:textId="54771C1F" w:rsidR="00D11CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00F06AEA" w:rsidP="00434606">
+          <w:p w14:paraId="66F79079" w14:textId="565717B6" w:rsidR="00D11CE3" w:rsidRPr="00EF6A54" w:rsidRDefault="00F06AEA" w:rsidP="00EF6A54">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>SENIOR/Key Personnel Profile</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="00EF6A54">
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF6A54" w:rsidRPr="00C10B83">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Use either the below “Common Form” Biosketch Checklist </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF6A54" w:rsidRPr="00C10B83">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF6A54" w:rsidRPr="00C10B83">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF6A54" w:rsidRPr="00C10B83">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00EF6A54" w:rsidRPr="00C10B83">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">use former </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidR="00EF6A54" w:rsidRPr="00C10B83">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:caps w:val="0"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>“Old” Biosketch Checklist available here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00EF6A54" w:rsidRPr="00C10B83">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="4C904214" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="4C904214" w14:textId="77777777" w:rsidTr="00C10B83">
         <w:trPr>
-          <w:trHeight w:val="215"/>
+          <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="561DDED4" w14:textId="5BA6C592" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="561DDED4" w14:textId="5BA6C592" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2040470303"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10459" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4601C285" w14:textId="3A9E6D36" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+            <w:tcW w:w="10462" w:type="dxa"/>
+            <w:gridSpan w:val="28"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4601C285" w14:textId="3A9E6D36" w:rsidR="002B5D23" w:rsidRPr="00447E76" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete for all </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:anchor="Senior/KeyPersonnel" w:history="1">
-              <w:r w:rsidRPr="00DD38A7">
+              <w:r w:rsidRPr="00447E76">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Senior/Key Personnel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00DD38A7">
-[...13 lines deleted...]
-              <w:t>PI (Fellow), Sponsors/Co-Sponsors, and Other Significant Contributors (</w:t>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - PI (Fellow), Sponsors/Co-Sponsors, and Other Significant Contributors (</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:anchor="OtherSignificantContributors(OSCs)" w:history="1">
-              <w:r w:rsidRPr="00DD38A7">
+              <w:r w:rsidRPr="00447E76">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:sz w:val="19"/>
-                  <w:szCs w:val="19"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OSCs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="68321571" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="68321571" w14:textId="77777777" w:rsidTr="00C10B83">
         <w:trPr>
-          <w:trHeight w:val="215"/>
+          <w:trHeight w:val="116"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="25514D1E" w14:textId="0381AECC" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25514D1E" w14:textId="0381AECC" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1303538889"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1949" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="1920" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26BADCAC" w14:textId="491E9737" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="338" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B086DA" w14:textId="1A5F1B19" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+          <w:p w14:paraId="69B086DA" w14:textId="1A5F1B19" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-309706817"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3656" w:type="dxa"/>
+            <w:tcW w:w="4034" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F6BADD1" w14:textId="01DBE91C" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Organization Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="360" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="174014EB" w14:textId="75B15AC5" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+            <w:tcW w:w="338" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="174014EB" w14:textId="75B15AC5" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1517190631"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2188" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="1887" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0840B63C" w14:textId="4CDC3971" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Address Fields</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="563" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="359BC11D" w14:textId="0FFE600F" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+          <w:p w14:paraId="359BC11D" w14:textId="0FFE600F" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1609009108"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcW w:w="1382" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FD98E3A" w14:textId="214983D1" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="5D29F443" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="5D29F443" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="05AF9C4A" w14:textId="7F14CD65" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05AF9C4A" w14:textId="7F14CD65" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1686239255"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="530" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4560E30E" w14:textId="75015B9F" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Role </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="711F2BEC" w14:textId="5DA0726E" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="711F2BEC" w14:textId="5DA0726E" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1690376472"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:tcW w:w="1370" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="233FEC01" w14:textId="7BC6F3FC" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>No Co-PD/PI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="338" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="664D98E9" w14:textId="1065DD49" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+          <w:p w14:paraId="664D98E9" w14:textId="1065DD49" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1124695823"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7834" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="31C49236" w14:textId="706A5B47" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+            <w:tcW w:w="7866" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C49236" w14:textId="706A5B47" w:rsidR="002B5D23" w:rsidRPr="00447E76" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The fellow is identified as “PI”; for Sponsor/Co-Sponsor(s) select “Other” and enter “Sponsor” or “Co-Sponsor” into the Other Project Role Category. Identify “Other Significant Contributors” (OSCs) roles as applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="0435C9A5" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="0435C9A5" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="21BB4B14" w14:textId="353BA7DF" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BB4B14" w14:textId="353BA7DF" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1500345632"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2287" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="14C08C9B" w14:textId="77777777" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C08C9B" w14:textId="77777777" w:rsidR="002B5D23" w:rsidRPr="00447E76" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Degree Type and Year of Highest Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="338" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03BDCEB7" w14:textId="26F90930" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+          <w:p w14:paraId="03BDCEB7" w14:textId="26F90930" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="454063530"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7834" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="54776A4C" w14:textId="585D9D17" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+            <w:tcW w:w="7866" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54776A4C" w14:textId="585D9D17" w:rsidR="002B5D23" w:rsidRPr="00447E76" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">eRA Commons ID - </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Required for all listed in Sr/Key Personnel, must match biosketch. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:anchor="orcid.htm%3FTocPath%3D_____29" w:history="1">
-              <w:r w:rsidRPr="00DD38A7">
+              <w:r w:rsidRPr="00447E76">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:iCs/>
-                  <w:sz w:val="19"/>
-                  <w:szCs w:val="19"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Fellow’s ID must be linked to ORCID in eRA Commons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="712F5979" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="0058481B" w:rsidRPr="00DD38A7" w14:paraId="2608A532" w14:textId="77777777" w:rsidTr="00DE360E">
         <w:trPr>
-          <w:trHeight w:val="341"/>
+          <w:trHeight w:val="206"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="354" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F97EBAF" w14:textId="74729CE2" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="068ACC76" w14:textId="1DDF5238" w:rsidR="0058481B" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="0058481B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-2129617588"/>
+                <w:id w:val="237836799"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
+                <w:r w:rsidR="0058481B" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5943" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="10462" w:type="dxa"/>
+            <w:gridSpan w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CAF8023" w14:textId="77777777" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
-[...15 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="5FF3C63B" w14:textId="472A75A0" w:rsidR="0058481B" w:rsidRPr="00DD38A7" w:rsidRDefault="0058481B" w:rsidP="0058481B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Biosketch</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...39 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...159 lines deleted...]
-              </w:numPr>
+              <w:t>Biosketch and Biosketch Supplement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0063505A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+              </w:rPr>
+              <w:t>No page limit</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">: List in </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">required for </w:t>
+            </w:r>
+            <w:r w:rsidR="00105380">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PI (Fellow)/Sponsors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OSCs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ownloaded as </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">doc from SciENcv and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>uploaded as 1 doc in ASSIST</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00105380">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>submitting a proposal due on/before 05/24/26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, you may use either </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF1A93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidR="00BF1A93" w:rsidRPr="00BF1A93">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>SciENcv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00BF1A93" w:rsidRPr="00BF1A93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “NIH Biographical </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF1A93" w:rsidRPr="0063774C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sketch Common </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF1A93" w:rsidRPr="00105380">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Form” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(and Checklist below) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF1A93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you may use the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="00DA22DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>“Old” Biosketch Checklist available here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB3933" w:rsidRPr="00DD38A7" w14:paraId="7930A125" w14:textId="77777777" w:rsidTr="00DE360E">
+        <w:trPr>
+          <w:trHeight w:val="206"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5653" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5889E0" w14:textId="5F9A373E" w:rsidR="00FB3933" w:rsidRPr="00DD38A7" w:rsidRDefault="00FB3933" w:rsidP="00FB3933">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>chronological</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+              <w:t>Biosketch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE4525">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-            <w:tcW w:w="360" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="00890BED">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Instructions Here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5163" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="507500D5" w14:textId="496EE19B" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+          <w:p w14:paraId="69583D32" w14:textId="3A462F53" w:rsidR="00FB3933" w:rsidRPr="00DD38A7" w:rsidRDefault="00FB3933" w:rsidP="00FB3933">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Biosketch Supplement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="00890BED">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Instructions Here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820A9F" w:rsidRPr="00DD38A7" w14:paraId="6D0DE21C" w14:textId="77777777" w:rsidTr="00C10B83">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FABD19E" w14:textId="6A83D191" w:rsidR="00820A9F" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00820A9F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="512268802"/>
+                <w:id w:val="-782807868"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
+                <w:r w:rsidR="00820A9F" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4156" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="10462" w:type="dxa"/>
+            <w:gridSpan w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="563CAFC1" w14:textId="1B05DA71" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+          <w:p w14:paraId="42DB2B03" w14:textId="4AD4C1BE" w:rsidR="00820A9F" w:rsidRPr="00DD38A7" w:rsidRDefault="00820A9F" w:rsidP="00820A9F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Identifying Information, Organization and Location.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Must have </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ORCID ID</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Position Title</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Org &amp; Location</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. ORCID </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be linked to NIH eRA Common</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>MyNCBI</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/SciENcv, and NIH eRA Commons must be linked to </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>MyNCBI</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>/SciENcv.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eRA Commons ID will </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C6367A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">not </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>display on Biosketch.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00967D4B" w:rsidRPr="00DD38A7" w14:paraId="506FCFEE" w14:textId="77777777" w:rsidTr="00C10B83">
+        <w:trPr>
+          <w:trHeight w:val="206"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E5B757" w14:textId="15793AA6" w:rsidR="00967D4B" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00967D4B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...64 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="262580570"/>
+                <w:id w:val="-1041126973"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
+                <w:r w:rsidR="00967D4B" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4156" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE3F616" w14:textId="77777777" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+          <w:p w14:paraId="117B6743" w14:textId="6DC1E712" w:rsidR="00967D4B" w:rsidRPr="00DD38A7" w:rsidRDefault="00967D4B" w:rsidP="00967D4B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Professional Preparation.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> List Education/Training in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reverse chronological order</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by start date. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4635248B" w14:textId="42CA95A6" w:rsidR="00967D4B" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00967D4B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
-[...222 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1550569697"/>
+                <w:id w:val="-1340229872"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
+                <w:r w:rsidR="00967D4B" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="0A8DF255" w14:textId="14AA17F3" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B75CCB" w14:textId="70DBE1BC" w:rsidR="00967D4B" w:rsidRPr="00DD38A7" w:rsidRDefault="00967D4B" w:rsidP="00967D4B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:jc w:val="both"/>
-[...22 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
-                <w:color w:val="auto"/>
-[...141 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Personal Statement.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3,500-character limit. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">escribe why </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>person</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is well-suited for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">their </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">role/s in this project. May detail ongoing/completed research projects from past 3 years. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="4F6733CE" w14:textId="77777777" w:rsidTr="002B5D23">
+      <w:tr w:rsidR="00AB55D6" w:rsidRPr="00DD38A7" w14:paraId="3C929EEC" w14:textId="77777777" w:rsidTr="00C10B83">
         <w:trPr>
-          <w:trHeight w:val="322"/>
+          <w:trHeight w:val="206"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
-[...61 lines deleted...]
-            <w:tcW w:w="360" w:type="dxa"/>
+            <w:tcW w:w="354" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2189C9C7" w14:textId="13C0D7CF" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="004C0443" w:rsidP="002B5D23">
+          <w:p w14:paraId="52402D53" w14:textId="3940902E" w:rsidR="00AB55D6" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00DE360E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-1651135243"/>
+                <w:id w:val="-125857949"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
+                <w:r w:rsidR="00AB55D6" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4156" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D7A62A8" w14:textId="3E9BDC90" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+          <w:p w14:paraId="630C7C06" w14:textId="0A7D2B23" w:rsidR="00AB55D6" w:rsidRPr="00DD38A7" w:rsidRDefault="00AB55D6" w:rsidP="00DE360E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B. Appointments and Positions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. List all academic, professional, or institutional appointments and positions in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reverse chronological order</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by start date. Appointments outside of the primary org must be identified for a period of up to 3 years from date of proposal submission. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FEE5CB" w14:textId="2C807A27" w:rsidR="00AB55D6" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00DE360E">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
-[...145 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-876922118"/>
+                <w:id w:val="-1006433082"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002B5D23" w:rsidRPr="00DD38A7">
+                <w:r w:rsidR="00AB55D6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0317A146" w14:textId="25E9F963" w:rsidR="00AB55D6" w:rsidRPr="00DD38A7" w:rsidRDefault="00AB55D6" w:rsidP="00DE360E">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B. Honors</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>. 15-entry limit. List any relevant academic and professional achievements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">honors. Clinicians should include info on any clinical licensures </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> specialty board certs that they</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ve achieved.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A7574E" w:rsidRPr="00DD38A7" w14:paraId="65A53E9E" w14:textId="77777777" w:rsidTr="00C10B83">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="553D93F5" w14:textId="77777777" w:rsidR="00A7574E" w:rsidRPr="00DD38A7" w:rsidRDefault="00A7574E" w:rsidP="00DF156F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5791E375" w14:textId="77777777" w:rsidR="00A7574E" w:rsidRPr="00DD38A7" w:rsidRDefault="00A7574E" w:rsidP="00DF156F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CFF19F" w14:textId="20A3AA64" w:rsidR="00A7574E" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00DF156F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="188803471"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A7574E" w:rsidRPr="00FB59D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DB49A6" w14:textId="1E49C102" w:rsidR="00A7574E" w:rsidRPr="00DD38A7" w:rsidRDefault="00A7574E" w:rsidP="00DF156F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C. Contributions to Science.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2,000-character limit. Describe up to 5 most significant contributions to science. Enter “N/A” in text field if no contributions. PI may </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00211A87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reference</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> up to 5 products from the Biosketch’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Other Significant Products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> section that are relevant. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do not provide </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F0232">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>citations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the NIH Biosketch Supplement.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Descriptions of contributions may mention research products under-development such as not-accepted manuscripts. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A7574E" w:rsidRPr="00DD38A7" w14:paraId="78A73F71" w14:textId="77777777" w:rsidTr="00E6489E">
+        <w:trPr>
+          <w:trHeight w:val="206"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A503C26" w14:textId="24346421" w:rsidR="00A7574E" w:rsidRDefault="009F556D" w:rsidP="00A7574E">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-559545746"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A7574E" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5583" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3872D623" w14:textId="77777777" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+          <w:p w14:paraId="66D0224B" w14:textId="7D2A9D84" w:rsidR="00A7574E" w:rsidRPr="00FB59D3" w:rsidRDefault="00A7574E" w:rsidP="00A7574E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:rPr>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> order.</w:t>
+              <w:t>C. Products.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> List up to 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Closely Related Products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and up to 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Other Significant Products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that highlight Contribution to Science.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Citations may include SciENcv-generated hyperlinks (URL/PMID/PMCID).  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68D01CE9" w14:textId="77777777" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+          <w:p w14:paraId="59C07907" w14:textId="77777777" w:rsidR="00A7574E" w:rsidRPr="00FB59D3" w:rsidRDefault="00A7574E" w:rsidP="00A7574E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33204942" w14:textId="699DD3B8" w:rsidR="00A7574E" w:rsidRPr="00FB59D3" w:rsidRDefault="00A7574E" w:rsidP="00A7574E">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A61CB1" w:rsidRPr="00DD38A7" w14:paraId="24595C2F" w14:textId="77777777" w:rsidTr="00AB55D6">
+        <w:trPr>
+          <w:trHeight w:val="206"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBA52BD" w14:textId="0511E7AE" w:rsidR="00A61CB1" w:rsidRPr="00DD38A7" w:rsidRDefault="009F556D" w:rsidP="00A61CB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            </w:tcBorders>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="794256702"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A61CB1" w:rsidRPr="00FB59D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10462" w:type="dxa"/>
+            <w:gridSpan w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA28779" w14:textId="3441EC82" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+          <w:p w14:paraId="37326BAB" w14:textId="758E7209" w:rsidR="00A61CB1" w:rsidRPr="00DD38A7" w:rsidRDefault="00A61CB1" w:rsidP="00A61CB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
+                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D. Certifications.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Each Senior/Key Person</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and OSC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is required to complete the following certifications in their Bio: Information is Current, Accurate, and Complete; Not a party to malign foreign talent recruitment program; Misrepresentations/omissions subject to prosecution/liability. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Date of signature must be within past 12 months.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="317AB3BD" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10816" w:type="dxa"/>
-            <w:gridSpan w:val="34"/>
+            <w:gridSpan w:val="29"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A2CC0B" w14:textId="70512C5D" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
+          <w:p w14:paraId="65A2CC0B" w14:textId="70512C5D" w:rsidR="002B5D23" w:rsidRPr="00447E76" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD38A7">
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Other Support not required unless specified by FOA. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w14:paraId="36BF5ACB" w14:textId="77777777" w:rsidTr="002B5D23">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1769143224"/>
             <w:placeholder>
               <w:docPart w:val="E61400E2907F4943820FF67788D968CD"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="10816" w:type="dxa"/>
-                <w:gridSpan w:val="34"/>
+                <w:gridSpan w:val="29"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="554AEEFE" w14:textId="427F443E" w:rsidR="002B5D23" w:rsidRPr="00DD38A7" w:rsidRDefault="002B5D23" w:rsidP="002B5D23">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:i/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:u w:val="single"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Click here to enter comments if needed.</w:t>
                 </w:r>
               </w:p>
@@ -9671,51 +10114,51 @@
         <w:gridCol w:w="3400"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="2160"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="2514"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00DD38A7" w14:paraId="5A6CEA0F" w14:textId="77777777" w:rsidTr="000F70EB">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="444D095C" w14:textId="75849C65" w:rsidR="00D268BE" w:rsidRPr="00DD38A7" w:rsidRDefault="00203E05" w:rsidP="00D268BE">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS Fellowship Supplemental Form</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A24968" w:rsidRPr="00DD38A7" w14:paraId="55A51340" w14:textId="77777777" w:rsidTr="00AC00C3">
         <w:trPr>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1238826407"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
@@ -9927,51 +10370,51 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Candidate Section</w:t>
             </w:r>
             <w:r w:rsidR="0083150F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:anchor="Fellowship" w:history="1">
+            <w:hyperlink r:id="rId44" w:anchor="Fellowship" w:history="1">
               <w:r w:rsidR="0083150F" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Review detailed</w:t>
               </w:r>
               <w:r w:rsidR="00C82BBE" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> document</w:t>
               </w:r>
               <w:r w:rsidR="0083150F" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
@@ -10292,51 +10735,51 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Research Training Plan</w:t>
             </w:r>
             <w:r w:rsidR="008D1A9A" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:anchor="Research" w:history="1">
+            <w:hyperlink r:id="rId45" w:anchor="Research" w:history="1">
               <w:r w:rsidR="008D1A9A" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review detailed </w:t>
               </w:r>
               <w:r w:rsidR="00C82BBE" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">document </w:t>
               </w:r>
               <w:r w:rsidR="008D1A9A" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
@@ -11368,51 +11811,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Commitment To Candidate, Mentoring And Training Environment </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:anchor="Sponsor" w:history="1">
+            <w:hyperlink r:id="rId46" w:anchor="Sponsor" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review </w:t>
               </w:r>
               <w:r w:rsidR="00C82BBE" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">doc </w:t>
               </w:r>
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
@@ -11755,51 +12198,51 @@
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="0025623C" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="0025623C" w:rsidRPr="00D7265F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Letters of Support from Collaborators, Contributors, and Consultants</w:t>
             </w:r>
             <w:r w:rsidR="0025623C" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 6 page limit (combined); all letters of support in single PDF document; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:anchor="electronicsignatures" w:history="1">
+            <w:hyperlink r:id="rId47" w:anchor="electronicsignatures" w:history="1">
               <w:r w:rsidR="0025623C" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>electronic signatures must be flattened</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0025623C" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. Include Letters for </w:t>
             </w:r>
             <w:r w:rsidR="00F42E7D" w:rsidRPr="00F42E7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Collaborators</w:t>
             </w:r>
             <w:r w:rsidR="00F42E7D">
               <w:rPr>
@@ -12074,51 +12517,51 @@
               </w:rPr>
               <w:t>Other Research Training Plan</w:t>
             </w:r>
             <w:r w:rsidR="00E069E3" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Section</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:anchor="Other" w:history="1">
+            <w:hyperlink r:id="rId48" w:anchor="Other" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Review detailed</w:t>
               </w:r>
               <w:r w:rsidR="00C82BBE" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> document</w:t>
               </w:r>
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
@@ -12351,67 +12794,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00A40A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vertebrate Animals</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - Required if Animal research; no page limit; Provide sections: 1. Description of Procedures, 2. Justifications (for use), </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> of Pain and Distress</w:t>
+              <w:t xml:space="preserve"> - Required if Animal research; no page limit; Provide sections: 1. Description of Procedures, 2. Justifications (for use), 3.Minimization of Pain and Distress</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B2632B5" w14:textId="7059A91B" w:rsidR="0025623C" w:rsidRPr="00DD38A7" w:rsidRDefault="0025623C" w:rsidP="0025623C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="136"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
@@ -12533,51 +12960,51 @@
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00A40A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Select Agent Research</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">* - Required if </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>activities involve use of select agents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; no page limit; should identify select agents, registration status, &amp; description of facilities to use select agents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -13201,51 +13628,51 @@
           </w:tcPr>
           <w:p w14:paraId="6BBC1516" w14:textId="457A8924" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Additional Information Section – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:anchor="Addtional" w:history="1">
+            <w:hyperlink r:id="rId50" w:anchor="Addtional" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review detailed </w:t>
               </w:r>
               <w:r w:rsidR="00C82BBE" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">document </w:t>
               </w:r>
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
@@ -14490,51 +14917,51 @@
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10414" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E5E0CA1" w14:textId="6F4321FF" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
+          <w:p w14:paraId="2E5E0CA1" w14:textId="690D376C" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="136" w:hanging="136"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="001118E0" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
@@ -14546,107 +14973,122 @@
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC00C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Childcare Costs</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
-              <w:t>Choose “None Requested” or “Funds Requested”. If requesting funds, then list by year the amount of childcare costs requested, up to $2500/year for childcare costs provided by licensed childcare provider for children up to 13 (or 18 if disabled).</w:t>
+              <w:t>Choose “None Requested” or “Funds Requested”. If requesting funds, then list by year the amount of childcare costs requested, up to $</w:t>
+            </w:r>
+            <w:r w:rsidR="009F556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD38A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>00/year for childcare costs provided by licensed childcare provider for children up to 13 (or 18 if disabled).</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w14:paraId="390E1AFC" w14:textId="77777777" w:rsidTr="00CD3077">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C3BB150" w14:textId="392B4EB3" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Senior Fellowship Applicants Only:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w14:paraId="637ABE35" w14:textId="77777777" w:rsidTr="00CD3077">
+      <w:tr w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w14:paraId="637ABE35" w14:textId="77777777" w:rsidTr="00447E76">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-638957213"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="380" w:type="dxa"/>
                 <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0EC29265" w14:textId="0F8C9020" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
                 <w:pPr>
@@ -14657,51 +15099,51 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10414" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE69FF1" w14:textId="77777777" w:rsidR="00B45CE3" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
+          <w:p w14:paraId="2B68831D" w14:textId="29FBFAD5" w:rsidR="00D4249F" w:rsidRPr="00447E76" w:rsidRDefault="00B45CE3" w:rsidP="00447E76">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="001118E0" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
@@ -14726,63 +15168,55 @@
                 <w:b/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>only</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">for senior fellowships. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B68831D" w14:textId="20D2115F" w:rsidR="00D4249F" w:rsidRPr="00D4249F" w:rsidRDefault="00D4249F" w:rsidP="00D4249F">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w14:paraId="217F008B" w14:textId="77777777" w:rsidTr="005772E5">
+      <w:tr w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w14:paraId="217F008B" w14:textId="77777777" w:rsidTr="00447E76">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:trHeight w:val="71"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1297953679"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="380" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
@@ -14959,51 +15393,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">29. </w:t>
             </w:r>
             <w:r w:rsidR="00B45CE3" w:rsidRPr="00AC00C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Appendix</w:t>
             </w:r>
             <w:r w:rsidR="00B45CE3" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - FOA will specify if any appendix instructions; review </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidR="00B45CE3" w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Appendix Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3054" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C7AA9ED" w14:textId="1C8F0887" w:rsidR="00B45CE3" w:rsidRPr="00DD38A7" w:rsidRDefault="00B45CE3" w:rsidP="00B45CE3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -15067,51 +15501,51 @@
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="1270"/>
         <w:gridCol w:w="1815"/>
         <w:gridCol w:w="1499"/>
       </w:tblGrid>
       <w:tr w:rsidR="00790CEC" w:rsidRPr="00DD38A7" w14:paraId="517EBBB8" w14:textId="77777777" w:rsidTr="001F0DE9">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="4CB1866C" w14:textId="383F2317" w:rsidR="00790CEC" w:rsidRPr="00DD38A7" w:rsidRDefault="009E5AF7" w:rsidP="00903573">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS Human Subjects and Clinical Trials Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00790CEC" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00903573" w:rsidRPr="00DD38A7" w14:paraId="01D2138C" w14:textId="77777777" w:rsidTr="00766E94">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
@@ -15312,51 +15746,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or not</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="004A51FD" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>use</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Research Involving Private Information or Biological Specimens flowchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008C702F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008C702F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
@@ -15428,67 +15862,65 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10154" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59278126" w14:textId="1B05CF03" w:rsidR="00903573" w:rsidRPr="00DD38A7" w:rsidRDefault="00903573" w:rsidP="00903573">
+          <w:p w14:paraId="59278126" w14:textId="1B05CF03" w:rsidR="00903573" w:rsidRPr="00447E76" w:rsidRDefault="00903573" w:rsidP="00903573">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Explanation for Use of Human Specimens and/or Data not considered to be Human Subjects Research</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00903573" w:rsidRPr="00DD38A7" w14:paraId="07370EA5" w14:textId="77777777" w:rsidTr="00CD3077">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1931188574"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
@@ -15509,158 +15941,139 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10514" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F70D8B9" w14:textId="1668A73A" w:rsidR="00903573" w:rsidRPr="00DD38A7" w:rsidRDefault="005366CD" w:rsidP="00790CEC">
+          <w:p w14:paraId="5F70D8B9" w14:textId="1668A73A" w:rsidR="00903573" w:rsidRPr="00447E76" w:rsidRDefault="005366CD" w:rsidP="00790CEC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Human Subjects (HS) Study Record</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
+            <w:r w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
-            <w:r w:rsidR="00790CEC" w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidR="00790CEC" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Required for all HS-research proposals; p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lease send the HS Study Record to the PI for PI to complete and upload all necessary documents</w:t>
             </w:r>
-            <w:r w:rsidR="00790CEC" w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidR="00790CEC" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> as</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> this </w:t>
             </w:r>
-            <w:r w:rsidR="00790CEC" w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidR="00790CEC" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>minimizes errors/i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ssues</w:t>
             </w:r>
-            <w:r w:rsidR="00685182" w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidR="00685182" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00685182" w:rsidRPr="00DD38A7">
+            <w:r w:rsidR="00685182" w:rsidRPr="00447E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="17"/>
-                <w:szCs w:val="17"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:r w:rsidR="00685182" w:rsidRPr="00DD38A7">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidR="00685182" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have PI complete directly in ASSIST record. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B571E" w:rsidRPr="00DD38A7" w14:paraId="661D3DEC" w14:textId="77777777" w:rsidTr="0075792A">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AF4D082" w14:textId="77777777" w:rsidR="003B571E" w:rsidRPr="00DD38A7" w:rsidRDefault="003B571E" w:rsidP="00903573">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -15711,55 +16124,54 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5120" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="542EB9FE" w14:textId="57368CCF" w:rsidR="003B571E" w:rsidRPr="00DD38A7" w:rsidRDefault="003B571E" w:rsidP="003B571E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>File Names under 50 characters in length</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="442509118"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
@@ -15787,55 +16199,54 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4584" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CEFC9CC" w14:textId="39B861CA" w:rsidR="003B571E" w:rsidRPr="00DD38A7" w:rsidRDefault="00132B8B" w:rsidP="00790CEC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD38A7">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Study titles under 600 characters in length</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006833BC" w:rsidRPr="00DD38A7" w14:paraId="5E12270F" w14:textId="77777777" w:rsidTr="0075792A">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="085EFC6B" w14:textId="77777777" w:rsidR="006833BC" w:rsidRPr="00DD38A7" w:rsidRDefault="006833BC" w:rsidP="006833BC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
@@ -15875,67 +16286,65 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DD38A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10154" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7FE21B" w14:textId="36EBBF0F" w:rsidR="006833BC" w:rsidRPr="00DD38A7" w:rsidRDefault="006833BC" w:rsidP="006833BC">
+          <w:p w14:paraId="6D7FE21B" w14:textId="36EBBF0F" w:rsidR="006833BC" w:rsidRPr="00447E76" w:rsidRDefault="006833BC" w:rsidP="006833BC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prior to uploading Study Record into ASSIST HS page, select the “Check Form for Errors” button</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075792A" w:rsidRPr="00DD38A7" w14:paraId="4EB5E5BD" w14:textId="77777777" w:rsidTr="00766E94">
         <w:trPr>
           <w:trHeight w:val="989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="527DF919" w14:textId="1DE4C0CD" w:rsidR="0075792A" w:rsidRPr="00DD38A7" w:rsidRDefault="0075792A" w:rsidP="007C546F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="90"/>
               <w:rPr>
@@ -16024,51 +16433,51 @@
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rial</w:t>
             </w:r>
             <w:r w:rsidR="00970D4B" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (CT)</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="00DD38A7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>FAQs on Clinical Trial-specific FOAs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00E6570F" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00970D4B" w:rsidRPr="00DD38A7">
@@ -16093,67 +16502,51 @@
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B50B0E6" w14:textId="39B7B325" w:rsidR="0075792A" w:rsidRPr="00DD38A7" w:rsidRDefault="0075792A" w:rsidP="004A27C9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIs are encouraged </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> group studies that use the same HS population &amp; same research protocols into one Study Record; if more than one study, separate Study Records will need to be uploaded </w:t>
+              <w:t xml:space="preserve">PIs are encouraged to group studies that use the same HS population &amp; same research protocols into one Study Record; if more than one study, separate Study Records will need to be uploaded </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05EF7706" w14:textId="77FAB07E" w:rsidR="0075792A" w:rsidRPr="00DD38A7" w:rsidRDefault="0075792A" w:rsidP="004A27C9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ensure FOA matches HS requirements</w:t>
@@ -19425,53 +19818,53 @@
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ies</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) - Include if HS research, but cannot describe the s</w:t>
             </w:r>
             <w:r w:rsidR="003C6FE0" w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tudy at the time of application</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00970D4B" w:rsidRPr="00D03163" w14:paraId="401F2C0A" w14:textId="28A1EE95" w:rsidTr="00766E94">
+      <w:tr w:rsidR="00970D4B" w:rsidRPr="00D03163" w14:paraId="401F2C0A" w14:textId="28A1EE95" w:rsidTr="00447E76">
         <w:trPr>
-          <w:trHeight w:val="566"/>
+          <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C8B746D" w14:textId="30C190FC" w:rsidR="00970D4B" w:rsidRPr="00DD38A7" w:rsidRDefault="00970D4B" w:rsidP="00970D4B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
@@ -19670,70 +20063,65 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34A6BC98" w14:textId="649D5187" w:rsidR="00970D4B" w:rsidRPr="003C6FE0" w:rsidRDefault="00970D4B" w:rsidP="00970D4B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD38A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Delayed Onset Study Justification - Info for a delayed onset study is not available at the time of proposal, so no full Study Record allowed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05DC209C" w14:textId="68DBC54E" w:rsidR="007723D7" w:rsidRPr="007723D7" w:rsidRDefault="007723D7" w:rsidP="00CD3077">
+    <w:p w14:paraId="05DC209C" w14:textId="30345978" w:rsidR="007723D7" w:rsidRPr="00447E76" w:rsidRDefault="007723D7" w:rsidP="00CD3077">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9330"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:sz w:val="8"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007723D7" w:rsidRPr="007723D7" w:rsidSect="00E10190">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId58"/>
+    <w:sectPr w:rsidR="007723D7" w:rsidRPr="00447E76" w:rsidSect="00E10190">
+      <w:headerReference w:type="default" r:id="rId55"/>
+      <w:footerReference w:type="default" r:id="rId56"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="288" w:right="720" w:bottom="360" w:left="720" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2715681F" w14:textId="77777777" w:rsidR="00722090" w:rsidRDefault="00722090">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1D7DE8E6" w14:textId="77777777" w:rsidR="00722090" w:rsidRDefault="00722090">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -19791,63 +20179,56 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings 2">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3157EF82" w14:textId="44AEBF02" w:rsidR="00071DC3" w:rsidRPr="00071DC3" w:rsidRDefault="00957A2F" w:rsidP="00AB159E">
+  <w:p w14:paraId="3157EF82" w14:textId="0D277D3B" w:rsidR="00071DC3" w:rsidRPr="00071DC3" w:rsidRDefault="00957A2F" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">* INDICATES DOCUMENT/SECTION IS REQUIRED </w:t>
     </w:r>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="single"/>
       </w:rPr>
@@ -19879,65 +20260,57 @@
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> NIH </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>NRSA Fellowship</w:t>
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> Review Checklist </w:t>
     </w:r>
-    <w:r w:rsidR="0099648E">
+    <w:r w:rsidR="00E52050">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
-      <w:t>11</w:t>
-[...7 lines deleted...]
-      <w:t>25</w:t>
+      <w:t>0326</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="66B2363C" w14:textId="7B719B15" w:rsidR="00957A2F" w:rsidRPr="00B938AB" w:rsidRDefault="00957A2F" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
@@ -21132,143 +21505,148 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1419868224">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="744840176">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="66154671">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1100681295">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="814951303">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="496649223">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="7F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0028228C"/>
     <w:rsid w:val="000006EB"/>
     <w:rsid w:val="000013B5"/>
+    <w:rsid w:val="000027F7"/>
     <w:rsid w:val="00004228"/>
     <w:rsid w:val="00004C76"/>
     <w:rsid w:val="000060FA"/>
     <w:rsid w:val="0001718C"/>
     <w:rsid w:val="00034557"/>
     <w:rsid w:val="0003716E"/>
     <w:rsid w:val="000372F2"/>
+    <w:rsid w:val="000448CD"/>
     <w:rsid w:val="00053162"/>
     <w:rsid w:val="00055625"/>
     <w:rsid w:val="00055918"/>
     <w:rsid w:val="00062C5B"/>
     <w:rsid w:val="00064C64"/>
     <w:rsid w:val="00071A69"/>
     <w:rsid w:val="00071DC3"/>
     <w:rsid w:val="00080433"/>
     <w:rsid w:val="00082F86"/>
     <w:rsid w:val="00083477"/>
     <w:rsid w:val="00086801"/>
     <w:rsid w:val="00086C63"/>
     <w:rsid w:val="00090054"/>
     <w:rsid w:val="0009315D"/>
     <w:rsid w:val="00094979"/>
     <w:rsid w:val="000A33D2"/>
     <w:rsid w:val="000A5CC5"/>
     <w:rsid w:val="000A7C87"/>
     <w:rsid w:val="000B0466"/>
     <w:rsid w:val="000B22A8"/>
     <w:rsid w:val="000B3BB6"/>
     <w:rsid w:val="000B4F98"/>
     <w:rsid w:val="000B6755"/>
     <w:rsid w:val="000B78F8"/>
     <w:rsid w:val="000C050F"/>
     <w:rsid w:val="000C3A48"/>
     <w:rsid w:val="000C616C"/>
     <w:rsid w:val="000D0D12"/>
     <w:rsid w:val="000D1FEF"/>
     <w:rsid w:val="000D4FDE"/>
     <w:rsid w:val="000D7D67"/>
+    <w:rsid w:val="000E1C33"/>
     <w:rsid w:val="000E275A"/>
     <w:rsid w:val="000E3DF8"/>
     <w:rsid w:val="000F24C0"/>
     <w:rsid w:val="000F30A1"/>
     <w:rsid w:val="000F3B2D"/>
     <w:rsid w:val="000F3D9A"/>
     <w:rsid w:val="000F70EB"/>
     <w:rsid w:val="000F7496"/>
     <w:rsid w:val="001001B1"/>
     <w:rsid w:val="001003E1"/>
     <w:rsid w:val="00104368"/>
     <w:rsid w:val="001049DC"/>
+    <w:rsid w:val="00105380"/>
     <w:rsid w:val="00106058"/>
     <w:rsid w:val="00106C30"/>
     <w:rsid w:val="0010716C"/>
     <w:rsid w:val="001118E0"/>
     <w:rsid w:val="00116E89"/>
     <w:rsid w:val="00120762"/>
     <w:rsid w:val="001241B4"/>
     <w:rsid w:val="00125CCB"/>
     <w:rsid w:val="001262C4"/>
     <w:rsid w:val="001275E7"/>
     <w:rsid w:val="00132B8B"/>
     <w:rsid w:val="0013454A"/>
     <w:rsid w:val="00137DF3"/>
+    <w:rsid w:val="0014207D"/>
     <w:rsid w:val="00143209"/>
     <w:rsid w:val="00143F42"/>
     <w:rsid w:val="00157CA0"/>
     <w:rsid w:val="00161A49"/>
     <w:rsid w:val="00162D9D"/>
     <w:rsid w:val="00166567"/>
     <w:rsid w:val="00172448"/>
     <w:rsid w:val="00173622"/>
     <w:rsid w:val="0017529E"/>
     <w:rsid w:val="0018088F"/>
     <w:rsid w:val="001851C4"/>
     <w:rsid w:val="001853B6"/>
     <w:rsid w:val="00185888"/>
     <w:rsid w:val="00192DDC"/>
     <w:rsid w:val="00197619"/>
     <w:rsid w:val="001A67A7"/>
     <w:rsid w:val="001B45B4"/>
     <w:rsid w:val="001B5C06"/>
     <w:rsid w:val="001C41AE"/>
     <w:rsid w:val="001D00D4"/>
     <w:rsid w:val="001D1FC4"/>
     <w:rsid w:val="001E3406"/>
     <w:rsid w:val="001E75A7"/>
     <w:rsid w:val="001F0DE9"/>
     <w:rsid w:val="001F2E7A"/>
@@ -21281,55 +21659,57 @@
     <w:rsid w:val="002170CA"/>
     <w:rsid w:val="002219F2"/>
     <w:rsid w:val="002318FF"/>
     <w:rsid w:val="00231934"/>
     <w:rsid w:val="00234227"/>
     <w:rsid w:val="002414F8"/>
     <w:rsid w:val="0024335B"/>
     <w:rsid w:val="0024742A"/>
     <w:rsid w:val="00252A40"/>
     <w:rsid w:val="0025623C"/>
     <w:rsid w:val="00256865"/>
     <w:rsid w:val="00267DF9"/>
     <w:rsid w:val="002753A8"/>
     <w:rsid w:val="00282030"/>
     <w:rsid w:val="0028228C"/>
     <w:rsid w:val="00286930"/>
     <w:rsid w:val="002906E7"/>
     <w:rsid w:val="00291EDC"/>
     <w:rsid w:val="00294CE2"/>
     <w:rsid w:val="00297D81"/>
     <w:rsid w:val="002A1754"/>
     <w:rsid w:val="002A3F76"/>
     <w:rsid w:val="002A5DB3"/>
     <w:rsid w:val="002B280C"/>
     <w:rsid w:val="002B3AB2"/>
+    <w:rsid w:val="002B44C4"/>
     <w:rsid w:val="002B5D23"/>
     <w:rsid w:val="002C1E28"/>
     <w:rsid w:val="002C2CBE"/>
     <w:rsid w:val="002D27FD"/>
     <w:rsid w:val="002D3DE6"/>
+    <w:rsid w:val="002D58F5"/>
     <w:rsid w:val="002D5E69"/>
     <w:rsid w:val="002E3389"/>
     <w:rsid w:val="002E4A78"/>
     <w:rsid w:val="002F397D"/>
     <w:rsid w:val="002F5F04"/>
     <w:rsid w:val="002F6283"/>
     <w:rsid w:val="00301F9B"/>
     <w:rsid w:val="003119FB"/>
     <w:rsid w:val="00311B83"/>
     <w:rsid w:val="0031256D"/>
     <w:rsid w:val="00315BF0"/>
     <w:rsid w:val="003165FE"/>
     <w:rsid w:val="00320630"/>
     <w:rsid w:val="00341F25"/>
     <w:rsid w:val="00342E79"/>
     <w:rsid w:val="003437A6"/>
     <w:rsid w:val="003444D6"/>
     <w:rsid w:val="0034508C"/>
     <w:rsid w:val="00350EA8"/>
     <w:rsid w:val="003519EE"/>
     <w:rsid w:val="00354FD9"/>
     <w:rsid w:val="00355DED"/>
     <w:rsid w:val="00357548"/>
     <w:rsid w:val="003618B9"/>
     <w:rsid w:val="0036296D"/>
@@ -21343,144 +21723,154 @@
     <w:rsid w:val="00395DB6"/>
     <w:rsid w:val="003978D2"/>
     <w:rsid w:val="003A1BC2"/>
     <w:rsid w:val="003B571E"/>
     <w:rsid w:val="003B65A4"/>
     <w:rsid w:val="003B75E9"/>
     <w:rsid w:val="003C6FE0"/>
     <w:rsid w:val="003E0B9C"/>
     <w:rsid w:val="003E2DD8"/>
     <w:rsid w:val="003F04D9"/>
     <w:rsid w:val="003F149C"/>
     <w:rsid w:val="003F66DD"/>
     <w:rsid w:val="003F71DC"/>
     <w:rsid w:val="00403294"/>
     <w:rsid w:val="00407240"/>
     <w:rsid w:val="0041607A"/>
     <w:rsid w:val="00416AB7"/>
     <w:rsid w:val="00416B05"/>
     <w:rsid w:val="0042633B"/>
     <w:rsid w:val="004265D7"/>
     <w:rsid w:val="0042666E"/>
     <w:rsid w:val="0043454D"/>
     <w:rsid w:val="00434606"/>
     <w:rsid w:val="00434F6C"/>
     <w:rsid w:val="00435118"/>
+    <w:rsid w:val="0043573B"/>
     <w:rsid w:val="004379BA"/>
+    <w:rsid w:val="00447E76"/>
     <w:rsid w:val="00454615"/>
     <w:rsid w:val="004567F4"/>
     <w:rsid w:val="00464875"/>
     <w:rsid w:val="00474829"/>
     <w:rsid w:val="00477275"/>
     <w:rsid w:val="00477804"/>
     <w:rsid w:val="0048031C"/>
     <w:rsid w:val="00480D99"/>
     <w:rsid w:val="004841FA"/>
     <w:rsid w:val="00490092"/>
     <w:rsid w:val="00490273"/>
     <w:rsid w:val="00493A96"/>
     <w:rsid w:val="00496550"/>
     <w:rsid w:val="004A27C9"/>
     <w:rsid w:val="004A2DED"/>
     <w:rsid w:val="004A2EBD"/>
     <w:rsid w:val="004A51FD"/>
     <w:rsid w:val="004B0AE9"/>
     <w:rsid w:val="004B1804"/>
+    <w:rsid w:val="004B445D"/>
     <w:rsid w:val="004B525B"/>
     <w:rsid w:val="004C0443"/>
     <w:rsid w:val="004C0A9C"/>
     <w:rsid w:val="004C1488"/>
+    <w:rsid w:val="004C7FCE"/>
     <w:rsid w:val="004D1DF8"/>
     <w:rsid w:val="004D2ED9"/>
     <w:rsid w:val="004D6146"/>
     <w:rsid w:val="004E1F75"/>
     <w:rsid w:val="004E3E5B"/>
     <w:rsid w:val="004E3EAF"/>
     <w:rsid w:val="004E6E89"/>
     <w:rsid w:val="004F1379"/>
     <w:rsid w:val="004F13CB"/>
     <w:rsid w:val="004F5FCA"/>
     <w:rsid w:val="004F797C"/>
     <w:rsid w:val="00502D3B"/>
     <w:rsid w:val="005051DC"/>
     <w:rsid w:val="005074B7"/>
     <w:rsid w:val="00511C0F"/>
+    <w:rsid w:val="00513979"/>
     <w:rsid w:val="00515A7A"/>
     <w:rsid w:val="00516B9E"/>
     <w:rsid w:val="005174C7"/>
     <w:rsid w:val="00522532"/>
     <w:rsid w:val="005236C9"/>
     <w:rsid w:val="00523E5B"/>
     <w:rsid w:val="00536173"/>
     <w:rsid w:val="005366CD"/>
     <w:rsid w:val="00541C86"/>
     <w:rsid w:val="00543799"/>
     <w:rsid w:val="0054494D"/>
     <w:rsid w:val="00545075"/>
     <w:rsid w:val="0055342A"/>
     <w:rsid w:val="00553D66"/>
     <w:rsid w:val="00555EE1"/>
     <w:rsid w:val="00560949"/>
     <w:rsid w:val="005664D1"/>
     <w:rsid w:val="0056783A"/>
     <w:rsid w:val="005772E5"/>
     <w:rsid w:val="00581A1A"/>
     <w:rsid w:val="0058352E"/>
+    <w:rsid w:val="0058481B"/>
     <w:rsid w:val="00584FDC"/>
     <w:rsid w:val="00590A5C"/>
     <w:rsid w:val="005913B7"/>
     <w:rsid w:val="00594461"/>
+    <w:rsid w:val="005A77EB"/>
     <w:rsid w:val="005B32B7"/>
     <w:rsid w:val="005B43AF"/>
+    <w:rsid w:val="005B4DAE"/>
     <w:rsid w:val="005B5D0A"/>
     <w:rsid w:val="005B6602"/>
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005C4624"/>
     <w:rsid w:val="005C7B53"/>
     <w:rsid w:val="005D2534"/>
     <w:rsid w:val="005D6714"/>
     <w:rsid w:val="005E29C8"/>
     <w:rsid w:val="005E2C26"/>
     <w:rsid w:val="005E4026"/>
     <w:rsid w:val="005E516B"/>
     <w:rsid w:val="005F21A2"/>
     <w:rsid w:val="005F39B9"/>
     <w:rsid w:val="005F5153"/>
+    <w:rsid w:val="005F5F93"/>
     <w:rsid w:val="0060083F"/>
     <w:rsid w:val="00604E3A"/>
     <w:rsid w:val="00607035"/>
     <w:rsid w:val="00607BCE"/>
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="0061397A"/>
     <w:rsid w:val="00614384"/>
     <w:rsid w:val="00615574"/>
     <w:rsid w:val="006205BC"/>
     <w:rsid w:val="00622A27"/>
     <w:rsid w:val="006238C8"/>
     <w:rsid w:val="00626FB6"/>
     <w:rsid w:val="006277FD"/>
+    <w:rsid w:val="0064182A"/>
     <w:rsid w:val="00643BDC"/>
     <w:rsid w:val="00645F34"/>
     <w:rsid w:val="0064793D"/>
     <w:rsid w:val="00647C76"/>
     <w:rsid w:val="00650A5F"/>
     <w:rsid w:val="00653A40"/>
     <w:rsid w:val="006648D0"/>
     <w:rsid w:val="00666719"/>
     <w:rsid w:val="006679C3"/>
     <w:rsid w:val="006736CB"/>
     <w:rsid w:val="00674FB6"/>
     <w:rsid w:val="006750DA"/>
     <w:rsid w:val="0068107B"/>
     <w:rsid w:val="006833BC"/>
     <w:rsid w:val="00685182"/>
     <w:rsid w:val="00691522"/>
     <w:rsid w:val="00697F87"/>
     <w:rsid w:val="006A05E1"/>
     <w:rsid w:val="006A2FB8"/>
     <w:rsid w:val="006A5516"/>
     <w:rsid w:val="006A555F"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006C25C0"/>
     <w:rsid w:val="006C57BB"/>
     <w:rsid w:val="006D0878"/>
@@ -21509,50 +21899,51 @@
     <w:rsid w:val="0078313D"/>
     <w:rsid w:val="00790CEC"/>
     <w:rsid w:val="00795C10"/>
     <w:rsid w:val="00796754"/>
     <w:rsid w:val="00797844"/>
     <w:rsid w:val="007A067A"/>
     <w:rsid w:val="007A4603"/>
     <w:rsid w:val="007A47C3"/>
     <w:rsid w:val="007A58CD"/>
     <w:rsid w:val="007A6235"/>
     <w:rsid w:val="007A7E0D"/>
     <w:rsid w:val="007B168A"/>
     <w:rsid w:val="007B2D25"/>
     <w:rsid w:val="007B51D3"/>
     <w:rsid w:val="007C42A8"/>
     <w:rsid w:val="007C42FE"/>
     <w:rsid w:val="007C546F"/>
     <w:rsid w:val="007C5DC9"/>
     <w:rsid w:val="007D3A00"/>
     <w:rsid w:val="007E4D90"/>
     <w:rsid w:val="007E5553"/>
     <w:rsid w:val="007E7F74"/>
     <w:rsid w:val="008014A9"/>
     <w:rsid w:val="008055DE"/>
     <w:rsid w:val="00810C11"/>
+    <w:rsid w:val="00820A9F"/>
     <w:rsid w:val="00821223"/>
     <w:rsid w:val="00824ADF"/>
     <w:rsid w:val="00825CC1"/>
     <w:rsid w:val="00830E62"/>
     <w:rsid w:val="008313E5"/>
     <w:rsid w:val="0083150F"/>
     <w:rsid w:val="008315A8"/>
     <w:rsid w:val="00831E9C"/>
     <w:rsid w:val="00832F0A"/>
     <w:rsid w:val="00833036"/>
     <w:rsid w:val="00833218"/>
     <w:rsid w:val="00834456"/>
     <w:rsid w:val="00836A5E"/>
     <w:rsid w:val="00846383"/>
     <w:rsid w:val="00856DF8"/>
     <w:rsid w:val="0086350B"/>
     <w:rsid w:val="008646DC"/>
     <w:rsid w:val="00865661"/>
     <w:rsid w:val="00873BB8"/>
     <w:rsid w:val="008808A0"/>
     <w:rsid w:val="00891FD6"/>
     <w:rsid w:val="00893F4F"/>
     <w:rsid w:val="008A3741"/>
     <w:rsid w:val="008A67F6"/>
     <w:rsid w:val="008B1D7D"/>
@@ -21570,176 +21961,185 @@
     <w:rsid w:val="008E27C1"/>
     <w:rsid w:val="008E2F2C"/>
     <w:rsid w:val="008E4B42"/>
     <w:rsid w:val="009011E7"/>
     <w:rsid w:val="00903573"/>
     <w:rsid w:val="009056B7"/>
     <w:rsid w:val="0091256E"/>
     <w:rsid w:val="009142CB"/>
     <w:rsid w:val="00923B09"/>
     <w:rsid w:val="009300BF"/>
     <w:rsid w:val="009338B9"/>
     <w:rsid w:val="00934686"/>
     <w:rsid w:val="00935759"/>
     <w:rsid w:val="009426C8"/>
     <w:rsid w:val="00943FE4"/>
     <w:rsid w:val="00946137"/>
     <w:rsid w:val="00947D8B"/>
     <w:rsid w:val="00950E7E"/>
     <w:rsid w:val="009548C6"/>
     <w:rsid w:val="00955639"/>
     <w:rsid w:val="00956B14"/>
     <w:rsid w:val="00957A2F"/>
     <w:rsid w:val="00957DD0"/>
     <w:rsid w:val="0096077E"/>
     <w:rsid w:val="00961695"/>
+    <w:rsid w:val="00967D4B"/>
     <w:rsid w:val="00970715"/>
     <w:rsid w:val="00970D4B"/>
     <w:rsid w:val="00974ED8"/>
     <w:rsid w:val="009755DA"/>
     <w:rsid w:val="00976143"/>
     <w:rsid w:val="00980A6C"/>
     <w:rsid w:val="00980DC7"/>
     <w:rsid w:val="00981624"/>
     <w:rsid w:val="00981684"/>
     <w:rsid w:val="00991979"/>
     <w:rsid w:val="009924ED"/>
     <w:rsid w:val="00995223"/>
     <w:rsid w:val="00995512"/>
     <w:rsid w:val="0099644F"/>
     <w:rsid w:val="0099648E"/>
     <w:rsid w:val="009A2983"/>
     <w:rsid w:val="009B1BD0"/>
     <w:rsid w:val="009B1DDE"/>
     <w:rsid w:val="009B2759"/>
     <w:rsid w:val="009B4688"/>
     <w:rsid w:val="009C00FE"/>
     <w:rsid w:val="009C0F7C"/>
     <w:rsid w:val="009C5502"/>
     <w:rsid w:val="009C6423"/>
     <w:rsid w:val="009D24D5"/>
     <w:rsid w:val="009E0E01"/>
     <w:rsid w:val="009E5AF7"/>
     <w:rsid w:val="009F1C74"/>
+    <w:rsid w:val="009F556D"/>
     <w:rsid w:val="00A03FB4"/>
     <w:rsid w:val="00A04A5D"/>
     <w:rsid w:val="00A07AA8"/>
     <w:rsid w:val="00A11B91"/>
     <w:rsid w:val="00A12CB8"/>
     <w:rsid w:val="00A13BFA"/>
     <w:rsid w:val="00A13C61"/>
     <w:rsid w:val="00A15106"/>
     <w:rsid w:val="00A156BB"/>
+    <w:rsid w:val="00A208BC"/>
     <w:rsid w:val="00A21F0E"/>
     <w:rsid w:val="00A2225B"/>
     <w:rsid w:val="00A24968"/>
     <w:rsid w:val="00A2669A"/>
     <w:rsid w:val="00A26A36"/>
     <w:rsid w:val="00A34BCE"/>
     <w:rsid w:val="00A40A09"/>
     <w:rsid w:val="00A4477C"/>
     <w:rsid w:val="00A45100"/>
     <w:rsid w:val="00A45F9E"/>
     <w:rsid w:val="00A47EDA"/>
     <w:rsid w:val="00A50321"/>
     <w:rsid w:val="00A5063F"/>
     <w:rsid w:val="00A50A8C"/>
     <w:rsid w:val="00A51E9F"/>
+    <w:rsid w:val="00A61CB1"/>
     <w:rsid w:val="00A70518"/>
     <w:rsid w:val="00A71C85"/>
     <w:rsid w:val="00A726A5"/>
     <w:rsid w:val="00A73E9E"/>
     <w:rsid w:val="00A73FBA"/>
+    <w:rsid w:val="00A7574E"/>
     <w:rsid w:val="00A76352"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A76F0B"/>
     <w:rsid w:val="00A85917"/>
     <w:rsid w:val="00A8795E"/>
     <w:rsid w:val="00A90460"/>
     <w:rsid w:val="00A9141D"/>
     <w:rsid w:val="00A9364E"/>
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95A1A"/>
     <w:rsid w:val="00AA60DA"/>
     <w:rsid w:val="00AA7599"/>
     <w:rsid w:val="00AB159E"/>
     <w:rsid w:val="00AB54F4"/>
+    <w:rsid w:val="00AB55D6"/>
     <w:rsid w:val="00AB5DF5"/>
     <w:rsid w:val="00AB6C89"/>
     <w:rsid w:val="00AC00C3"/>
     <w:rsid w:val="00AC709F"/>
+    <w:rsid w:val="00AD0806"/>
     <w:rsid w:val="00AD1CFA"/>
     <w:rsid w:val="00AD32D6"/>
     <w:rsid w:val="00AD4D7B"/>
     <w:rsid w:val="00AD578F"/>
     <w:rsid w:val="00AD72CA"/>
     <w:rsid w:val="00AD731D"/>
     <w:rsid w:val="00AE227D"/>
     <w:rsid w:val="00AE4D13"/>
     <w:rsid w:val="00AE5703"/>
     <w:rsid w:val="00AF2498"/>
     <w:rsid w:val="00AF5C0A"/>
     <w:rsid w:val="00B00FAD"/>
     <w:rsid w:val="00B018B3"/>
     <w:rsid w:val="00B0240A"/>
     <w:rsid w:val="00B078D2"/>
     <w:rsid w:val="00B11EE0"/>
     <w:rsid w:val="00B1254C"/>
     <w:rsid w:val="00B13108"/>
     <w:rsid w:val="00B14999"/>
     <w:rsid w:val="00B203FC"/>
     <w:rsid w:val="00B24FBF"/>
     <w:rsid w:val="00B26BDE"/>
     <w:rsid w:val="00B33281"/>
     <w:rsid w:val="00B448E6"/>
     <w:rsid w:val="00B45CE3"/>
     <w:rsid w:val="00B47E4E"/>
     <w:rsid w:val="00B53838"/>
     <w:rsid w:val="00B54B8B"/>
     <w:rsid w:val="00B55826"/>
     <w:rsid w:val="00B6443E"/>
     <w:rsid w:val="00B64E41"/>
     <w:rsid w:val="00B67C5A"/>
     <w:rsid w:val="00B7531D"/>
     <w:rsid w:val="00B75A27"/>
     <w:rsid w:val="00B91506"/>
     <w:rsid w:val="00B938AB"/>
     <w:rsid w:val="00B97760"/>
     <w:rsid w:val="00BA1948"/>
     <w:rsid w:val="00BA70D4"/>
     <w:rsid w:val="00BB2DE1"/>
     <w:rsid w:val="00BC2164"/>
     <w:rsid w:val="00BC44BE"/>
     <w:rsid w:val="00BC44D2"/>
     <w:rsid w:val="00BC6BA9"/>
     <w:rsid w:val="00BD0E22"/>
     <w:rsid w:val="00BD63AD"/>
     <w:rsid w:val="00BE65CB"/>
+    <w:rsid w:val="00BF1A93"/>
     <w:rsid w:val="00BF669C"/>
     <w:rsid w:val="00BF7CC9"/>
     <w:rsid w:val="00C04014"/>
     <w:rsid w:val="00C05396"/>
+    <w:rsid w:val="00C10B83"/>
     <w:rsid w:val="00C163EC"/>
     <w:rsid w:val="00C16870"/>
     <w:rsid w:val="00C232B0"/>
     <w:rsid w:val="00C24087"/>
     <w:rsid w:val="00C25EC7"/>
     <w:rsid w:val="00C278BE"/>
     <w:rsid w:val="00C33023"/>
     <w:rsid w:val="00C34FB6"/>
     <w:rsid w:val="00C35718"/>
     <w:rsid w:val="00C36E89"/>
     <w:rsid w:val="00C4126C"/>
     <w:rsid w:val="00C44607"/>
     <w:rsid w:val="00C450DC"/>
     <w:rsid w:val="00C45FDC"/>
     <w:rsid w:val="00C47B08"/>
     <w:rsid w:val="00C5609C"/>
     <w:rsid w:val="00C6463E"/>
     <w:rsid w:val="00C66ADA"/>
     <w:rsid w:val="00C674A3"/>
     <w:rsid w:val="00C71C0D"/>
     <w:rsid w:val="00C72B4E"/>
     <w:rsid w:val="00C744BD"/>
     <w:rsid w:val="00C75E04"/>
     <w:rsid w:val="00C82BBE"/>
     <w:rsid w:val="00C83FF1"/>
@@ -21776,127 +22176,137 @@
     <w:rsid w:val="00D37AC8"/>
     <w:rsid w:val="00D4249F"/>
     <w:rsid w:val="00D63174"/>
     <w:rsid w:val="00D7265F"/>
     <w:rsid w:val="00D749E9"/>
     <w:rsid w:val="00D7501E"/>
     <w:rsid w:val="00D777FB"/>
     <w:rsid w:val="00D808DB"/>
     <w:rsid w:val="00D827D3"/>
     <w:rsid w:val="00D84B0E"/>
     <w:rsid w:val="00D85294"/>
     <w:rsid w:val="00DA21A2"/>
     <w:rsid w:val="00DA2A36"/>
     <w:rsid w:val="00DA311E"/>
     <w:rsid w:val="00DA331C"/>
     <w:rsid w:val="00DB0C25"/>
     <w:rsid w:val="00DB21FA"/>
     <w:rsid w:val="00DC00DC"/>
     <w:rsid w:val="00DC0A64"/>
     <w:rsid w:val="00DC4118"/>
     <w:rsid w:val="00DC5BC0"/>
     <w:rsid w:val="00DD0DA1"/>
     <w:rsid w:val="00DD0FE5"/>
     <w:rsid w:val="00DD38A7"/>
     <w:rsid w:val="00DE3218"/>
+    <w:rsid w:val="00DE360E"/>
     <w:rsid w:val="00DE5986"/>
     <w:rsid w:val="00DE637E"/>
     <w:rsid w:val="00DE662D"/>
+    <w:rsid w:val="00DF156F"/>
     <w:rsid w:val="00DF3620"/>
     <w:rsid w:val="00DF46A5"/>
     <w:rsid w:val="00E06771"/>
     <w:rsid w:val="00E069E3"/>
     <w:rsid w:val="00E10190"/>
     <w:rsid w:val="00E10BC3"/>
     <w:rsid w:val="00E1229D"/>
     <w:rsid w:val="00E177FC"/>
     <w:rsid w:val="00E32229"/>
     <w:rsid w:val="00E324EF"/>
     <w:rsid w:val="00E37280"/>
     <w:rsid w:val="00E41884"/>
     <w:rsid w:val="00E426F2"/>
     <w:rsid w:val="00E42D78"/>
     <w:rsid w:val="00E432C2"/>
     <w:rsid w:val="00E43870"/>
     <w:rsid w:val="00E476C7"/>
     <w:rsid w:val="00E51E21"/>
+    <w:rsid w:val="00E52050"/>
     <w:rsid w:val="00E63652"/>
     <w:rsid w:val="00E63B12"/>
+    <w:rsid w:val="00E6489E"/>
     <w:rsid w:val="00E6570F"/>
     <w:rsid w:val="00E65FE2"/>
     <w:rsid w:val="00E85999"/>
     <w:rsid w:val="00E875C0"/>
     <w:rsid w:val="00E9067E"/>
     <w:rsid w:val="00EA3E64"/>
     <w:rsid w:val="00EA5538"/>
     <w:rsid w:val="00EA73F6"/>
     <w:rsid w:val="00EA792B"/>
     <w:rsid w:val="00EB01EA"/>
     <w:rsid w:val="00EB1D8F"/>
     <w:rsid w:val="00EB241C"/>
     <w:rsid w:val="00EB2E87"/>
     <w:rsid w:val="00EB3F80"/>
     <w:rsid w:val="00EB4F47"/>
     <w:rsid w:val="00EB722F"/>
     <w:rsid w:val="00EC1CC0"/>
     <w:rsid w:val="00ED2BA4"/>
+    <w:rsid w:val="00ED7C2A"/>
     <w:rsid w:val="00EE0224"/>
     <w:rsid w:val="00EE40E1"/>
+    <w:rsid w:val="00EF6A54"/>
     <w:rsid w:val="00F03B50"/>
     <w:rsid w:val="00F04573"/>
     <w:rsid w:val="00F04895"/>
     <w:rsid w:val="00F06AEA"/>
+    <w:rsid w:val="00F0720B"/>
     <w:rsid w:val="00F076B4"/>
     <w:rsid w:val="00F07BE3"/>
     <w:rsid w:val="00F116BB"/>
     <w:rsid w:val="00F2269D"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F252B2"/>
+    <w:rsid w:val="00F259E1"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F276BC"/>
     <w:rsid w:val="00F27B3A"/>
     <w:rsid w:val="00F27F76"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F35C00"/>
     <w:rsid w:val="00F37FD9"/>
     <w:rsid w:val="00F4003C"/>
     <w:rsid w:val="00F41EAF"/>
     <w:rsid w:val="00F42E7D"/>
     <w:rsid w:val="00F54325"/>
     <w:rsid w:val="00F54598"/>
     <w:rsid w:val="00F70EB3"/>
     <w:rsid w:val="00F725A2"/>
     <w:rsid w:val="00F80B1F"/>
     <w:rsid w:val="00F8657E"/>
     <w:rsid w:val="00F86A05"/>
     <w:rsid w:val="00FA33A6"/>
     <w:rsid w:val="00FA6BCC"/>
     <w:rsid w:val="00FA7A52"/>
     <w:rsid w:val="00FB309F"/>
+    <w:rsid w:val="00FB3933"/>
     <w:rsid w:val="00FB49B4"/>
     <w:rsid w:val="00FB4AD3"/>
     <w:rsid w:val="00FC29F6"/>
+    <w:rsid w:val="00FC473C"/>
     <w:rsid w:val="00FC7884"/>
     <w:rsid w:val="00FD0023"/>
     <w:rsid w:val="00FD099B"/>
     <w:rsid w:val="00FD1DDF"/>
     <w:rsid w:val="00FD7E21"/>
     <w:rsid w:val="00FE2476"/>
     <w:rsid w:val="00FF297E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -23352,51 +23762,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1998225065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-424.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/biosketch-blank-fellowship-format-rev-10-2021.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorado.edu/ocg/forms" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-422.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.230-project-performance-site-location(s)-form.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.era.nih.gov/assist" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/how-to-apply-application-guide/prepare-to-apply-and-register/type-of-application-submission.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v7_508c-3-21-19.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-24-104.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-425.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/submission-process/reference-letters.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/faq_clinical_trial-specific_FOAs.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-423.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v7_508c-3-21-19.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era.nih.gov/erahelp/Commons/default.htm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-24-104.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/biosketch-blank-format-rev-10-2021.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-426.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncbi.nlm.nih.gov/books/NBK53595/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-424.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/submission-process/reference-letters.htm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/NIH%20Biographical%20Sketch%20Supplement_FINAL.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-422.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.era.nih.gov/assist" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v7_508c-3-21-19.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/720" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/grants-contracts/salary-cap-stipends" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-425.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/720" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-423.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://era.nih.gov/erahelp/Commons/default.htm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://colorado.edu/ocg/forms" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/Common%20Form%20NIH%20Biographical%20Sketch_FINAL.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/faq_clinical_trial-specific_FOAs.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/pa-files/PA-25-426.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/how-to-apply-application-guide/prepare-to-apply-and-register/type-of-application-submission.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.230-project-performance-site-location(s)-form.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v7_508c-3-21-19.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.430-phs-fellowship-supplemental-form.htm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\amho8416\AppData\Roaming\Microsoft\Templates\New%20company%20setup%20checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="49F9F280080945728A3F51C65CA3EB45"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -23681,111 +24091,110 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings 2">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:markup="0" w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E75AC0"/>
     <w:rsid w:val="00046DF8"/>
     <w:rsid w:val="00094D09"/>
     <w:rsid w:val="00101DB2"/>
     <w:rsid w:val="00117B0E"/>
     <w:rsid w:val="0012507B"/>
     <w:rsid w:val="001279FB"/>
     <w:rsid w:val="001A6020"/>
     <w:rsid w:val="002068A2"/>
     <w:rsid w:val="0027254E"/>
+    <w:rsid w:val="002D58F5"/>
     <w:rsid w:val="002D5F11"/>
     <w:rsid w:val="003272E7"/>
     <w:rsid w:val="003901E5"/>
     <w:rsid w:val="0039388F"/>
     <w:rsid w:val="003D37B9"/>
     <w:rsid w:val="003D3C6B"/>
     <w:rsid w:val="00405587"/>
     <w:rsid w:val="004438B4"/>
+    <w:rsid w:val="004C7FCE"/>
+    <w:rsid w:val="00513979"/>
     <w:rsid w:val="005265F3"/>
+    <w:rsid w:val="005B4DAE"/>
     <w:rsid w:val="005E33EF"/>
     <w:rsid w:val="006277FD"/>
     <w:rsid w:val="00650DE1"/>
     <w:rsid w:val="00742D69"/>
+    <w:rsid w:val="008060E5"/>
+    <w:rsid w:val="00864FA3"/>
     <w:rsid w:val="008C6374"/>
     <w:rsid w:val="008D093D"/>
     <w:rsid w:val="00956B14"/>
     <w:rsid w:val="00966C77"/>
     <w:rsid w:val="00995516"/>
     <w:rsid w:val="00A67554"/>
     <w:rsid w:val="00AB5DF5"/>
     <w:rsid w:val="00BA07E8"/>
     <w:rsid w:val="00C035E7"/>
     <w:rsid w:val="00C42BA7"/>
     <w:rsid w:val="00C462BA"/>
     <w:rsid w:val="00C501F7"/>
     <w:rsid w:val="00CF1E43"/>
     <w:rsid w:val="00DA2526"/>
     <w:rsid w:val="00DA6389"/>
     <w:rsid w:val="00DC3682"/>
     <w:rsid w:val="00E25CE5"/>
     <w:rsid w:val="00E33E64"/>
     <w:rsid w:val="00E67B38"/>
     <w:rsid w:val="00E75AC0"/>
     <w:rsid w:val="00FD1DDF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -24797,76 +25206,76 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B640E92-30E1-4152-8934-76F5CED158C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>18858</Characters>
+  <Pages>5</Pages>
+  <Words>2738</Words>
+  <Characters>20787</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>725</Lines>
-  <Paragraphs>582</Paragraphs>
+  <Lines>507</Lines>
+  <Paragraphs>309</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21566</CharactersWithSpaces>
+  <CharactersWithSpaces>23216</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>