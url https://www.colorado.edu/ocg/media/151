--- v0 (2025-10-10)
+++ v1 (2025-11-16)
@@ -34,51 +34,51 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7D1615C7" w14:textId="024994AF" w:rsidR="00865A59" w:rsidRPr="0054494D" w:rsidRDefault="00364364" w:rsidP="00865A59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="80" w:after="0"/>
         <w:ind w:left="-360" w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C254B9" wp14:editId="02F39526">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C254B9" wp14:editId="1135732F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-6350</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>9019</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -191,80 +191,90 @@
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="00404EE8" w:rsidRPr="0054494D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">PAPPG </w:t>
       </w:r>
       <w:r w:rsidR="00404EE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>24-1 effective May 20, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F819E4" w14:textId="2D114384" w:rsidR="00404EE8" w:rsidRPr="00D06F89" w:rsidRDefault="00404EE8" w:rsidP="00404EE8">
+    <w:p w14:paraId="17F819E4" w14:textId="69B93809" w:rsidR="00404EE8" w:rsidRPr="00D06F89" w:rsidRDefault="00404EE8" w:rsidP="00404EE8">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:ind w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B11AED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">Updated </w:t>
       </w:r>
       <w:r w:rsidR="00D46863">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>2025.05.30</w:t>
+        <w:t>2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE556A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>10.15</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C2D40C" w14:textId="1B08020D" w:rsidR="00D06F89" w:rsidRPr="00D06F89" w:rsidRDefault="00D06F89" w:rsidP="00865A59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="80" w:after="0"/>
         <w:ind w:left="-360" w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
@@ -650,51 +660,51 @@
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1243492280"/>
         <w:placeholder>
           <w:docPart w:val="1616665D93864DA198FDB51780F06EB4"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="NospacingChar"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="7C7E1F88" w14:textId="3B41542B" w:rsidR="00E324EF" w:rsidRPr="00E324EF" w:rsidRDefault="00D46863" w:rsidP="00E324EF">
+        <w:p w14:paraId="7C7E1F88" w14:textId="3B41542B" w:rsidR="00E324EF" w:rsidRPr="00E324EF" w:rsidRDefault="00E75FBD" w:rsidP="00E324EF">
           <w:pPr>
             <w:pStyle w:val="Heading2"/>
             <w:rPr>
               <w:rStyle w:val="NospacingChar"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-274565576"/>
               <w:placeholder>
                 <w:docPart w:val="676C5438A09B40559620BAC0D7260ADA"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="NospacingChar"/>
                 <w:sz w:val="20"/>
@@ -709,141 +719,536 @@
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>* indicates documents</w:t>
               </w:r>
               <w:r w:rsidR="00404EE8">
                 <w:rPr>
                   <w:rStyle w:val="NospacingChar"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>/Information</w:t>
               </w:r>
               <w:r w:rsidR="00404EE8" w:rsidRPr="00D11CE3">
                 <w:rPr>
                   <w:rStyle w:val="NospacingChar"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> needed for a non-lead collaborative submission</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:sdtContent>
     </w:sdt>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5037" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="29" w:type="dxa"/>
+          <w:right w:w="29" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="447"/>
+        <w:gridCol w:w="2883"/>
+        <w:gridCol w:w="7540"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FE556A" w:rsidRPr="00BF669C" w14:paraId="5ADA4412" w14:textId="77777777" w:rsidTr="00B07BA5">
+        <w:trPr>
+          <w:trHeight w:val="316"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AA2CE1" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRPr="008D5372" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:id w:val="-890194168"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="008D5372">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2883" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48885E4C" w14:textId="095B2088" w:rsidR="00FE556A" w:rsidRPr="00B07BA5" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B07BA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All Senior/Key Personnel </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B07BA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">listed on CU’s portion of the project have completed their Research Security Training. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32966A0B" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF  PI \h  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="5000" w:type="pct"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:left w:w="29" w:type="dxa"/>
+                <w:right w:w="29" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7472"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00FE556A" w:rsidRPr="003617F8" w14:paraId="6F55EF8B" w14:textId="77777777" w:rsidTr="00510A27">
+              <w:trPr>
+                <w:trHeight w:val="242"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7109" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4F6EF911" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRPr="00CE10A1" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+                  <w:pPr>
+                    <w:ind w:left="113" w:right="113"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="4ED396B0" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF  SeniorPersons  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="5000" w:type="pct"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:left w:w="29" w:type="dxa"/>
+                <w:right w:w="29" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7472"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00FE556A" w:rsidRPr="005236C9" w14:paraId="51EF7A3C" w14:textId="77777777" w:rsidTr="005A1D91">
+              <w:trPr>
+                <w:trHeight w:val="70"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5670" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2648CD0F" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRPr="005236C9" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+                  <w:pPr>
+                    <w:ind w:left="113" w:right="113"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6B313C11" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRPr="00834073" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE556A" w:rsidRPr="00BF669C" w14:paraId="768196E4" w14:textId="77777777" w:rsidTr="00B07BA5">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="027255F6" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2883" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="775875A9" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRPr="00BF669C" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A6D68D" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRPr="00BF669C" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="5F3B06D7" w14:textId="77777777" w:rsidR="00E324EF" w:rsidRPr="00F27F76" w:rsidRDefault="00E324EF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5037" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="447"/>
         <w:gridCol w:w="1444"/>
         <w:gridCol w:w="321"/>
-        <w:gridCol w:w="938"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="17"/>
+        <w:gridCol w:w="950"/>
+        <w:gridCol w:w="1416"/>
         <w:gridCol w:w="170"/>
         <w:gridCol w:w="730"/>
         <w:gridCol w:w="130"/>
         <w:gridCol w:w="93"/>
         <w:gridCol w:w="499"/>
         <w:gridCol w:w="4670"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00BF669C" w14:paraId="7F425365" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D916E53" w14:textId="3DA236B8" w:rsidR="00F3153F" w:rsidRPr="00BF669C" w:rsidRDefault="00536173" w:rsidP="00404EE8">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>GENERAL</w:t>
             </w:r>
             <w:r w:rsidR="00F3153F" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> INFORMATION</w:t>
             </w:r>
             <w:r w:rsidR="00E324EF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004351A6" w:rsidRPr="00BF669C" w14:paraId="6D95C3BA" w14:textId="3D220CF0" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5608" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="476509FB" w14:textId="721ECE4B" w:rsidR="004351A6" w:rsidRPr="004351A6" w:rsidRDefault="00D46863" w:rsidP="008E5019">
+          <w:p w14:paraId="476509FB" w14:textId="721ECE4B" w:rsidR="004351A6" w:rsidRPr="004351A6" w:rsidRDefault="00E75FBD" w:rsidP="008E5019">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="476348020"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008E5019" w:rsidRPr="008D5372">
                   <w:rPr>
@@ -919,51 +1324,51 @@
               <w:t>Times/Computer Modern 11 pt</w:t>
             </w:r>
             <w:r w:rsidR="00827518">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="004351A6" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4E539AA6" w14:textId="7B54614F" w:rsidR="004351A6" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="008E5019">
+          <w:p w14:paraId="4E539AA6" w14:textId="7B54614F" w:rsidR="004351A6" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="008E5019">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="382" w:hanging="382"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="104553453"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008E5019" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -1009,53 +1414,53 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, tables</w:t>
             </w:r>
             <w:r w:rsidR="004351A6" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – less than 10 pt. ok </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004351A6" w:rsidRPr="00BF669C" w14:paraId="0A7C9069" w14:textId="39CB5B27" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5608" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="7F89477C" w14:textId="6D136034" w:rsidR="004351A6" w:rsidRPr="004351A6" w:rsidRDefault="00D46863" w:rsidP="004351A6">
+          <w:p w14:paraId="7F89477C" w14:textId="6D136034" w:rsidR="004351A6" w:rsidRPr="004351A6" w:rsidRDefault="00E75FBD" w:rsidP="004351A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1402899495"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D5372" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1082,51 +1487,51 @@
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="004351A6" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>inch margins</w:t>
             </w:r>
             <w:r w:rsidR="004351A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 6 lines of text within a vertical space of 1”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8D565B" w14:textId="0396091D" w:rsidR="004351A6" w:rsidRPr="00AD69ED" w:rsidRDefault="00D46863" w:rsidP="00AD69ED">
+          <w:p w14:paraId="1F8D565B" w14:textId="0396091D" w:rsidR="004351A6" w:rsidRPr="00AD69ED" w:rsidRDefault="00E75FBD" w:rsidP="00AD69ED">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="382" w:hanging="382"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1693753653"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AD69ED" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1163,134 +1568,133 @@
             <w:r w:rsidR="00CE03AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00CE03AF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A510D2" w:rsidRPr="00BF669C" w14:paraId="36B17045" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3858834A" w14:textId="18C8B599" w:rsidR="00A510D2" w:rsidRPr="00BF669C" w:rsidRDefault="00F50489" w:rsidP="00404EE8">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>project setup</w:t>
             </w:r>
             <w:r w:rsidR="00A510D2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B675A" w:rsidRPr="00BF669C" w14:paraId="56B7F9A6" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4578" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45D8393D" w14:textId="27B484BA" w:rsidR="007B675A" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="00DE4FE9">
+          <w:p w14:paraId="45D8393D" w14:textId="27B484BA" w:rsidR="007B675A" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00DE4FE9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2091187228"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B675A" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B675A" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NSF Announcement #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6292" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="342DA8F8" w14:textId="5646A901" w:rsidR="007B675A" w:rsidRPr="00A510D2" w:rsidRDefault="00D46863" w:rsidP="00DE4FE9">
+          <w:p w14:paraId="342DA8F8" w14:textId="5646A901" w:rsidR="007B675A" w:rsidRPr="00A510D2" w:rsidRDefault="00E75FBD" w:rsidP="00DE4FE9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="826014904"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B675A" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1309,139 +1713,139 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4FE9" w:rsidRPr="00BF669C" w14:paraId="1C932A28" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="795BDF56" w14:textId="2D4A09D5" w:rsidR="00DE4FE9" w:rsidRPr="008D5372" w:rsidRDefault="00D46863" w:rsidP="00917F32">
+          <w:p w14:paraId="795BDF56" w14:textId="2D4A09D5" w:rsidR="00DE4FE9" w:rsidRPr="008D5372" w:rsidRDefault="00E75FBD" w:rsidP="00917F32">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="639699696"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4FE9" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DE4FE9" w:rsidRPr="008D5372">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10423" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5582F8E4" w14:textId="7ED77509" w:rsidR="00DE4FE9" w:rsidRPr="00D777FB" w:rsidRDefault="00DE4FE9" w:rsidP="00917F32">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Title includes any required descriptive words (see solicitation for title requirements)</w:t>
             </w:r>
             <w:r w:rsidR="000C04AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B675A" w:rsidRPr="00BF669C" w14:paraId="2BD6E434" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5478" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="31B777AF" w14:textId="1CCF3E3C" w:rsidR="007B675A" w:rsidRPr="007B675A" w:rsidRDefault="00D46863" w:rsidP="00DE4FE9">
+          <w:p w14:paraId="31B777AF" w14:textId="1CCF3E3C" w:rsidR="007B675A" w:rsidRPr="007B675A" w:rsidRDefault="00E75FBD" w:rsidP="00DE4FE9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1674944733"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -1464,51 +1868,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B675A" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Type of Proposal Select one</w:t>
             </w:r>
             <w:r w:rsidR="007B675A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5392" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0F22244A" w14:textId="22B2BFA6" w:rsidR="007B675A" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="00DE4FE9">
+          <w:p w14:paraId="0F22244A" w14:textId="22B2BFA6" w:rsidR="007B675A" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00DE4FE9">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2047974913"/>
                 <w:placeholder>
                   <w:docPart w:val="E992841344954C7FB688A529D5235DCF"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:id w:val="527145072"/>
                     <w15:color w:val="008000"/>
                     <w14:checkbox>
@@ -1522,51 +1926,51 @@
                     <w:r w:rsidR="007E19D7">
                       <w:rPr>
                         <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>☐</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B675A" w:rsidRPr="00BF669C">
               <w:t>Collaborative Status Select one</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E7398F" w:rsidRPr="00BF669C" w14:paraId="425CF272" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66AAD291" w14:textId="0C791960" w:rsidR="00E7398F" w:rsidRPr="00BF669C" w:rsidRDefault="00E7398F" w:rsidP="00404EE8">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Cover sheet</w:t>
             </w:r>
             <w:r w:rsidR="00A02EE3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>, Main Page,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1580,270 +1984,269 @@
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Subawards</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D59EA" w:rsidRPr="00BF669C" w14:paraId="325E4F43" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3970AB09" w14:textId="34FFB91F" w:rsidR="002D59EA" w:rsidRPr="003835DD" w:rsidRDefault="00357AB8" w:rsidP="00357AB8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>COVERSHEET</w:t>
             </w:r>
             <w:r w:rsidR="002D59EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E7398F" w:rsidRPr="00BF669C" w14:paraId="7F19ABED" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="5000" w:type="pct"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="29" w:type="dxa"/>
                 <w:right w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5042"/>
               <w:gridCol w:w="1624"/>
               <w:gridCol w:w="4136"/>
             </w:tblGrid>
             <w:tr w:rsidR="00E7398F" w:rsidRPr="002F619B" w14:paraId="63077E1D" w14:textId="77777777" w:rsidTr="009E3E20">
               <w:trPr>
                 <w:trHeight w:val="332"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5005" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="57F05D44" w14:textId="0288A6FD" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00D46863" w:rsidP="00E7398F">
+                <w:p w14:paraId="57F05D44" w14:textId="0288A6FD" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00E7398F">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="392398612"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00E605FF" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00E605FF" w:rsidRPr="002F619B">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Start date 6+ months out, unless allowed by FOA</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1612" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3B36EAC5" w14:textId="396BE8AC" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00D46863" w:rsidP="00E7398F">
+                <w:p w14:paraId="3B36EAC5" w14:textId="396BE8AC" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00E7398F">
                   <w:pPr>
                     <w:spacing w:before="0" w:after="0"/>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1356272093"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00E605FF" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00E605FF" w:rsidRPr="002F619B">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t># of months</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4105" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="44D96514" w14:textId="5DE40534" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00D46863" w:rsidP="00E7398F">
+                <w:p w14:paraId="44D96514" w14:textId="5DE40534" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00E7398F">
                   <w:pPr>
                     <w:spacing w:before="0" w:after="0"/>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1251353239"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00E605FF" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00E605FF" w:rsidRPr="002F619B">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Primary place of performance address</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B7650F" w:rsidRPr="002F619B" w14:paraId="43E0C2ED" w14:textId="77777777" w:rsidTr="00B7650F">
               <w:trPr>
                 <w:trHeight w:val="359"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5005" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0E32D2F9" w14:textId="3EBD82AD" w:rsidR="00B7650F" w:rsidRPr="002F619B" w:rsidRDefault="00D46863" w:rsidP="00B7650F">
+                <w:p w14:paraId="0E32D2F9" w14:textId="3EBD82AD" w:rsidR="00B7650F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00B7650F">
                   <w:pPr>
                     <w:ind w:left="390" w:hanging="390"/>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="1546023745"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00B7650F" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
@@ -1872,51 +2275,51 @@
                     </w:rPr>
                     <w:t>,</w:t>
                   </w:r>
                   <w:r w:rsidR="00B7650F" w:rsidRPr="00B7650F">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> enter ID number that was issued upon submission</w:t>
                   </w:r>
                   <w:r w:rsidR="000C04AB">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5717" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4ED45C2B" w14:textId="7065721B" w:rsidR="00B7650F" w:rsidRPr="002F619B" w:rsidRDefault="00D46863" w:rsidP="00B7650F">
+                <w:p w14:paraId="4ED45C2B" w14:textId="7065721B" w:rsidR="00B7650F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00B7650F">
                   <w:pPr>
                     <w:spacing w:before="0" w:after="0"/>
                     <w:ind w:left="421" w:hanging="421"/>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-391658897"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00B7650F" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
@@ -1938,51 +2341,51 @@
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Preliminary proposal</w:t>
                   </w:r>
                   <w:r w:rsidR="000C04AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>, if required, enter the preliminary proposal number.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00531539" w:rsidRPr="002F619B" w14:paraId="5BB42B66" w14:textId="77777777" w:rsidTr="0005550C">
               <w:trPr>
                 <w:trHeight w:val="359"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10722" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="62A47F4A" w14:textId="01F08A5A" w:rsidR="00531539" w:rsidRDefault="00D46863" w:rsidP="00B7650F">
+                <w:p w14:paraId="62A47F4A" w14:textId="01F08A5A" w:rsidR="00531539" w:rsidRDefault="00E75FBD" w:rsidP="00B7650F">
                   <w:pPr>
                     <w:spacing w:before="0" w:after="0"/>
                     <w:ind w:left="421" w:hanging="421"/>
                     <w:rPr>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="1436330646"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00531539" w:rsidRPr="008D5372">
                         <w:rPr>
@@ -2045,156 +2448,156 @@
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="69F535B1" w14:textId="77777777" w:rsidR="00E7398F" w:rsidRDefault="00E7398F" w:rsidP="00E7398F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="3379DBA6" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA4B9D3" w14:textId="4A05DC3A" w:rsidR="009D1052" w:rsidRDefault="00D46863" w:rsidP="0052163A">
+          <w:p w14:paraId="7DA4B9D3" w14:textId="4A05DC3A" w:rsidR="009D1052" w:rsidRDefault="00E75FBD" w:rsidP="0052163A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1679269094"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009E3E20">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009D1052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proprietary or Privileged information – if this box is checked, a Proprietary/Privileged upload button will appear</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w14:paraId="790F2E62" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="1682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3162" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="142DA362" w14:textId="77777777" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="00BA4E75">
+          <w:p w14:paraId="142DA362" w14:textId="77777777" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00BA4E75">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1411126064"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Beginning Investigator – BIO directorate only</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07F9A92C" w14:textId="0301A3E5" w:rsidR="000072C1" w:rsidRPr="00357AB8" w:rsidRDefault="00D46863" w:rsidP="00357AB8">
+          <w:p w14:paraId="07F9A92C" w14:textId="0301A3E5" w:rsidR="000072C1" w:rsidRPr="00357AB8" w:rsidRDefault="00E75FBD" w:rsidP="00357AB8">
             <w:pPr>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1845592138"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E74B03">
                   <w:rPr>
@@ -2227,103 +2630,103 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">s required: Lobbying, Deadline Exceptions, </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Historic Places</w:t>
             </w:r>
             <w:r w:rsidR="00531539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Proprietary/ Privileged information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2539" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE9BD84" w14:textId="2A9A336B" w:rsidR="00BA4E75" w:rsidRDefault="00D46863" w:rsidP="00F46854">
+          <w:p w14:paraId="0EE9BD84" w14:textId="2A9A336B" w:rsidR="00BA4E75" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1021325268"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vertebrate animals </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72645774" w14:textId="77777777" w:rsidR="00404EE8" w:rsidRDefault="00D46863" w:rsidP="00F46854">
+          <w:p w14:paraId="72645774" w14:textId="77777777" w:rsidR="00404EE8" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="361" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="1800417657"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -2375,51 +2778,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00E543C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AFC848C" w14:textId="77777777" w:rsidR="00634528" w:rsidRDefault="00D46863" w:rsidP="00F46854">
+          <w:p w14:paraId="6AFC848C" w14:textId="77777777" w:rsidR="00634528" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="361" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="1990512005"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -2514,51 +2917,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t># D16-00388</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5169" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7469AB4C" w14:textId="10FCAD26" w:rsidR="00BA4E75" w:rsidRPr="00F46854" w:rsidRDefault="00D46863" w:rsidP="00F46854">
+          <w:p w14:paraId="7469AB4C" w14:textId="10FCAD26" w:rsidR="00BA4E75" w:rsidRPr="00F46854" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="595138103"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -2726,51 +3129,51 @@
             <w:r w:rsidRPr="00531539">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00531539">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00357AB8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A92DC6D" w14:textId="7B14B25A" w:rsidR="00BA4E75" w:rsidRPr="00357AB8" w:rsidRDefault="00D46863" w:rsidP="00F46854">
+          <w:p w14:paraId="4A92DC6D" w14:textId="7B14B25A" w:rsidR="00BA4E75" w:rsidRPr="00357AB8" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:ind w:firstLine="166"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1952517774"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -2808,51 +3211,51 @@
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00531539">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00357AB8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r w:rsidR="00357AB8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EFD5E16" w14:textId="0F5DF059" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="00F46854">
+          <w:p w14:paraId="1EFD5E16" w14:textId="0F5DF059" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:ind w:firstLine="166"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1954702340"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
@@ -2875,145 +3278,145 @@
             <w:r w:rsidR="002D59EA">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">and Exemption </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w14:paraId="156DED02" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="20A5C929" w14:textId="6A44B6E0" w:rsidR="00BA4E75" w:rsidRPr="00BA4E75" w:rsidRDefault="00D46863" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="20A5C929" w14:textId="6A44B6E0" w:rsidR="00BA4E75" w:rsidRPr="00BA4E75" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="130218743"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00337625" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funding of an International Branch Campus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2536" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3BCFB478" w14:textId="06030F2E" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="3BCFB478" w14:textId="06030F2E" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="331" w:hanging="331"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="833342459"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D5372" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Funding of a Foreign Org. including through subaward or consultant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6122" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="215D5AB7" w14:textId="6B16F1BC" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="215D5AB7" w14:textId="6B16F1BC" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="421" w:hanging="421"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-938591454"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -3039,51 +3442,51 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>, including conferences</w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00FE5EF0">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>. Worldwide if country is unknown.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00531539" w:rsidRPr="00BF669C" w14:paraId="756DD432" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5786485E" w14:textId="2DEC55D3" w:rsidR="00531539" w:rsidRDefault="00D46863" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="5786485E" w14:textId="2DEC55D3" w:rsidR="00531539" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="372277349"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00531539" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3093,54 +3496,54 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00531539" w:rsidRPr="002F619B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00531539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Potential DURC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4309" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="55932699" w14:textId="539E139C" w:rsidR="00531539" w:rsidRDefault="00D46863" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="55932699" w14:textId="539E139C" w:rsidR="00531539" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1068655342"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00531539" w:rsidRPr="008D5372">
                   <w:rPr>
@@ -3159,189 +3562,171 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00531539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Off-campus/off-site research (check FOA to see if a plan is required for upload)</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="093C9D5E" w14:textId="7B88C838" w:rsidR="00531539" w:rsidRDefault="00D46863" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="093C9D5E" w14:textId="7B88C838" w:rsidR="00531539" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1145081995"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00531539" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00531539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Potential Impacts on Tribal Nations (see </w:t>
             </w:r>
             <w:hyperlink w:anchor="TribalNations" w:history="1">
               <w:r w:rsidR="00531539" w:rsidRPr="005D7543">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Other Docu</w:t>
-[...17 lines deleted...]
-                <w:t>ents</w:t>
+                <w:t>Other Documents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00531539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for instructions for documentation).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="2FD3CA97" w14:textId="77777777" w:rsidTr="009F45F5">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51BF37FD" w14:textId="3E27F2BF" w:rsidR="009D1052" w:rsidRPr="003835DD" w:rsidRDefault="00357AB8" w:rsidP="00357AB8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MAIN PAGE</w:t>
             </w:r>
             <w:r w:rsidR="009D1052" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="579E6C59" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A58B4B1" w14:textId="77777777" w:rsidR="009D1052" w:rsidRDefault="00D46863" w:rsidP="009D1052">
+          <w:p w14:paraId="6A58B4B1" w14:textId="77777777" w:rsidR="009D1052" w:rsidRDefault="00E75FBD" w:rsidP="009D1052">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="774822424"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E74B03">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -3391,112 +3776,142 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="009D1052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>d, has populated</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B0FC8FC" w14:textId="15A00DA1" w:rsidR="009F45F5" w:rsidRDefault="00D46863" w:rsidP="009F45F5">
+          <w:p w14:paraId="6B0FC8FC" w14:textId="15A00DA1" w:rsidR="009F45F5" w:rsidRDefault="00E75FBD" w:rsidP="009F45F5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1730841571"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F45F5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F45F5" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Title includes any required descriptive words (see solicitation for title requirements)</w:t>
             </w:r>
             <w:r w:rsidR="009F45F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5CDC1B66" w14:textId="77777777" w:rsidR="005A1D91" w:rsidRDefault="005A1D91">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5037" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="29" w:type="dxa"/>
+          <w:right w:w="29" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="447"/>
+        <w:gridCol w:w="2703"/>
+        <w:gridCol w:w="1411"/>
+        <w:gridCol w:w="6309"/>
+      </w:tblGrid>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="2612E53F" w14:textId="77777777" w:rsidTr="00834073">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A92C3C" w14:textId="2FB08645" w:rsidR="009D1052" w:rsidRDefault="00357AB8" w:rsidP="00357AB8">
+          <w:p w14:paraId="65A92C3C" w14:textId="5F47B448" w:rsidR="009D1052" w:rsidRDefault="00357AB8" w:rsidP="00357AB8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SENIOR/KEY PERSONNEL</w:t>
             </w:r>
             <w:r w:rsidR="009D1052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3529,86 +3944,85 @@
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003617F8" w:rsidRPr="00BF669C" w14:paraId="6E05FA60" w14:textId="77777777" w:rsidTr="00834073">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="73AF7576" w14:textId="578E4724" w:rsidR="003617F8" w:rsidRPr="008D5372" w:rsidRDefault="00D46863" w:rsidP="009D1052">
+          <w:p w14:paraId="73AF7576" w14:textId="578E4724" w:rsidR="003617F8" w:rsidRPr="008D5372" w:rsidRDefault="00E75FBD" w:rsidP="009D1052">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2144083900"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F45F5" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2703" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57C00936" w14:textId="77777777" w:rsidR="003617F8" w:rsidRPr="00BF669C" w:rsidRDefault="003617F8" w:rsidP="009D1052">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -3623,51 +4037,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Senior/Key Personnel</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>entered and listed at correct institution.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7720" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55E1C135" w14:textId="77777777" w:rsidR="00CE10A1" w:rsidRDefault="003617F8" w:rsidP="009D1052">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -3858,119 +4272,118 @@
         <w:trPr>
           <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="46046C2A" w14:textId="77777777" w:rsidR="003617F8" w:rsidRDefault="003617F8" w:rsidP="009D1052">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2703" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C60A267" w14:textId="77777777" w:rsidR="003617F8" w:rsidRPr="00BF669C" w:rsidRDefault="003617F8" w:rsidP="009D1052">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7720" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32B66C7D" w14:textId="7878C669" w:rsidR="003617F8" w:rsidRPr="00BF669C" w:rsidRDefault="003617F8" w:rsidP="009D1052">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="6467D29A" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="56AA756E" w14:textId="61189163" w:rsidR="009D1052" w:rsidRPr="00BA4E75" w:rsidRDefault="00D46863" w:rsidP="009D1052">
+          <w:p w14:paraId="56AA756E" w14:textId="61189163" w:rsidR="009D1052" w:rsidRPr="00BA4E75" w:rsidRDefault="00E75FBD" w:rsidP="009D1052">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-699703477"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D1052" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -4016,85 +4429,85 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009D1052" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="18827788" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13BB6E48" w14:textId="3507D8A7" w:rsidR="009D1052" w:rsidRPr="00BF669C" w:rsidRDefault="009D1052" w:rsidP="009D1052">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For Collaborative Proposals *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="66D58D00" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4561" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="365C17B6" w14:textId="20F6E309" w:rsidR="009D1052" w:rsidRPr="002D59EA" w:rsidRDefault="009D1052" w:rsidP="009D1052">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
             </w:pPr>
             <w:r w:rsidRPr="009300BF">
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2003957589"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -4127,91 +4540,90 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the link invite sent by lead has been accepted</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6309" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="06D2DD39" w14:textId="6D8F642D" w:rsidR="007B675A" w:rsidRPr="007B675A" w:rsidRDefault="007B675A" w:rsidP="009D1052">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The following c</w:t>
             </w:r>
             <w:r w:rsidRPr="007B675A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>an only be checked through the print proposal function</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77218065" w14:textId="7894D5D0" w:rsidR="00B64631" w:rsidRDefault="00D46863" w:rsidP="009D1052">
+          <w:p w14:paraId="77218065" w14:textId="7894D5D0" w:rsidR="00B64631" w:rsidRDefault="00E75FBD" w:rsidP="009D1052">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-449860057"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00357AB8">
                   <w:rPr>
@@ -4281,51 +4693,51 @@
               <w:t xml:space="preserve">                                      </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="2A4A4610" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:id w:val="-413001552"/>
             <w:placeholder>
               <w:docPart w:val="2A7578756FD44857A184FC8F4895BA52"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="10870" w:type="dxa"/>
-                <w:gridSpan w:val="13"/>
+                <w:gridSpan w:val="4"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="709BF671" w14:textId="77777777" w:rsidR="009D1052" w:rsidRPr="00BF669C" w:rsidRDefault="009D1052" w:rsidP="009D1052">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BF669C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click here to enter comments.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -4402,51 +4814,51 @@
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8005"/>
         <w:gridCol w:w="2785"/>
       </w:tblGrid>
       <w:tr w:rsidR="00865A59" w:rsidRPr="00BF669C" w14:paraId="377002B5" w14:textId="77777777" w:rsidTr="00357AB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8005" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AA428CF" w14:textId="37B55347" w:rsidR="00865A59" w:rsidRPr="000B22FC" w:rsidRDefault="00D46863" w:rsidP="00357AB8">
+          <w:p w14:paraId="4AA428CF" w14:textId="37B55347" w:rsidR="00865A59" w:rsidRPr="000B22FC" w:rsidRDefault="00E75FBD" w:rsidP="00357AB8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6" w:line="223" w:lineRule="auto"/>
               <w:ind w:left="450" w:right="40" w:hanging="450"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2068608975"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4508,51 +4920,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Broader Impacts</w:t>
             </w:r>
             <w:r w:rsidR="00865A59">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> headers</w:t>
             </w:r>
             <w:r w:rsidR="00BF4377">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00865A59">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>each on its own lin</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D46863">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e, and any FOA-required identifiers or keywords.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1355997431"/>
             <w:placeholder>
               <w:docPart w:val="79B285921CA44B9FB0D7AFFFE43B3E88"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2785" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:tcMar>
                   <w:top w:w="0" w:type="nil"/>
                   <w:left w:w="0" w:type="nil"/>
@@ -4629,51 +5041,51 @@
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>project description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940340" w:rsidRPr="00BF669C" w14:paraId="32FDD061" w14:textId="77777777" w:rsidTr="00357AB8">
         <w:trPr>
           <w:trHeight w:val="1880"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="23EEE519" w14:textId="77777777" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="00A510D2">
+          <w:p w14:paraId="23EEE519" w14:textId="77777777" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00A510D2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1492098332"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4686,51 +5098,51 @@
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15 pages, unless otherwise indicated in FOA</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2413083D" w14:textId="0B7580CB" w:rsidR="00940340" w:rsidRPr="001254C7" w:rsidRDefault="00D46863" w:rsidP="001254C7">
+          <w:p w14:paraId="2413083D" w14:textId="0B7580CB" w:rsidR="00940340" w:rsidRPr="001254C7" w:rsidRDefault="00E75FBD" w:rsidP="001254C7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="327107622"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4742,51 +5154,51 @@
             </w:sdt>
             <w:r w:rsidR="00940340">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A510D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Section labeled as Broader Impacts</w:t>
             </w:r>
             <w:r w:rsidR="00940340">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43A13A6F" w14:textId="77777777" w:rsidR="00940340" w:rsidRDefault="00D46863" w:rsidP="00A510D2">
+          <w:p w14:paraId="43A13A6F" w14:textId="77777777" w:rsidR="00940340" w:rsidRDefault="00E75FBD" w:rsidP="00A510D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2130302187"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00337625" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4798,51 +5210,51 @@
             </w:sdt>
             <w:r w:rsidR="00A510D2">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A510D2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No URLs</w:t>
             </w:r>
             <w:r w:rsidR="00A510D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75CF9ADC" w14:textId="3D3CF13B" w:rsidR="00B64631" w:rsidRPr="00357AB8" w:rsidRDefault="00D46863" w:rsidP="00357AB8">
+          <w:p w14:paraId="75CF9ADC" w14:textId="3D3CF13B" w:rsidR="00B64631" w:rsidRPr="00357AB8" w:rsidRDefault="00E75FBD" w:rsidP="00357AB8">
             <w:pPr>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1816753677"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B64631" w:rsidRPr="00A16F4A">
                   <w:rPr>
@@ -4860,51 +5272,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B64631" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">PI-supplied information in the margins including page numbers, title, team members. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6389" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40743BA0" w14:textId="600F3116" w:rsidR="00A510D2" w:rsidRDefault="00D46863" w:rsidP="00A510D2">
+          <w:p w14:paraId="40743BA0" w14:textId="600F3116" w:rsidR="00A510D2" w:rsidRDefault="00E75FBD" w:rsidP="00A510D2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="189184190"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A510D2" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4948,100 +5360,100 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00A510D2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> are readable</w:t>
             </w:r>
             <w:r w:rsidR="00A510D2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A86B668" w14:textId="079D5A26" w:rsidR="00940340" w:rsidRDefault="00D46863" w:rsidP="00EB4C57">
+          <w:p w14:paraId="4A86B668" w14:textId="079D5A26" w:rsidR="00940340" w:rsidRDefault="00E75FBD" w:rsidP="00EB4C57">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2040262176"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000043EC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000B22FC" w:rsidRPr="000B22FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If applicable, e</w:t>
             </w:r>
             <w:r w:rsidR="000B22FC" w:rsidRPr="000B22FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>xplanation/justification of funding to an IBC or foreign organization (through subaward or consultant arrangement) is included</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E14E764" w14:textId="4F42AF6B" w:rsidR="00B64631" w:rsidRPr="00EB4C57" w:rsidRDefault="00D46863" w:rsidP="00EB4C57">
+          <w:p w14:paraId="6E14E764" w14:textId="4F42AF6B" w:rsidR="00B64631" w:rsidRPr="00EB4C57" w:rsidRDefault="00E75FBD" w:rsidP="00EB4C57">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-105967977"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B64631" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -5058,51 +5470,51 @@
             </w:r>
             <w:r w:rsidR="00B64631" w:rsidRPr="003E5A92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If applicable,</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B64631" w:rsidRPr="00D46863">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proprietary or Privileged Information</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D46863">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
             <w:r w:rsidR="00B64631" w:rsidRPr="00D46863">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Clearly mark and label with legend</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A62B7" w:rsidRPr="00BF669C" w14:paraId="19E1B47C" w14:textId="77777777" w:rsidTr="007F7B3B">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
@@ -5371,99 +5783,99 @@
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940340" w:rsidRPr="00BF669C" w14:paraId="0EA194C5" w14:textId="77777777" w:rsidTr="00357AB8">
         <w:trPr>
           <w:trHeight w:val="3599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5599EF" w14:textId="5F150EF1" w:rsidR="00940340" w:rsidRPr="00940340" w:rsidRDefault="00D46863" w:rsidP="00CF3D90">
+          <w:p w14:paraId="0E5599EF" w14:textId="5F150EF1" w:rsidR="00940340" w:rsidRPr="00940340" w:rsidRDefault="00E75FBD" w:rsidP="00CF3D90">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="108779405"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No more than 5 pages total</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06346B75" w14:textId="73D06817" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="00940340">
+          <w:p w14:paraId="06346B75" w14:textId="73D06817" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00940340">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1221599435"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5483,51 +5895,51 @@
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All PIs/coPI</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> included</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D40699B" w14:textId="5A809A5E" w:rsidR="0086628A" w:rsidRDefault="00D46863" w:rsidP="00940340">
+          <w:p w14:paraId="2D40699B" w14:textId="5A809A5E" w:rsidR="0086628A" w:rsidRDefault="00E75FBD" w:rsidP="00940340">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1826851325"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00617BBD">
                   <w:rPr>
@@ -5597,51 +6009,51 @@
           </w:p>
           <w:p w14:paraId="00259101" w14:textId="2B3E0C8B" w:rsidR="00940340" w:rsidRDefault="007A62B7" w:rsidP="0086628A">
             <w:pPr>
               <w:ind w:left="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and is on its own line</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F958229" w14:textId="7FBD8AB1" w:rsidR="00940340" w:rsidRPr="00815094" w:rsidRDefault="00D46863" w:rsidP="00815094">
+          <w:p w14:paraId="0F958229" w14:textId="7FBD8AB1" w:rsidR="00940340" w:rsidRPr="00815094" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1823345439"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A62B7" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5669,51 +6081,51 @@
           <w:p w14:paraId="54467D58" w14:textId="60BB0EB7" w:rsidR="00940340" w:rsidRPr="00F04ECD" w:rsidRDefault="00940340" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For each person’s reported results:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49C63ECD" w14:textId="62C38D06" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="004D6146">
+          <w:p w14:paraId="49C63ECD" w14:textId="62C38D06" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-1947378412"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007E19D7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
@@ -5825,51 +6237,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00617BBD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> Broader Impacts</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7782FFC6" w14:textId="77777777" w:rsidR="00940340" w:rsidRDefault="00D46863" w:rsidP="004D6146">
+          <w:p w14:paraId="7782FFC6" w14:textId="77777777" w:rsidR="00940340" w:rsidRDefault="00E75FBD" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="903958373"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
@@ -5994,51 +6406,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> this award.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E13798">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2934800B" w14:textId="4EB9D90F" w:rsidR="00940340" w:rsidRPr="007725E8" w:rsidRDefault="00940340" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="515ADEF3" w14:textId="0674065E" w:rsidR="0071208F" w:rsidRDefault="00D46863" w:rsidP="0071208F">
+          <w:p w14:paraId="515ADEF3" w14:textId="0674065E" w:rsidR="0071208F" w:rsidRDefault="00E75FBD" w:rsidP="0071208F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="920905134"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6099,51 +6511,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ollections</w:t>
             </w:r>
             <w:r w:rsidR="0071208F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, as may have been described in the Data Management Plan for the awarded project</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65A059E6" w14:textId="2C24FDC5" w:rsidR="00940340" w:rsidRDefault="00D46863" w:rsidP="0071208F">
+          <w:p w14:paraId="65A059E6" w14:textId="2C24FDC5" w:rsidR="00940340" w:rsidRDefault="00E75FBD" w:rsidP="0071208F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-94788389"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6171,51 +6583,51 @@
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="048922B3" w14:textId="22283C32" w:rsidR="007A62B7" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="007A62B7">
+          <w:p w14:paraId="048922B3" w14:textId="22283C32" w:rsidR="007A62B7" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="007A62B7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="407" w:hanging="407"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1488310535"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A62B7" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6228,97 +6640,78 @@
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A62B7" w:rsidRPr="004C5B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If the project was recently awarded and therefore no new results exist, describe the major goals and broader impacts of the project. Note that the proposal may contain up to five pages to describe the results</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B32B7" w:rsidRPr="00BF669C" w14:paraId="54B46D5A" w14:textId="77777777" w:rsidTr="00B47028">
+      <w:tr w:rsidR="005A1D91" w:rsidRPr="00BF669C" w14:paraId="0C209EA3" w14:textId="77777777" w:rsidTr="00510A27">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10799" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A79589" w14:textId="77777777" w:rsidR="005A1D91" w:rsidRPr="001B7E9F" w:rsidRDefault="005A1D91" w:rsidP="00510A27">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC6C11">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66AFEE4D" w14:textId="77777777" w:rsidR="00FB21D2" w:rsidRPr="00A843FF" w:rsidRDefault="00FB21D2" w:rsidP="00A843FF">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
@@ -6344,51 +6737,51 @@
           <w:p w14:paraId="6721CED4" w14:textId="26317260" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="00C6463E" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>references cited</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00BF669C" w14:paraId="73D34936" w14:textId="77777777" w:rsidTr="00B47028">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA35406" w14:textId="6C92C81E" w:rsidR="005B32B7" w:rsidRPr="00A16F4A" w:rsidRDefault="00D46863" w:rsidP="00B1254C">
+          <w:p w14:paraId="2DA35406" w14:textId="6C92C81E" w:rsidR="005B32B7" w:rsidRPr="00A16F4A" w:rsidRDefault="00E75FBD" w:rsidP="00B1254C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-316182442"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A66E6C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -6574,117 +6967,126 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>can be included.</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6380E631" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00F17C43" w:rsidRDefault="00A843FF">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33FC38C6" w14:textId="77777777" w:rsidR="005A1D91" w:rsidRDefault="005A1D91">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5040"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="4949"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00BF669C" w14:paraId="0BF8CFBE" w14:textId="77777777" w:rsidTr="00257ABC">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="46B43F9A" w14:textId="45B685E9" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="00C6463E" w:rsidP="001A31C0">
+          <w:p w14:paraId="46B43F9A" w14:textId="031411D1" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="00C6463E" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>budget</w:t>
             </w:r>
             <w:r w:rsidR="00D11CE3" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE23BC" w:rsidRPr="00BF669C" w14:paraId="18018FCC" w14:textId="77777777" w:rsidTr="00D46863">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19279483" w14:textId="5E0783F2" w:rsidR="00CE23BC" w:rsidRDefault="00D46863" w:rsidP="00617BBD">
+          <w:p w14:paraId="19279483" w14:textId="5E0783F2" w:rsidR="00CE23BC" w:rsidRDefault="00E75FBD" w:rsidP="00617BBD">
             <w:pPr>
               <w:ind w:left="329" w:hanging="329"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1128972094"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A66E6C">
                   <w:rPr>
@@ -6737,51 +7139,51 @@
             <w:r w:rsidR="00617BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> costs</w:t>
             </w:r>
             <w:r w:rsidR="00CE23BC" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, both yearly and overall</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="271D407B" w14:textId="6B8ABC58" w:rsidR="00815094" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="00815094">
+          <w:p w14:paraId="271D407B" w14:textId="6B8ABC58" w:rsidR="00815094" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1161237480"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -6830,51 +7232,51 @@
             <w:r w:rsidR="00815094">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00815094" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B8A5204" w14:textId="44685DAD" w:rsidR="00815094" w:rsidRPr="00CE23BC" w:rsidRDefault="00D46863" w:rsidP="00815094">
+          <w:p w14:paraId="1B8A5204" w14:textId="44685DAD" w:rsidR="00815094" w:rsidRPr="00CE23BC" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1172720690"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6896,51 +7298,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00815094" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Matches internal budget</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="76C20A7A" w14:textId="608F4ADC" w:rsidR="00815094" w:rsidRDefault="00D46863" w:rsidP="00815094">
+          <w:p w14:paraId="76C20A7A" w14:textId="608F4ADC" w:rsidR="00815094" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
             <w:pPr>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-741789583"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE23BC" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6987,51 +7389,51 @@
             </w:r>
             <w:r w:rsidR="00815094">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>include anything that will be secured through a service agreement/contract (venue rental, catering, supplies, etc.)</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00815094">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A902A7D" w14:textId="6026DA01" w:rsidR="00815094" w:rsidRDefault="00D46863" w:rsidP="00337625">
+          <w:p w14:paraId="7A902A7D" w14:textId="6026DA01" w:rsidR="00815094" w:rsidRDefault="00E75FBD" w:rsidP="00337625">
             <w:pPr>
               <w:ind w:left="416" w:hanging="416"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1541192669"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00815094" w:rsidRPr="00A16F4A">
                   <w:rPr>
@@ -7068,51 +7470,51 @@
             <w:r w:rsidR="00337625">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>justification</w:t>
             </w:r>
             <w:r w:rsidR="00815094" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> entered for each subcontract</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15812F55" w14:textId="4D863918" w:rsidR="00CE23BC" w:rsidRPr="00CE23BC" w:rsidRDefault="00D46863" w:rsidP="00CE23BC">
+          <w:p w14:paraId="15812F55" w14:textId="4D863918" w:rsidR="00CE23BC" w:rsidRPr="00CE23BC" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
             <w:pPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1897402821"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE23BC" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -7154,100 +7556,99 @@
       </w:tr>
       <w:tr w:rsidR="00831E9C" w:rsidRPr="00BF669C" w14:paraId="37AA248D" w14:textId="77777777" w:rsidTr="00257ABC">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="0EADABF2" w14:textId="1593A5BC" w:rsidR="00831E9C" w:rsidRPr="001B7E9F" w:rsidRDefault="001B7E9F" w:rsidP="001B7E9F">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC6C11">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00BF669C" w14:paraId="5D71D024" w14:textId="77777777" w:rsidTr="00257ABC">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79877A75" w14:textId="2BCFE0CD" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="00C6463E" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>budget justification</w:t>
             </w:r>
             <w:r w:rsidR="00D11CE3" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0003353B" w:rsidRPr="00BF669C" w14:paraId="54D2F754" w14:textId="77777777" w:rsidTr="004264EA">
         <w:trPr>
           <w:trHeight w:val="2069"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5850" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0B639D1A" w14:textId="695A962D" w:rsidR="00B64631" w:rsidRDefault="00D46863" w:rsidP="00CE23BC">
+          <w:p w14:paraId="0B639D1A" w14:textId="695A962D" w:rsidR="00B64631" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2008587763"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -7306,51 +7707,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for stand</w:t>
             </w:r>
             <w:r w:rsidR="00B64631" w:rsidRPr="0059439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ard</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> language.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FD19146" w14:textId="739E7FE8" w:rsidR="0003353B" w:rsidRDefault="00D46863" w:rsidP="00CE23BC">
+          <w:p w14:paraId="4FD19146" w14:textId="739E7FE8" w:rsidR="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1228039956"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B64631" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -7371,51 +7772,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="001178D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>page limit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A7DBFFF" w14:textId="6CDFA633" w:rsidR="0003353B" w:rsidRDefault="00D46863" w:rsidP="00CE23BC">
+          <w:p w14:paraId="7A7DBFFF" w14:textId="6CDFA633" w:rsidR="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-146055883"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -7437,100 +7838,100 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No cost sharing language</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0003353B" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5331260C" w14:textId="5AF7D13C" w:rsidR="0003353B" w:rsidRPr="00CE23BC" w:rsidRDefault="00D46863" w:rsidP="00CE23BC">
+          <w:p w14:paraId="5331260C" w14:textId="5AF7D13C" w:rsidR="0003353B" w:rsidRPr="00CE23BC" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="90445376"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0003353B" w:rsidRPr="00597DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definition of a year is included</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E7244C1" w14:textId="22EC7904" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00D46863" w:rsidP="0003353B">
+          <w:p w14:paraId="6E7244C1" w14:textId="22EC7904" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-307865316"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004264EA">
                   <w:rPr>
@@ -7541,51 +7942,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0003353B" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Any normally unallowable costs or more than 2 months of PI salary are justified</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="118C114F" w14:textId="04484B93" w:rsidR="0003353B" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="0003353B">
+          <w:p w14:paraId="118C114F" w14:textId="04484B93" w:rsidR="0003353B" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="430" w:hanging="430"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-333376802"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -7598,51 +7999,51 @@
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0003353B" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Travel is specified, itemized, justified</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76605BC5" w14:textId="648806C4" w:rsidR="0003353B" w:rsidRDefault="00D46863" w:rsidP="0003353B">
+          <w:p w14:paraId="76605BC5" w14:textId="648806C4" w:rsidR="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="430" w:hanging="430"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="420303292"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -7694,51 +8095,51 @@
             <w:r w:rsidR="004F6F52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ct</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E11535F" w14:textId="54856C98" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00D46863" w:rsidP="0003353B">
+          <w:p w14:paraId="5E11535F" w14:textId="54856C98" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-601571103"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -7767,51 +8168,51 @@
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>summary of any subawards</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0332F44E" w14:textId="6ADF995D" w:rsidR="00815094" w:rsidRPr="00815094" w:rsidRDefault="00D46863" w:rsidP="00815094">
+          <w:p w14:paraId="0332F44E" w14:textId="6ADF995D" w:rsidR="00815094" w:rsidRPr="00815094" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-778019326"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A16F4A" w:rsidRPr="00A16F4A">
                   <w:rPr>
@@ -7932,147 +8333,147 @@
           <w:p w14:paraId="1F6CBC50" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00BF669C" w:rsidRDefault="00A843FF" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>facilities, equipment and other resources *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A843FF" w:rsidRPr="00BF669C" w14:paraId="68FCB2BF" w14:textId="77777777" w:rsidTr="004264EA">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="553CA21B" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRDefault="00D46863" w:rsidP="0099269F">
+          <w:p w14:paraId="553CA21B" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRDefault="00E75FBD" w:rsidP="0099269F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1443303481"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A843FF" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No cost sharing language</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1223BD07" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00525C30" w:rsidRDefault="00D46863" w:rsidP="0099269F">
+          <w:p w14:paraId="1223BD07" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00525C30" w:rsidRDefault="00E75FBD" w:rsidP="0099269F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-23413073"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A843FF" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Only resources that are directly applicable are included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00177982" w14:textId="397FA5EC" w:rsidR="00A843FF" w:rsidRDefault="00D46863" w:rsidP="0099269F">
+          <w:p w14:paraId="00177982" w14:textId="397FA5EC" w:rsidR="00A843FF" w:rsidRDefault="00E75FBD" w:rsidP="0099269F">
             <w:pPr>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="767121339"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A16F4A" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -8112,51 +8513,51 @@
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00F8536D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> role</w:t>
             </w:r>
             <w:r w:rsidR="00A843FF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidR="004264EA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F9D1A0A" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00525C30" w:rsidRDefault="00D46863" w:rsidP="0099269F">
+          <w:p w14:paraId="1F9D1A0A" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00525C30" w:rsidRDefault="00E75FBD" w:rsidP="0099269F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1361479525"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A843FF" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -8537,153 +8938,117 @@
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4EC419EB" w14:textId="4D25CD6E" w:rsidR="001F41C2" w:rsidRPr="00BF669C" w:rsidRDefault="001F41C2" w:rsidP="001B18B8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="004264EA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>NSF Senior Personnel Info</w:t>
-[...17 lines deleted...]
-                <w:t>mation Page</w:t>
+                <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F17C43">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F17C43">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="009D1703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">See PAPPG for </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:anchor="ch2D2g" w:history="1">
               <w:r w:rsidRPr="009D1703">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Equipment P</w:t>
-[...17 lines deleted...]
-                <w:t>oposals Biosketch</w:t>
+                <w:t>Equipment Proposals Biosketch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="009D1703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> instructions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Other Personnel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C6C2E" w:rsidRPr="00BF669C" w14:paraId="1C6821C2" w14:textId="77777777" w:rsidTr="007C6C2E">
         <w:trPr>
           <w:trHeight w:val="1970"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="12B9DD45" w14:textId="083F4F45" w:rsidR="007C6C2E" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="12B9DD45" w14:textId="083F4F45" w:rsidR="007C6C2E" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2042900547"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E">
                   <w:rPr>
@@ -8776,100 +9141,100 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No personal information.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F6A4DB2" w14:textId="77777777" w:rsidR="007C6C2E" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="7F6A4DB2" w14:textId="77777777" w:rsidR="007C6C2E" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1742871355"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All required fields in Identifying Information, Organization and Location section are complete.</w:t>
             </w:r>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E51733F" w14:textId="48C597D6" w:rsidR="007C6C2E" w:rsidRDefault="00D46863" w:rsidP="00F17C43">
+          <w:p w14:paraId="0E51733F" w14:textId="48C597D6" w:rsidR="007C6C2E" w:rsidRDefault="00E75FBD" w:rsidP="00F17C43">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="422" w:hanging="422"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-842474582"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -8947,51 +9312,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">are in </w:t>
             </w:r>
             <w:r w:rsidR="007C6C2E" w:rsidRPr="004264EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>reverse</w:t>
             </w:r>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> chronological order.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19031D78" w14:textId="5DB49B18" w:rsidR="007C6C2E" w:rsidRPr="00F17C43" w:rsidRDefault="00D46863" w:rsidP="00F17C43">
+          <w:p w14:paraId="19031D78" w14:textId="5DB49B18" w:rsidR="007C6C2E" w:rsidRPr="00F17C43" w:rsidRDefault="00E75FBD" w:rsidP="00F17C43">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="422" w:hanging="422"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="580024508"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -9025,51 +9390,51 @@
               <w:t xml:space="preserve">; et al. is allowed. Products must be citable and accessible.  Other NSF awards cannot be counted as </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>an “other”</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F17C43" w:rsidRPr="00BF669C" w14:paraId="0A144A84" w14:textId="77777777" w:rsidTr="00F17C43">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA04F6F" w14:textId="608D5D88" w:rsidR="00F17C43" w:rsidRPr="00A1736F" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="7DA04F6F" w14:textId="608D5D88" w:rsidR="00F17C43" w:rsidRPr="00A1736F" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="332" w:hanging="332"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="852848538"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F17C43" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9085,188 +9450,183 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Certification</w:t>
             </w:r>
             <w:r w:rsidR="00F17C43" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> –</w:t>
             </w:r>
             <w:r w:rsidR="00F17C43">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> certification has been completed and the signed PDF has been downloaded. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0477641C" w14:textId="77777777" w:rsidR="005A1D91" w:rsidRDefault="005A1D91">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5004" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="29" w:type="dxa"/>
+          <w:right w:w="29" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10799"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00F17C43" w:rsidRPr="00BF669C" w14:paraId="633A90F1" w14:textId="77777777" w:rsidTr="003D32BC">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="477B60BA" w14:textId="77777777" w:rsidR="00F17C43" w:rsidRPr="00BF669C" w:rsidRDefault="00F17C43" w:rsidP="003D32BC">
+          <w:p w14:paraId="477B60BA" w14:textId="4AED1625" w:rsidR="00F17C43" w:rsidRPr="00BF669C" w:rsidRDefault="00F17C43" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>current and pending</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> (other)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> support *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F17C43" w:rsidRPr="00BF669C" w14:paraId="196E08B7" w14:textId="77777777" w:rsidTr="003D32BC">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4563A243" w14:textId="40DF58F6" w:rsidR="00F17C43" w:rsidRDefault="00F17C43" w:rsidP="00F17C43">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00E9764A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>NSF Senior Personnel Inform</w:t>
-[...15 lines deleted...]
-                <w:t>tion Page</w:t>
+                <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="_Hlk164164866"/>
           </w:p>
           <w:p w14:paraId="575BC7AB" w14:textId="52272571" w:rsidR="00F17C43" w:rsidRDefault="00F17C43" w:rsidP="00F17C43">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">See NSF </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00D30C00">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Guidance Tab</w:t>
-[...17 lines deleted...]
-                <w:t>e</w:t>
+                <w:t>Guidance Table</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for NSPM-33 and PAPPG</w:t>
             </w:r>
             <w:r w:rsidRPr="004264EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:anchor="ch2D2hii" w:history="1">
               <w:r w:rsidRPr="004264EA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
@@ -9298,59 +9658,59 @@
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F41C2" w:rsidRPr="00BF669C" w14:paraId="3CAF8533" w14:textId="77777777" w:rsidTr="001F41C2">
+      <w:tr w:rsidR="001F41C2" w:rsidRPr="00BF669C" w14:paraId="3CAF8533" w14:textId="77777777" w:rsidTr="005A1D91">
         <w:trPr>
-          <w:trHeight w:val="1296"/>
+          <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5101F7" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="2D5101F7" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="142474878"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -9441,51 +9801,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No personal information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17C51E06" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="17C51E06" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1088457803"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9531,51 +9891,51 @@
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00EF0214">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>potential overlap with this proposal in terms of scope, budget, or person-months planned or committed to the project by the individual</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="001D95FD" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="001D95FD" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1296184297"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
@@ -9584,51 +9944,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>The proposed project is included as Pending.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F17C43" w:rsidRPr="00BF669C" w14:paraId="40ACCFDA" w14:textId="77777777" w:rsidTr="004264EA">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="250B619F" w14:textId="77777777" w:rsidR="00F17C43" w:rsidRPr="005878CB" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="250B619F" w14:textId="77777777" w:rsidR="00F17C43" w:rsidRPr="005878CB" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="332" w:hanging="332"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-139884239"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F17C43" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9639,51 +9999,69 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F17C43">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Certification</w:t>
             </w:r>
             <w:r w:rsidR="00F17C43" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> –</w:t>
             </w:r>
             <w:r w:rsidR="00F17C43">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> certification has been completed and the signed PDF has been downloaded.  Do not save the PDF in any other format than what was downloaded.</w:t>
+              <w:t xml:space="preserve"> certification has been </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F17C43">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>completed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F17C43">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and the signed PDF has been downloaded.  Do not save the PDF in any other format than what was downloaded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5008" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10807"/>
@@ -9737,51 +10115,51 @@
             <w:bookmarkStart w:id="5" w:name="_Hlk125033931"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Collaborators and Other affiliations</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F41C2" w14:paraId="0A8F72F3" w14:textId="77777777" w:rsidTr="001F41C2">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD65D02" w14:textId="49CEA1AE" w:rsidR="001F41C2" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="5AD65D02" w14:textId="49CEA1AE" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="1424454382"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2">
@@ -9817,51 +10195,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Senior/Key</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00AD1C31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Person</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51CAEFFA" w14:textId="58790CC7" w:rsidR="001F41C2" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="51CAEFFA" w14:textId="58790CC7" w:rsidR="001F41C2" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-1324891793"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2">
                   <w:rPr>
@@ -9896,51 +10274,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="001F41C2" w:rsidRPr="004264EA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71651A24" w14:textId="1F2ACCB4" w:rsidR="001F41C2" w:rsidRPr="00BF669C" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="71651A24" w14:textId="1F2ACCB4" w:rsidR="001F41C2" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="478741491"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
@@ -9949,51 +10327,51 @@
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> All names are listed in last name, first name order</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22D40D1F" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00D46863" w:rsidP="00A843FF">
+          <w:p w14:paraId="22D40D1F" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="00A843FF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-969127256"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -10003,51 +10381,51 @@
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> No change to column widths; it’s ok to insert ro</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">ws </w:t>
             </w:r>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E750C05" w14:textId="47FBD2D5" w:rsidR="001F41C2" w:rsidRPr="00A843FF" w:rsidRDefault="00D46863" w:rsidP="00A843FF">
+          <w:p w14:paraId="3E750C05" w14:textId="47FBD2D5" w:rsidR="001F41C2" w:rsidRPr="00A843FF" w:rsidRDefault="00E75FBD" w:rsidP="00A843FF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1759552288"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00A16F4A">
                   <w:rPr>
@@ -10133,51 +10511,51 @@
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="004264EA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F41C2" w14:paraId="0CEFEE62" w14:textId="77777777" w:rsidTr="001F41C2">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFAA65D" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="4EFAA65D" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-656304800"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -10272,51 +10650,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="008F5154">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00053199">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Up to 5 distinct examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55DF7481" w14:textId="36A1AD0A" w:rsidR="001F41C2" w:rsidRPr="008F5154" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="55DF7481" w14:textId="36A1AD0A" w:rsidR="001F41C2" w:rsidRPr="008F5154" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="599295463"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2">
                   <w:rPr>
@@ -10513,51 +10891,51 @@
               <w:t xml:space="preserve">Documents uploaded to a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>named</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF2285">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> field</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1520" w:rsidRPr="00BF669C" w14:paraId="7BBA04D9" w14:textId="77777777" w:rsidTr="001A31C0">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D613CF2" w14:textId="0387AE12" w:rsidR="00BC1520" w:rsidRPr="008C1826" w:rsidRDefault="00D46863" w:rsidP="00BC1520">
+          <w:p w14:paraId="2D613CF2" w14:textId="0387AE12" w:rsidR="00BC1520" w:rsidRPr="008C1826" w:rsidRDefault="00E75FBD" w:rsidP="00BC1520">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="444"/>
               </w:tabs>
               <w:spacing w:before="7" w:line="223" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1284"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="1535855395"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
@@ -10602,51 +10980,51 @@
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2 page</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> limit</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="066BE3FD" w14:textId="6E30A08B" w:rsidR="00BC1520" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="066BE3FD" w14:textId="6E30A08B" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-760215823"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -10713,51 +11091,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 page limit.</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00FF3902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74160CBE" w14:textId="5BE76DCD" w:rsidR="00BC1520" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="74160CBE" w14:textId="5BE76DCD" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2111655972"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -10835,51 +11213,51 @@
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Personnel</w:t>
             </w:r>
             <w:r w:rsidR="002C3831">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CF3B8D5" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00B837C4" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="0CF3B8D5" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00B837C4" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="336" w:hanging="336"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1810668885"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -10892,51 +11270,51 @@
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="002C3831">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reviewers to include</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: first, middle initial, last name, email, organization (optional).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D0674C1" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00817502" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="7D0674C1" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00817502" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="531236531"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520">
                   <w:rPr>
@@ -11082,51 +11460,51 @@
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4772"/>
         <w:gridCol w:w="6018"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BC1520" w:rsidRPr="00BF669C" w14:paraId="058C27A0" w14:textId="77777777" w:rsidTr="003D32BC">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4772" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38AB3016" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00B837C4" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="38AB3016" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00B837C4" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1754628812"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00DB6707">
@@ -11205,51 +11583,51 @@
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CD8D633" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00BF669C" w:rsidRDefault="00BC1520" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Letters of Collaboration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="559E61C1" w14:textId="1352BCFC" w:rsidR="00BC1520" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="559E61C1" w14:textId="1352BCFC" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-231854967"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="00370F09">
@@ -11365,51 +11743,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or endorsement </w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>language</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38191370" w14:textId="20F4D4A6" w:rsidR="00BC1520" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="38191370" w14:textId="20F4D4A6" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="597299695"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -11531,51 +11909,51 @@
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF0342">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="001A31C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Include if FOA indicates it’s required to be uploaded.</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF0342">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67A8F914" w14:textId="7EC5EF3C" w:rsidR="00BC1520" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="67A8F914" w14:textId="7EC5EF3C" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-517777394"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="00370F09">
                   <w:rPr>
@@ -11607,51 +11985,51 @@
             <w:r w:rsidR="00BC1520" w:rsidRPr="002563FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is required</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; single plan must be developed for all off-campus work across the project.</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="002563FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58686050" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00262CE0" w:rsidRDefault="00D46863" w:rsidP="003D32BC">
+          <w:p w14:paraId="58686050" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00262CE0" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="621507016"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="00370F09">
                   <w:rPr>
@@ -11691,51 +12069,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>page limit</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="002563FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1520" w:rsidRPr="00BF669C" w14:paraId="68755E68" w14:textId="77777777" w:rsidTr="002C3831">
         <w:trPr>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52ECFB66" w14:textId="3058EE4C" w:rsidR="00BC1520" w:rsidRDefault="00D46863" w:rsidP="001A31C0">
+          <w:p w14:paraId="52ECFB66" w14:textId="3058EE4C" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="239" w:hanging="239"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1122000312"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C3831" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -11870,65 +12248,66 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79B39A43" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRDefault="00BC1520" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="TribalNations"/>
             <w:bookmarkStart w:id="8" w:name="_Hlk125713098"/>
             <w:r w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Seeking and Obtaining Tribal Nation Approval </w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for Proposals that May Impact Tribal Resources or Interests</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="161BCC5B" w14:textId="31E8AB61" w:rsidR="00BC1520" w:rsidRDefault="00D46863" w:rsidP="001A31C0">
+          <w:p w14:paraId="161BCC5B" w14:textId="31E8AB61" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="239" w:hanging="239"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="868114797"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -12200,71 +12579,71 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66B2363C" w14:textId="77777777" w:rsidR="00955639" w:rsidRDefault="00955639">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="12082A3C" w14:textId="77777777" w:rsidR="00955639" w:rsidRDefault="00955639">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2FBAD554" w14:textId="77777777" w:rsidR="00955639" w:rsidRDefault="00955639">
@@ -13128,83 +13507,85 @@
     <w:rsid w:val="004B34DD"/>
     <w:rsid w:val="004C1488"/>
     <w:rsid w:val="004D6146"/>
     <w:rsid w:val="004E1F75"/>
     <w:rsid w:val="004F6F52"/>
     <w:rsid w:val="004F797C"/>
     <w:rsid w:val="00511C0F"/>
     <w:rsid w:val="00515A7A"/>
     <w:rsid w:val="005164C2"/>
     <w:rsid w:val="00516B9E"/>
     <w:rsid w:val="00520BDE"/>
     <w:rsid w:val="00522532"/>
     <w:rsid w:val="005236C9"/>
     <w:rsid w:val="00525C30"/>
     <w:rsid w:val="00531539"/>
     <w:rsid w:val="00536173"/>
     <w:rsid w:val="005428C6"/>
     <w:rsid w:val="0054494D"/>
     <w:rsid w:val="00553D66"/>
     <w:rsid w:val="00560949"/>
     <w:rsid w:val="00560F77"/>
     <w:rsid w:val="00570B5B"/>
     <w:rsid w:val="00581A1A"/>
     <w:rsid w:val="00594417"/>
     <w:rsid w:val="00597DF9"/>
+    <w:rsid w:val="005A1D91"/>
     <w:rsid w:val="005B32B7"/>
     <w:rsid w:val="005B43AF"/>
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005E29C8"/>
     <w:rsid w:val="005F21A2"/>
     <w:rsid w:val="00607BCE"/>
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="00617BBD"/>
     <w:rsid w:val="00620167"/>
     <w:rsid w:val="00622A27"/>
     <w:rsid w:val="006238C8"/>
     <w:rsid w:val="00634528"/>
     <w:rsid w:val="00643BDC"/>
     <w:rsid w:val="00645F34"/>
     <w:rsid w:val="00653A40"/>
     <w:rsid w:val="00674FB6"/>
     <w:rsid w:val="00682DE4"/>
     <w:rsid w:val="00690A2E"/>
     <w:rsid w:val="00691522"/>
     <w:rsid w:val="00695570"/>
     <w:rsid w:val="006B5280"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006D0878"/>
     <w:rsid w:val="006D33CD"/>
     <w:rsid w:val="006D4849"/>
     <w:rsid w:val="006E095F"/>
     <w:rsid w:val="006E5961"/>
     <w:rsid w:val="006F598B"/>
     <w:rsid w:val="007077FD"/>
     <w:rsid w:val="0071208F"/>
     <w:rsid w:val="007136B8"/>
     <w:rsid w:val="007147F4"/>
+    <w:rsid w:val="00717351"/>
     <w:rsid w:val="007265DC"/>
     <w:rsid w:val="00727040"/>
     <w:rsid w:val="0074043D"/>
     <w:rsid w:val="00754382"/>
     <w:rsid w:val="007725E8"/>
     <w:rsid w:val="00772CA1"/>
     <w:rsid w:val="007765DD"/>
     <w:rsid w:val="00776847"/>
     <w:rsid w:val="0078313D"/>
     <w:rsid w:val="00786663"/>
     <w:rsid w:val="00795C10"/>
     <w:rsid w:val="00796754"/>
     <w:rsid w:val="00797844"/>
     <w:rsid w:val="007A58CD"/>
     <w:rsid w:val="007A6235"/>
     <w:rsid w:val="007A62B7"/>
     <w:rsid w:val="007B5459"/>
     <w:rsid w:val="007B675A"/>
     <w:rsid w:val="007C42A8"/>
     <w:rsid w:val="007C6C2E"/>
     <w:rsid w:val="007D49C6"/>
     <w:rsid w:val="007E09BA"/>
     <w:rsid w:val="007E19D7"/>
     <w:rsid w:val="007E7F74"/>
     <w:rsid w:val="008014A9"/>
@@ -13276,50 +13657,51 @@
     <w:rsid w:val="00A510D2"/>
     <w:rsid w:val="00A51E9F"/>
     <w:rsid w:val="00A6091E"/>
     <w:rsid w:val="00A66E6C"/>
     <w:rsid w:val="00A71F70"/>
     <w:rsid w:val="00A73E9E"/>
     <w:rsid w:val="00A73FBA"/>
     <w:rsid w:val="00A76352"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A76F0B"/>
     <w:rsid w:val="00A843FF"/>
     <w:rsid w:val="00A86F72"/>
     <w:rsid w:val="00A90460"/>
     <w:rsid w:val="00A9364E"/>
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95A1A"/>
     <w:rsid w:val="00AB2468"/>
     <w:rsid w:val="00AC09FA"/>
     <w:rsid w:val="00AD1C31"/>
     <w:rsid w:val="00AD1CFA"/>
     <w:rsid w:val="00AD578F"/>
     <w:rsid w:val="00AD69ED"/>
     <w:rsid w:val="00AD731D"/>
     <w:rsid w:val="00AE5703"/>
     <w:rsid w:val="00B018B3"/>
+    <w:rsid w:val="00B07BA5"/>
     <w:rsid w:val="00B11EE0"/>
     <w:rsid w:val="00B1254C"/>
     <w:rsid w:val="00B24FBF"/>
     <w:rsid w:val="00B445E7"/>
     <w:rsid w:val="00B47028"/>
     <w:rsid w:val="00B54B8B"/>
     <w:rsid w:val="00B64631"/>
     <w:rsid w:val="00B64E41"/>
     <w:rsid w:val="00B67C5A"/>
     <w:rsid w:val="00B75A27"/>
     <w:rsid w:val="00B7650F"/>
     <w:rsid w:val="00B837C4"/>
     <w:rsid w:val="00B97760"/>
     <w:rsid w:val="00BA4B23"/>
     <w:rsid w:val="00BA4E75"/>
     <w:rsid w:val="00BB7506"/>
     <w:rsid w:val="00BC1520"/>
     <w:rsid w:val="00BF4377"/>
     <w:rsid w:val="00BF669C"/>
     <w:rsid w:val="00BF7CC9"/>
     <w:rsid w:val="00C0344A"/>
     <w:rsid w:val="00C04014"/>
     <w:rsid w:val="00C05396"/>
     <w:rsid w:val="00C16870"/>
     <w:rsid w:val="00C278BE"/>
@@ -13363,82 +13745,84 @@
     <w:rsid w:val="00D92366"/>
     <w:rsid w:val="00DA21A2"/>
     <w:rsid w:val="00DB0C25"/>
     <w:rsid w:val="00DB3A41"/>
     <w:rsid w:val="00DC00DC"/>
     <w:rsid w:val="00DC4118"/>
     <w:rsid w:val="00DE4FE9"/>
     <w:rsid w:val="00DE5986"/>
     <w:rsid w:val="00DE662D"/>
     <w:rsid w:val="00DF0D64"/>
     <w:rsid w:val="00DF3620"/>
     <w:rsid w:val="00E10BC3"/>
     <w:rsid w:val="00E135C6"/>
     <w:rsid w:val="00E324EF"/>
     <w:rsid w:val="00E37280"/>
     <w:rsid w:val="00E41884"/>
     <w:rsid w:val="00E42D78"/>
     <w:rsid w:val="00E432C2"/>
     <w:rsid w:val="00E51E21"/>
     <w:rsid w:val="00E543C7"/>
     <w:rsid w:val="00E605FF"/>
     <w:rsid w:val="00E63B12"/>
     <w:rsid w:val="00E66AAA"/>
     <w:rsid w:val="00E7398F"/>
     <w:rsid w:val="00E74B03"/>
+    <w:rsid w:val="00E75FBD"/>
     <w:rsid w:val="00E8270B"/>
     <w:rsid w:val="00EA3E64"/>
     <w:rsid w:val="00EB1D8F"/>
     <w:rsid w:val="00EB4C57"/>
     <w:rsid w:val="00EE0224"/>
     <w:rsid w:val="00EE40E1"/>
     <w:rsid w:val="00EF7160"/>
     <w:rsid w:val="00F02EC8"/>
     <w:rsid w:val="00F03B50"/>
     <w:rsid w:val="00F04ECD"/>
     <w:rsid w:val="00F076B4"/>
     <w:rsid w:val="00F17C43"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F252B2"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27F76"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F31885"/>
     <w:rsid w:val="00F37FD9"/>
     <w:rsid w:val="00F45E18"/>
     <w:rsid w:val="00F46854"/>
     <w:rsid w:val="00F50043"/>
     <w:rsid w:val="00F50489"/>
     <w:rsid w:val="00F54598"/>
     <w:rsid w:val="00F746DA"/>
     <w:rsid w:val="00F8657E"/>
     <w:rsid w:val="00F86A05"/>
     <w:rsid w:val="00F96C96"/>
     <w:rsid w:val="00FA7A52"/>
     <w:rsid w:val="00FB21D2"/>
     <w:rsid w:val="00FC29F6"/>
     <w:rsid w:val="00FD099B"/>
+    <w:rsid w:val="00FE556A"/>
     <w:rsid w:val="00FE5EF0"/>
     <w:rsid w:val="00FF297E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -14293,83 +14677,50 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.nsf.gov/policies/pappg/24-1/ch-2-proposal-preparation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.nsf.gov/funding/senior-personnel-documents" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/prepare-proposals/proposal-essentials-sponsor/safe-and-inclusive-working-environment-plan-nsf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.nsf.gov/funding/senior-personnel-documents" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.nsf.gov/funding/senior-personnel-documents" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.nsf.gov/policies/pappg/24-1/ch-2-proposal-preparation" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.nsf.gov/policies/pappg/24-1/ch-2-proposal-preparation" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/node/226/attachment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nsf.gov/bfa/dias/policy/disclosures_table.jsp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.nsf.gov/policies/pappg/24-1/ch-2-proposal-preparation" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://new.nsf.gov/funding/senior-personnel-documents" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\amho8416\AppData\Roaming\Microsoft\Templates\New%20company%20setup%20checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="873699DA3FE44FAA8102934C15F42451"/>
-[...31 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="1616665D93864DA198FDB51780F06EB4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C09FF9C0-6F81-49C5-AF48-DD0488A566D9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002D5F11" w:rsidRDefault="0027254E" w:rsidP="0027254E">
           <w:pPr>
             <w:pStyle w:val="1616665D93864DA198FDB51780F06EB4"/>
           </w:pPr>
           <w:r w:rsidRPr="001E379C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -14572,119 +14923,120 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:markup="0" w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E75AC0"/>
     <w:rsid w:val="00035672"/>
     <w:rsid w:val="00136943"/>
     <w:rsid w:val="001D417C"/>
     <w:rsid w:val="001E5A0B"/>
     <w:rsid w:val="002713C4"/>
     <w:rsid w:val="0027254E"/>
     <w:rsid w:val="002730F2"/>
     <w:rsid w:val="002D5F11"/>
     <w:rsid w:val="003272E7"/>
     <w:rsid w:val="003D37B9"/>
     <w:rsid w:val="003D3C6B"/>
     <w:rsid w:val="003F5669"/>
     <w:rsid w:val="00405587"/>
     <w:rsid w:val="004E1C79"/>
     <w:rsid w:val="00650DE1"/>
+    <w:rsid w:val="00717351"/>
     <w:rsid w:val="007E09BA"/>
     <w:rsid w:val="0084407C"/>
     <w:rsid w:val="00AE089C"/>
     <w:rsid w:val="00B00C9D"/>
     <w:rsid w:val="00C42BA7"/>
     <w:rsid w:val="00CD2814"/>
     <w:rsid w:val="00E75AC0"/>
     <w:rsid w:val="00F61D92"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -15466,56 +15818,50 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100809035BDD2324F42B4A322DA0BDAECFA" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8b6c6b8eb2d33d9ad3556566dd3692dc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="60ea690c-6e89-4892-9dbb-36632ca54e9d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea09f6b79e648667af47114f1aaf60b6" ns3:_="">
     <xsd:import namespace="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -15649,122 +15995,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2448A74-D900-4089-8435-B1880F3E0313}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B640E92-30E1-4152-8934-76F5CED158C7}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{149E8B98-7D09-4CAA-912C-73E3E59FAC08}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B640E92-30E1-4152-8934-76F5CED158C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>11164</Characters>
+  <Pages>5</Pages>
+  <Words>1724</Words>
+  <Characters>11332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>236</Lines>
+  <Paragraphs>143</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12850</CharactersWithSpaces>
+  <CharactersWithSpaces>12913</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>