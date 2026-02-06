--- v1 (2025-11-16)
+++ v2 (2026-02-06)
@@ -34,51 +34,51 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7D1615C7" w14:textId="024994AF" w:rsidR="00865A59" w:rsidRPr="0054494D" w:rsidRDefault="00364364" w:rsidP="00865A59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="80" w:after="0"/>
         <w:ind w:left="-360" w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C254B9" wp14:editId="1135732F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C254B9" wp14:editId="3A91C6D9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-6350</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>9019</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -191,90 +191,80 @@
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="00404EE8" w:rsidRPr="0054494D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">PAPPG </w:t>
       </w:r>
       <w:r w:rsidR="00404EE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>24-1 effective May 20, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F819E4" w14:textId="69B93809" w:rsidR="00404EE8" w:rsidRPr="00D06F89" w:rsidRDefault="00404EE8" w:rsidP="00404EE8">
+    <w:p w14:paraId="17F819E4" w14:textId="5EB9293A" w:rsidR="00404EE8" w:rsidRPr="00D06F89" w:rsidRDefault="00404EE8" w:rsidP="00404EE8">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:ind w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B11AED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">Updated </w:t>
       </w:r>
-      <w:r w:rsidR="00D46863">
+      <w:r w:rsidR="00B54D7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>2025.</w:t>
-[...9 lines deleted...]
-        <w:t>10.15</w:t>
+        <w:t>2026.01.09</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C2D40C" w14:textId="1B08020D" w:rsidR="00D06F89" w:rsidRPr="00D06F89" w:rsidRDefault="00D06F89" w:rsidP="00865A59">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="80" w:after="0"/>
         <w:ind w:left="-360" w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
@@ -660,51 +650,51 @@
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1243492280"/>
         <w:placeholder>
           <w:docPart w:val="1616665D93864DA198FDB51780F06EB4"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="NospacingChar"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="7C7E1F88" w14:textId="3B41542B" w:rsidR="00E324EF" w:rsidRPr="00E324EF" w:rsidRDefault="00E75FBD" w:rsidP="00E324EF">
+        <w:p w14:paraId="7C7E1F88" w14:textId="3B41542B" w:rsidR="00E324EF" w:rsidRPr="00E324EF" w:rsidRDefault="00C87781" w:rsidP="00E324EF">
           <w:pPr>
             <w:pStyle w:val="Heading2"/>
             <w:rPr>
               <w:rStyle w:val="NospacingChar"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-274565576"/>
               <w:placeholder>
                 <w:docPart w:val="676C5438A09B40559620BAC0D7260ADA"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="NospacingChar"/>
                 <w:sz w:val="20"/>
@@ -757,126 +747,117 @@
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="447"/>
         <w:gridCol w:w="2883"/>
         <w:gridCol w:w="7540"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE556A" w:rsidRPr="00BF669C" w14:paraId="5ADA4412" w14:textId="77777777" w:rsidTr="00B07BA5">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="11AA2CE1" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRPr="008D5372" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
+          <w:p w14:paraId="11AA2CE1" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRPr="008D5372" w:rsidRDefault="00C87781" w:rsidP="00510A27">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-890194168"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008D5372">
+                <w:r w:rsidR="00FE556A" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2883" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48885E4C" w14:textId="095B2088" w:rsidR="00FE556A" w:rsidRPr="00B07BA5" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07BA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">All Senior/Key Personnel </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">listed on CU’s portion of the project have completed their Research Security Training. </w:t>
+              <w:t xml:space="preserve">All Senior/Key Personnel listed on CU’s portion of the project have completed their Research Security Training. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7540" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32966A0B" w14:textId="77777777" w:rsidR="00FE556A" w:rsidRDefault="00FE556A" w:rsidP="00510A27">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1204,51 +1185,51 @@
             </w:r>
             <w:r w:rsidR="00F3153F" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> INFORMATION</w:t>
             </w:r>
             <w:r w:rsidR="00E324EF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004351A6" w:rsidRPr="00BF669C" w14:paraId="6D95C3BA" w14:textId="3D220CF0" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5608" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="476509FB" w14:textId="721ECE4B" w:rsidR="004351A6" w:rsidRPr="004351A6" w:rsidRDefault="00E75FBD" w:rsidP="008E5019">
+          <w:p w14:paraId="476509FB" w14:textId="721ECE4B" w:rsidR="004351A6" w:rsidRPr="004351A6" w:rsidRDefault="00C87781" w:rsidP="008E5019">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="476348020"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008E5019" w:rsidRPr="008D5372">
                   <w:rPr>
@@ -1324,51 +1305,51 @@
               <w:t>Times/Computer Modern 11 pt</w:t>
             </w:r>
             <w:r w:rsidR="00827518">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="004351A6" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4E539AA6" w14:textId="7B54614F" w:rsidR="004351A6" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="008E5019">
+          <w:p w14:paraId="4E539AA6" w14:textId="7B54614F" w:rsidR="004351A6" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="008E5019">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="382" w:hanging="382"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="104553453"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008E5019" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -1416,51 +1397,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, tables</w:t>
             </w:r>
             <w:r w:rsidR="004351A6" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – less than 10 pt. ok </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004351A6" w:rsidRPr="00BF669C" w14:paraId="0A7C9069" w14:textId="39CB5B27" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5608" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="7F89477C" w14:textId="6D136034" w:rsidR="004351A6" w:rsidRPr="004351A6" w:rsidRDefault="00E75FBD" w:rsidP="004351A6">
+          <w:p w14:paraId="7F89477C" w14:textId="6D136034" w:rsidR="004351A6" w:rsidRPr="004351A6" w:rsidRDefault="00C87781" w:rsidP="004351A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1402899495"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D5372" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1487,51 +1468,51 @@
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="004351A6" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>inch margins</w:t>
             </w:r>
             <w:r w:rsidR="004351A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 6 lines of text within a vertical space of 1”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5262" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8D565B" w14:textId="0396091D" w:rsidR="004351A6" w:rsidRPr="00AD69ED" w:rsidRDefault="00E75FBD" w:rsidP="00AD69ED">
+          <w:p w14:paraId="1F8D565B" w14:textId="0396091D" w:rsidR="004351A6" w:rsidRPr="00AD69ED" w:rsidRDefault="00C87781" w:rsidP="00AD69ED">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="382" w:hanging="382"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1693753653"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AD69ED" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1605,96 +1586,96 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>project setup</w:t>
             </w:r>
             <w:r w:rsidR="00A510D2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B675A" w:rsidRPr="00BF669C" w14:paraId="56B7F9A6" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4578" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45D8393D" w14:textId="27B484BA" w:rsidR="007B675A" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00DE4FE9">
+          <w:p w14:paraId="45D8393D" w14:textId="27B484BA" w:rsidR="007B675A" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="00DE4FE9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2091187228"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B675A" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B675A" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NSF Announcement #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6292" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="342DA8F8" w14:textId="5646A901" w:rsidR="007B675A" w:rsidRPr="00A510D2" w:rsidRDefault="00E75FBD" w:rsidP="00DE4FE9">
+          <w:p w14:paraId="342DA8F8" w14:textId="5646A901" w:rsidR="007B675A" w:rsidRPr="00A510D2" w:rsidRDefault="00C87781" w:rsidP="00DE4FE9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="826014904"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B675A" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1713,51 +1694,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4FE9" w:rsidRPr="00BF669C" w14:paraId="1C932A28" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="795BDF56" w14:textId="2D4A09D5" w:rsidR="00DE4FE9" w:rsidRPr="008D5372" w:rsidRDefault="00E75FBD" w:rsidP="00917F32">
+          <w:p w14:paraId="795BDF56" w14:textId="2D4A09D5" w:rsidR="00DE4FE9" w:rsidRPr="008D5372" w:rsidRDefault="00C87781" w:rsidP="00917F32">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="639699696"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4FE9" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
@@ -1801,51 +1782,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Title includes any required descriptive words (see solicitation for title requirements)</w:t>
             </w:r>
             <w:r w:rsidR="000C04AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B675A" w:rsidRPr="00BF669C" w14:paraId="2BD6E434" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5478" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="31B777AF" w14:textId="1CCF3E3C" w:rsidR="007B675A" w:rsidRPr="007B675A" w:rsidRDefault="00E75FBD" w:rsidP="00DE4FE9">
+          <w:p w14:paraId="31B777AF" w14:textId="1CCF3E3C" w:rsidR="007B675A" w:rsidRPr="007B675A" w:rsidRDefault="00C87781" w:rsidP="00DE4FE9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1674944733"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -1868,51 +1849,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B675A" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Type of Proposal Select one</w:t>
             </w:r>
             <w:r w:rsidR="007B675A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5392" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0F22244A" w14:textId="22B2BFA6" w:rsidR="007B675A" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00DE4FE9">
+          <w:p w14:paraId="0F22244A" w14:textId="22B2BFA6" w:rsidR="007B675A" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="00DE4FE9">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2047974913"/>
                 <w:placeholder>
                   <w:docPart w:val="E992841344954C7FB688A529D5235DCF"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:id w:val="527145072"/>
                     <w15:color w:val="008000"/>
                     <w14:checkbox>
@@ -2064,189 +2045,189 @@
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="29" w:type="dxa"/>
                 <w:right w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5042"/>
               <w:gridCol w:w="1624"/>
               <w:gridCol w:w="4136"/>
             </w:tblGrid>
             <w:tr w:rsidR="00E7398F" w:rsidRPr="002F619B" w14:paraId="63077E1D" w14:textId="77777777" w:rsidTr="009E3E20">
               <w:trPr>
                 <w:trHeight w:val="332"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5005" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="57F05D44" w14:textId="0288A6FD" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00E7398F">
+                <w:p w14:paraId="57F05D44" w14:textId="0288A6FD" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00C87781" w:rsidP="00E7398F">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="392398612"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00E605FF" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00E605FF" w:rsidRPr="002F619B">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Start date 6+ months out, unless allowed by FOA</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1612" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3B36EAC5" w14:textId="396BE8AC" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00E7398F">
+                <w:p w14:paraId="3B36EAC5" w14:textId="396BE8AC" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00C87781" w:rsidP="00E7398F">
                   <w:pPr>
                     <w:spacing w:before="0" w:after="0"/>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1356272093"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00E605FF" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00E605FF" w:rsidRPr="002F619B">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t># of months</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4105" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="44D96514" w14:textId="5DE40534" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00E7398F">
+                <w:p w14:paraId="44D96514" w14:textId="5DE40534" w:rsidR="00E7398F" w:rsidRPr="002F619B" w:rsidRDefault="00C87781" w:rsidP="00E7398F">
                   <w:pPr>
                     <w:spacing w:before="0" w:after="0"/>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-1251353239"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00E605FF" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00E605FF" w:rsidRPr="002F619B">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Primary place of performance address</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B7650F" w:rsidRPr="002F619B" w14:paraId="43E0C2ED" w14:textId="77777777" w:rsidTr="00B7650F">
               <w:trPr>
                 <w:trHeight w:val="359"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5005" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="0E32D2F9" w14:textId="3EBD82AD" w:rsidR="00B7650F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00B7650F">
+                <w:p w14:paraId="0E32D2F9" w14:textId="3EBD82AD" w:rsidR="00B7650F" w:rsidRPr="002F619B" w:rsidRDefault="00C87781" w:rsidP="00B7650F">
                   <w:pPr>
                     <w:ind w:left="390" w:hanging="390"/>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="1546023745"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00B7650F" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
@@ -2275,51 +2256,51 @@
                     </w:rPr>
                     <w:t>,</w:t>
                   </w:r>
                   <w:r w:rsidR="00B7650F" w:rsidRPr="00B7650F">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> enter ID number that was issued upon submission</w:t>
                   </w:r>
                   <w:r w:rsidR="000C04AB">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5717" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4ED45C2B" w14:textId="7065721B" w:rsidR="00B7650F" w:rsidRPr="002F619B" w:rsidRDefault="00E75FBD" w:rsidP="00B7650F">
+                <w:p w14:paraId="4ED45C2B" w14:textId="7065721B" w:rsidR="00B7650F" w:rsidRPr="002F619B" w:rsidRDefault="00C87781" w:rsidP="00B7650F">
                   <w:pPr>
                     <w:spacing w:before="0" w:after="0"/>
                     <w:ind w:left="421" w:hanging="421"/>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-391658897"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00B7650F" w:rsidRPr="008D5372">
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
@@ -2341,51 +2322,51 @@
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Preliminary proposal</w:t>
                   </w:r>
                   <w:r w:rsidR="000C04AB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>, if required, enter the preliminary proposal number.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00531539" w:rsidRPr="002F619B" w14:paraId="5BB42B66" w14:textId="77777777" w:rsidTr="0005550C">
               <w:trPr>
                 <w:trHeight w:val="359"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10722" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="62A47F4A" w14:textId="01F08A5A" w:rsidR="00531539" w:rsidRDefault="00E75FBD" w:rsidP="00B7650F">
+                <w:p w14:paraId="62A47F4A" w14:textId="01F08A5A" w:rsidR="00531539" w:rsidRDefault="00C87781" w:rsidP="00B7650F">
                   <w:pPr>
                     <w:spacing w:before="0" w:after="0"/>
                     <w:ind w:left="421" w:hanging="421"/>
                     <w:rPr>
                       <w:sz w:val="32"/>
                       <w:szCs w:val="32"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="1436330646"/>
                       <w15:color w:val="008000"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00531539" w:rsidRPr="008D5372">
                         <w:rPr>
@@ -2451,51 +2432,51 @@
           </w:tbl>
           <w:p w14:paraId="69F535B1" w14:textId="77777777" w:rsidR="00E7398F" w:rsidRDefault="00E7398F" w:rsidP="00E7398F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="3379DBA6" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA4B9D3" w14:textId="4A05DC3A" w:rsidR="009D1052" w:rsidRDefault="00E75FBD" w:rsidP="0052163A">
+          <w:p w14:paraId="7DA4B9D3" w14:textId="4A05DC3A" w:rsidR="009D1052" w:rsidRDefault="00C87781" w:rsidP="0052163A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1679269094"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009E3E20">
                   <w:rPr>
@@ -2505,99 +2486,99 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009D1052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proprietary or Privileged information – if this box is checked, a Proprietary/Privileged upload button will appear</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w14:paraId="790F2E62" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="1682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3162" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="142DA362" w14:textId="77777777" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00BA4E75">
+          <w:p w14:paraId="142DA362" w14:textId="77777777" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="00BA4E75">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1411126064"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Beginning Investigator – BIO directorate only</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07F9A92C" w14:textId="0301A3E5" w:rsidR="000072C1" w:rsidRPr="00357AB8" w:rsidRDefault="00E75FBD" w:rsidP="00357AB8">
+          <w:p w14:paraId="07F9A92C" w14:textId="0301A3E5" w:rsidR="000072C1" w:rsidRPr="00357AB8" w:rsidRDefault="00C87781" w:rsidP="00357AB8">
             <w:pPr>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1845592138"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E74B03">
                   <w:rPr>
@@ -2633,100 +2614,100 @@
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Historic Places</w:t>
             </w:r>
             <w:r w:rsidR="00531539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Proprietary/ Privileged information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2539" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE9BD84" w14:textId="2A9A336B" w:rsidR="00BA4E75" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
+          <w:p w14:paraId="0EE9BD84" w14:textId="2A9A336B" w:rsidR="00BA4E75" w:rsidRDefault="00C87781" w:rsidP="00F46854">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1021325268"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vertebrate animals </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72645774" w14:textId="77777777" w:rsidR="00404EE8" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
+          <w:p w14:paraId="72645774" w14:textId="77777777" w:rsidR="00404EE8" w:rsidRDefault="00C87781" w:rsidP="00F46854">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="361" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="1800417657"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -2778,51 +2759,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00E543C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AFC848C" w14:textId="77777777" w:rsidR="00634528" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
+          <w:p w14:paraId="6AFC848C" w14:textId="77777777" w:rsidR="00634528" w:rsidRDefault="00C87781" w:rsidP="00F46854">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="361" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="1990512005"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -2917,51 +2898,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t># D16-00388</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5169" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7469AB4C" w14:textId="10FCAD26" w:rsidR="00BA4E75" w:rsidRPr="00F46854" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
+          <w:p w14:paraId="7469AB4C" w14:textId="10FCAD26" w:rsidR="00BA4E75" w:rsidRPr="00F46854" w:rsidRDefault="00C87781" w:rsidP="00F46854">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="595138103"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3129,51 +3110,51 @@
             <w:r w:rsidRPr="00531539">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00531539">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00357AB8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A92DC6D" w14:textId="7B14B25A" w:rsidR="00BA4E75" w:rsidRPr="00357AB8" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
+          <w:p w14:paraId="4A92DC6D" w14:textId="7B14B25A" w:rsidR="00BA4E75" w:rsidRPr="00357AB8" w:rsidRDefault="00C87781" w:rsidP="00F46854">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:ind w:firstLine="166"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1952517774"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3211,51 +3192,51 @@
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00531539">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00357AB8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r w:rsidR="00357AB8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EFD5E16" w14:textId="0F5DF059" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00F46854">
+          <w:p w14:paraId="1EFD5E16" w14:textId="0F5DF059" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="00F46854">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:ind w:firstLine="166"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1954702340"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
@@ -3278,145 +3259,145 @@
             <w:r w:rsidR="002D59EA">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">and Exemption </w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w14:paraId="156DED02" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="20A5C929" w14:textId="6A44B6E0" w:rsidR="00BA4E75" w:rsidRPr="00BA4E75" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="20A5C929" w14:textId="6A44B6E0" w:rsidR="00BA4E75" w:rsidRPr="00BA4E75" w:rsidRDefault="00C87781" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="130218743"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00337625" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funding of an International Branch Campus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2536" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3BCFB478" w14:textId="06030F2E" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="3BCFB478" w14:textId="06030F2E" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="331" w:hanging="331"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="833342459"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D5372" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Funding of a Foreign Org. including through subaward or consultant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6122" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="215D5AB7" w14:textId="6B16F1BC" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="215D5AB7" w14:textId="6B16F1BC" w:rsidR="00BA4E75" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="421" w:hanging="421"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-938591454"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA4E75" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -3442,51 +3423,51 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>, including conferences</w:t>
             </w:r>
             <w:r w:rsidR="00BA4E75" w:rsidRPr="00FE5EF0">
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>. Worldwide if country is unknown.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00531539" w:rsidRPr="00BF669C" w14:paraId="756DD432" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1891" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5786485E" w14:textId="2DEC55D3" w:rsidR="00531539" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="5786485E" w14:textId="2DEC55D3" w:rsidR="00531539" w:rsidRDefault="00C87781" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="372277349"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00531539" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3499,51 +3480,51 @@
             <w:r w:rsidR="00531539" w:rsidRPr="002F619B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00531539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Potential DURC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4309" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="55932699" w14:textId="539E139C" w:rsidR="00531539" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="55932699" w14:textId="539E139C" w:rsidR="00531539" w:rsidRDefault="00C87781" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1068655342"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00531539" w:rsidRPr="008D5372">
                   <w:rPr>
@@ -3562,51 +3543,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00531539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Off-campus/off-site research (check FOA to see if a plan is required for upload)</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4670" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="093C9D5E" w14:textId="7B88C838" w:rsidR="00531539" w:rsidRDefault="00E75FBD" w:rsidP="00FE5EF0">
+          <w:p w14:paraId="093C9D5E" w14:textId="7B88C838" w:rsidR="00531539" w:rsidRDefault="00C87781" w:rsidP="00FE5EF0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1145081995"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00531539" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -3682,51 +3663,51 @@
             </w:r>
             <w:r w:rsidR="009D1052" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="579E6C59" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A58B4B1" w14:textId="77777777" w:rsidR="009D1052" w:rsidRDefault="00E75FBD" w:rsidP="009D1052">
+          <w:p w14:paraId="6A58B4B1" w14:textId="77777777" w:rsidR="009D1052" w:rsidRDefault="00C87781" w:rsidP="009D1052">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="774822424"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E74B03">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -3776,51 +3757,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="009D1052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>d, has populated</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B0FC8FC" w14:textId="15A00DA1" w:rsidR="009F45F5" w:rsidRDefault="00E75FBD" w:rsidP="009F45F5">
+          <w:p w14:paraId="6B0FC8FC" w14:textId="15A00DA1" w:rsidR="009F45F5" w:rsidRDefault="00C87781" w:rsidP="009F45F5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1730841571"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F45F5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3884,50 +3865,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65A92C3C" w14:textId="5F47B448" w:rsidR="009D1052" w:rsidRDefault="00357AB8" w:rsidP="00357AB8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>SENIOR/KEY PERSONNEL</w:t>
             </w:r>
             <w:r w:rsidR="009D1052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and SUBAWARDEE </w:t>
             </w:r>
             <w:r w:rsidR="009D1052">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3944,51 +3926,51 @@
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003617F8" w:rsidRPr="00BF669C" w14:paraId="6E05FA60" w14:textId="77777777" w:rsidTr="00834073">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="73AF7576" w14:textId="578E4724" w:rsidR="003617F8" w:rsidRPr="008D5372" w:rsidRDefault="00E75FBD" w:rsidP="009D1052">
+          <w:p w14:paraId="73AF7576" w14:textId="578E4724" w:rsidR="003617F8" w:rsidRPr="008D5372" w:rsidRDefault="00C87781" w:rsidP="009D1052">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2144083900"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F45F5" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
@@ -4339,51 +4321,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1052" w:rsidRPr="00BF669C" w14:paraId="6467D29A" w14:textId="77777777" w:rsidTr="00F31885">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10870" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="56AA756E" w14:textId="61189163" w:rsidR="009D1052" w:rsidRPr="00BA4E75" w:rsidRDefault="00E75FBD" w:rsidP="009D1052">
+          <w:p w14:paraId="56AA756E" w14:textId="61189163" w:rsidR="009D1052" w:rsidRPr="00BA4E75" w:rsidRDefault="00C87781" w:rsidP="009D1052">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-699703477"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D1052" w:rsidRPr="008D5372">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -4579,51 +4561,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The following c</w:t>
             </w:r>
             <w:r w:rsidRPr="007B675A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>an only be checked through the print proposal function</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77218065" w14:textId="7894D5D0" w:rsidR="00B64631" w:rsidRDefault="00E75FBD" w:rsidP="009D1052">
+          <w:p w14:paraId="77218065" w14:textId="7894D5D0" w:rsidR="00B64631" w:rsidRDefault="00C87781" w:rsidP="009D1052">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-449860057"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00357AB8">
                   <w:rPr>
@@ -4814,51 +4796,51 @@
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8005"/>
         <w:gridCol w:w="2785"/>
       </w:tblGrid>
       <w:tr w:rsidR="00865A59" w:rsidRPr="00BF669C" w14:paraId="377002B5" w14:textId="77777777" w:rsidTr="00357AB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8005" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AA428CF" w14:textId="37B55347" w:rsidR="00865A59" w:rsidRPr="000B22FC" w:rsidRDefault="00E75FBD" w:rsidP="00357AB8">
+          <w:p w14:paraId="4AA428CF" w14:textId="37B55347" w:rsidR="00865A59" w:rsidRPr="000B22FC" w:rsidRDefault="00C87781" w:rsidP="00357AB8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="6" w:line="223" w:lineRule="auto"/>
               <w:ind w:left="450" w:right="40" w:hanging="450"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2068608975"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -5041,51 +5023,51 @@
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>project description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940340" w:rsidRPr="00BF669C" w14:paraId="32FDD061" w14:textId="77777777" w:rsidTr="00357AB8">
         <w:trPr>
           <w:trHeight w:val="1880"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="23EEE519" w14:textId="77777777" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00A510D2">
+          <w:p w14:paraId="23EEE519" w14:textId="77777777" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="00A510D2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1492098332"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5098,51 +5080,51 @@
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15 pages, unless otherwise indicated in FOA</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2413083D" w14:textId="0B7580CB" w:rsidR="00940340" w:rsidRPr="001254C7" w:rsidRDefault="00E75FBD" w:rsidP="001254C7">
+          <w:p w14:paraId="2413083D" w14:textId="0B7580CB" w:rsidR="00940340" w:rsidRPr="001254C7" w:rsidRDefault="00C87781" w:rsidP="001254C7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="327107622"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5154,51 +5136,51 @@
             </w:sdt>
             <w:r w:rsidR="00940340">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A510D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Section labeled as Broader Impacts</w:t>
             </w:r>
             <w:r w:rsidR="00940340">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43A13A6F" w14:textId="77777777" w:rsidR="00940340" w:rsidRDefault="00E75FBD" w:rsidP="00A510D2">
+          <w:p w14:paraId="43A13A6F" w14:textId="77777777" w:rsidR="00940340" w:rsidRDefault="00C87781" w:rsidP="00A510D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2130302187"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00337625" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5210,51 +5192,51 @@
             </w:sdt>
             <w:r w:rsidR="00A510D2">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A510D2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No URLs</w:t>
             </w:r>
             <w:r w:rsidR="00A510D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75CF9ADC" w14:textId="3D3CF13B" w:rsidR="00B64631" w:rsidRPr="00357AB8" w:rsidRDefault="00E75FBD" w:rsidP="00357AB8">
+          <w:p w14:paraId="75CF9ADC" w14:textId="3D3CF13B" w:rsidR="00B64631" w:rsidRPr="00357AB8" w:rsidRDefault="00C87781" w:rsidP="00357AB8">
             <w:pPr>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1816753677"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B64631" w:rsidRPr="00A16F4A">
                   <w:rPr>
@@ -5272,51 +5254,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B64631" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">PI-supplied information in the margins including page numbers, title, team members. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6389" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40743BA0" w14:textId="600F3116" w:rsidR="00A510D2" w:rsidRDefault="00E75FBD" w:rsidP="00A510D2">
+          <w:p w14:paraId="40743BA0" w14:textId="600F3116" w:rsidR="00A510D2" w:rsidRDefault="00C87781" w:rsidP="00A510D2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="189184190"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A510D2" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5360,100 +5342,100 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00A510D2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> are readable</w:t>
             </w:r>
             <w:r w:rsidR="00A510D2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A86B668" w14:textId="079D5A26" w:rsidR="00940340" w:rsidRDefault="00E75FBD" w:rsidP="00EB4C57">
+          <w:p w14:paraId="4A86B668" w14:textId="079D5A26" w:rsidR="00940340" w:rsidRDefault="00C87781" w:rsidP="00EB4C57">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2040262176"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000043EC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000B22FC" w:rsidRPr="000B22FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If applicable, e</w:t>
             </w:r>
             <w:r w:rsidR="000B22FC" w:rsidRPr="000B22FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>xplanation/justification of funding to an IBC or foreign organization (through subaward or consultant arrangement) is included</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E14E764" w14:textId="4F42AF6B" w:rsidR="00B64631" w:rsidRPr="00EB4C57" w:rsidRDefault="00E75FBD" w:rsidP="00EB4C57">
+          <w:p w14:paraId="6E14E764" w14:textId="4F42AF6B" w:rsidR="00B64631" w:rsidRPr="00EB4C57" w:rsidRDefault="00C87781" w:rsidP="00EB4C57">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-105967977"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B64631" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -5783,99 +5765,99 @@
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940340" w:rsidRPr="00BF669C" w14:paraId="0EA194C5" w14:textId="77777777" w:rsidTr="00357AB8">
         <w:trPr>
           <w:trHeight w:val="3599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5599EF" w14:textId="5F150EF1" w:rsidR="00940340" w:rsidRPr="00940340" w:rsidRDefault="00E75FBD" w:rsidP="00CF3D90">
+          <w:p w14:paraId="0E5599EF" w14:textId="5F150EF1" w:rsidR="00940340" w:rsidRPr="00940340" w:rsidRDefault="00C87781" w:rsidP="00CF3D90">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="108779405"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No more than 5 pages total</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06346B75" w14:textId="73D06817" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00940340">
+          <w:p w14:paraId="06346B75" w14:textId="73D06817" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="00940340">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1221599435"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5895,51 +5877,51 @@
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All PIs/coPI</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> included</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D40699B" w14:textId="5A809A5E" w:rsidR="0086628A" w:rsidRDefault="00E75FBD" w:rsidP="00940340">
+          <w:p w14:paraId="2D40699B" w14:textId="5A809A5E" w:rsidR="0086628A" w:rsidRDefault="00C87781" w:rsidP="00940340">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1826851325"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00617BBD">
                   <w:rPr>
@@ -6009,51 +5991,51 @@
           </w:p>
           <w:p w14:paraId="00259101" w14:textId="2B3E0C8B" w:rsidR="00940340" w:rsidRDefault="007A62B7" w:rsidP="0086628A">
             <w:pPr>
               <w:ind w:left="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and is on its own line</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F958229" w14:textId="7FBD8AB1" w:rsidR="00940340" w:rsidRPr="00815094" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
+          <w:p w14:paraId="0F958229" w14:textId="7FBD8AB1" w:rsidR="00940340" w:rsidRPr="00815094" w:rsidRDefault="00C87781" w:rsidP="00815094">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1823345439"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A62B7" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6081,51 +6063,51 @@
           <w:p w14:paraId="54467D58" w14:textId="60BB0EB7" w:rsidR="00940340" w:rsidRPr="00F04ECD" w:rsidRDefault="00940340" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For each person’s reported results:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49C63ECD" w14:textId="62C38D06" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="004D6146">
+          <w:p w14:paraId="49C63ECD" w14:textId="62C38D06" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-1947378412"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007E19D7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
@@ -6237,51 +6219,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00617BBD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> Broader Impacts</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7782FFC6" w14:textId="77777777" w:rsidR="00940340" w:rsidRDefault="00E75FBD" w:rsidP="004D6146">
+          <w:p w14:paraId="7782FFC6" w14:textId="77777777" w:rsidR="00940340" w:rsidRDefault="00C87781" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="903958373"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
@@ -6406,51 +6388,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> this award.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E13798">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2934800B" w14:textId="4EB9D90F" w:rsidR="00940340" w:rsidRPr="007725E8" w:rsidRDefault="00940340" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="515ADEF3" w14:textId="0674065E" w:rsidR="0071208F" w:rsidRDefault="00E75FBD" w:rsidP="0071208F">
+          <w:p w14:paraId="515ADEF3" w14:textId="0674065E" w:rsidR="0071208F" w:rsidRDefault="00C87781" w:rsidP="0071208F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="920905134"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6511,51 +6493,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ollections</w:t>
             </w:r>
             <w:r w:rsidR="0071208F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, as may have been described in the Data Management Plan for the awarded project</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65A059E6" w14:textId="2C24FDC5" w:rsidR="00940340" w:rsidRDefault="00E75FBD" w:rsidP="0071208F">
+          <w:p w14:paraId="65A059E6" w14:textId="2C24FDC5" w:rsidR="00940340" w:rsidRDefault="00C87781" w:rsidP="0071208F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-94788389"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6583,51 +6565,51 @@
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="048922B3" w14:textId="22283C32" w:rsidR="007A62B7" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="007A62B7">
+          <w:p w14:paraId="048922B3" w14:textId="22283C32" w:rsidR="007A62B7" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="007A62B7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="407" w:hanging="407"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1488310535"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A62B7" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6737,51 +6719,51 @@
           <w:p w14:paraId="6721CED4" w14:textId="26317260" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="00C6463E" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>references cited</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00BF669C" w14:paraId="73D34936" w14:textId="77777777" w:rsidTr="00B47028">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA35406" w14:textId="6C92C81E" w:rsidR="005B32B7" w:rsidRPr="00A16F4A" w:rsidRDefault="00E75FBD" w:rsidP="00B1254C">
+          <w:p w14:paraId="2DA35406" w14:textId="6C92C81E" w:rsidR="005B32B7" w:rsidRPr="00A16F4A" w:rsidRDefault="00C87781" w:rsidP="00B1254C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-316182442"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A66E6C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -7023,70 +7005,71 @@
         <w:gridCol w:w="4949"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00BF669C" w14:paraId="0BF8CFBE" w14:textId="77777777" w:rsidTr="00257ABC">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="46B43F9A" w14:textId="031411D1" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="00C6463E" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>budget</w:t>
             </w:r>
             <w:r w:rsidR="00D11CE3" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE23BC" w:rsidRPr="00BF669C" w14:paraId="18018FCC" w14:textId="77777777" w:rsidTr="00D46863">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19279483" w14:textId="5E0783F2" w:rsidR="00CE23BC" w:rsidRDefault="00E75FBD" w:rsidP="00617BBD">
+          <w:p w14:paraId="19279483" w14:textId="5E0783F2" w:rsidR="00CE23BC" w:rsidRDefault="00C87781" w:rsidP="00617BBD">
             <w:pPr>
               <w:ind w:left="329" w:hanging="329"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1128972094"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A66E6C">
                   <w:rPr>
@@ -7139,51 +7122,51 @@
             <w:r w:rsidR="00617BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> costs</w:t>
             </w:r>
             <w:r w:rsidR="00CE23BC" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, both yearly and overall</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="271D407B" w14:textId="6B8ABC58" w:rsidR="00815094" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
+          <w:p w14:paraId="271D407B" w14:textId="6B8ABC58" w:rsidR="00815094" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="00815094">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1161237480"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -7232,51 +7215,51 @@
             <w:r w:rsidR="00815094">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00815094" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B8A5204" w14:textId="44685DAD" w:rsidR="00815094" w:rsidRPr="00CE23BC" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
+          <w:p w14:paraId="1B8A5204" w14:textId="44685DAD" w:rsidR="00815094" w:rsidRPr="00CE23BC" w:rsidRDefault="00C87781" w:rsidP="00815094">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1172720690"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7298,51 +7281,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00815094" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Matches internal budget</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="76C20A7A" w14:textId="608F4ADC" w:rsidR="00815094" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
+          <w:p w14:paraId="76C20A7A" w14:textId="608F4ADC" w:rsidR="00815094" w:rsidRDefault="00C87781" w:rsidP="00815094">
             <w:pPr>
               <w:ind w:left="421" w:hanging="421"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-741789583"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE23BC" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -7389,51 +7372,51 @@
             </w:r>
             <w:r w:rsidR="00815094">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>include anything that will be secured through a service agreement/contract (venue rental, catering, supplies, etc.)</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00815094">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A902A7D" w14:textId="6026DA01" w:rsidR="00815094" w:rsidRDefault="00E75FBD" w:rsidP="00337625">
+          <w:p w14:paraId="7A902A7D" w14:textId="6026DA01" w:rsidR="00815094" w:rsidRDefault="00C87781" w:rsidP="00337625">
             <w:pPr>
               <w:ind w:left="416" w:hanging="416"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1541192669"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00815094" w:rsidRPr="00A16F4A">
                   <w:rPr>
@@ -7470,51 +7453,51 @@
             <w:r w:rsidR="00337625">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>justification</w:t>
             </w:r>
             <w:r w:rsidR="00815094" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> entered for each subcontract</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15812F55" w14:textId="4D863918" w:rsidR="00CE23BC" w:rsidRPr="00CE23BC" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
+          <w:p w14:paraId="15812F55" w14:textId="4D863918" w:rsidR="00CE23BC" w:rsidRPr="00CE23BC" w:rsidRDefault="00C87781" w:rsidP="00CE23BC">
             <w:pPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1897402821"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE23BC" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -7604,51 +7587,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>budget justification</w:t>
             </w:r>
             <w:r w:rsidR="00D11CE3" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0003353B" w:rsidRPr="00BF669C" w14:paraId="54D2F754" w14:textId="77777777" w:rsidTr="004264EA">
         <w:trPr>
           <w:trHeight w:val="2069"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5850" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0B639D1A" w14:textId="695A962D" w:rsidR="00B64631" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
+          <w:p w14:paraId="0B639D1A" w14:textId="695A962D" w:rsidR="00B64631" w:rsidRDefault="00C87781" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2008587763"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -7707,51 +7690,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for stand</w:t>
             </w:r>
             <w:r w:rsidR="00B64631" w:rsidRPr="0059439B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ard</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> language.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FD19146" w14:textId="739E7FE8" w:rsidR="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
+          <w:p w14:paraId="4FD19146" w14:textId="739E7FE8" w:rsidR="0003353B" w:rsidRDefault="00C87781" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1228039956"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B64631" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -7772,51 +7755,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="001178D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>page limit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A7DBFFF" w14:textId="6CDFA633" w:rsidR="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
+          <w:p w14:paraId="7A7DBFFF" w14:textId="6CDFA633" w:rsidR="0003353B" w:rsidRDefault="00C87781" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-146055883"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -7838,100 +7821,100 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No cost sharing language</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0003353B" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5331260C" w14:textId="5AF7D13C" w:rsidR="0003353B" w:rsidRPr="00CE23BC" w:rsidRDefault="00E75FBD" w:rsidP="00CE23BC">
+          <w:p w14:paraId="5331260C" w14:textId="5AF7D13C" w:rsidR="0003353B" w:rsidRPr="00CE23BC" w:rsidRDefault="00C87781" w:rsidP="00CE23BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="90445376"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0003353B" w:rsidRPr="00597DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definition of a year is included</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E7244C1" w14:textId="22EC7904" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="0003353B">
+          <w:p w14:paraId="6E7244C1" w14:textId="22EC7904" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00C87781" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-307865316"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004264EA">
                   <w:rPr>
@@ -7942,51 +7925,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0003353B" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Any normally unallowable costs or more than 2 months of PI salary are justified</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="118C114F" w14:textId="04484B93" w:rsidR="0003353B" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="0003353B">
+          <w:p w14:paraId="118C114F" w14:textId="04484B93" w:rsidR="0003353B" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="430" w:hanging="430"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-333376802"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -7999,51 +7982,51 @@
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0003353B" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Travel is specified, itemized, justified</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76605BC5" w14:textId="648806C4" w:rsidR="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="0003353B">
+          <w:p w14:paraId="76605BC5" w14:textId="648806C4" w:rsidR="0003353B" w:rsidRDefault="00C87781" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="430" w:hanging="430"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="420303292"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -8095,51 +8078,51 @@
             <w:r w:rsidR="004F6F52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ct</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E11535F" w14:textId="54856C98" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00E75FBD" w:rsidP="0003353B">
+          <w:p w14:paraId="5E11535F" w14:textId="54856C98" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00C87781" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-601571103"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -8168,51 +8151,51 @@
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>summary of any subawards</w:t>
             </w:r>
             <w:r w:rsidR="00B64631">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0332F44E" w14:textId="6ADF995D" w:rsidR="00815094" w:rsidRPr="00815094" w:rsidRDefault="00E75FBD" w:rsidP="00815094">
+          <w:p w14:paraId="0332F44E" w14:textId="6ADF995D" w:rsidR="00815094" w:rsidRPr="00815094" w:rsidRDefault="00C87781" w:rsidP="00815094">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-778019326"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A16F4A" w:rsidRPr="00A16F4A">
                   <w:rPr>
@@ -8333,147 +8316,147 @@
           <w:p w14:paraId="1F6CBC50" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00BF669C" w:rsidRDefault="00A843FF" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>facilities, equipment and other resources *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A843FF" w:rsidRPr="00BF669C" w14:paraId="68FCB2BF" w14:textId="77777777" w:rsidTr="004264EA">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="553CA21B" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRDefault="00E75FBD" w:rsidP="0099269F">
+          <w:p w14:paraId="553CA21B" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRDefault="00C87781" w:rsidP="0099269F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1443303481"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A843FF" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No cost sharing language</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1223BD07" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00525C30" w:rsidRDefault="00E75FBD" w:rsidP="0099269F">
+          <w:p w14:paraId="1223BD07" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00525C30" w:rsidRDefault="00C87781" w:rsidP="0099269F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-23413073"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A843FF" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Only resources that are directly applicable are included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00177982" w14:textId="397FA5EC" w:rsidR="00A843FF" w:rsidRDefault="00E75FBD" w:rsidP="0099269F">
+          <w:p w14:paraId="00177982" w14:textId="397FA5EC" w:rsidR="00A843FF" w:rsidRDefault="00C87781" w:rsidP="0099269F">
             <w:pPr>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="767121339"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A16F4A" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -8513,51 +8496,51 @@
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidR="00A843FF" w:rsidRPr="00F8536D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> role</w:t>
             </w:r>
             <w:r w:rsidR="00A843FF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidR="004264EA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F9D1A0A" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00525C30" w:rsidRDefault="00E75FBD" w:rsidP="0099269F">
+          <w:p w14:paraId="1F9D1A0A" w14:textId="77777777" w:rsidR="00A843FF" w:rsidRPr="00525C30" w:rsidRDefault="00C87781" w:rsidP="0099269F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1361479525"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A843FF" w:rsidRPr="00A16F4A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -9004,51 +8987,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> instructions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Other Personnel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C6C2E" w:rsidRPr="00BF669C" w14:paraId="1C6821C2" w14:textId="77777777" w:rsidTr="007C6C2E">
         <w:trPr>
           <w:trHeight w:val="1970"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="12B9DD45" w14:textId="083F4F45" w:rsidR="007C6C2E" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="12B9DD45" w14:textId="083F4F45" w:rsidR="007C6C2E" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2042900547"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E">
                   <w:rPr>
@@ -9141,100 +9124,100 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No personal information.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F6A4DB2" w14:textId="77777777" w:rsidR="007C6C2E" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="7F6A4DB2" w14:textId="77777777" w:rsidR="007C6C2E" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1742871355"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All required fields in Identifying Information, Organization and Location section are complete.</w:t>
             </w:r>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E51733F" w14:textId="48C597D6" w:rsidR="007C6C2E" w:rsidRDefault="00E75FBD" w:rsidP="00F17C43">
+          <w:p w14:paraId="0E51733F" w14:textId="48C597D6" w:rsidR="007C6C2E" w:rsidRDefault="00C87781" w:rsidP="00F17C43">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="422" w:hanging="422"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-842474582"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -9312,51 +9295,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">are in </w:t>
             </w:r>
             <w:r w:rsidR="007C6C2E" w:rsidRPr="004264EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>reverse</w:t>
             </w:r>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> chronological order.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19031D78" w14:textId="5DB49B18" w:rsidR="007C6C2E" w:rsidRPr="00F17C43" w:rsidRDefault="00E75FBD" w:rsidP="00F17C43">
+          <w:p w14:paraId="19031D78" w14:textId="5DB49B18" w:rsidR="007C6C2E" w:rsidRPr="00F17C43" w:rsidRDefault="00C87781" w:rsidP="00F17C43">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="422" w:hanging="422"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="580024508"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6C2E" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -9365,76 +9348,65 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007C6C2E" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007C6C2E" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Products/Publications –citation of up to 5 most closely related to projects and up to 5 other significant products, including submitted for publication</w:t>
             </w:r>
             <w:r w:rsidR="007C6C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">; et al. is allowed. Products must be citable and accessible.  Other NSF awards cannot be counted as </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>; et al. is allowed. Products must be citable and accessible.  Other NSF awards cannot be counted as an “other”</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F17C43" w:rsidRPr="00BF669C" w14:paraId="0A144A84" w14:textId="77777777" w:rsidTr="00F17C43">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA04F6F" w14:textId="608D5D88" w:rsidR="00F17C43" w:rsidRPr="00A1736F" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="7DA04F6F" w14:textId="608D5D88" w:rsidR="00F17C43" w:rsidRPr="00A1736F" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="332" w:hanging="332"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="852848538"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F17C43" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9503,50 +9475,51 @@
       <w:tblGrid>
         <w:gridCol w:w="10799"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F17C43" w:rsidRPr="00BF669C" w14:paraId="633A90F1" w14:textId="77777777" w:rsidTr="003D32BC">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="477B60BA" w14:textId="4AED1625" w:rsidR="00F17C43" w:rsidRPr="00BF669C" w:rsidRDefault="00F17C43" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>current and pending</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> (other)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> support *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F17C43" w:rsidRPr="00BF669C" w14:paraId="196E08B7" w14:textId="77777777" w:rsidTr="003D32BC">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
           </w:tcPr>
@@ -9666,51 +9639,51 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F41C2" w:rsidRPr="00BF669C" w14:paraId="3CAF8533" w14:textId="77777777" w:rsidTr="005A1D91">
         <w:trPr>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5101F7" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="2D5101F7" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="142474878"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -9801,51 +9774,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No personal information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17C51E06" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="17C51E06" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1088457803"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9891,51 +9864,51 @@
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00EF0214">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>potential overlap with this proposal in terms of scope, budget, or person-months planned or committed to the project by the individual</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="001D95FD" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="001D95FD" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1296184297"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
@@ -9944,51 +9917,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>The proposed project is included as Pending.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F17C43" w:rsidRPr="00BF669C" w14:paraId="40ACCFDA" w14:textId="77777777" w:rsidTr="004264EA">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="250B619F" w14:textId="77777777" w:rsidR="00F17C43" w:rsidRPr="005878CB" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="250B619F" w14:textId="77777777" w:rsidR="00F17C43" w:rsidRPr="005878CB" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="332" w:hanging="332"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-139884239"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F17C43" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9999,69 +9972,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F17C43">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Certification</w:t>
             </w:r>
             <w:r w:rsidR="00F17C43" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> –</w:t>
             </w:r>
             <w:r w:rsidR="00F17C43">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> certification has been </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and the signed PDF has been downloaded.  Do not save the PDF in any other format than what was downloaded.</w:t>
+              <w:t xml:space="preserve"> certification has been completed and the signed PDF has been downloaded.  Do not save the PDF in any other format than what was downloaded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5008" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10807"/>
@@ -10115,51 +10070,51 @@
             <w:bookmarkStart w:id="5" w:name="_Hlk125033931"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Collaborators and Other affiliations</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F41C2" w14:paraId="0A8F72F3" w14:textId="77777777" w:rsidTr="001F41C2">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD65D02" w14:textId="49CEA1AE" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="5AD65D02" w14:textId="49CEA1AE" w:rsidR="001F41C2" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="1424454382"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2">
@@ -10195,51 +10150,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Senior/Key</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00AD1C31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Person</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51CAEFFA" w14:textId="58790CC7" w:rsidR="001F41C2" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="51CAEFFA" w14:textId="58790CC7" w:rsidR="001F41C2" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-1324891793"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2">
                   <w:rPr>
@@ -10274,51 +10229,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="001F41C2" w:rsidRPr="004264EA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71651A24" w14:textId="1F2ACCB4" w:rsidR="001F41C2" w:rsidRPr="00BF669C" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="71651A24" w14:textId="1F2ACCB4" w:rsidR="001F41C2" w:rsidRPr="00BF669C" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="478741491"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
@@ -10327,51 +10282,51 @@
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> All names are listed in last name, first name order</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22D40D1F" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="00A843FF">
+          <w:p w14:paraId="22D40D1F" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00C87781" w:rsidP="00A843FF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-969127256"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -10381,51 +10336,51 @@
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> No change to column widths; it’s ok to insert ro</w:t>
             </w:r>
             <w:r w:rsidR="001F41C2">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">ws </w:t>
             </w:r>
             <w:r w:rsidR="001F41C2" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E750C05" w14:textId="47FBD2D5" w:rsidR="001F41C2" w:rsidRPr="00A843FF" w:rsidRDefault="00E75FBD" w:rsidP="00A843FF">
+          <w:p w14:paraId="3E750C05" w14:textId="47FBD2D5" w:rsidR="001F41C2" w:rsidRPr="00A843FF" w:rsidRDefault="00C87781" w:rsidP="00A843FF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1759552288"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="00A16F4A">
                   <w:rPr>
@@ -10511,51 +10466,51 @@
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="004264EA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F41C2" w14:paraId="0CEFEE62" w14:textId="77777777" w:rsidTr="001F41C2">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFAA65D" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="4EFAA65D" w14:textId="77777777" w:rsidR="001F41C2" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-656304800"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -10650,51 +10605,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="008F5154">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00053199">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Up to 5 distinct examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55DF7481" w14:textId="36A1AD0A" w:rsidR="001F41C2" w:rsidRPr="008F5154" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="55DF7481" w14:textId="36A1AD0A" w:rsidR="001F41C2" w:rsidRPr="008F5154" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="599295463"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001F41C2">
                   <w:rPr>
@@ -10891,58 +10846,58 @@
               <w:t xml:space="preserve">Documents uploaded to a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>named</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF2285">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> field</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1520" w:rsidRPr="00BF669C" w14:paraId="7BBA04D9" w14:textId="77777777" w:rsidTr="001A31C0">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D613CF2" w14:textId="0387AE12" w:rsidR="00BC1520" w:rsidRPr="008C1826" w:rsidRDefault="00E75FBD" w:rsidP="00BC1520">
+          <w:p w14:paraId="2D613CF2" w14:textId="2348CA9E" w:rsidR="00BC1520" w:rsidRPr="008C1826" w:rsidRDefault="00C87781" w:rsidP="00C87781">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="444"/>
               </w:tabs>
               <w:spacing w:before="7" w:line="223" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="1284"/>
+              <w:ind w:left="0" w:right="871"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="1535855395"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520">
                   <w:rPr>
@@ -10954,77 +10909,68 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001A31C0" w:rsidRPr="001A31C0">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="002C3831">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Data Management and Sharing Plan</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> limit</w:t>
+              <w:t>, 2 page limit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, justification provided if there are any access limitations.</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">:  </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="066BE3FD" w14:textId="6E30A08B" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="066BE3FD" w14:textId="6E30A08B" w:rsidR="00BC1520" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-760215823"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -11091,51 +11037,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 page limit.</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00FF3902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74160CBE" w14:textId="5BE76DCD" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="74160CBE" w14:textId="5BE76DCD" w:rsidR="00BC1520" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2111655972"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -11213,51 +11159,51 @@
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Personnel</w:t>
             </w:r>
             <w:r w:rsidR="002C3831">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CF3B8D5" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00B837C4" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="0CF3B8D5" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00B837C4" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="336" w:hanging="336"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1810668885"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -11270,51 +11216,51 @@
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="002C3831">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reviewers to include</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: first, middle initial, last name, email, organization (optional).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D0674C1" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00817502" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="7D0674C1" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00817502" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="531236531"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520">
                   <w:rPr>
@@ -11460,51 +11406,51 @@
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4772"/>
         <w:gridCol w:w="6018"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BC1520" w:rsidRPr="00BF669C" w14:paraId="058C27A0" w14:textId="77777777" w:rsidTr="003D32BC">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4772" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38AB3016" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00B837C4" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="38AB3016" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00B837C4" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1754628812"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00DB6707">
@@ -11583,51 +11529,51 @@
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CD8D633" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00BF669C" w:rsidRDefault="00BC1520" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Letters of Collaboration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="559E61C1" w14:textId="1352BCFC" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="559E61C1" w14:textId="1352BCFC" w:rsidR="00BC1520" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-231854967"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="00370F09">
@@ -11743,51 +11689,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or endorsement </w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>language</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38191370" w14:textId="20F4D4A6" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="38191370" w14:textId="20F4D4A6" w:rsidR="00BC1520" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="597299695"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -11909,51 +11855,51 @@
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF0342">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="001A31C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Include if FOA indicates it’s required to be uploaded.</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="00BF0342">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67A8F914" w14:textId="7EC5EF3C" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="67A8F914" w14:textId="7EC5EF3C" w:rsidR="00BC1520" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-517777394"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="00370F09">
                   <w:rPr>
@@ -11985,51 +11931,51 @@
             <w:r w:rsidR="00BC1520" w:rsidRPr="002563FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is required</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; single plan must be developed for all off-campus work across the project.</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="002563FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58686050" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00262CE0" w:rsidRDefault="00E75FBD" w:rsidP="003D32BC">
+          <w:p w14:paraId="58686050" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRPr="00262CE0" w:rsidRDefault="00C87781" w:rsidP="003D32BC">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="621507016"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC1520" w:rsidRPr="00370F09">
                   <w:rPr>
@@ -12069,51 +12015,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>page limit</w:t>
             </w:r>
             <w:r w:rsidR="00BC1520" w:rsidRPr="002563FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC1520" w:rsidRPr="00BF669C" w14:paraId="68755E68" w14:textId="77777777" w:rsidTr="002C3831">
         <w:trPr>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52ECFB66" w14:textId="3058EE4C" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="001A31C0">
+          <w:p w14:paraId="52ECFB66" w14:textId="3058EE4C" w:rsidR="00BC1520" w:rsidRDefault="00C87781" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="239" w:hanging="239"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1122000312"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C3831" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -12248,66 +12194,65 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79B39A43" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRDefault="00BC1520" w:rsidP="003D32BC">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="TribalNations"/>
             <w:bookmarkStart w:id="8" w:name="_Hlk125713098"/>
             <w:r w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Seeking and Obtaining Tribal Nation Approval </w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for Proposals that May Impact Tribal Resources or Interests</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="161BCC5B" w14:textId="31E8AB61" w:rsidR="00BC1520" w:rsidRDefault="00E75FBD" w:rsidP="001A31C0">
+          <w:p w14:paraId="161BCC5B" w14:textId="31E8AB61" w:rsidR="00BC1520" w:rsidRDefault="00C87781" w:rsidP="001A31C0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="239" w:hanging="239"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="868114797"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -12365,116 +12310,76 @@
               <w:t>must include at least one of the following:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="437B7754" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRDefault="00BC1520" w:rsidP="00BC1520">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="600" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>a copy of the written request to the relevant Tribe(s) to carry out any proposed activity/activities that may require prior approval from the Tribal Nation(s</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">a copy of the written request to the relevant Tribe(s) to carry out any proposed activity/activities that may require prior approval from the Tribal Nation(s); </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="729DBB29" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRDefault="00BC1520" w:rsidP="00BC1520">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="600" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">written confirmation from the Tribal Nation(s) that </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> and approval is not required; or </w:t>
+              <w:t xml:space="preserve">written confirmation from the Tribal Nation(s) that review and approval is not required; or </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28221872" w14:textId="77777777" w:rsidR="00BC1520" w:rsidRDefault="00BC1520" w:rsidP="00BC1520">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="600" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a copy of a document from the relevant Tribal Nation(s) that provides the requisite approval. All such documentation must be uploaded into "Other supplementary documents" in Research.gov. </w:t>
@@ -13338,51 +13243,50 @@
   <w:num w:numId="1" w16cid:durableId="1192720596">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1953433136">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="805661193">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1881817023">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="84960966">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1955868420">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="7F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0028228C"/>
     <w:rsid w:val="000013B5"/>
     <w:rsid w:val="000043EC"/>
@@ -13602,139 +13506,143 @@
     <w:rsid w:val="00865A59"/>
     <w:rsid w:val="0086628A"/>
     <w:rsid w:val="00891FD6"/>
     <w:rsid w:val="00893708"/>
     <w:rsid w:val="00894EAA"/>
     <w:rsid w:val="008A3741"/>
     <w:rsid w:val="008A67F6"/>
     <w:rsid w:val="008B0E16"/>
     <w:rsid w:val="008B3F3D"/>
     <w:rsid w:val="008C0920"/>
     <w:rsid w:val="008C1287"/>
     <w:rsid w:val="008C1826"/>
     <w:rsid w:val="008C4D1C"/>
     <w:rsid w:val="008D5372"/>
     <w:rsid w:val="008D7F12"/>
     <w:rsid w:val="008E0A8A"/>
     <w:rsid w:val="008E2F7A"/>
     <w:rsid w:val="008E4B42"/>
     <w:rsid w:val="008E5019"/>
     <w:rsid w:val="00901CD1"/>
     <w:rsid w:val="009142CB"/>
     <w:rsid w:val="009300BF"/>
     <w:rsid w:val="009338B9"/>
     <w:rsid w:val="00940340"/>
     <w:rsid w:val="009426C8"/>
+    <w:rsid w:val="0094583B"/>
     <w:rsid w:val="00955639"/>
     <w:rsid w:val="00957DD0"/>
     <w:rsid w:val="0096077E"/>
     <w:rsid w:val="00970715"/>
     <w:rsid w:val="00980A6C"/>
     <w:rsid w:val="00991979"/>
     <w:rsid w:val="009924ED"/>
     <w:rsid w:val="00995223"/>
     <w:rsid w:val="009A2983"/>
     <w:rsid w:val="009A4684"/>
     <w:rsid w:val="009B1DDE"/>
     <w:rsid w:val="009B2759"/>
     <w:rsid w:val="009C0F7C"/>
     <w:rsid w:val="009C751C"/>
     <w:rsid w:val="009D1052"/>
     <w:rsid w:val="009D1213"/>
     <w:rsid w:val="009D38F9"/>
     <w:rsid w:val="009D4BDF"/>
     <w:rsid w:val="009E3E20"/>
     <w:rsid w:val="009F45F5"/>
     <w:rsid w:val="00A02EE3"/>
     <w:rsid w:val="00A11B91"/>
     <w:rsid w:val="00A13C61"/>
     <w:rsid w:val="00A16F4A"/>
     <w:rsid w:val="00A1736F"/>
     <w:rsid w:val="00A2669A"/>
     <w:rsid w:val="00A26A36"/>
     <w:rsid w:val="00A4477C"/>
     <w:rsid w:val="00A45F9E"/>
     <w:rsid w:val="00A50321"/>
     <w:rsid w:val="00A510D2"/>
     <w:rsid w:val="00A51E9F"/>
     <w:rsid w:val="00A6091E"/>
     <w:rsid w:val="00A66E6C"/>
     <w:rsid w:val="00A71F70"/>
     <w:rsid w:val="00A73E9E"/>
     <w:rsid w:val="00A73FBA"/>
     <w:rsid w:val="00A76352"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A76F0B"/>
+    <w:rsid w:val="00A833C2"/>
     <w:rsid w:val="00A843FF"/>
     <w:rsid w:val="00A86F72"/>
     <w:rsid w:val="00A90460"/>
     <w:rsid w:val="00A9364E"/>
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95A1A"/>
     <w:rsid w:val="00AB2468"/>
     <w:rsid w:val="00AC09FA"/>
     <w:rsid w:val="00AD1C31"/>
     <w:rsid w:val="00AD1CFA"/>
     <w:rsid w:val="00AD578F"/>
     <w:rsid w:val="00AD69ED"/>
     <w:rsid w:val="00AD731D"/>
     <w:rsid w:val="00AE5703"/>
     <w:rsid w:val="00B018B3"/>
     <w:rsid w:val="00B07BA5"/>
     <w:rsid w:val="00B11EE0"/>
     <w:rsid w:val="00B1254C"/>
     <w:rsid w:val="00B24FBF"/>
     <w:rsid w:val="00B445E7"/>
     <w:rsid w:val="00B47028"/>
     <w:rsid w:val="00B54B8B"/>
+    <w:rsid w:val="00B54D7D"/>
     <w:rsid w:val="00B64631"/>
     <w:rsid w:val="00B64E41"/>
     <w:rsid w:val="00B67C5A"/>
     <w:rsid w:val="00B75A27"/>
     <w:rsid w:val="00B7650F"/>
     <w:rsid w:val="00B837C4"/>
     <w:rsid w:val="00B97760"/>
     <w:rsid w:val="00BA4B23"/>
     <w:rsid w:val="00BA4E75"/>
     <w:rsid w:val="00BB7506"/>
     <w:rsid w:val="00BC1520"/>
     <w:rsid w:val="00BF4377"/>
     <w:rsid w:val="00BF669C"/>
     <w:rsid w:val="00BF7CC9"/>
     <w:rsid w:val="00C0344A"/>
     <w:rsid w:val="00C04014"/>
     <w:rsid w:val="00C05396"/>
     <w:rsid w:val="00C16870"/>
     <w:rsid w:val="00C278BE"/>
     <w:rsid w:val="00C33023"/>
     <w:rsid w:val="00C34FB6"/>
     <w:rsid w:val="00C36E89"/>
     <w:rsid w:val="00C4126C"/>
     <w:rsid w:val="00C45FDC"/>
     <w:rsid w:val="00C6463E"/>
     <w:rsid w:val="00C744BD"/>
     <w:rsid w:val="00C75E04"/>
+    <w:rsid w:val="00C87781"/>
     <w:rsid w:val="00CA3573"/>
     <w:rsid w:val="00CA7D17"/>
     <w:rsid w:val="00CB4770"/>
     <w:rsid w:val="00CB47FD"/>
     <w:rsid w:val="00CC59BB"/>
     <w:rsid w:val="00CE03AF"/>
     <w:rsid w:val="00CE10A1"/>
     <w:rsid w:val="00CE23BC"/>
     <w:rsid w:val="00CE39DC"/>
     <w:rsid w:val="00CF06B4"/>
     <w:rsid w:val="00CF3D90"/>
     <w:rsid w:val="00CF6FA2"/>
     <w:rsid w:val="00CF7071"/>
     <w:rsid w:val="00CF73E2"/>
     <w:rsid w:val="00D03532"/>
     <w:rsid w:val="00D04CFD"/>
     <w:rsid w:val="00D06F89"/>
     <w:rsid w:val="00D11C0E"/>
     <w:rsid w:val="00D11CE3"/>
     <w:rsid w:val="00D20377"/>
     <w:rsid w:val="00D2248C"/>
     <w:rsid w:val="00D34484"/>
     <w:rsid w:val="00D36A80"/>
     <w:rsid w:val="00D46863"/>
     <w:rsid w:val="00D6554B"/>
@@ -14995,50 +14903,52 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E75AC0"/>
     <w:rsid w:val="00035672"/>
     <w:rsid w:val="00136943"/>
     <w:rsid w:val="001D417C"/>
     <w:rsid w:val="001E5A0B"/>
     <w:rsid w:val="002713C4"/>
     <w:rsid w:val="0027254E"/>
     <w:rsid w:val="002730F2"/>
     <w:rsid w:val="002D5F11"/>
     <w:rsid w:val="003272E7"/>
     <w:rsid w:val="003D37B9"/>
     <w:rsid w:val="003D3C6B"/>
     <w:rsid w:val="003F5669"/>
     <w:rsid w:val="00405587"/>
     <w:rsid w:val="004E1C79"/>
     <w:rsid w:val="00650DE1"/>
     <w:rsid w:val="00717351"/>
     <w:rsid w:val="007E09BA"/>
     <w:rsid w:val="0084407C"/>
+    <w:rsid w:val="0094583B"/>
+    <w:rsid w:val="00A833C2"/>
     <w:rsid w:val="00AE089C"/>
     <w:rsid w:val="00B00C9D"/>
     <w:rsid w:val="00C42BA7"/>
     <w:rsid w:val="00CD2814"/>
     <w:rsid w:val="00E75AC0"/>
     <w:rsid w:val="00F61D92"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -15466,66 +15376,50 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002730F2"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A7578756FD44857A184FC8F4895BA52">
     <w:name w:val="2A7578756FD44857A184FC8F4895BA52"/>
     <w:rsid w:val="00AE089C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C921327BE75C400FA03EC0BEA097D84C">
     <w:name w:val="C921327BE75C400FA03EC0BEA097D84C"/>
     <w:rsid w:val="00F61D92"/>
-  </w:style>
-[...14 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1616665D93864DA198FDB51780F06EB4">
     <w:name w:val="1616665D93864DA198FDB51780F06EB4"/>
     <w:rsid w:val="0027254E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="79B285921CA44B9FB0D7AFFFE43B3E88">
     <w:name w:val="79B285921CA44B9FB0D7AFFFE43B3E88"/>
     <w:rsid w:val="00CD2814"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E992841344954C7FB688A529D5235DCF">
     <w:name w:val="E992841344954C7FB688A529D5235DCF"/>
     <w:rsid w:val="00AE089C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="676C5438A09B40559620BAC0D7260ADA">
     <w:name w:val="676C5438A09B40559620BAC0D7260ADA"/>
     <w:rsid w:val="002730F2"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -16048,75 +15942,75 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B640E92-30E1-4152-8934-76F5CED158C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1724</Words>
-  <Characters>11332</Characters>
+  <Words>1732</Words>
+  <Characters>11384</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>236</Lines>
-  <Paragraphs>143</Paragraphs>
+  <Lines>355</Lines>
+  <Paragraphs>242</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12913</CharactersWithSpaces>
+  <CharactersWithSpaces>12874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>