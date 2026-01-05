--- v0 (2025-10-10)
+++ v1 (2026-01-05)
@@ -34,51 +34,51 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="420378EC" w14:textId="7A50C862" w:rsidR="00364364" w:rsidRPr="0054494D" w:rsidRDefault="00364364" w:rsidP="00364364">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="80" w:after="0"/>
         <w:ind w:left="-360" w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C254B9" wp14:editId="4B06B29A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C254B9" wp14:editId="096FB673">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-6350</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>9019</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -225,80 +225,90 @@
         <w:t>-1</w:t>
       </w:r>
       <w:r w:rsidR="00D03532">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> effective </w:t>
       </w:r>
       <w:r w:rsidR="004624BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>May 20, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C2D40C" w14:textId="59362007" w:rsidR="00D06F89" w:rsidRPr="00D06F89" w:rsidRDefault="00D06F89" w:rsidP="00364364">
+    <w:p w14:paraId="28C2D40C" w14:textId="328F6019" w:rsidR="00D06F89" w:rsidRPr="00D06F89" w:rsidRDefault="00D06F89" w:rsidP="00364364">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:ind w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B11AED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">Updated </w:t>
       </w:r>
       <w:r w:rsidR="0030663D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>2025.05.30</w:t>
+        <w:t>2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7AA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>10.15</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="0F27F754" w14:textId="77777777" w:rsidR="00364364" w:rsidRPr="00BF669C" w:rsidRDefault="00364364" w:rsidP="00364364">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -422,51 +432,51 @@
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="005236C9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Other Senior</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>/Key</w:t>
             </w:r>
             <w:r w:rsidRPr="005236C9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Personnel names</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7040C809" w14:textId="06EE6C78" w:rsidR="00331D18" w:rsidRPr="00331D18" w:rsidRDefault="00331D18" w:rsidP="00C912CD">
+          <w:p w14:paraId="7040C809" w14:textId="10B5764A" w:rsidR="00331D18" w:rsidRPr="00331D18" w:rsidRDefault="00331D18" w:rsidP="00C912CD">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0046E621" w14:textId="77777777" w:rsidR="00331D18" w:rsidRPr="005236C9" w:rsidRDefault="00331D18" w:rsidP="00C912CD">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005236C9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Due Date</w:t>
@@ -554,51 +564,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Peach color indicates sections that the Proposal Analyst will typically fill out for PIs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D97E88" w14:textId="42D7F5B5" w:rsidR="00817502" w:rsidRPr="00817502" w:rsidRDefault="00817502">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="7C7E1F88" w14:textId="328BD9EA" w:rsidR="00E324EF" w:rsidRPr="00E324EF" w:rsidRDefault="000476EC" w:rsidP="00E324EF">
+    <w:p w14:paraId="7C7E1F88" w14:textId="328BD9EA" w:rsidR="00E324EF" w:rsidRPr="00E324EF" w:rsidRDefault="00357493" w:rsidP="00E324EF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="NospacingChar"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1243492280"/>
           <w:placeholder>
             <w:docPart w:val="1616665D93864DA198FDB51780F06EB4"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="NospacingChar"/>
             <w:sz w:val="20"/>
@@ -611,50 +621,330 @@
               <w:rStyle w:val="NospacingChar"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>* indicates documents</w:t>
           </w:r>
           <w:r w:rsidR="008D07CF">
             <w:rPr>
               <w:rStyle w:val="NospacingChar"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>/Information</w:t>
           </w:r>
           <w:r w:rsidR="00E324EF" w:rsidRPr="00D11CE3">
             <w:rPr>
               <w:rStyle w:val="NospacingChar"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> needed for a non-lead collaborative submission</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="29" w:type="dxa"/>
+          <w:right w:w="29" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="343"/>
+        <w:gridCol w:w="2987"/>
+        <w:gridCol w:w="7460"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E20060" w:rsidRPr="00BF669C" w14:paraId="217D12D0" w14:textId="77777777" w:rsidTr="00357493">
+        <w:trPr>
+          <w:trHeight w:val="1079"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="343" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5A24D1" w14:textId="5BA17E5D" w:rsidR="00E20060" w:rsidRDefault="00E20060" w:rsidP="00510A27">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:left="393" w:hanging="393"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:id w:val="-306860084"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00033AAA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2987" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0726A9" w14:textId="0E5C765A" w:rsidR="00E20060" w:rsidRPr="00AF7AA7" w:rsidRDefault="00E20060" w:rsidP="00E20060">
+            <w:pPr>
+              <w:ind w:left="61"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7AA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>All Senior/Key Personnel listed on CU’s portion of the project have completed their Research Security Training.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7460" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C1E0F5" w14:textId="77777777" w:rsidR="00AF7AA7" w:rsidRDefault="00E20060" w:rsidP="00E20060">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:left="393" w:hanging="393"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF  PI_CoPI \h  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="7109" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:left w:w="29" w:type="dxa"/>
+                <w:right w:w="29" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7109"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00AF7AA7" w:rsidRPr="00FE24EB" w14:paraId="3C00C28F" w14:textId="77777777" w:rsidTr="00AF7AA7">
+              <w:trPr>
+                <w:trHeight w:val="350"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7109" w:type="dxa"/>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="22308F93" w14:textId="7685595B" w:rsidR="00AF7AA7" w:rsidRPr="00FE24EB" w:rsidRDefault="00AF7AA7" w:rsidP="00AF7AA7">
+                  <w:pPr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:ind w:left="113" w:right="113"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="54050397" w14:textId="77777777" w:rsidR="00AF7AA7" w:rsidRPr="00AF7AA7" w:rsidRDefault="00E20060" w:rsidP="00AF7AA7">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:left="393" w:hanging="393"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF  SeniorKeyPersonnel \h  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="3988" w:type="pct"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:left w:w="29" w:type="dxa"/>
+                <w:right w:w="29" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="5896"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00AF7AA7" w:rsidRPr="00331D18" w14:paraId="36DB0755" w14:textId="77777777" w:rsidTr="00AF7AA7">
+              <w:trPr>
+                <w:trHeight w:val="215"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="5670" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5053B888" w14:textId="3E5167B9" w:rsidR="00AF7AA7" w:rsidRPr="00331D18" w:rsidRDefault="00AF7AA7" w:rsidP="00AF7AA7">
+                  <w:pPr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:ind w:left="113" w:right="113"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="05A18BCE" w14:textId="77777777" w:rsidR="00E20060" w:rsidRPr="00331D18" w:rsidRDefault="00E20060" w:rsidP="00510A27">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1500"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00331D18">
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="5F3B06D7" w14:textId="77777777" w:rsidR="00E324EF" w:rsidRPr="00F27F76" w:rsidRDefault="00E324EF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -688,51 +978,51 @@
               <w:t>GENERAL</w:t>
             </w:r>
             <w:r w:rsidR="00F3153F" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> INFORMATION</w:t>
             </w:r>
             <w:r w:rsidR="00E324EF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005230ED" w:rsidRPr="00BF669C" w14:paraId="6D95C3BA" w14:textId="3D220CF0" w:rsidTr="00D01F0E">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF2C57B" w14:textId="1DBA8DD3" w:rsidR="005230ED" w:rsidRDefault="000476EC" w:rsidP="008E5019">
+          <w:p w14:paraId="4EF2C57B" w14:textId="1DBA8DD3" w:rsidR="005230ED" w:rsidRDefault="00357493" w:rsidP="008E5019">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="382" w:hanging="382"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="476348020"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005230ED" w:rsidRPr="00E76032">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -861,51 +1151,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EAFB55D" w14:textId="77777777" w:rsidR="005230ED" w:rsidRDefault="005230ED" w:rsidP="005230ED">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="382"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005230ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A font size of less than 10 points may be used for mathematical formulas or equations, figures, tables, or diagram captions and when using a Symbol font to insert Greek letters or special characters. Other fonts not specified above, such as Cambria Math, may be used for mathematical formulas, equations, or when inserting Greek letters or special characters. PIs are cautioned, however, that the text must still be readable.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="626C9829" w14:textId="2000FCA5" w:rsidR="00033AAA" w:rsidRDefault="000476EC" w:rsidP="00033AAA">
+          <w:p w14:paraId="626C9829" w14:textId="2000FCA5" w:rsidR="00033AAA" w:rsidRDefault="00357493" w:rsidP="00033AAA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1402899495"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -949,51 +1239,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 6 lines of text</w:t>
             </w:r>
             <w:r w:rsidR="00033AAA" w:rsidRPr="00CA4774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidR="00033AAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> within a vertical space of 1”.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CA76850" w14:textId="361F679D" w:rsidR="008D07CF" w:rsidRDefault="000476EC" w:rsidP="00033AAA">
+          <w:p w14:paraId="4CA76850" w14:textId="361F679D" w:rsidR="008D07CF" w:rsidRDefault="00357493" w:rsidP="00033AAA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1499158354"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D07CF" w:rsidRPr="00E76032">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1068,51 +1358,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">To format in Word: 1) ctrl-a to select the entire document; 2) from the home tab, select Paragraph&gt;Line &amp; </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Paragraph  Spacing</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&gt;Line Spacing Options; 3) Line Spacing = multiple, at 1.05; 4) select OK.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E60C9C9" w14:textId="77777777" w:rsidR="00033AAA" w:rsidRDefault="000476EC" w:rsidP="00033AAA">
+          <w:p w14:paraId="0E60C9C9" w14:textId="77777777" w:rsidR="00033AAA" w:rsidRDefault="00357493" w:rsidP="00033AAA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1856490813"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00033AAA" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1121,51 +1411,51 @@
             </w:sdt>
             <w:r w:rsidR="00033AAA">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00033AAA" w:rsidRPr="00CA4774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pagination</w:t>
             </w:r>
             <w:r w:rsidR="00033AAA" w:rsidRPr="00033AAA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: None, research.gov paginates upon submission</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E539AA6" w14:textId="5CF06E2D" w:rsidR="00033AAA" w:rsidRPr="00033AAA" w:rsidRDefault="000476EC" w:rsidP="00033AAA">
+          <w:p w14:paraId="4E539AA6" w14:textId="5CF06E2D" w:rsidR="00033AAA" w:rsidRPr="00033AAA" w:rsidRDefault="00357493" w:rsidP="00033AAA">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="382" w:hanging="382"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1693753653"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E9373D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1271,54 +1561,54 @@
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1710"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4130"/>
+        <w:gridCol w:w="1688"/>
+        <w:gridCol w:w="1551"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="7177"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D34484" w:rsidRPr="00BF669C" w14:paraId="74CF04D0" w14:textId="77777777" w:rsidTr="00DB0222">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FCC89CB" w14:textId="22C90299" w:rsidR="00D34484" w:rsidRPr="00BF669C" w:rsidRDefault="00DE5274" w:rsidP="00AB7378">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Cover sheet</w:t>
@@ -1354,51 +1644,51 @@
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE5274">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Cover sheet*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00331D18" w:rsidRPr="00BF669C" w14:paraId="6505EE28" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="163C84BB" w14:textId="5070AFD8" w:rsidR="00331D18" w:rsidRDefault="000476EC" w:rsidP="00C11B0A">
+          <w:p w14:paraId="163C84BB" w14:textId="5070AFD8" w:rsidR="00331D18" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="367956916"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00331D18" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1410,51 +1700,51 @@
             </w:sdt>
             <w:r w:rsidR="00331D18" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Start date 6+ months out, unless allowed by FOA</w:t>
             </w:r>
             <w:r w:rsidR="00331D18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9011C1" w14:textId="71F04367" w:rsidR="00331D18" w:rsidRDefault="000476EC" w:rsidP="00C11B0A">
+          <w:p w14:paraId="4F9011C1" w14:textId="71F04367" w:rsidR="00331D18" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-124475341"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00331D18" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1479,51 +1769,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proposed Duration Months matches </w:t>
             </w:r>
             <w:r w:rsidR="00331D18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>end date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00331D18" w:rsidRPr="00BF669C" w14:paraId="3F21BBD0" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="265C547B" w14:textId="654C92D6" w:rsidR="00331D18" w:rsidRDefault="000476EC" w:rsidP="00C11B0A">
+          <w:p w14:paraId="265C547B" w14:textId="654C92D6" w:rsidR="00331D18" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="15506574"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00331D18" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1550,51 +1840,51 @@
               </w:rPr>
               <w:t>“Other Information” indicators are complete as applicable</w:t>
             </w:r>
             <w:r w:rsidR="00E9373D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, including:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00033AAA" w:rsidRPr="00BF669C" w14:paraId="7601ED90" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="540C46B8" w14:textId="08456D29" w:rsidR="00033AAA" w:rsidRPr="00033AAA" w:rsidRDefault="000476EC" w:rsidP="00CC7A45">
+          <w:p w14:paraId="540C46B8" w14:textId="08456D29" w:rsidR="00033AAA" w:rsidRPr="00033AAA" w:rsidRDefault="00357493" w:rsidP="00CC7A45">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-643427607"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00033AAA" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1604,51 +1894,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00033AAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Proprietary or Privileged information – if this box is checked, a Proprietary/Privileged upload button will appear.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="5" w:name="_Hlk199510817"/>
       <w:tr w:rsidR="007B143B" w:rsidRPr="00BF669C" w14:paraId="41E071E7" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6D40154F" w14:textId="77777777" w:rsidR="007B143B" w:rsidRDefault="000476EC" w:rsidP="007B143B">
+          <w:p w14:paraId="6D40154F" w14:textId="59652304" w:rsidR="007B143B" w:rsidRDefault="00357493" w:rsidP="007B143B">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1436709407"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B" w:rsidRPr="00033AAA">
                   <w:rPr>
@@ -1668,81 +1958,63 @@
             </w:r>
             <w:r w:rsidR="007B143B" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funding of an International Branch Campus</w:t>
             </w:r>
             <w:r w:rsidR="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (see </w:t>
             </w:r>
             <w:hyperlink w:anchor="IBC_Explanation" w:history="1">
               <w:r w:rsidR="007B143B" w:rsidRPr="00F27A0D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Proje</w:t>
-[...17 lines deleted...]
-                <w:t>t Description</w:t>
+                <w:t>Project Description</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for required justification).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E7E6039" w14:textId="7EE568B2" w:rsidR="007B143B" w:rsidRPr="007E2DC9" w:rsidRDefault="000476EC" w:rsidP="007B143B">
+          <w:p w14:paraId="4E7E6039" w14:textId="67F5BDC7" w:rsidR="007B143B" w:rsidRPr="007E2DC9" w:rsidRDefault="00357493" w:rsidP="007B143B">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1851330860"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B" w:rsidRPr="00033AAA">
                   <w:rPr>
@@ -1752,81 +2024,73 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B143B">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B143B" w:rsidRPr="007E2DC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funding of a Foreign Org. including through subaward or consultant</w:t>
             </w:r>
             <w:r w:rsidR="0030663D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">(see </w:t>
+              <w:t xml:space="preserve"> (see </w:t>
             </w:r>
             <w:hyperlink w:anchor="IBC_Explanation" w:history="1">
               <w:r w:rsidR="0030663D" w:rsidRPr="00F27A0D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Project Description</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0030663D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for required justification).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="461F828F" w14:textId="613E5388" w:rsidR="007B143B" w:rsidRDefault="000476EC" w:rsidP="007B143B">
+          <w:p w14:paraId="461F828F" w14:textId="613E5388" w:rsidR="007B143B" w:rsidRDefault="00357493" w:rsidP="007B143B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-939905351"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B" w:rsidRPr="007E2DC9">
                   <w:rPr>
@@ -1845,51 +2109,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B143B" w:rsidRPr="007E2DC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>International Activities country name – must be checked if either of the previous two are checked, OR if there will be international travel, including conferences. Worldwide if country is unknown.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
       <w:tr w:rsidR="00E8332E" w:rsidRPr="00BF669C" w14:paraId="5EA5B678" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="20BBC5F3" w14:textId="2F243D98" w:rsidR="00E8332E" w:rsidRDefault="000476EC" w:rsidP="002930E1">
+          <w:p w14:paraId="20BBC5F3" w14:textId="2F243D98" w:rsidR="00E8332E" w:rsidRDefault="00357493" w:rsidP="002930E1">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-602035358"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E8332E" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -1907,136 +2171,100 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Off-campus/off-site research (check FOA to see if a plan is required for upload)</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D7543" w:rsidRPr="00BF669C" w14:paraId="25DF696D" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFCCA08" w14:textId="4CD5CD16" w:rsidR="005D7543" w:rsidRDefault="000476EC" w:rsidP="00AA0E04">
+          <w:p w14:paraId="3DFCCA08" w14:textId="2D63B9BC" w:rsidR="005D7543" w:rsidRDefault="00357493" w:rsidP="00AA0E04">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1145081995"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D7543" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D7543">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Potential Impacts on Tribal Nations (see </w:t>
             </w:r>
             <w:hyperlink w:anchor="TribalNations" w:history="1">
               <w:r w:rsidR="005D7543" w:rsidRPr="005D7543">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Other</w:t>
-[...35 lines deleted...]
-                <w:t>cuments</w:t>
+                <w:t>Other Documents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="005D7543">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for instructions</w:t>
             </w:r>
             <w:r w:rsidR="00F2323C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for documentation</w:t>
             </w:r>
             <w:r w:rsidR="005D7543">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
@@ -2133,95 +2361,96 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EB9EE2B" w14:textId="77777777" w:rsidR="007B143B" w:rsidRDefault="007B143B" w:rsidP="007B143B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>☐</w:t>
             </w:r>
             <w:r w:rsidRPr="007B143B">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Due date selected, for collaborative proposals the due date will copy from the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>lead’s</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67989B80" w14:textId="6189F251" w:rsidR="007B143B" w:rsidRDefault="000476EC" w:rsidP="007B143B">
+          <w:p w14:paraId="67989B80" w14:textId="6189F251" w:rsidR="007B143B" w:rsidRDefault="00357493" w:rsidP="007B143B">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2078625417"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B" w:rsidRPr="00033AAA">
@@ -2272,51 +2501,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>checked</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00364249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007B143B" w:rsidRPr="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> If the application was initiated by Proposal Analyst, no action is required.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FD61E13" w14:textId="1FAD93F1" w:rsidR="007B143B" w:rsidRPr="007B143B" w:rsidRDefault="000476EC" w:rsidP="007B143B">
+          <w:p w14:paraId="3FD61E13" w14:textId="1FAD93F1" w:rsidR="007B143B" w:rsidRPr="007B143B" w:rsidRDefault="00357493" w:rsidP="007B143B">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2003957589"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2404,51 +2633,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> SUBAWARDEE </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE5274">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>complete as applicable *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE5274" w:rsidRPr="00BF669C" w14:paraId="3BC1E7FC" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="1277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="36983A42" w14:textId="77777777" w:rsidR="00DE5274" w:rsidRDefault="000476EC" w:rsidP="00C505AA">
+          <w:p w14:paraId="36983A42" w14:textId="77777777" w:rsidR="00DE5274" w:rsidRDefault="00357493" w:rsidP="00C505AA">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="852072944"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE5274" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -2459,51 +2688,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DE5274" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DE5274" w:rsidRPr="0016315D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Subaward Organizations added</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="08FFD4FD" w14:textId="77777777" w:rsidR="00DE5274" w:rsidRDefault="000476EC" w:rsidP="00F21093">
+          <w:p w14:paraId="08FFD4FD" w14:textId="77777777" w:rsidR="00DE5274" w:rsidRDefault="00357493" w:rsidP="00F21093">
             <w:pPr>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1980955901"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE5274" w:rsidRPr="00033AAA">
                   <w:rPr>
@@ -2564,195 +2793,195 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:ind w:left="511" w:hanging="180"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76032">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Sr. Personnel can be identified by First and Last Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4130" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="520ADFBF" w14:textId="77777777" w:rsidR="00A866AE" w:rsidRDefault="00DE5274" w:rsidP="00A866AE">
+          <w:p w14:paraId="3F392BBB" w14:textId="77777777" w:rsidR="00AF7AA7" w:rsidRDefault="00DE5274" w:rsidP="00E20060">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF  PI_CoPI \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
-              <w:tblW w:w="5000" w:type="pct"/>
+              <w:tblW w:w="7109" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="29" w:type="dxa"/>
                 <w:right w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="4062"/>
+              <w:gridCol w:w="7109"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00A866AE" w:rsidRPr="00FE24EB" w14:paraId="20F14C0E" w14:textId="77777777" w:rsidTr="00A866AE">
+            <w:tr w:rsidR="00AF7AA7" w:rsidRPr="00FE24EB" w14:paraId="794C0741" w14:textId="77777777" w:rsidTr="00AF7AA7">
               <w:trPr>
                 <w:trHeight w:val="350"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7109" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="2DC6066D" w14:textId="5C12A32D" w:rsidR="00A866AE" w:rsidRPr="00FE24EB" w:rsidRDefault="00A866AE" w:rsidP="00A866AE">
+                <w:p w14:paraId="6DAF4DE4" w14:textId="6992C915" w:rsidR="00AF7AA7" w:rsidRPr="00FE24EB" w:rsidRDefault="00AF7AA7" w:rsidP="00AF7AA7">
                   <w:pPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="0C2ACA4E" w14:textId="77777777" w:rsidR="00A866AE" w:rsidRPr="00A866AE" w:rsidRDefault="00DE5274" w:rsidP="00A866AE">
+          <w:p w14:paraId="408D11D4" w14:textId="77777777" w:rsidR="00AF7AA7" w:rsidRPr="00AF7AA7" w:rsidRDefault="00DE5274" w:rsidP="00AF7AA7">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF  SeniorKeyPersonnel \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
-              <w:tblW w:w="5000" w:type="pct"/>
+              <w:tblW w:w="5670" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="29" w:type="dxa"/>
                 <w:right w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="4062"/>
+              <w:gridCol w:w="5670"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00A866AE" w:rsidRPr="00331D18" w14:paraId="446FA6A3" w14:textId="77777777" w:rsidTr="00A866AE">
+            <w:tr w:rsidR="00AF7AA7" w:rsidRPr="00331D18" w14:paraId="774E2B12" w14:textId="77777777" w:rsidTr="00AF7AA7">
               <w:trPr>
                 <w:trHeight w:val="215"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2B5DB183" w14:textId="0297948E" w:rsidR="00A866AE" w:rsidRPr="00331D18" w:rsidRDefault="00A866AE" w:rsidP="00A866AE">
+                <w:p w14:paraId="4AE61205" w14:textId="3A148708" w:rsidR="00AF7AA7" w:rsidRPr="00331D18" w:rsidRDefault="00AF7AA7" w:rsidP="00AF7AA7">
                   <w:pPr>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:cstheme="minorHAnsi"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="74640287" w14:textId="77777777" w:rsidR="00DE5274" w:rsidRPr="00331D18" w:rsidRDefault="00DE5274" w:rsidP="00C505AA">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1500"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -2873,51 +3102,51 @@
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5395"/>
         <w:gridCol w:w="5395"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w14:paraId="56F37E04" w14:textId="77777777" w:rsidTr="00B60148">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A24F5B8" w14:textId="684E7B25" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="000476EC" w:rsidP="00B60148">
+          <w:p w14:paraId="5A24F5B8" w14:textId="684E7B25" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="00357493" w:rsidP="00B60148">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="380218715"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE0AB2" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -2948,51 +3177,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w14:paraId="20D86439" w14:textId="77777777" w:rsidTr="00B60148">
         <w:trPr>
           <w:trHeight w:val="94"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5636480D" w14:textId="25D717E1" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="000476EC" w:rsidP="00B60148">
+          <w:p w14:paraId="5636480D" w14:textId="25D717E1" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="00357493" w:rsidP="00B60148">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="1071153727"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3014,51 +3243,51 @@
             </w:r>
             <w:r w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Each header on its own line with no other information</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B770A70" w14:textId="77777777" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="000476EC" w:rsidP="00B60148">
+          <w:p w14:paraId="7B770A70" w14:textId="77777777" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="00357493" w:rsidP="00B60148">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="636771955"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3082,51 +3311,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>One page</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w14:paraId="0EDA63CB" w14:textId="77777777" w:rsidTr="00B60148">
         <w:trPr>
           <w:trHeight w:val="27"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2889AA29" w14:textId="47BBD99F" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="000476EC" w:rsidP="00B60148">
+          <w:p w14:paraId="2889AA29" w14:textId="47BBD99F" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="00357493" w:rsidP="00B60148">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
               </w:tabs>
               <w:ind w:left="0" w:right="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1012982136"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -3248,51 +3477,51 @@
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>project description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940340" w:rsidRPr="00BF669C" w14:paraId="32FDD061" w14:textId="77777777" w:rsidTr="0000712F">
         <w:trPr>
           <w:trHeight w:val="3797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="23EEE519" w14:textId="0C987C29" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="001254C7">
+          <w:p w14:paraId="23EEE519" w14:textId="0C987C29" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="001254C7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1492098332"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -3313,51 +3542,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15 pages, unless otherwise indicated in FOA</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C61F9CF" w14:textId="2C3B8305" w:rsidR="00940340" w:rsidRDefault="000476EC" w:rsidP="0000712F">
+          <w:p w14:paraId="0C61F9CF" w14:textId="2C3B8305" w:rsidR="00940340" w:rsidRDefault="00357493" w:rsidP="0000712F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="240" w:hanging="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="189184190"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0000712F" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3428,51 +3657,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> are readable</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2413083D" w14:textId="745BCCE7" w:rsidR="00940340" w:rsidRDefault="000476EC" w:rsidP="001254C7">
+          <w:p w14:paraId="2413083D" w14:textId="745BCCE7" w:rsidR="00940340" w:rsidRDefault="00357493" w:rsidP="001254C7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="327107622"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3484,51 +3713,51 @@
             </w:sdt>
             <w:r w:rsidR="00940340">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No URLs</w:t>
             </w:r>
             <w:r w:rsidR="00940340">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BE59603" w14:textId="393D3731" w:rsidR="00F2323C" w:rsidRPr="00F2323C" w:rsidRDefault="000476EC" w:rsidP="00F2323C">
+          <w:p w14:paraId="1BE59603" w14:textId="393D3731" w:rsidR="00F2323C" w:rsidRPr="00F2323C" w:rsidRDefault="00357493" w:rsidP="00F2323C">
             <w:pPr>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1816753677"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2323C" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -3565,51 +3794,51 @@
             <w:r w:rsidR="003B5B70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, team members</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00F2323C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01C2C41B" w14:textId="7C7B272B" w:rsidR="00F746DA" w:rsidRPr="00085A09" w:rsidRDefault="000476EC" w:rsidP="00F746DA">
+          <w:p w14:paraId="01C2C41B" w14:textId="7C7B272B" w:rsidR="00F746DA" w:rsidRPr="00085A09" w:rsidRDefault="00357493" w:rsidP="00F746DA">
             <w:pPr>
               <w:ind w:left="427" w:hanging="427"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2040262176"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F746DA" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3637,51 +3866,51 @@
             <w:r w:rsidR="00F746DA" w:rsidRPr="00085A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ection labeled as Broader </w:t>
             </w:r>
             <w:r w:rsidR="00F746DA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Impacts with header on its own line</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75CF9ADC" w14:textId="48A6376C" w:rsidR="00940340" w:rsidRPr="00F746DA" w:rsidRDefault="000476EC" w:rsidP="00F746DA">
+          <w:p w14:paraId="75CF9ADC" w14:textId="48A6376C" w:rsidR="00940340" w:rsidRPr="00F746DA" w:rsidRDefault="00357493" w:rsidP="00F746DA">
             <w:pPr>
               <w:ind w:left="427" w:hanging="427"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-105967977"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F746DA" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -3744,51 +3973,51 @@
                 <w:i/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F746DA">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>evaluation."</w:t>
             </w:r>
             <w:r w:rsidR="00F746DA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA0CA73" w14:textId="42A1C377" w:rsidR="00FE0AB2" w:rsidRDefault="000476EC" w:rsidP="0000712F">
+          <w:p w14:paraId="7EA0CA73" w14:textId="42A1C377" w:rsidR="00FE0AB2" w:rsidRDefault="00357493" w:rsidP="0000712F">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="331" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-972749482"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3867,57 +4096,103 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>feasible;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="471FF113" w14:textId="6008A250" w:rsidR="00FE0AB2" w:rsidRDefault="00FE0AB2" w:rsidP="00470F7B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="511" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">why the foreign organization or foreign individual can carry out the activity more </w:t>
+              <w:t>why</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the foreign </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>organization</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or foreign </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>individual can</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> carry out the activity more </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>effectively;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="61DF46A8" w14:textId="77777777" w:rsidR="00FE0AB2" w:rsidRDefault="00FE0AB2" w:rsidP="00470F7B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="511" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3979,51 +4254,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC6C11">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D6146" w:rsidRPr="00BF669C" w14:paraId="3B9143B6" w14:textId="77777777" w:rsidTr="00B47028">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="450A69FF" w14:textId="56D12F01" w:rsidR="00364249" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="00364249">
+          <w:p w14:paraId="450A69FF" w14:textId="56D12F01" w:rsidR="00364249" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00364249">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:id w:val="925926962"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -4140,51 +4415,51 @@
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="29" w:type="dxa"/>
                 <w:right w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="10740"/>
             </w:tblGrid>
             <w:tr w:rsidR="00331D18" w:rsidRPr="00BF669C" w14:paraId="7174041F" w14:textId="77777777" w:rsidTr="00C912CD">
               <w:trPr>
                 <w:trHeight w:val="144"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10799" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:tcPr>
-                <w:p w14:paraId="41B1544D" w14:textId="77777777" w:rsidR="00A866AE" w:rsidRDefault="00A866AE" w:rsidP="00FE24EB">
+                <w:p w14:paraId="114EE5E0" w14:textId="77777777" w:rsidR="00AF7AA7" w:rsidRDefault="00A866AE" w:rsidP="00FE24EB">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>PI/coPIs:</w:t>
                   </w:r>
                   <w:r w:rsidR="00FE24EB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="auto"/>
@@ -4194,78 +4469,78 @@
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
                   <w:r w:rsidR="00FE24EB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> REF  PI_CoPI  \* MERGEFORMAT </w:instrText>
                   </w:r>
                   <w:r w:rsidR="00FE24EB">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                 </w:p>
                 <w:tbl>
                   <w:tblPr>
-                    <w:tblW w:w="5000" w:type="pct"/>
+                    <w:tblW w:w="3331" w:type="pct"/>
                     <w:tblBorders>
                       <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                       <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                       <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                       <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                       <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                       <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                     </w:tblBorders>
                     <w:tblCellMar>
                       <w:left w:w="29" w:type="dxa"/>
                       <w:right w:w="29" w:type="dxa"/>
                     </w:tblCellMar>
                     <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
                   </w:tblPr>
                   <w:tblGrid>
-                    <w:gridCol w:w="10672"/>
+                    <w:gridCol w:w="7110"/>
                   </w:tblGrid>
-                  <w:tr w:rsidR="00A866AE" w:rsidRPr="00FE24EB" w14:paraId="3A3B7ED6" w14:textId="77777777" w:rsidTr="00A866AE">
+                  <w:tr w:rsidR="00AF7AA7" w:rsidRPr="00FE24EB" w14:paraId="18E3F3F6" w14:textId="77777777" w:rsidTr="00AF7AA7">
                     <w:trPr>
                       <w:trHeight w:val="350"/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="7109" w:type="dxa"/>
                         <w:vAlign w:val="center"/>
                       </w:tcPr>
-                      <w:p w14:paraId="7312FB31" w14:textId="4C06F351" w:rsidR="00A866AE" w:rsidRPr="00FE24EB" w:rsidRDefault="00A866AE" w:rsidP="002D3D94">
+                      <w:p w14:paraId="014D989A" w14:textId="79E996E6" w:rsidR="00AF7AA7" w:rsidRPr="00FE24EB" w:rsidRDefault="00AF7AA7" w:rsidP="003D084D">
                         <w:pPr>
                           <w:ind w:left="113" w:right="113"/>
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:tc>
                   </w:tr>
                 </w:tbl>
                 <w:p w14:paraId="2BB8F3F7" w14:textId="20D00BC4" w:rsidR="00331D18" w:rsidRPr="00A66E6C" w:rsidRDefault="00FE24EB" w:rsidP="00FE24EB">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="auto"/>
                       <w:sz w:val="2"/>
                       <w:szCs w:val="2"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
@@ -4283,51 +4558,51 @@
           </w:tbl>
           <w:p w14:paraId="24BE9274" w14:textId="77777777" w:rsidR="00331D18" w:rsidRPr="00F04ECD" w:rsidRDefault="00331D18" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940340" w:rsidRPr="00BF669C" w14:paraId="0EA194C5" w14:textId="77777777" w:rsidTr="00FE0AB2">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5599EF" w14:textId="758EEFD3" w:rsidR="00940340" w:rsidRPr="00940340" w:rsidRDefault="000476EC" w:rsidP="00CF3D90">
+          <w:p w14:paraId="0E5599EF" w14:textId="758EEFD3" w:rsidR="00940340" w:rsidRPr="00940340" w:rsidRDefault="00357493" w:rsidP="00CF3D90">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="108779405"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4339,51 +4614,51 @@
             </w:sdt>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No more than 5 pages total</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06346B75" w14:textId="57AA3DC1" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="0000712F">
+          <w:p w14:paraId="06346B75" w14:textId="57AA3DC1" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="0000712F">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1221599435"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -4412,51 +4687,51 @@
             <w:r w:rsidR="0000712F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s i</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ncluded</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00259101" w14:textId="243DB3AC" w:rsidR="00940340" w:rsidRDefault="000476EC" w:rsidP="00FE0AB2">
+          <w:p w14:paraId="00259101" w14:textId="243DB3AC" w:rsidR="00940340" w:rsidRDefault="00357493" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1826851325"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0000712F" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4514,51 +4789,51 @@
             </w:r>
             <w:r w:rsidR="007A62B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and is on its own line</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F958229" w14:textId="63CE6B64" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="00FE0AB2">
+          <w:p w14:paraId="0F958229" w14:textId="63CE6B64" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1823345439"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A62B7" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -4596,51 +4871,51 @@
           </w:tcPr>
           <w:p w14:paraId="2570569F" w14:textId="77777777" w:rsidR="00FE0AB2" w:rsidRPr="00F04ECD" w:rsidRDefault="00FE0AB2" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For each person’s reported results:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61B7E8D4" w14:textId="7083564A" w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="00FE0AB2">
+          <w:p w14:paraId="61B7E8D4" w14:textId="7083564A" w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-1947378412"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE0AB2" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
@@ -4868,51 +5143,51 @@
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC62E1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> under s</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00DC62E1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>eparate, labeled sections:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13D27F2D" w14:textId="2CC05895" w:rsidR="00FE0AB2" w:rsidRDefault="000476EC" w:rsidP="004D6146">
+          <w:p w14:paraId="13D27F2D" w14:textId="2CC05895" w:rsidR="00FE0AB2" w:rsidRDefault="00357493" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2066679205"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
@@ -4971,51 +5246,51 @@
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> Broader Impacts</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2" w:rsidRPr="004C5B11">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15FDC07D" w14:textId="2C29C35B" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00F21093" w:rsidP="00470F7B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:ind w:left="331"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2" w:rsidRPr="004C5B11">
               <w:t>If the project was recently awarded and therefore no new results exist, describe the major goals and broader impacts of the project. Note that the proposal may contain up to five pages to describe the results.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AC8F688" w14:textId="024A5AB1" w:rsidR="00940340" w:rsidRPr="00E13798" w:rsidRDefault="000476EC" w:rsidP="004D7A6F">
+          <w:p w14:paraId="4AC8F688" w14:textId="024A5AB1" w:rsidR="00940340" w:rsidRPr="00E13798" w:rsidRDefault="00357493" w:rsidP="004D7A6F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="903958373"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -5147,51 +5422,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>this award.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00E13798">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2934800B" w14:textId="4EB9D90F" w:rsidR="00940340" w:rsidRPr="007725E8" w:rsidRDefault="00940340" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A960DDF" w14:textId="7A31CFFF" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="004D7A6F">
+          <w:p w14:paraId="1A960DDF" w14:textId="7A31CFFF" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="004D7A6F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="331" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="920905134"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -5279,51 +5554,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">software, models, </w:t>
             </w:r>
             <w:r w:rsidR="004D7A6F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>as may have been described in the Data Management Plan for the awarded project.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="048922B3" w14:textId="7664C840" w:rsidR="007A62B7" w:rsidRPr="00FE0AB2" w:rsidRDefault="000476EC" w:rsidP="00FE0AB2">
+          <w:p w14:paraId="048922B3" w14:textId="7664C840" w:rsidR="007A62B7" w:rsidRPr="00FE0AB2" w:rsidRDefault="00357493" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-94788389"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
@@ -5434,65 +5709,64 @@
       <w:tblGrid>
         <w:gridCol w:w="10799"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00BF669C" w14:paraId="17088DE2" w14:textId="77777777" w:rsidTr="00B47028">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6721CED4" w14:textId="26317260" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="00C6463E" w:rsidP="00AB7378">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>references cited</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0000712F" w:rsidRPr="00BF669C" w14:paraId="73D34936" w14:textId="77777777" w:rsidTr="002D48A1">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04F000F5" w14:textId="77777777" w:rsidR="0000712F" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="0000712F">
+          <w:p w14:paraId="04F000F5" w14:textId="77777777" w:rsidR="0000712F" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="0000712F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="360" w:hanging="362"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:id w:val="-562109063"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -5511,51 +5785,51 @@
             </w:sdt>
             <w:r w:rsidR="0000712F" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0000712F" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All author names listed, fully written out (i.e., no “et al”) and in order as they appear</w:t>
             </w:r>
             <w:r w:rsidR="0000712F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E576695" w14:textId="7F113769" w:rsidR="0000712F" w:rsidRPr="0000712F" w:rsidRDefault="000476EC" w:rsidP="0000712F">
+          <w:p w14:paraId="7E576695" w14:textId="7F113769" w:rsidR="0000712F" w:rsidRPr="0000712F" w:rsidRDefault="00357493" w:rsidP="0000712F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:id w:val="-898201188"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0000712F" w:rsidRPr="00BF669C">
                   <w:rPr>
@@ -5661,51 +5935,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>budget</w:t>
             </w:r>
             <w:r w:rsidR="00D11CE3" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE23BC" w:rsidRPr="00BF669C" w14:paraId="18018FCC" w14:textId="77777777" w:rsidTr="0000712F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B8A5204" w14:textId="6DD78B5E" w:rsidR="00CE23BC" w:rsidRPr="00A01A2A" w:rsidRDefault="000476EC" w:rsidP="00CE23BC">
+          <w:p w14:paraId="1B8A5204" w14:textId="6DD78B5E" w:rsidR="00CE23BC" w:rsidRPr="00A01A2A" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1128972094"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE23BC" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -5729,51 +6003,51 @@
               </w:rPr>
               <w:t>Meets FOA specifics for allowed</w:t>
             </w:r>
             <w:r w:rsidR="00CE23BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/required</w:t>
             </w:r>
             <w:r w:rsidR="00CE23BC" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> costs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15812F55" w14:textId="6AFA9F7E" w:rsidR="00CE23BC" w:rsidRPr="00CE23BC" w:rsidRDefault="000476EC" w:rsidP="00CE23BC">
+          <w:p w14:paraId="15812F55" w14:textId="6AFA9F7E" w:rsidR="00CE23BC" w:rsidRPr="00CE23BC" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
             <w:pPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1897402821"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE23BC" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5896,51 +6170,51 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>budget justification</w:t>
             </w:r>
             <w:r w:rsidR="00D11CE3" w:rsidRPr="00B1768B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E2F7A" w:rsidRPr="00BF669C" w14:paraId="58E6BE1D" w14:textId="77777777" w:rsidTr="00570B5B">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="16872017" w14:textId="778802FA" w:rsidR="008E2F7A" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="000C1BC3">
+          <w:p w14:paraId="16872017" w14:textId="4E6240A7" w:rsidR="008E2F7A" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="000C1BC3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1228039956"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE0AB2" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -6020,51 +6294,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> language</w:t>
             </w:r>
             <w:r w:rsidR="00EB23BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0003353B" w:rsidRPr="00BF669C" w14:paraId="54D2F754" w14:textId="77777777" w:rsidTr="00921588">
         <w:trPr>
           <w:trHeight w:val="2924"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD19146" w14:textId="6A420442" w:rsidR="0003353B" w:rsidRDefault="000476EC" w:rsidP="00CE23BC">
+          <w:p w14:paraId="4FD19146" w14:textId="6A420442" w:rsidR="0003353B" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2008587763"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00921588" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -6085,51 +6359,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00F27A0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>page limit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A7DBFFF" w14:textId="45CEE495" w:rsidR="0003353B" w:rsidRDefault="000476EC" w:rsidP="00CE23BC">
+          <w:p w14:paraId="7A7DBFFF" w14:textId="45CEE495" w:rsidR="0003353B" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-146055883"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6178,51 +6452,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> does not mention unfunded personnel (unfunded personnel role(s) will be described in the Facilities, Equipment and Other Resources section</w:t>
             </w:r>
             <w:r w:rsidR="00A01A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5331260C" w14:textId="4C6DE888" w:rsidR="0003353B" w:rsidRPr="00CE23BC" w:rsidRDefault="000476EC" w:rsidP="00CE23BC">
+          <w:p w14:paraId="5331260C" w14:textId="4C6DE888" w:rsidR="0003353B" w:rsidRPr="00CE23BC" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="90445376"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6297,51 +6571,51 @@
             <w:r w:rsidR="00364249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0003353B" w:rsidRPr="00597DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E7244C1" w14:textId="0F98A5FD" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="000476EC" w:rsidP="0003353B">
+          <w:p w14:paraId="6E7244C1" w14:textId="0F98A5FD" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00357493" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-307865316"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
@@ -6374,51 +6648,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> across all current and pending NSF projects</w:t>
             </w:r>
             <w:r w:rsidR="0003353B" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> are justified</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="118C114F" w14:textId="578F2E3C" w:rsidR="0003353B" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="0003353B">
+          <w:p w14:paraId="118C114F" w14:textId="578F2E3C" w:rsidR="0003353B" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="430" w:hanging="430"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-333376802"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6460,51 +6734,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TravelTable</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> tab in your Excel budget)</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76605BC5" w14:textId="2AED86BE" w:rsidR="0003353B" w:rsidRDefault="000476EC" w:rsidP="0003353B">
+          <w:p w14:paraId="76605BC5" w14:textId="2AED86BE" w:rsidR="0003353B" w:rsidRDefault="00357493" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="430" w:hanging="430"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="420303292"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -6542,51 +6816,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> include anything that will be secured through a service agreement/contract (speaker fees, venue rental, catering, supplies, etc.)</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E11535F" w14:textId="6E24949A" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="000476EC" w:rsidP="0003353B">
+          <w:p w14:paraId="5E11535F" w14:textId="6E24949A" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00357493" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-601571103"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6613,51 +6887,51 @@
             <w:r w:rsidR="00D0077E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a summary</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of any subawards. Additionally, a detailed budget justification (up to 5 pages) will be uploaded for each subaward</w:t>
             </w:r>
             <w:r w:rsidR="006B7EF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0332F44E" w14:textId="0C65D2E8" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="000476EC" w:rsidP="0003353B">
+          <w:p w14:paraId="0332F44E" w14:textId="0C65D2E8" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00357493" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-778019326"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6787,51 +7061,51 @@
           <w:p w14:paraId="7E942D8B" w14:textId="12CD2998" w:rsidR="009D1703" w:rsidRPr="00BF669C" w:rsidRDefault="009D1703" w:rsidP="00AB7378">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>facilities, equipment and other resources *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1703" w:rsidRPr="00BF669C" w14:paraId="73EFE8F6" w14:textId="77777777" w:rsidTr="00470F7B">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5346C2B5" w14:textId="69C08488" w:rsidR="009D1703" w:rsidRDefault="000476EC" w:rsidP="00996BC6">
+          <w:p w14:paraId="5346C2B5" w14:textId="6B1F718D" w:rsidR="009D1703" w:rsidRDefault="00357493" w:rsidP="00996BC6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1443303481"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D1703" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -6847,82 +7121,64 @@
             </w:r>
             <w:r w:rsidR="009D1703" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
             <w:r w:rsidR="009D1703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">page limit; </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="009D1703" w:rsidRPr="006B7EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Facilities Tem</w:t>
-[...17 lines deleted...]
-                <w:t>late</w:t>
+                <w:t>Facilities Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E7228B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CA87251" w14:textId="6703B86F" w:rsidR="009D1703" w:rsidRDefault="000476EC" w:rsidP="00996BC6">
+          <w:p w14:paraId="5CA87251" w14:textId="6703B86F" w:rsidR="009D1703" w:rsidRDefault="00357493" w:rsidP="00996BC6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1408533221"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D1703" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -6931,51 +7187,51 @@
             </w:sdt>
             <w:r w:rsidR="009D1703" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009D1703" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No cost sharing language</w:t>
             </w:r>
             <w:r w:rsidR="00E7228B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45368217" w14:textId="14C76433" w:rsidR="009D1703" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="00996BC6">
+          <w:p w14:paraId="45368217" w14:textId="14C76433" w:rsidR="009D1703" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00996BC6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-23413073"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D1703" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -7011,51 +7267,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidR="009D1703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> cited</w:t>
             </w:r>
             <w:r w:rsidR="00E7228B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57297F13" w14:textId="123B3229" w:rsidR="009D1703" w:rsidRPr="00525C30" w:rsidRDefault="000476EC" w:rsidP="00996BC6">
+          <w:p w14:paraId="57297F13" w14:textId="123B3229" w:rsidR="009D1703" w:rsidRPr="00525C30" w:rsidRDefault="00357493" w:rsidP="00996BC6">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-736472951"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00470F7B">
                   <w:rPr>
@@ -7088,51 +7344,51 @@
               </w:rPr>
               <w:t>included in</w:t>
             </w:r>
             <w:r w:rsidR="009D1703" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> our document</w:t>
             </w:r>
             <w:r w:rsidR="00E7228B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFCEA1F" w14:textId="07A945BC" w:rsidR="009D1703" w:rsidRPr="00525C30" w:rsidRDefault="000476EC" w:rsidP="00996BC6">
+          <w:p w14:paraId="6DFCEA1F" w14:textId="07A945BC" w:rsidR="009D1703" w:rsidRPr="00525C30" w:rsidRDefault="00357493" w:rsidP="00996BC6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="767121339"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -7192,103 +7448,131 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>unfunded</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>collaborations. Should be included</w:t>
-            </w:r>
+              <w:t xml:space="preserve">collaborations. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Should</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be included</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>if</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Letter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Collaboration included in Other Supplementary</w:t>
+              <w:t xml:space="preserve">Collaboration </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>included</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Other Supplementary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-35"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Documentation</w:t>
             </w:r>
             <w:r w:rsidR="00E7228B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="17CECF35" w14:textId="565ECCF6" w:rsidR="009D1703" w:rsidRPr="00525C30" w:rsidRDefault="009D1703" w:rsidP="00470F7B">
             <w:pPr>
@@ -7431,98 +7715,108 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC6C11">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56157C76" w14:textId="77777777" w:rsidR="009D1703" w:rsidRPr="00E7228B" w:rsidRDefault="009D1703" w:rsidP="00952F69">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="538426DF" w14:textId="77777777" w:rsidR="00AF7AA7" w:rsidRDefault="00AF7AA7">
+      <w:bookmarkStart w:id="7" w:name="_Hlk164333772"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5004" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10791"/>
         <w:gridCol w:w="8"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="00BF669C" w14:paraId="426E7096" w14:textId="77777777" w:rsidTr="00827518">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10791" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66F79079" w14:textId="7BBD8656" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="003C13AE" w:rsidP="00AB7378">
+          <w:p w14:paraId="66F79079" w14:textId="129E0721" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="003C13AE" w:rsidP="00AB7378">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Hlk164333772"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Senior</w:t>
             </w:r>
             <w:r w:rsidR="00FA4AA9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>/Key</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> Personnel Documents </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E7228B" w:rsidRPr="00921588" w14:paraId="1D64B506" w14:textId="77777777" w:rsidTr="00921588">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7530,199 +7824,199 @@
             <w:shd w:val="clear" w:color="auto" w:fill="595959" w:themeFill="text1" w:themeFillTint="A6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="58C87606" w14:textId="77777777" w:rsidR="00E7228B" w:rsidRPr="00921588" w:rsidRDefault="00E7228B" w:rsidP="00E7228B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE24EB" w:rsidRPr="00921588" w14:paraId="3B331DBE" w14:textId="77777777" w:rsidTr="00FE24EB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="1502"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10791" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="23BAEB70" w14:textId="77777777" w:rsidR="00A866AE" w:rsidRDefault="00FE24EB" w:rsidP="00E7228B">
+          <w:p w14:paraId="2067431C" w14:textId="77777777" w:rsidR="00AF7AA7" w:rsidRDefault="00FE24EB" w:rsidP="00E7228B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF  PI_CoPI \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
-              <w:tblW w:w="5000" w:type="pct"/>
+              <w:tblW w:w="3315" w:type="pct"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="29" w:type="dxa"/>
                 <w:right w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="10723"/>
+              <w:gridCol w:w="7109"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00A866AE" w:rsidRPr="00FE24EB" w14:paraId="2ED6E110" w14:textId="77777777" w:rsidTr="00A866AE">
+            <w:tr w:rsidR="00AF7AA7" w:rsidRPr="00FE24EB" w14:paraId="56E5FBE7" w14:textId="77777777" w:rsidTr="00AF7AA7">
               <w:trPr>
                 <w:trHeight w:val="350"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7109" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="60EE3E3F" w14:textId="7953ED13" w:rsidR="00A866AE" w:rsidRPr="00FE24EB" w:rsidRDefault="00A866AE" w:rsidP="002D3D94">
+                <w:p w14:paraId="11391BA3" w14:textId="5337D806" w:rsidR="00AF7AA7" w:rsidRPr="00FE24EB" w:rsidRDefault="00AF7AA7" w:rsidP="003D084D">
                   <w:pPr>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="311A453F" w14:textId="77777777" w:rsidR="00A866AE" w:rsidRDefault="00FE24EB" w:rsidP="00E7228B">
+          <w:p w14:paraId="023DCBE5" w14:textId="77777777" w:rsidR="00AF7AA7" w:rsidRDefault="00FE24EB" w:rsidP="00E7228B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF  SeniorKeyPersonnel \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
-              <w:tblW w:w="5000" w:type="pct"/>
+              <w:tblW w:w="2644" w:type="pct"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="29" w:type="dxa"/>
                 <w:right w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="10723"/>
+              <w:gridCol w:w="5670"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00A866AE" w:rsidRPr="00331D18" w14:paraId="06485812" w14:textId="77777777" w:rsidTr="00A866AE">
+            <w:tr w:rsidR="00AF7AA7" w:rsidRPr="00331D18" w14:paraId="5D932BDC" w14:textId="77777777" w:rsidTr="00AF7AA7">
               <w:trPr>
                 <w:trHeight w:val="360"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="14EA944F" w14:textId="3732C0C6" w:rsidR="00A866AE" w:rsidRPr="00331D18" w:rsidRDefault="00A866AE" w:rsidP="002D3D94">
+                <w:p w14:paraId="6C3F9064" w14:textId="7F8A9331" w:rsidR="00AF7AA7" w:rsidRPr="00331D18" w:rsidRDefault="00AF7AA7" w:rsidP="003D084D">
                   <w:pPr>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:cstheme="minorHAnsi"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="2AA947C5" w14:textId="530ABCE6" w:rsidR="00FE24EB" w:rsidRPr="00921588" w:rsidRDefault="00FE24EB" w:rsidP="00E7228B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
@@ -7745,217 +8039,161 @@
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>biosketch *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E2F7A" w:rsidRPr="00BF669C" w14:paraId="76958F51" w14:textId="77777777" w:rsidTr="00E7228B">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="33EBB724" w14:textId="4FAE4C2D" w:rsidR="001A0098" w:rsidRPr="008B50D4" w:rsidRDefault="008E2F7A" w:rsidP="001A0098">
+          <w:p w14:paraId="33EBB724" w14:textId="05D4E3EB" w:rsidR="001A0098" w:rsidRPr="008B50D4" w:rsidRDefault="008E2F7A" w:rsidP="001A0098">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
               <w:r w:rsidRPr="008B50D4">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
-                <w:t>Logon to NCBI for the required Bi</w:t>
-[...19 lines deleted...]
-                <w:t>sketch builder</w:t>
+                <w:t>Logon to NCBI for the required Biosketch builder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001A0098" w:rsidRPr="008B50D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single" w:color="0000FF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A0098" w:rsidRPr="008B50D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                        </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="001A0098" w:rsidRPr="008B50D4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>NSF Senior Personnel Inf</w:t>
-[...17 lines deleted...]
-                <w:t>rmation Page</w:t>
+                <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="523C83B5" w14:textId="4DA930BC" w:rsidR="009D1703" w:rsidRPr="00BF669C" w:rsidRDefault="009D1703" w:rsidP="001A0098">
+          <w:p w14:paraId="523C83B5" w14:textId="366783FC" w:rsidR="009D1703" w:rsidRPr="00BF669C" w:rsidRDefault="009D1703" w:rsidP="001A0098">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D1703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">See PAPPG for </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:anchor="ch2D2g" w:history="1">
               <w:r w:rsidRPr="009D1703">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Equipment P</w:t>
-[...17 lines deleted...]
-                <w:t>oposals Biosketch</w:t>
+                <w:t>Equipment Proposals Biosketch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="009D1703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> instructions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Other Personnel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w14:paraId="67D353AD" w14:textId="77777777" w:rsidTr="00FE24EB">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="068AE3F2" w14:textId="6B2E5A7E" w:rsidR="00FE24EB" w:rsidRDefault="000476EC" w:rsidP="00373206">
+          <w:p w14:paraId="068AE3F2" w14:textId="6B2E5A7E" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
             <w:pPr>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2042900547"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB">
                   <w:rPr>
@@ -8064,100 +8302,100 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No personal information.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19576075" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="000476EC" w:rsidP="00373206">
+          <w:p w14:paraId="19576075" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
             <w:pPr>
               <w:ind w:left="327" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1742871355"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All required fields in Identifying Information, Organization and Location section are complete.</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="481C1C0E" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="000476EC" w:rsidP="00373206">
+          <w:p w14:paraId="481C1C0E" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="150" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-842474582"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -8208,51 +8446,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">reverse </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>chronological order</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="796D1DB9" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="000476EC" w:rsidP="00373206">
+          <w:p w14:paraId="796D1DB9" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="150" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1916588840"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -8376,66 +8614,65 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> remuneration is received, and whether full-time, part-time, or voluntary (including adjunct, visiting, or honorary).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CA19A25" w14:textId="338E5767" w:rsidR="00FE24EB" w:rsidRDefault="00FE24EB" w:rsidP="00F21093">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="510" w:hanging="180"/>
             </w:pPr>
             <w:r w:rsidRPr="001822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Senior/key personnel must only identify all domestic and foreign professional appointments and positions outside of the primary organization for a period of up to three years from the date the proposer submits the proposal to NSF for funding consideration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F746DA" w:rsidRPr="00BF669C" w14:paraId="68321571" w14:textId="77777777" w:rsidTr="00053199">
         <w:trPr>
           <w:trHeight w:val="1295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="417EECB8" w14:textId="1E85BFE9" w:rsidR="00F746DA" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="0003353B">
+          <w:p w14:paraId="417EECB8" w14:textId="1E85BFE9" w:rsidR="00F746DA" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="422" w:hanging="422"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="878896701"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F746DA" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -8494,51 +8731,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. Products must be citable and </w:t>
             </w:r>
             <w:r w:rsidR="00F63A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">accessible.  Other NSF awards cannot be counted as </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F63A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>an “other”</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="4FD98E3A" w14:textId="5168B634" w:rsidR="00A01A2A" w:rsidRPr="00A1736F" w:rsidRDefault="000476EC" w:rsidP="001822E2">
+          <w:p w14:paraId="4FD98E3A" w14:textId="5168B634" w:rsidR="00A01A2A" w:rsidRPr="00A1736F" w:rsidRDefault="00357493" w:rsidP="001822E2">
             <w:pPr>
               <w:ind w:left="332" w:hanging="332"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="305362736"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A01A2A" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -8619,147 +8856,129 @@
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> support</w:t>
             </w:r>
             <w:r w:rsidR="00D11CE3" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E2F7A" w:rsidRPr="00BF669C" w14:paraId="716D858E" w14:textId="77777777" w:rsidTr="00570B5B">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCC475A" w14:textId="11AB779B" w:rsidR="008E2F7A" w:rsidRPr="008B50D4" w:rsidRDefault="008E2F7A" w:rsidP="00FB2CD1">
+          <w:p w14:paraId="1CCC475A" w14:textId="5AD743AC" w:rsidR="008E2F7A" w:rsidRPr="008B50D4" w:rsidRDefault="008E2F7A" w:rsidP="00FB2CD1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single" w:color="0000FF"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidRPr="008B50D4">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single" w:color="0000FF"/>
                 </w:rPr>
                 <w:t>Logon to NCBI for the required Current and Pending builder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001A0098" w:rsidRPr="008B50D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                       </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="001A0098" w:rsidRPr="008B50D4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="19800D22" w14:textId="56C7DA1B" w:rsidR="00FA4AA9" w:rsidRDefault="008B1B5A" w:rsidP="00FA4AA9">
+          <w:p w14:paraId="19800D22" w14:textId="01D9CCC3" w:rsidR="00FA4AA9" w:rsidRDefault="008B1B5A" w:rsidP="00FA4AA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_Hlk164164866"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:r w:rsidR="00D30C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NSF </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidR="00D30C00" w:rsidRPr="00D30C00">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Guidan</w:t>
-[...17 lines deleted...]
-                <w:t>e Table</w:t>
+                <w:t>Guidance Table</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00D30C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for NSPM-33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and PAPPG </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:anchor="ch2D2hii" w:history="1">
               <w:r w:rsidRPr="008B50D4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
@@ -8809,109 +9028,91 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="240" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F7E36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Consulting activities must be disclosed under the Current projects section when any of the following applies: a)The consulting activity will require the senior/key person to perform research as part of the consulting activity; b) The consulting activity does not involve performing research, but is related to the senior/key person’s research portfolio and may have the ability to impact funding, alter time or effort commitments, or otherwise impact scientific integrity; or c) The consulting entity has provided a contract that requires the senior/key person to conceal or withhold confidential financial or other ties between the senior/key person and the entity, irrespective of the duration of the engagement.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C2A4799" w14:textId="6F74B897" w:rsidR="004A26D4" w:rsidRPr="004F7E36" w:rsidRDefault="004A26D4" w:rsidP="001E3D7F">
+          <w:p w14:paraId="3C2A4799" w14:textId="7E6A402F" w:rsidR="004A26D4" w:rsidRPr="004F7E36" w:rsidRDefault="004A26D4" w:rsidP="001E3D7F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="240" w:hanging="180"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F7E36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Senior/Key Personnel are required to disclose contracts associated with participation in programs sponsored by foreign governments</w:t>
             </w:r>
             <w:r w:rsidRPr="004F7E36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, instrumentalities, or entities, including </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:anchor="page=2" w:history="1">
               <w:r w:rsidRPr="004F7E36">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>foreign government-s</w:t>
-[...17 lines deleted...]
-                <w:t>onsored talent recruitment programs</w:t>
+                <w:t>foreign government-sponsored talent recruitment programs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="004F7E36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. Further, if an individual receives direct or indirect support that is funded by a foreign government-sponsored talent recruitment program, even where the support is provided through an intermediary and does not require membership in the foreign government-sponsored talent recruitment program, that support must be disclosed. Senior/key personnel must also report other foreign government-sponsored or affiliated activities. In accordance with 42 U.S.C. § 19232, individuals are prohibited from being a party in a </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:anchor="page=3" w:history="1">
               <w:r w:rsidRPr="004F7E36">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>malign foreign talent recruitment program</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="35467C58" w14:textId="77777777" w:rsidR="004F7E36" w:rsidRPr="004F7E36" w:rsidRDefault="004F7E36" w:rsidP="004A26D4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
@@ -9085,51 +9286,51 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w14:paraId="453D1D0A" w14:textId="77777777" w:rsidTr="00FE24EB">
         <w:trPr>
           <w:trHeight w:val="1296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB55718" w14:textId="05CBA81B" w:rsidR="00FE24EB" w:rsidRDefault="000476EC" w:rsidP="00373206">
+          <w:p w14:paraId="6AB55718" w14:textId="05CBA81B" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="142474878"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -9252,51 +9453,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No personal information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49DB1859" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="000476EC" w:rsidP="00373206">
+          <w:p w14:paraId="49DB1859" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1088457803"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9342,94 +9543,94 @@
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00EF0214">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>potential overlap with this proposal in terms of scope, budget, or person-months planned or committed to the project by the individual</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ADDDF8F" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="000476EC" w:rsidP="00373206">
+          <w:p w14:paraId="2ADDDF8F" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1296184297"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>The proposed project is included as Pending.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4187C42D" w14:textId="3DE99FEF" w:rsidR="004A26D4" w:rsidRPr="004A26D4" w:rsidRDefault="000476EC" w:rsidP="004A26D4">
+          <w:p w14:paraId="4187C42D" w14:textId="3DE99FEF" w:rsidR="004A26D4" w:rsidRPr="004A26D4" w:rsidRDefault="00357493" w:rsidP="004A26D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="243" w:right="113" w:hanging="270"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1853138163"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004A26D4" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -9605,51 +9806,51 @@
             </w:r>
             <w:r w:rsidR="004A26D4">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004A26D4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>project(s).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D879C9" w:rsidRPr="00BF669C" w14:paraId="3DC47E4B" w14:textId="77777777" w:rsidTr="00F21093">
         <w:trPr>
           <w:trHeight w:val="589"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D771DF1" w14:textId="089B2EAD" w:rsidR="003E4419" w:rsidRPr="005878CB" w:rsidRDefault="000476EC" w:rsidP="005878CB">
+          <w:p w14:paraId="5D771DF1" w14:textId="089B2EAD" w:rsidR="003E4419" w:rsidRPr="005878CB" w:rsidRDefault="00357493" w:rsidP="005878CB">
             <w:pPr>
               <w:ind w:left="332" w:hanging="332"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-139884239"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E4419" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9758,51 +9959,51 @@
             <w:bookmarkStart w:id="9" w:name="_Hlk125033931"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Collaborators and Other affiliations</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE24EB" w14:paraId="5C304711" w14:textId="77777777" w:rsidTr="00FE24EB">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="592BE3E2" w14:textId="55F340C3" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="00917F32">
+          <w:p w14:paraId="592BE3E2" w14:textId="5F5CE124" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="163286613"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9837,51 +10038,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="00FE24EB" w:rsidRPr="008B50D4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03D24473" w14:textId="3D1F2F59" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="00917F32">
+          <w:p w14:paraId="03D24473" w14:textId="3D1F2F59" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-1437051498"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
@@ -9890,51 +10091,51 @@
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> All names are listed in last name, first name order, doesn’t need to be sorted alphabetically</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3498A01B" w14:textId="391F4571" w:rsidR="00FE24EB" w:rsidRDefault="000476EC" w:rsidP="00917F32">
+          <w:p w14:paraId="3498A01B" w14:textId="391F4571" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1561474601"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -10006,51 +10207,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Column A </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>is</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> filled in for Tables 2-5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E430BB7" w14:textId="70683E4C" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="00917F32">
+          <w:p w14:paraId="5E430BB7" w14:textId="70683E4C" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1825965608"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
@@ -10089,51 +10290,51 @@
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>yy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>). format</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D255880" w14:textId="6A2AE90F" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="000476EC" w:rsidP="00917F32">
+          <w:p w14:paraId="4D255880" w14:textId="6A2AE90F" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="1096446653"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
@@ -10190,72 +10391,71 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F5154" w:rsidRPr="00BF669C" w14:paraId="2261EFB7" w14:textId="77777777" w:rsidTr="008F5154">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68F88DB9" w14:textId="7B4E1500" w:rsidR="008F5154" w:rsidRPr="00BF669C" w:rsidRDefault="008F5154" w:rsidP="00C11B0A">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Synergistic activties</w:t>
             </w:r>
             <w:r w:rsidRPr="00746B00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE24EB" w14:paraId="08FA3C33" w14:textId="77777777" w:rsidTr="00FE24EB">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24702984" w14:textId="77777777" w:rsidR="0030663D" w:rsidRDefault="000476EC" w:rsidP="008F5154">
+          <w:p w14:paraId="24702984" w14:textId="7761944A" w:rsidR="0030663D" w:rsidRDefault="00357493" w:rsidP="008F5154">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-656304800"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -10316,115 +10516,97 @@
             </w:sdt>
             <w:r w:rsidR="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 page</w:t>
             </w:r>
             <w:r w:rsidR="0030663D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:tooltip="NSF Synergistic Activities Template" w:history="1">
               <w:r w:rsidR="0030663D" w:rsidRPr="0030663D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>NSF Sy</w:t>
-[...17 lines deleted...]
-                <w:t>ergistic Activities Template</w:t>
+                <w:t>NSF Synergistic Activities Template</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="2F01A268" w14:textId="1A4214D8" w:rsidR="00FE24EB" w:rsidRDefault="000476EC" w:rsidP="008F5154">
+          <w:p w14:paraId="2F01A268" w14:textId="1A4214D8" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="008F5154">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1783098317"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004A26D4" w:rsidRPr="008F5154">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004A26D4" w:rsidRPr="00053199">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Up to 5 distinct examples</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="464A2093" w14:textId="2D595324" w:rsidR="00FE24EB" w:rsidRPr="008F5154" w:rsidRDefault="00FE24EB" w:rsidP="004A26D4">
+          <w:p w14:paraId="464A2093" w14:textId="3760D539" w:rsidR="00FE24EB" w:rsidRPr="008F5154" w:rsidRDefault="00FE24EB" w:rsidP="004A26D4">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5154">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="599295463"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
@@ -10630,51 +10812,51 @@
               <w:t xml:space="preserve">Documents uploaded to a </w:t>
             </w:r>
             <w:r w:rsidR="00333590">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>named</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF2285">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> field</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00525C30" w:rsidRPr="00BF669C" w14:paraId="7FF1D1D2" w14:textId="77777777" w:rsidTr="00921588">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09D21069" w14:textId="4B13FA53" w:rsidR="00B837C4" w:rsidRPr="00525C30" w:rsidRDefault="000476EC" w:rsidP="00B837C4">
+          <w:p w14:paraId="09D21069" w14:textId="3AB87D80" w:rsidR="00B837C4" w:rsidRPr="00525C30" w:rsidRDefault="00357493" w:rsidP="00B837C4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="444"/>
               </w:tabs>
               <w:spacing w:before="7" w:line="223" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1284"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="-1844318008"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
@@ -10780,51 +10962,51 @@
               <w:spacing w:before="12" w:line="230" w:lineRule="exact"/>
               <w:ind w:left="420" w:right="916" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5154">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>One combined Data Management Plan for collaborative proposals and proposals that include subawards</w:t>
             </w:r>
             <w:r w:rsidR="00333590">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="356A9E79" w14:textId="32DBA1EF" w:rsidR="00FF2285" w:rsidRPr="004A26D4" w:rsidRDefault="00525C30" w:rsidP="00BF1971">
+          <w:p w14:paraId="356A9E79" w14:textId="455E32D3" w:rsidR="00FF2285" w:rsidRPr="004A26D4" w:rsidRDefault="00525C30" w:rsidP="00BF1971">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="420" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">A valid Data Management Plan </w:t>
             </w:r>
@@ -10870,51 +11052,51 @@
             <w:hyperlink r:id="rId26" w:anchor="ch2D2g" w:history="1">
               <w:r w:rsidR="00FF2285" w:rsidRPr="004A26D4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>PAPPG</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FF2285" w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for further details</w:t>
             </w:r>
             <w:r w:rsidR="00333590" w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ADA458B" w14:textId="2064242E" w:rsidR="00817502" w:rsidRDefault="000476EC" w:rsidP="00817502">
+          <w:p w14:paraId="7ADA458B" w14:textId="65DC5796" w:rsidR="00817502" w:rsidRDefault="00357493" w:rsidP="00817502">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-19625930"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00525C30" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -11106,51 +11288,51 @@
               </w:rPr>
               <w:t>across the project.</w:t>
             </w:r>
             <w:r w:rsidR="00BC0AA6" w:rsidRPr="00FF3902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidR="0030663D" w:rsidRPr="0030663D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Mentoring Plan Template</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="52D847C3" w14:textId="3053F36D" w:rsidR="004624BD" w:rsidRDefault="000476EC" w:rsidP="00BC0AA6">
+          <w:p w14:paraId="52D847C3" w14:textId="3053F36D" w:rsidR="004624BD" w:rsidRDefault="00357493" w:rsidP="00BC0AA6">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2111655972"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC0AA6" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -11268,51 +11450,51 @@
             <w:r w:rsidR="00BC0AA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BC0AA6" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>combined into one PDF</w:t>
             </w:r>
             <w:r w:rsidR="00BC0AA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Appropriate for Postdocs, students and other professionals.  SciENcv is not required for these documents.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2760AA94" w14:textId="61CA2E67" w:rsidR="00E9641F" w:rsidRPr="00B837C4" w:rsidRDefault="000476EC" w:rsidP="00E9641F">
+          <w:p w14:paraId="2760AA94" w14:textId="61CA2E67" w:rsidR="00E9641F" w:rsidRPr="00B837C4" w:rsidRDefault="00357493" w:rsidP="00E9641F">
             <w:pPr>
               <w:ind w:left="336" w:hanging="336"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1810668885"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F5154">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -11333,51 +11515,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reviewers to include</w:t>
             </w:r>
             <w:r w:rsidR="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: first, middle initial, last name, email, organization</w:t>
             </w:r>
             <w:r w:rsidR="00333590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (optional).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B301DBD" w14:textId="1D059908" w:rsidR="00E9641F" w:rsidRPr="00817502" w:rsidRDefault="000476EC" w:rsidP="00E9641F">
+          <w:p w14:paraId="7B301DBD" w14:textId="1D059908" w:rsidR="00E9641F" w:rsidRPr="00817502" w:rsidRDefault="00357493" w:rsidP="00E9641F">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="531236531"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F5154">
                   <w:rPr>
@@ -11595,51 +11777,51 @@
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4772"/>
         <w:gridCol w:w="6018"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DB6707" w:rsidRPr="00BF669C" w14:paraId="4FE57B46" w14:textId="77777777" w:rsidTr="00085038">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4772" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DDB6B63" w14:textId="6A38F8DF" w:rsidR="00DB6707" w:rsidRPr="00B837C4" w:rsidRDefault="000476EC" w:rsidP="00C11B0A">
+          <w:p w14:paraId="1DDB6B63" w14:textId="6A38F8DF" w:rsidR="00DB6707" w:rsidRPr="00B837C4" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1754628812"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DB6707" w:rsidRPr="00DB6707">
@@ -11718,51 +11900,51 @@
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="621128B6" w14:textId="77777777" w:rsidR="00DB6707" w:rsidRPr="00BF669C" w:rsidRDefault="00DB6707" w:rsidP="00C11B0A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Letters of Collaboration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4753B777" w14:textId="7792DCF1" w:rsidR="00DB6707" w:rsidRDefault="000476EC" w:rsidP="00C11B0A">
+          <w:p w14:paraId="4753B777" w14:textId="496DCA54" w:rsidR="00DB6707" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-231854967"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB6707" w:rsidRPr="00370F09">
@@ -11860,51 +12042,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or endorsement </w:t>
             </w:r>
             <w:r w:rsidR="00DB6707" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>language</w:t>
             </w:r>
             <w:r w:rsidR="00952F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71B238E7" w14:textId="212F7352" w:rsidR="00DB6707" w:rsidRDefault="000476EC" w:rsidP="00C11B0A">
+          <w:p w14:paraId="71B238E7" w14:textId="212F7352" w:rsidR="00DB6707" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="597299695"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB6707" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -11953,50 +12135,51 @@
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="131C2150" w14:textId="16C39F3C" w:rsidR="00DB6707" w:rsidRDefault="0030663D" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC4B62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Safe and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Harassment-free</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4B62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Work Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12036,101 +12219,101 @@
             <w:r w:rsidR="00DB6707" w:rsidRPr="00BF0342">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00DB6707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Required </w:t>
             </w:r>
             <w:r w:rsidR="00DB6707" w:rsidRPr="00BF0342">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>if applicable)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3936AA2B" w14:textId="77777777" w:rsidR="00DB6707" w:rsidRDefault="000476EC" w:rsidP="00C11B0A">
+          <w:p w14:paraId="3936AA2B" w14:textId="77777777" w:rsidR="00DB6707" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-434672779"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB6707" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DB6707">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DB6707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Review FOA to determine if plan is required with the proposal or if it needs to be completed and held for award.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="012AFEA1" w14:textId="3DBAE5E0" w:rsidR="00ED23F5" w:rsidRPr="00262CE0" w:rsidRDefault="000476EC" w:rsidP="004A26D4">
+          <w:p w14:paraId="012AFEA1" w14:textId="25FD16D8" w:rsidR="00ED23F5" w:rsidRPr="00262CE0" w:rsidRDefault="00357493" w:rsidP="004A26D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-517777394"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB6707" w:rsidRPr="00370F09">
                   <w:rPr>
@@ -12157,69 +12340,51 @@
             </w:r>
             <w:r w:rsidR="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ingle plan developed for all off-campus work across the project.</w:t>
             </w:r>
             <w:r w:rsidR="004A26D4" w:rsidRPr="002563FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidR="00DB6707" w:rsidRPr="002563FB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>CU’s te</w:t>
-[...17 lines deleted...]
-                <w:t>plate</w:t>
+                <w:t>CU’s template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00DB6707" w:rsidRPr="002563FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is required</w:t>
             </w:r>
             <w:r w:rsidR="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00DB6707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -12365,51 +12530,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Required </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4B62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>if applicable)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1101DEAF" w14:textId="5F8622F1" w:rsidR="00DB6707" w:rsidRDefault="000476EC" w:rsidP="00ED23F5">
+          <w:p w14:paraId="1101DEAF" w14:textId="5F8622F1" w:rsidR="00DB6707" w:rsidRDefault="00357493" w:rsidP="00ED23F5">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1122000312"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00ED23F5" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -12485,51 +12650,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CDF9808" w14:textId="67AAE012" w:rsidR="00E9641F" w:rsidRDefault="00825CFB" w:rsidP="00ED23F5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="TribalNations"/>
             <w:bookmarkStart w:id="13" w:name="_Hlk125713098"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00E9641F" w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">eeking and Obtaining Tribal Nation Approval </w:t>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
             <w:r w:rsidR="00E9641F" w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for Proposals that May Impact Tribal Resources or Interests</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41F4D4C0" w14:textId="77777777" w:rsidR="00103D52" w:rsidRDefault="00E9641F" w:rsidP="00337E75">
@@ -12551,51 +12715,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proposals that may impact the resources or interests of a federally recognized American Indian or Alaska Native Tribal Nation (Tribal Nation) </w:t>
             </w:r>
             <w:r w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>will not be awarded</w:t>
             </w:r>
             <w:r w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> by NSF without prior written approval from the official(s) designated by the relevant Tribal Nation(s). </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="559D7183" w14:textId="334D925D" w:rsidR="00E9641F" w:rsidRPr="004A26D4" w:rsidRDefault="00E9641F" w:rsidP="00337E75">
+          <w:p w14:paraId="559D7183" w14:textId="448B8BBF" w:rsidR="00E9641F" w:rsidRPr="004A26D4" w:rsidRDefault="00E9641F" w:rsidP="00337E75">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="150" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For purposes of this provision, references to "resources or interests of a Tribal Nation" are limited to resources and interests connected to Tribal Nation lands or those aspects of Tribal life that are within the domain of a Tribal Nation, (including, but not limited to, Tribal languages and subsistence rights on Tribal Nation lands) as opposed to individual Tribal Nation members.</w:t>
             </w:r>
             <w:r w:rsidR="00ED23F5" w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -12609,51 +12773,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:anchor="ch2D2hib" w:history="1">
               <w:r w:rsidRPr="004A26D4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>PAPPG</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for further information.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EC6AB58" w14:textId="0DA1D78E" w:rsidR="00E9641F" w:rsidRDefault="000476EC" w:rsidP="00E9641F">
+          <w:p w14:paraId="2EC6AB58" w14:textId="0DA1D78E" w:rsidR="00E9641F" w:rsidRDefault="00357493" w:rsidP="00E9641F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="868114797"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E9641F" w:rsidRPr="00370F09">
@@ -12907,64 +13071,64 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66B2363C" w14:textId="77777777" w:rsidR="00955639" w:rsidRDefault="00955639">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="12082A3C" w14:textId="77777777" w:rsidR="00955639" w:rsidRDefault="00955639">
@@ -15150,50 +15314,51 @@
     <w:rsid w:val="002414F8"/>
     <w:rsid w:val="00252A40"/>
     <w:rsid w:val="00257ABC"/>
     <w:rsid w:val="00267DF9"/>
     <w:rsid w:val="0027534A"/>
     <w:rsid w:val="0028228C"/>
     <w:rsid w:val="00290602"/>
     <w:rsid w:val="002906E7"/>
     <w:rsid w:val="002944E0"/>
     <w:rsid w:val="00294CE2"/>
     <w:rsid w:val="002A3F76"/>
     <w:rsid w:val="002B3AB2"/>
     <w:rsid w:val="002D5E69"/>
     <w:rsid w:val="002F6283"/>
     <w:rsid w:val="0030663D"/>
     <w:rsid w:val="003119FB"/>
     <w:rsid w:val="00311B83"/>
     <w:rsid w:val="0031256D"/>
     <w:rsid w:val="00320630"/>
     <w:rsid w:val="00331D18"/>
     <w:rsid w:val="00333590"/>
     <w:rsid w:val="00341C58"/>
     <w:rsid w:val="00342E79"/>
     <w:rsid w:val="003444D6"/>
     <w:rsid w:val="003519EE"/>
+    <w:rsid w:val="00357493"/>
     <w:rsid w:val="00357772"/>
     <w:rsid w:val="003618B9"/>
     <w:rsid w:val="003636CC"/>
     <w:rsid w:val="00364249"/>
     <w:rsid w:val="00364364"/>
     <w:rsid w:val="00370F09"/>
     <w:rsid w:val="00373206"/>
     <w:rsid w:val="003761C5"/>
     <w:rsid w:val="003835DD"/>
     <w:rsid w:val="003902E9"/>
     <w:rsid w:val="003A1BC2"/>
     <w:rsid w:val="003B563F"/>
     <w:rsid w:val="003B5B70"/>
     <w:rsid w:val="003C13AE"/>
     <w:rsid w:val="003C240D"/>
     <w:rsid w:val="003E4419"/>
     <w:rsid w:val="003E5A92"/>
     <w:rsid w:val="003F04D9"/>
     <w:rsid w:val="003F0C2B"/>
     <w:rsid w:val="00407240"/>
     <w:rsid w:val="0041607A"/>
     <w:rsid w:val="00416B05"/>
     <w:rsid w:val="00422584"/>
     <w:rsid w:val="0042666E"/>
     <w:rsid w:val="00430A70"/>
@@ -15251,50 +15416,51 @@
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="0061374A"/>
     <w:rsid w:val="00620167"/>
     <w:rsid w:val="00622A27"/>
     <w:rsid w:val="006238C8"/>
     <w:rsid w:val="00643BDC"/>
     <w:rsid w:val="00645F34"/>
     <w:rsid w:val="00653A40"/>
     <w:rsid w:val="00674FB6"/>
     <w:rsid w:val="00682C78"/>
     <w:rsid w:val="00682DE4"/>
     <w:rsid w:val="00690A2E"/>
     <w:rsid w:val="00691522"/>
     <w:rsid w:val="006B5280"/>
     <w:rsid w:val="006B7EF5"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006D0878"/>
     <w:rsid w:val="006D33CD"/>
     <w:rsid w:val="006D4849"/>
     <w:rsid w:val="006E095F"/>
     <w:rsid w:val="006E5961"/>
     <w:rsid w:val="006F598B"/>
     <w:rsid w:val="007077FD"/>
     <w:rsid w:val="007136B8"/>
     <w:rsid w:val="007147F4"/>
+    <w:rsid w:val="00717351"/>
     <w:rsid w:val="007265DC"/>
     <w:rsid w:val="00727040"/>
     <w:rsid w:val="0074043D"/>
     <w:rsid w:val="00744CEF"/>
     <w:rsid w:val="00754382"/>
     <w:rsid w:val="007725E8"/>
     <w:rsid w:val="00772CA1"/>
     <w:rsid w:val="007765DD"/>
     <w:rsid w:val="00776847"/>
     <w:rsid w:val="0078313D"/>
     <w:rsid w:val="00786663"/>
     <w:rsid w:val="00795C10"/>
     <w:rsid w:val="00796486"/>
     <w:rsid w:val="00796754"/>
     <w:rsid w:val="00797844"/>
     <w:rsid w:val="007A58CD"/>
     <w:rsid w:val="007A6235"/>
     <w:rsid w:val="007A62B7"/>
     <w:rsid w:val="007B143B"/>
     <w:rsid w:val="007C42A8"/>
     <w:rsid w:val="007D49C6"/>
     <w:rsid w:val="007E7F74"/>
     <w:rsid w:val="008014A9"/>
     <w:rsid w:val="00817502"/>
     <w:rsid w:val="00824ADF"/>
@@ -15366,50 +15532,51 @@
     <w:rsid w:val="00A51E9F"/>
     <w:rsid w:val="00A54502"/>
     <w:rsid w:val="00A558F4"/>
     <w:rsid w:val="00A6091E"/>
     <w:rsid w:val="00A73E9E"/>
     <w:rsid w:val="00A73FBA"/>
     <w:rsid w:val="00A76352"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A76F0B"/>
     <w:rsid w:val="00A866AE"/>
     <w:rsid w:val="00A86F72"/>
     <w:rsid w:val="00A90460"/>
     <w:rsid w:val="00A9364E"/>
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95A1A"/>
     <w:rsid w:val="00AB0DF1"/>
     <w:rsid w:val="00AB2468"/>
     <w:rsid w:val="00AB7378"/>
     <w:rsid w:val="00AD098E"/>
     <w:rsid w:val="00AD1C31"/>
     <w:rsid w:val="00AD1CFA"/>
     <w:rsid w:val="00AD578F"/>
     <w:rsid w:val="00AD69ED"/>
     <w:rsid w:val="00AD731D"/>
     <w:rsid w:val="00AE5703"/>
+    <w:rsid w:val="00AF7AA7"/>
     <w:rsid w:val="00B018B3"/>
     <w:rsid w:val="00B10385"/>
     <w:rsid w:val="00B11AED"/>
     <w:rsid w:val="00B11EE0"/>
     <w:rsid w:val="00B1254C"/>
     <w:rsid w:val="00B1768B"/>
     <w:rsid w:val="00B24FBF"/>
     <w:rsid w:val="00B47028"/>
     <w:rsid w:val="00B476DD"/>
     <w:rsid w:val="00B54B8B"/>
     <w:rsid w:val="00B54D5C"/>
     <w:rsid w:val="00B61577"/>
     <w:rsid w:val="00B64E41"/>
     <w:rsid w:val="00B67C5A"/>
     <w:rsid w:val="00B75A27"/>
     <w:rsid w:val="00B837C4"/>
     <w:rsid w:val="00B97760"/>
     <w:rsid w:val="00BA4B23"/>
     <w:rsid w:val="00BB7506"/>
     <w:rsid w:val="00BC0AA6"/>
     <w:rsid w:val="00BF669C"/>
     <w:rsid w:val="00BF7CC9"/>
     <w:rsid w:val="00C0344A"/>
     <w:rsid w:val="00C04014"/>
     <w:rsid w:val="00C05396"/>
@@ -15444,50 +15611,51 @@
     <w:rsid w:val="00D11CE3"/>
     <w:rsid w:val="00D13485"/>
     <w:rsid w:val="00D20377"/>
     <w:rsid w:val="00D2248C"/>
     <w:rsid w:val="00D30C00"/>
     <w:rsid w:val="00D34484"/>
     <w:rsid w:val="00D36A80"/>
     <w:rsid w:val="00D47507"/>
     <w:rsid w:val="00D6554B"/>
     <w:rsid w:val="00D725FC"/>
     <w:rsid w:val="00D777FB"/>
     <w:rsid w:val="00D827D3"/>
     <w:rsid w:val="00D879C9"/>
     <w:rsid w:val="00DA21A2"/>
     <w:rsid w:val="00DB0C25"/>
     <w:rsid w:val="00DB6707"/>
     <w:rsid w:val="00DC00DC"/>
     <w:rsid w:val="00DC4118"/>
     <w:rsid w:val="00DC62E1"/>
     <w:rsid w:val="00DE5274"/>
     <w:rsid w:val="00DE5986"/>
     <w:rsid w:val="00DE662D"/>
     <w:rsid w:val="00DF3620"/>
     <w:rsid w:val="00E06D9C"/>
     <w:rsid w:val="00E10BC3"/>
+    <w:rsid w:val="00E20060"/>
     <w:rsid w:val="00E324EF"/>
     <w:rsid w:val="00E37280"/>
     <w:rsid w:val="00E41884"/>
     <w:rsid w:val="00E42D78"/>
     <w:rsid w:val="00E432C2"/>
     <w:rsid w:val="00E51E21"/>
     <w:rsid w:val="00E63B12"/>
     <w:rsid w:val="00E66AAA"/>
     <w:rsid w:val="00E7228B"/>
     <w:rsid w:val="00E7239D"/>
     <w:rsid w:val="00E76032"/>
     <w:rsid w:val="00E8270B"/>
     <w:rsid w:val="00E8332E"/>
     <w:rsid w:val="00E9373D"/>
     <w:rsid w:val="00E9641F"/>
     <w:rsid w:val="00E9764A"/>
     <w:rsid w:val="00EA3E64"/>
     <w:rsid w:val="00EB1D8F"/>
     <w:rsid w:val="00EB23BF"/>
     <w:rsid w:val="00ED23F5"/>
     <w:rsid w:val="00EE0224"/>
     <w:rsid w:val="00EE40E1"/>
     <w:rsid w:val="00EF4B82"/>
     <w:rsid w:val="00F02EC8"/>
     <w:rsid w:val="00F03B50"/>
@@ -16027,50 +16195,51 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002A3F76"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="10"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Logo">
     <w:name w:val="Logo"/>
@@ -16544,64 +16713,64 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -16614,50 +16783,51 @@
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E75AC0"/>
     <w:rsid w:val="000C0539"/>
     <w:rsid w:val="00136943"/>
     <w:rsid w:val="001D417C"/>
     <w:rsid w:val="0027254E"/>
     <w:rsid w:val="002D5F11"/>
     <w:rsid w:val="003272E7"/>
     <w:rsid w:val="00394C7A"/>
     <w:rsid w:val="003D37B9"/>
     <w:rsid w:val="003D3C6B"/>
     <w:rsid w:val="00405587"/>
     <w:rsid w:val="004209E1"/>
     <w:rsid w:val="00476E42"/>
     <w:rsid w:val="004E1C79"/>
     <w:rsid w:val="004F4B4A"/>
     <w:rsid w:val="00614851"/>
     <w:rsid w:val="00650DE1"/>
+    <w:rsid w:val="00717351"/>
     <w:rsid w:val="0084407C"/>
     <w:rsid w:val="00A027A0"/>
     <w:rsid w:val="00B00C9D"/>
     <w:rsid w:val="00BD5D1C"/>
     <w:rsid w:val="00C42BA7"/>
     <w:rsid w:val="00E75AC0"/>
     <w:rsid w:val="00F61D92"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -17389,65 +17559,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100809035BDD2324F42B4A322DA0BDAECFA" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8b6c6b8eb2d33d9ad3556566dd3692dc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="60ea690c-6e89-4892-9dbb-36632ca54e9d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea09f6b79e648667af47114f1aaf60b6" ns3:_="">
     <xsd:import namespace="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -17581,122 +17736,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2448A74-D900-4089-8435-B1880F3E0313}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{149E8B98-7D09-4CAA-912C-73E3E59FAC08}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B640E92-30E1-4152-8934-76F5CED158C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{149E8B98-7D09-4CAA-912C-73E3E59FAC08}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2448A74-D900-4089-8435-B1880F3E0313}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2770</Words>
-  <Characters>17995</Characters>
+  <Words>2787</Words>
+  <Characters>18190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>149</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>378</Lines>
+  <Paragraphs>230</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20724</CharactersWithSpaces>
+  <CharactersWithSpaces>20747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>