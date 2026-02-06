--- v1 (2026-01-05)
+++ v2 (2026-02-06)
@@ -34,51 +34,51 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="420378EC" w14:textId="7A50C862" w:rsidR="00364364" w:rsidRPr="0054494D" w:rsidRDefault="00364364" w:rsidP="00364364">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="80" w:after="0"/>
         <w:ind w:left="-360" w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C254B9" wp14:editId="096FB673">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C254B9" wp14:editId="6B08F44C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-6350</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>9019</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -225,90 +225,80 @@
         <w:t>-1</w:t>
       </w:r>
       <w:r w:rsidR="00D03532">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> effective </w:t>
       </w:r>
       <w:r w:rsidR="004624BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>May 20, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C2D40C" w14:textId="328F6019" w:rsidR="00D06F89" w:rsidRPr="00D06F89" w:rsidRDefault="00D06F89" w:rsidP="00364364">
+    <w:p w14:paraId="28C2D40C" w14:textId="478D1FFF" w:rsidR="00D06F89" w:rsidRPr="00D06F89" w:rsidRDefault="00D06F89" w:rsidP="00364364">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:ind w:right="-360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B11AED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">Updated </w:t>
       </w:r>
-      <w:r w:rsidR="0030663D">
+      <w:r w:rsidR="00EF6733">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>2025.</w:t>
-[...9 lines deleted...]
-        <w:t>10.15</w:t>
+        <w:t>2026.01.29</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="0F27F754" w14:textId="77777777" w:rsidR="00364364" w:rsidRPr="00BF669C" w:rsidRDefault="00364364" w:rsidP="00364364">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -564,51 +554,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Peach color indicates sections that the Proposal Analyst will typically fill out for PIs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D97E88" w14:textId="42D7F5B5" w:rsidR="00817502" w:rsidRPr="00817502" w:rsidRDefault="00817502">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="7C7E1F88" w14:textId="328BD9EA" w:rsidR="00E324EF" w:rsidRPr="00E324EF" w:rsidRDefault="00357493" w:rsidP="00E324EF">
+    <w:p w14:paraId="7C7E1F88" w14:textId="328BD9EA" w:rsidR="00E324EF" w:rsidRPr="00E324EF" w:rsidRDefault="0060133E" w:rsidP="00E324EF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rStyle w:val="NospacingChar"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1243492280"/>
           <w:placeholder>
             <w:docPart w:val="1616665D93864DA198FDB51780F06EB4"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="NospacingChar"/>
             <w:sz w:val="20"/>
@@ -653,73 +643,74 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="343"/>
         <w:gridCol w:w="2987"/>
         <w:gridCol w:w="7460"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E20060" w:rsidRPr="00BF669C" w14:paraId="217D12D0" w14:textId="77777777" w:rsidTr="00357493">
         <w:trPr>
           <w:trHeight w:val="1079"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="343" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4C5A24D1" w14:textId="5BA17E5D" w:rsidR="00E20060" w:rsidRDefault="00E20060" w:rsidP="00510A27">
+          <w:p w14:paraId="4C5A24D1" w14:textId="5BA17E5D" w:rsidR="00E20060" w:rsidRDefault="0060133E" w:rsidP="00510A27">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-306860084"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00033AAA">
+                <w:r w:rsidR="00E20060" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2987" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7C0726A9" w14:textId="0E5C765A" w:rsidR="00E20060" w:rsidRPr="00AF7AA7" w:rsidRDefault="00E20060" w:rsidP="00E20060">
             <w:pPr>
               <w:ind w:left="61"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF7AA7">
@@ -978,51 +969,51 @@
               <w:t>GENERAL</w:t>
             </w:r>
             <w:r w:rsidR="00F3153F" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> INFORMATION</w:t>
             </w:r>
             <w:r w:rsidR="00E324EF" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005230ED" w:rsidRPr="00BF669C" w14:paraId="6D95C3BA" w14:textId="3D220CF0" w:rsidTr="00D01F0E">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF2C57B" w14:textId="1DBA8DD3" w:rsidR="005230ED" w:rsidRDefault="00357493" w:rsidP="008E5019">
+          <w:p w14:paraId="4EF2C57B" w14:textId="1DBA8DD3" w:rsidR="005230ED" w:rsidRDefault="0060133E" w:rsidP="008E5019">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="382" w:hanging="382"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="476348020"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005230ED" w:rsidRPr="00E76032">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -1151,51 +1142,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EAFB55D" w14:textId="77777777" w:rsidR="005230ED" w:rsidRDefault="005230ED" w:rsidP="005230ED">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="382"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005230ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A font size of less than 10 points may be used for mathematical formulas or equations, figures, tables, or diagram captions and when using a Symbol font to insert Greek letters or special characters. Other fonts not specified above, such as Cambria Math, may be used for mathematical formulas, equations, or when inserting Greek letters or special characters. PIs are cautioned, however, that the text must still be readable.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="626C9829" w14:textId="2000FCA5" w:rsidR="00033AAA" w:rsidRDefault="00357493" w:rsidP="00033AAA">
+          <w:p w14:paraId="626C9829" w14:textId="2000FCA5" w:rsidR="00033AAA" w:rsidRDefault="0060133E" w:rsidP="00033AAA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1402899495"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1239,51 +1230,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 6 lines of text</w:t>
             </w:r>
             <w:r w:rsidR="00033AAA" w:rsidRPr="00CA4774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidR="00033AAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> within a vertical space of 1”.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CA76850" w14:textId="361F679D" w:rsidR="008D07CF" w:rsidRDefault="00357493" w:rsidP="00033AAA">
+          <w:p w14:paraId="4CA76850" w14:textId="361F679D" w:rsidR="008D07CF" w:rsidRDefault="0060133E" w:rsidP="00033AAA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1499158354"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D07CF" w:rsidRPr="00E76032">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1358,51 +1349,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">To format in Word: 1) ctrl-a to select the entire document; 2) from the home tab, select Paragraph&gt;Line &amp; </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Paragraph  Spacing</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&gt;Line Spacing Options; 3) Line Spacing = multiple, at 1.05; 4) select OK.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E60C9C9" w14:textId="77777777" w:rsidR="00033AAA" w:rsidRDefault="00357493" w:rsidP="00033AAA">
+          <w:p w14:paraId="0E60C9C9" w14:textId="77777777" w:rsidR="00033AAA" w:rsidRDefault="0060133E" w:rsidP="00033AAA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1856490813"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00033AAA" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1411,51 +1402,51 @@
             </w:sdt>
             <w:r w:rsidR="00033AAA">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00033AAA" w:rsidRPr="00CA4774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pagination</w:t>
             </w:r>
             <w:r w:rsidR="00033AAA" w:rsidRPr="00033AAA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: None, research.gov paginates upon submission</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E539AA6" w14:textId="5CF06E2D" w:rsidR="00033AAA" w:rsidRPr="00033AAA" w:rsidRDefault="00357493" w:rsidP="00033AAA">
+          <w:p w14:paraId="4E539AA6" w14:textId="5CF06E2D" w:rsidR="00033AAA" w:rsidRPr="00033AAA" w:rsidRDefault="0060133E" w:rsidP="00033AAA">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="382" w:hanging="382"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1693753653"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E9373D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1644,51 +1635,51 @@
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE5274">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Cover sheet*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00331D18" w:rsidRPr="00BF669C" w14:paraId="6505EE28" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="163C84BB" w14:textId="5070AFD8" w:rsidR="00331D18" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
+          <w:p w14:paraId="163C84BB" w14:textId="5070AFD8" w:rsidR="00331D18" w:rsidRDefault="0060133E" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="367956916"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00331D18" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1700,51 +1691,51 @@
             </w:sdt>
             <w:r w:rsidR="00331D18" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Start date 6+ months out, unless allowed by FOA</w:t>
             </w:r>
             <w:r w:rsidR="00331D18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9011C1" w14:textId="71F04367" w:rsidR="00331D18" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
+          <w:p w14:paraId="4F9011C1" w14:textId="71F04367" w:rsidR="00331D18" w:rsidRDefault="0060133E" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-124475341"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00331D18" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1769,51 +1760,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proposed Duration Months matches </w:t>
             </w:r>
             <w:r w:rsidR="00331D18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>end date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00331D18" w:rsidRPr="00BF669C" w14:paraId="3F21BBD0" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="265C547B" w14:textId="654C92D6" w:rsidR="00331D18" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
+          <w:p w14:paraId="265C547B" w14:textId="654C92D6" w:rsidR="00331D18" w:rsidRDefault="0060133E" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="15506574"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00331D18" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1840,51 +1831,51 @@
               </w:rPr>
               <w:t>“Other Information” indicators are complete as applicable</w:t>
             </w:r>
             <w:r w:rsidR="00E9373D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, including:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00033AAA" w:rsidRPr="00BF669C" w14:paraId="7601ED90" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="540C46B8" w14:textId="08456D29" w:rsidR="00033AAA" w:rsidRPr="00033AAA" w:rsidRDefault="00357493" w:rsidP="00CC7A45">
+          <w:p w14:paraId="540C46B8" w14:textId="08456D29" w:rsidR="00033AAA" w:rsidRPr="00033AAA" w:rsidRDefault="0060133E" w:rsidP="00CC7A45">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-643427607"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00033AAA" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1894,51 +1885,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00033AAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Proprietary or Privileged information – if this box is checked, a Proprietary/Privileged upload button will appear.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="5" w:name="_Hlk199510817"/>
       <w:tr w:rsidR="007B143B" w:rsidRPr="00BF669C" w14:paraId="41E071E7" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6D40154F" w14:textId="59652304" w:rsidR="007B143B" w:rsidRDefault="00357493" w:rsidP="007B143B">
+          <w:p w14:paraId="6D40154F" w14:textId="59652304" w:rsidR="007B143B" w:rsidRDefault="0060133E" w:rsidP="007B143B">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1436709407"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B" w:rsidRPr="00033AAA">
                   <w:rPr>
@@ -1970,51 +1961,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (see </w:t>
             </w:r>
             <w:hyperlink w:anchor="IBC_Explanation" w:history="1">
               <w:r w:rsidR="007B143B" w:rsidRPr="00F27A0D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Project Description</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for required justification).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E7E6039" w14:textId="67F5BDC7" w:rsidR="007B143B" w:rsidRPr="007E2DC9" w:rsidRDefault="00357493" w:rsidP="007B143B">
+          <w:p w14:paraId="4E7E6039" w14:textId="67F5BDC7" w:rsidR="007B143B" w:rsidRPr="007E2DC9" w:rsidRDefault="0060133E" w:rsidP="007B143B">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1851330860"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B" w:rsidRPr="00033AAA">
                   <w:rPr>
@@ -2046,51 +2037,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (see </w:t>
             </w:r>
             <w:hyperlink w:anchor="IBC_Explanation" w:history="1">
               <w:r w:rsidR="0030663D" w:rsidRPr="00F27A0D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Project Description</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0030663D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for required justification).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="461F828F" w14:textId="613E5388" w:rsidR="007B143B" w:rsidRDefault="00357493" w:rsidP="007B143B">
+          <w:p w14:paraId="461F828F" w14:textId="613E5388" w:rsidR="007B143B" w:rsidRDefault="0060133E" w:rsidP="007B143B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-939905351"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B" w:rsidRPr="007E2DC9">
                   <w:rPr>
@@ -2109,51 +2100,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B143B" w:rsidRPr="007E2DC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>International Activities country name – must be checked if either of the previous two are checked, OR if there will be international travel, including conferences. Worldwide if country is unknown.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
       <w:tr w:rsidR="00E8332E" w:rsidRPr="00BF669C" w14:paraId="5EA5B678" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="20BBC5F3" w14:textId="2F243D98" w:rsidR="00E8332E" w:rsidRDefault="00357493" w:rsidP="002930E1">
+          <w:p w14:paraId="20BBC5F3" w14:textId="2F243D98" w:rsidR="00E8332E" w:rsidRDefault="0060133E" w:rsidP="002930E1">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-602035358"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E8332E" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -2171,51 +2162,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Off-campus/off-site research (check FOA to see if a plan is required for upload)</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D7543" w:rsidRPr="00BF669C" w14:paraId="25DF696D" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFCCA08" w14:textId="2D63B9BC" w:rsidR="005D7543" w:rsidRDefault="00357493" w:rsidP="00AA0E04">
+          <w:p w14:paraId="3DFCCA08" w14:textId="2D63B9BC" w:rsidR="005D7543" w:rsidRDefault="0060133E" w:rsidP="00AA0E04">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1145081995"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D7543" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -2406,51 +2397,51 @@
               <w:t xml:space="preserve">Due date selected, for collaborative proposals the due date will copy from the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>lead’s</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67989B80" w14:textId="6189F251" w:rsidR="007B143B" w:rsidRDefault="00357493" w:rsidP="007B143B">
+          <w:p w14:paraId="67989B80" w14:textId="6189F251" w:rsidR="007B143B" w:rsidRDefault="0060133E" w:rsidP="007B143B">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2078625417"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B" w:rsidRPr="00033AAA">
@@ -2501,51 +2492,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>checked</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00364249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007B143B" w:rsidRPr="007B143B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> If the application was initiated by Proposal Analyst, no action is required.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FD61E13" w14:textId="1FAD93F1" w:rsidR="007B143B" w:rsidRPr="007B143B" w:rsidRDefault="00357493" w:rsidP="007B143B">
+          <w:p w14:paraId="3FD61E13" w14:textId="1FAD93F1" w:rsidR="007B143B" w:rsidRPr="007B143B" w:rsidRDefault="0060133E" w:rsidP="007B143B">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2003957589"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B143B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2633,51 +2624,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> SUBAWARDEE </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE5274">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>complete as applicable *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE5274" w:rsidRPr="00BF669C" w14:paraId="3BC1E7FC" w14:textId="77777777" w:rsidTr="0030663D">
         <w:trPr>
           <w:trHeight w:val="1277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="36983A42" w14:textId="77777777" w:rsidR="00DE5274" w:rsidRDefault="00357493" w:rsidP="00C505AA">
+          <w:p w14:paraId="36983A42" w14:textId="77777777" w:rsidR="00DE5274" w:rsidRDefault="0060133E" w:rsidP="00C505AA">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="393" w:hanging="393"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="852072944"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE5274" w:rsidRPr="00033AAA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -2688,51 +2679,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DE5274" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DE5274" w:rsidRPr="0016315D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Subaward Organizations added</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="08FFD4FD" w14:textId="77777777" w:rsidR="00DE5274" w:rsidRDefault="00357493" w:rsidP="00F21093">
+          <w:p w14:paraId="08FFD4FD" w14:textId="77777777" w:rsidR="00DE5274" w:rsidRDefault="0060133E" w:rsidP="00F21093">
             <w:pPr>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1980955901"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE5274" w:rsidRPr="00033AAA">
                   <w:rPr>
@@ -3102,51 +3093,51 @@
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5395"/>
         <w:gridCol w:w="5395"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w14:paraId="56F37E04" w14:textId="77777777" w:rsidTr="00B60148">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A24F5B8" w14:textId="684E7B25" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="00357493" w:rsidP="00B60148">
+          <w:p w14:paraId="5A24F5B8" w14:textId="684E7B25" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="0060133E" w:rsidP="00B60148">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="380218715"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE0AB2" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -3177,51 +3168,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w14:paraId="20D86439" w14:textId="77777777" w:rsidTr="00B60148">
         <w:trPr>
           <w:trHeight w:val="94"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5636480D" w14:textId="25D717E1" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="00357493" w:rsidP="00B60148">
+          <w:p w14:paraId="5636480D" w14:textId="25D717E1" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="0060133E" w:rsidP="00B60148">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="1071153727"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3243,51 +3234,51 @@
             </w:r>
             <w:r w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Each header on its own line with no other information</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B770A70" w14:textId="77777777" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="00357493" w:rsidP="00B60148">
+          <w:p w14:paraId="7B770A70" w14:textId="77777777" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="0060133E" w:rsidP="00B60148">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:id w:val="636771955"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3311,51 +3302,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>One page</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w14:paraId="0EDA63CB" w14:textId="77777777" w:rsidTr="00B60148">
         <w:trPr>
           <w:trHeight w:val="27"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2889AA29" w14:textId="47BBD99F" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="00357493" w:rsidP="00B60148">
+          <w:p w14:paraId="2889AA29" w14:textId="47BBD99F" w:rsidR="00FE0AB2" w:rsidRPr="00D83CC9" w:rsidRDefault="0060133E" w:rsidP="00B60148">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="175"/>
               </w:tabs>
               <w:ind w:left="0" w:right="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1012982136"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -3477,51 +3468,51 @@
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>project description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940340" w:rsidRPr="00BF669C" w14:paraId="32FDD061" w14:textId="77777777" w:rsidTr="0000712F">
         <w:trPr>
           <w:trHeight w:val="3797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="23EEE519" w14:textId="0C987C29" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="001254C7">
+          <w:p w14:paraId="23EEE519" w14:textId="0C987C29" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="001254C7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1492098332"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -3542,51 +3533,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15 pages, unless otherwise indicated in FOA</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C61F9CF" w14:textId="2C3B8305" w:rsidR="00940340" w:rsidRDefault="00357493" w:rsidP="0000712F">
+          <w:p w14:paraId="0C61F9CF" w14:textId="2C3B8305" w:rsidR="00940340" w:rsidRDefault="0060133E" w:rsidP="0000712F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="240" w:hanging="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="189184190"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0000712F" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3657,51 +3648,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> are readable</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2413083D" w14:textId="745BCCE7" w:rsidR="00940340" w:rsidRDefault="00357493" w:rsidP="001254C7">
+          <w:p w14:paraId="2413083D" w14:textId="745BCCE7" w:rsidR="00940340" w:rsidRDefault="0060133E" w:rsidP="001254C7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="327107622"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3713,51 +3704,51 @@
             </w:sdt>
             <w:r w:rsidR="00940340">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No URLs</w:t>
             </w:r>
             <w:r w:rsidR="00940340">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BE59603" w14:textId="393D3731" w:rsidR="00F2323C" w:rsidRPr="00F2323C" w:rsidRDefault="00357493" w:rsidP="00F2323C">
+          <w:p w14:paraId="1BE59603" w14:textId="393D3731" w:rsidR="00F2323C" w:rsidRPr="00F2323C" w:rsidRDefault="0060133E" w:rsidP="00F2323C">
             <w:pPr>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1816753677"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2323C" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -3794,51 +3785,51 @@
             <w:r w:rsidR="003B5B70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, team members</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00F2323C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01C2C41B" w14:textId="7C7B272B" w:rsidR="00F746DA" w:rsidRPr="00085A09" w:rsidRDefault="00357493" w:rsidP="00F746DA">
+          <w:p w14:paraId="01C2C41B" w14:textId="7C7B272B" w:rsidR="00F746DA" w:rsidRPr="00085A09" w:rsidRDefault="0060133E" w:rsidP="00F746DA">
             <w:pPr>
               <w:ind w:left="427" w:hanging="427"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2040262176"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F746DA" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3866,51 +3857,51 @@
             <w:r w:rsidR="00F746DA" w:rsidRPr="00085A09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ection labeled as Broader </w:t>
             </w:r>
             <w:r w:rsidR="00F746DA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Impacts with header on its own line</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75CF9ADC" w14:textId="48A6376C" w:rsidR="00940340" w:rsidRPr="00F746DA" w:rsidRDefault="00357493" w:rsidP="00F746DA">
+          <w:p w14:paraId="75CF9ADC" w14:textId="48A6376C" w:rsidR="00940340" w:rsidRPr="00F746DA" w:rsidRDefault="0060133E" w:rsidP="00F746DA">
             <w:pPr>
               <w:ind w:left="427" w:hanging="427"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-105967977"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F746DA" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -3973,51 +3964,51 @@
                 <w:i/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F746DA">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>evaluation."</w:t>
             </w:r>
             <w:r w:rsidR="00F746DA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA0CA73" w14:textId="42A1C377" w:rsidR="00FE0AB2" w:rsidRDefault="00357493" w:rsidP="0000712F">
+          <w:p w14:paraId="7EA0CA73" w14:textId="42A1C377" w:rsidR="00FE0AB2" w:rsidRDefault="0060133E" w:rsidP="0000712F">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="331" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-972749482"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4254,51 +4245,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC6C11">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D6146" w:rsidRPr="00BF669C" w14:paraId="3B9143B6" w14:textId="77777777" w:rsidTr="00B47028">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="450A69FF" w14:textId="56D12F01" w:rsidR="00364249" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00364249">
+          <w:p w14:paraId="450A69FF" w14:textId="56D12F01" w:rsidR="00364249" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="00364249">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:id w:val="925926962"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -4558,51 +4549,51 @@
           </w:tbl>
           <w:p w14:paraId="24BE9274" w14:textId="77777777" w:rsidR="00331D18" w:rsidRPr="00F04ECD" w:rsidRDefault="00331D18" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940340" w:rsidRPr="00BF669C" w14:paraId="0EA194C5" w14:textId="77777777" w:rsidTr="00FE0AB2">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5599EF" w14:textId="758EEFD3" w:rsidR="00940340" w:rsidRPr="00940340" w:rsidRDefault="00357493" w:rsidP="00CF3D90">
+          <w:p w14:paraId="0E5599EF" w14:textId="758EEFD3" w:rsidR="00940340" w:rsidRPr="00940340" w:rsidRDefault="0060133E" w:rsidP="00CF3D90">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="108779405"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4614,51 +4605,51 @@
             </w:sdt>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No more than 5 pages total</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06346B75" w14:textId="57AA3DC1" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="0000712F">
+          <w:p w14:paraId="06346B75" w14:textId="57AA3DC1" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="0000712F">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1221599435"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
@@ -4687,51 +4678,51 @@
             <w:r w:rsidR="0000712F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s i</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ncluded</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00259101" w14:textId="243DB3AC" w:rsidR="00940340" w:rsidRDefault="00357493" w:rsidP="00FE0AB2">
+          <w:p w14:paraId="00259101" w14:textId="243DB3AC" w:rsidR="00940340" w:rsidRDefault="0060133E" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1826851325"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0000712F" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4789,51 +4780,51 @@
             </w:r>
             <w:r w:rsidR="007A62B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and is on its own line</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F958229" w14:textId="63CE6B64" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00FE0AB2">
+          <w:p w14:paraId="0F958229" w14:textId="63CE6B64" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1823345439"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A62B7" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -4871,51 +4862,51 @@
           </w:tcPr>
           <w:p w14:paraId="2570569F" w14:textId="77777777" w:rsidR="00FE0AB2" w:rsidRPr="00F04ECD" w:rsidRDefault="00FE0AB2" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For each person’s reported results:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61B7E8D4" w14:textId="7083564A" w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00FE0AB2">
+          <w:p w14:paraId="61B7E8D4" w14:textId="7083564A" w:rsidR="00FE0AB2" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-1947378412"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE0AB2" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
@@ -5143,51 +5134,51 @@
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC62E1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> under s</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00DC62E1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>eparate, labeled sections:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13D27F2D" w14:textId="2CC05895" w:rsidR="00FE0AB2" w:rsidRDefault="00357493" w:rsidP="004D6146">
+          <w:p w14:paraId="13D27F2D" w14:textId="2CC05895" w:rsidR="00FE0AB2" w:rsidRDefault="0060133E" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2066679205"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
@@ -5246,51 +5237,51 @@
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> Broader Impacts</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2" w:rsidRPr="004C5B11">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15FDC07D" w14:textId="2C29C35B" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00F21093" w:rsidP="00470F7B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:ind w:left="331"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2" w:rsidRPr="004C5B11">
               <w:t>If the project was recently awarded and therefore no new results exist, describe the major goals and broader impacts of the project. Note that the proposal may contain up to five pages to describe the results.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AC8F688" w14:textId="024A5AB1" w:rsidR="00940340" w:rsidRPr="00E13798" w:rsidRDefault="00357493" w:rsidP="004D7A6F">
+          <w:p w14:paraId="4AC8F688" w14:textId="024A5AB1" w:rsidR="00940340" w:rsidRPr="00E13798" w:rsidRDefault="0060133E" w:rsidP="004D7A6F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="903958373"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -5422,51 +5413,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>this award.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00E13798">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2934800B" w14:textId="4EB9D90F" w:rsidR="00940340" w:rsidRPr="007725E8" w:rsidRDefault="00940340" w:rsidP="004D6146">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A960DDF" w14:textId="7A31CFFF" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="004D7A6F">
+          <w:p w14:paraId="1A960DDF" w14:textId="7A31CFFF" w:rsidR="00940340" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="004D7A6F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="331" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="920905134"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -5554,51 +5545,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">software, models, </w:t>
             </w:r>
             <w:r w:rsidR="004D7A6F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>as may have been described in the Data Management Plan for the awarded project.</w:t>
             </w:r>
             <w:r w:rsidR="00940340" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="048922B3" w14:textId="7664C840" w:rsidR="007A62B7" w:rsidRPr="00FE0AB2" w:rsidRDefault="00357493" w:rsidP="00FE0AB2">
+          <w:p w14:paraId="048922B3" w14:textId="7664C840" w:rsidR="007A62B7" w:rsidRPr="00FE0AB2" w:rsidRDefault="0060133E" w:rsidP="00FE0AB2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-94788389"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940340" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
@@ -5722,51 +5713,51 @@
           <w:p w14:paraId="6721CED4" w14:textId="26317260" w:rsidR="00D11CE3" w:rsidRPr="00BF669C" w:rsidRDefault="00C6463E" w:rsidP="00AB7378">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>references cited</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0000712F" w:rsidRPr="00BF669C" w14:paraId="73D34936" w14:textId="77777777" w:rsidTr="002D48A1">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04F000F5" w14:textId="77777777" w:rsidR="0000712F" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="0000712F">
+          <w:p w14:paraId="04F000F5" w14:textId="77777777" w:rsidR="0000712F" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="0000712F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="360" w:hanging="362"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:id w:val="-562109063"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -5785,51 +5776,51 @@
             </w:sdt>
             <w:r w:rsidR="0000712F" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0000712F" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All author names listed, fully written out (i.e., no “et al”) and in order as they appear</w:t>
             </w:r>
             <w:r w:rsidR="0000712F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E576695" w14:textId="7F113769" w:rsidR="0000712F" w:rsidRPr="0000712F" w:rsidRDefault="00357493" w:rsidP="0000712F">
+          <w:p w14:paraId="7E576695" w14:textId="7F113769" w:rsidR="0000712F" w:rsidRPr="0000712F" w:rsidRDefault="0060133E" w:rsidP="0000712F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:id w:val="-898201188"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0000712F" w:rsidRPr="00BF669C">
                   <w:rPr>
@@ -5935,51 +5926,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>budget</w:t>
             </w:r>
             <w:r w:rsidR="00D11CE3" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE23BC" w:rsidRPr="00BF669C" w14:paraId="18018FCC" w14:textId="77777777" w:rsidTr="0000712F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B8A5204" w14:textId="6DD78B5E" w:rsidR="00CE23BC" w:rsidRPr="00A01A2A" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
+          <w:p w14:paraId="1B8A5204" w14:textId="6DD78B5E" w:rsidR="00CE23BC" w:rsidRPr="00A01A2A" w:rsidRDefault="0060133E" w:rsidP="00CE23BC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1128972094"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE23BC" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -6003,51 +5994,51 @@
               </w:rPr>
               <w:t>Meets FOA specifics for allowed</w:t>
             </w:r>
             <w:r w:rsidR="00CE23BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/required</w:t>
             </w:r>
             <w:r w:rsidR="00CE23BC" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> costs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15812F55" w14:textId="6AFA9F7E" w:rsidR="00CE23BC" w:rsidRPr="00CE23BC" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
+          <w:p w14:paraId="15812F55" w14:textId="6AFA9F7E" w:rsidR="00CE23BC" w:rsidRPr="00CE23BC" w:rsidRDefault="0060133E" w:rsidP="00CE23BC">
             <w:pPr>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1897402821"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CE23BC" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6170,51 +6161,51 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>budget justification</w:t>
             </w:r>
             <w:r w:rsidR="00D11CE3" w:rsidRPr="00B1768B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E2F7A" w:rsidRPr="00BF669C" w14:paraId="58E6BE1D" w14:textId="77777777" w:rsidTr="00570B5B">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="16872017" w14:textId="4E6240A7" w:rsidR="008E2F7A" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="000C1BC3">
+          <w:p w14:paraId="16872017" w14:textId="4E6240A7" w:rsidR="008E2F7A" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="000C1BC3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1228039956"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE0AB2" w:rsidRPr="0000712F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -6294,51 +6285,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> language</w:t>
             </w:r>
             <w:r w:rsidR="00EB23BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0003353B" w:rsidRPr="00BF669C" w14:paraId="54D2F754" w14:textId="77777777" w:rsidTr="00921588">
         <w:trPr>
           <w:trHeight w:val="2924"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD19146" w14:textId="6A420442" w:rsidR="0003353B" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
+          <w:p w14:paraId="4FD19146" w14:textId="6A420442" w:rsidR="0003353B" w:rsidRDefault="0060133E" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2008587763"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00921588" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -6359,51 +6350,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00F27A0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>page limit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A7DBFFF" w14:textId="45CEE495" w:rsidR="0003353B" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
+          <w:p w14:paraId="7A7DBFFF" w14:textId="45CEE495" w:rsidR="0003353B" w:rsidRDefault="0060133E" w:rsidP="00CE23BC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-146055883"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6452,51 +6443,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> does not mention unfunded personnel (unfunded personnel role(s) will be described in the Facilities, Equipment and Other Resources section</w:t>
             </w:r>
             <w:r w:rsidR="00A01A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5331260C" w14:textId="4C6DE888" w:rsidR="0003353B" w:rsidRPr="00CE23BC" w:rsidRDefault="00357493" w:rsidP="00CE23BC">
+          <w:p w14:paraId="5331260C" w14:textId="4C6DE888" w:rsidR="0003353B" w:rsidRPr="00CE23BC" w:rsidRDefault="0060133E" w:rsidP="00CE23BC">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="90445376"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6571,51 +6562,51 @@
             <w:r w:rsidR="00364249">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0003353B" w:rsidRPr="00597DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E7244C1" w14:textId="0F98A5FD" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00357493" w:rsidP="0003353B">
+          <w:p w14:paraId="6E7244C1" w14:textId="0F98A5FD" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="0060133E" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-307865316"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
@@ -6648,51 +6639,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> across all current and pending NSF projects</w:t>
             </w:r>
             <w:r w:rsidR="0003353B" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> are justified</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="118C114F" w14:textId="578F2E3C" w:rsidR="0003353B" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="0003353B">
+          <w:p w14:paraId="118C114F" w14:textId="578F2E3C" w:rsidR="0003353B" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="430" w:hanging="430"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-333376802"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6734,51 +6725,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TravelTable</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> tab in your Excel budget)</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76605BC5" w14:textId="2AED86BE" w:rsidR="0003353B" w:rsidRDefault="00357493" w:rsidP="0003353B">
+          <w:p w14:paraId="76605BC5" w14:textId="2AED86BE" w:rsidR="0003353B" w:rsidRDefault="0060133E" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="430" w:hanging="430"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="420303292"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -6816,51 +6807,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> include anything that will be secured through a service agreement/contract (speaker fees, venue rental, catering, supplies, etc.)</w:t>
             </w:r>
             <w:r w:rsidR="00FE0AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E11535F" w14:textId="6E24949A" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00357493" w:rsidP="0003353B">
+          <w:p w14:paraId="5E11535F" w14:textId="6E24949A" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="0060133E" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-601571103"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -6887,51 +6878,51 @@
             <w:r w:rsidR="00D0077E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a summary</w:t>
             </w:r>
             <w:r w:rsidR="0003353B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of any subawards. Additionally, a detailed budget justification (up to 5 pages) will be uploaded for each subaward</w:t>
             </w:r>
             <w:r w:rsidR="006B7EF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0332F44E" w14:textId="0C65D2E8" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="00357493" w:rsidP="0003353B">
+          <w:p w14:paraId="0332F44E" w14:textId="0C65D2E8" w:rsidR="0003353B" w:rsidRPr="0003353B" w:rsidRDefault="0060133E" w:rsidP="0003353B">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-778019326"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0003353B" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -7061,51 +7052,51 @@
           <w:p w14:paraId="7E942D8B" w14:textId="12CD2998" w:rsidR="009D1703" w:rsidRPr="00BF669C" w:rsidRDefault="009D1703" w:rsidP="00AB7378">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>facilities, equipment and other resources *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1703" w:rsidRPr="00BF669C" w14:paraId="73EFE8F6" w14:textId="77777777" w:rsidTr="00470F7B">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5346C2B5" w14:textId="6B1F718D" w:rsidR="009D1703" w:rsidRDefault="00357493" w:rsidP="00996BC6">
+          <w:p w14:paraId="5346C2B5" w14:textId="6B1F718D" w:rsidR="009D1703" w:rsidRDefault="0060133E" w:rsidP="00996BC6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1443303481"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D1703" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -7134,51 +7125,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">page limit; </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="009D1703" w:rsidRPr="006B7EF5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Facilities Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E7228B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CA87251" w14:textId="6703B86F" w:rsidR="009D1703" w:rsidRDefault="00357493" w:rsidP="00996BC6">
+          <w:p w14:paraId="5CA87251" w14:textId="6703B86F" w:rsidR="009D1703" w:rsidRDefault="0060133E" w:rsidP="00996BC6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1408533221"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D1703" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -7187,51 +7178,51 @@
             </w:sdt>
             <w:r w:rsidR="009D1703" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009D1703" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No cost sharing language</w:t>
             </w:r>
             <w:r w:rsidR="00E7228B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45368217" w14:textId="14C76433" w:rsidR="009D1703" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00996BC6">
+          <w:p w14:paraId="45368217" w14:textId="14C76433" w:rsidR="009D1703" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="00996BC6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-23413073"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D1703" w:rsidRPr="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -7267,51 +7258,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidR="009D1703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> cited</w:t>
             </w:r>
             <w:r w:rsidR="00E7228B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57297F13" w14:textId="123B3229" w:rsidR="009D1703" w:rsidRPr="00525C30" w:rsidRDefault="00357493" w:rsidP="00996BC6">
+          <w:p w14:paraId="57297F13" w14:textId="123B3229" w:rsidR="009D1703" w:rsidRPr="00525C30" w:rsidRDefault="0060133E" w:rsidP="00996BC6">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-736472951"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00470F7B">
                   <w:rPr>
@@ -7344,51 +7335,51 @@
               </w:rPr>
               <w:t>included in</w:t>
             </w:r>
             <w:r w:rsidR="009D1703" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> our document</w:t>
             </w:r>
             <w:r w:rsidR="00E7228B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFCEA1F" w14:textId="07A945BC" w:rsidR="009D1703" w:rsidRPr="00525C30" w:rsidRDefault="00357493" w:rsidP="00996BC6">
+          <w:p w14:paraId="6DFCEA1F" w14:textId="07A945BC" w:rsidR="009D1703" w:rsidRPr="00525C30" w:rsidRDefault="0060133E" w:rsidP="00996BC6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="767121339"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00921588">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
@@ -8149,51 +8140,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> instructions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Other Personnel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w14:paraId="67D353AD" w14:textId="77777777" w:rsidTr="00FE24EB">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="068AE3F2" w14:textId="6B2E5A7E" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
+          <w:p w14:paraId="068AE3F2" w14:textId="6B2E5A7E" w:rsidR="00FE24EB" w:rsidRDefault="0060133E" w:rsidP="00373206">
             <w:pPr>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2042900547"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB">
                   <w:rPr>
@@ -8302,100 +8293,100 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No personal information.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19576075" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
+          <w:p w14:paraId="19576075" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="0060133E" w:rsidP="00373206">
             <w:pPr>
               <w:ind w:left="327" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1742871355"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All required fields in Identifying Information, Organization and Location section are complete.</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="481C1C0E" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
+          <w:p w14:paraId="481C1C0E" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="0060133E" w:rsidP="00373206">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="150" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-842474582"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -8446,51 +8437,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">reverse </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>chronological order</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="796D1DB9" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
+          <w:p w14:paraId="796D1DB9" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="0060133E" w:rsidP="00373206">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="150" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1916588840"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -8628,51 +8619,51 @@
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="510" w:hanging="180"/>
             </w:pPr>
             <w:r w:rsidRPr="001822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Senior/key personnel must only identify all domestic and foreign professional appointments and positions outside of the primary organization for a period of up to three years from the date the proposer submits the proposal to NSF for funding consideration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F746DA" w:rsidRPr="00BF669C" w14:paraId="68321571" w14:textId="77777777" w:rsidTr="00053199">
         <w:trPr>
           <w:trHeight w:val="1295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="417EECB8" w14:textId="1E85BFE9" w:rsidR="00F746DA" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="0003353B">
+          <w:p w14:paraId="417EECB8" w14:textId="1E85BFE9" w:rsidR="00F746DA" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="0003353B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:left="422" w:hanging="422"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="878896701"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F746DA" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
@@ -8731,51 +8722,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. Products must be citable and </w:t>
             </w:r>
             <w:r w:rsidR="00F63A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">accessible.  Other NSF awards cannot be counted as </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F63A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>an “other”</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="4FD98E3A" w14:textId="5168B634" w:rsidR="00A01A2A" w:rsidRPr="00A1736F" w:rsidRDefault="00357493" w:rsidP="001822E2">
+          <w:p w14:paraId="4FD98E3A" w14:textId="5168B634" w:rsidR="00A01A2A" w:rsidRPr="00A1736F" w:rsidRDefault="0060133E" w:rsidP="001822E2">
             <w:pPr>
               <w:ind w:left="332" w:hanging="332"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="305362736"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A01A2A" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9286,51 +9277,51 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w14:paraId="453D1D0A" w14:textId="77777777" w:rsidTr="00FE24EB">
         <w:trPr>
           <w:trHeight w:val="1296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB55718" w14:textId="05CBA81B" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
+          <w:p w14:paraId="6AB55718" w14:textId="05CBA81B" w:rsidR="00FE24EB" w:rsidRDefault="0060133E" w:rsidP="00373206">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="142474878"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -9453,51 +9444,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No personal information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49DB1859" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
+          <w:p w14:paraId="49DB1859" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="0060133E" w:rsidP="00373206">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1088457803"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9543,94 +9534,94 @@
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00EF0214">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>potential overlap with this proposal in terms of scope, budget, or person-months planned or committed to the project by the individual</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ADDDF8F" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00373206">
+          <w:p w14:paraId="2ADDDF8F" w14:textId="77777777" w:rsidR="00FE24EB" w:rsidRDefault="0060133E" w:rsidP="00373206">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1296184297"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>The proposed project is included as Pending.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4187C42D" w14:textId="3DE99FEF" w:rsidR="004A26D4" w:rsidRPr="004A26D4" w:rsidRDefault="00357493" w:rsidP="004A26D4">
+          <w:p w14:paraId="4187C42D" w14:textId="3DE99FEF" w:rsidR="004A26D4" w:rsidRPr="004A26D4" w:rsidRDefault="0060133E" w:rsidP="004A26D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="243" w:right="113" w:hanging="270"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1853138163"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004A26D4" w:rsidRPr="00E9764A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -9806,51 +9797,51 @@
             </w:r>
             <w:r w:rsidR="004A26D4">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004A26D4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>project(s).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D879C9" w:rsidRPr="00BF669C" w14:paraId="3DC47E4B" w14:textId="77777777" w:rsidTr="00F21093">
         <w:trPr>
           <w:trHeight w:val="589"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D771DF1" w14:textId="089B2EAD" w:rsidR="003E4419" w:rsidRPr="005878CB" w:rsidRDefault="00357493" w:rsidP="005878CB">
+          <w:p w14:paraId="5D771DF1" w14:textId="089B2EAD" w:rsidR="003E4419" w:rsidRPr="005878CB" w:rsidRDefault="0060133E" w:rsidP="005878CB">
             <w:pPr>
               <w:ind w:left="332" w:hanging="332"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-139884239"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E4419" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -9959,51 +9950,51 @@
             <w:bookmarkStart w:id="9" w:name="_Hlk125033931"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Collaborators and Other affiliations</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE24EB" w14:paraId="5C304711" w14:textId="77777777" w:rsidTr="00FE24EB">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="592BE3E2" w14:textId="5F5CE124" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00917F32">
+          <w:p w14:paraId="592BE3E2" w14:textId="5F5CE124" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="163286613"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -10038,51 +10029,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="00FE24EB" w:rsidRPr="008B50D4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Senior Personnel Information Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03D24473" w14:textId="3D1F2F59" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00917F32">
+          <w:p w14:paraId="03D24473" w14:textId="3D1F2F59" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-1437051498"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
@@ -10091,51 +10082,51 @@
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> All names are listed in last name, first name order, doesn’t need to be sorted alphabetically</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3498A01B" w14:textId="391F4571" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="00917F32">
+          <w:p w14:paraId="3498A01B" w14:textId="391F4571" w:rsidR="00FE24EB" w:rsidRDefault="0060133E" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1561474601"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
                   <w:rPr>
@@ -10207,51 +10198,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Column A </w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>is</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> filled in for Tables 2-5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E430BB7" w14:textId="70683E4C" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00917F32">
+          <w:p w14:paraId="5E430BB7" w14:textId="70683E4C" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="NoSpacing1"/>
               <w:ind w:left="420" w:hanging="420"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1825965608"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
@@ -10290,51 +10281,51 @@
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>yy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00FE24EB">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>). format</w:t>
             </w:r>
             <w:r w:rsidR="00FE24EB" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D255880" w14:textId="6A2AE90F" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="00357493" w:rsidP="00917F32">
+          <w:p w14:paraId="4D255880" w14:textId="6A2AE90F" w:rsidR="00FE24EB" w:rsidRPr="00BF669C" w:rsidRDefault="0060133E" w:rsidP="00917F32">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="1096446653"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="00E9764A">
@@ -10411,51 +10402,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Synergistic activties</w:t>
             </w:r>
             <w:r w:rsidRPr="00746B00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE24EB" w14:paraId="08FA3C33" w14:textId="77777777" w:rsidTr="00FE24EB">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10807" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24702984" w14:textId="7761944A" w:rsidR="0030663D" w:rsidRDefault="00357493" w:rsidP="008F5154">
+          <w:p w14:paraId="24702984" w14:textId="7761944A" w:rsidR="0030663D" w:rsidRDefault="0060133E" w:rsidP="008F5154">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-656304800"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FE24EB" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -10520,51 +10511,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 page</w:t>
             </w:r>
             <w:r w:rsidR="0030663D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:tooltip="NSF Synergistic Activities Template" w:history="1">
               <w:r w:rsidR="0030663D" w:rsidRPr="0030663D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Synergistic Activities Template</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="2F01A268" w14:textId="1A4214D8" w:rsidR="00FE24EB" w:rsidRDefault="00357493" w:rsidP="008F5154">
+          <w:p w14:paraId="2F01A268" w14:textId="1A4214D8" w:rsidR="00FE24EB" w:rsidRDefault="0060133E" w:rsidP="008F5154">
             <w:pPr>
               <w:ind w:left="327" w:hanging="327"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1783098317"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004A26D4" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -10812,51 +10803,51 @@
               <w:t xml:space="preserve">Documents uploaded to a </w:t>
             </w:r>
             <w:r w:rsidR="00333590">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>named</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF2285">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> field</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00525C30" w:rsidRPr="00BF669C" w14:paraId="7FF1D1D2" w14:textId="77777777" w:rsidTr="00921588">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09D21069" w14:textId="3AB87D80" w:rsidR="00B837C4" w:rsidRPr="00525C30" w:rsidRDefault="00357493" w:rsidP="00B837C4">
+          <w:p w14:paraId="09D21069" w14:textId="3AB87D80" w:rsidR="00B837C4" w:rsidRPr="00525C30" w:rsidRDefault="0060133E" w:rsidP="00B837C4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="444"/>
               </w:tabs>
               <w:spacing w:before="7" w:line="223" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1284"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="-1844318008"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
@@ -10962,51 +10953,51 @@
               <w:spacing w:before="12" w:line="230" w:lineRule="exact"/>
               <w:ind w:left="420" w:right="916" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5154">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>One combined Data Management Plan for collaborative proposals and proposals that include subawards</w:t>
             </w:r>
             <w:r w:rsidR="00333590">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="356A9E79" w14:textId="455E32D3" w:rsidR="00FF2285" w:rsidRPr="004A26D4" w:rsidRDefault="00525C30" w:rsidP="00BF1971">
+          <w:p w14:paraId="356A9E79" w14:textId="455E32D3" w:rsidR="00FF2285" w:rsidRPr="0060133E" w:rsidRDefault="00525C30" w:rsidP="00BF1971">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="420" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">A valid Data Management Plan </w:t>
             </w:r>
@@ -11052,51 +11043,86 @@
             <w:hyperlink r:id="rId26" w:anchor="ch2D2g" w:history="1">
               <w:r w:rsidR="00FF2285" w:rsidRPr="004A26D4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>PAPPG</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FF2285" w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for further details</w:t>
             </w:r>
             <w:r w:rsidR="00333590" w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ADA458B" w14:textId="65DC5796" w:rsidR="00817502" w:rsidRDefault="00357493" w:rsidP="00817502">
+          <w:p w14:paraId="6B11767E" w14:textId="6273DA73" w:rsidR="0060133E" w:rsidRPr="004A26D4" w:rsidRDefault="0060133E" w:rsidP="00BF1971">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:left="420" w:hanging="180"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0060133E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ublications and supporting data are to be made publicly and freely available at the time of publication. A justification must be provided if there are any access limitations for supporting data.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ADA458B" w14:textId="65DC5796" w:rsidR="00817502" w:rsidRDefault="0060133E" w:rsidP="00817502">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-19625930"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00525C30" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -11288,51 +11314,51 @@
               </w:rPr>
               <w:t>across the project.</w:t>
             </w:r>
             <w:r w:rsidR="00BC0AA6" w:rsidRPr="00FF3902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidR="0030663D" w:rsidRPr="0030663D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>NSF Mentoring Plan Template</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="52D847C3" w14:textId="3053F36D" w:rsidR="004624BD" w:rsidRDefault="00357493" w:rsidP="00BC0AA6">
+          <w:p w14:paraId="52D847C3" w14:textId="3053F36D" w:rsidR="004624BD" w:rsidRDefault="0060133E" w:rsidP="00BC0AA6">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2111655972"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC0AA6" w:rsidRPr="008F5154">
                   <w:rPr>
@@ -11450,51 +11476,51 @@
             <w:r w:rsidR="00BC0AA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BC0AA6" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>combined into one PDF</w:t>
             </w:r>
             <w:r w:rsidR="00BC0AA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Appropriate for Postdocs, students and other professionals.  SciENcv is not required for these documents.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2760AA94" w14:textId="61CA2E67" w:rsidR="00E9641F" w:rsidRPr="00B837C4" w:rsidRDefault="00357493" w:rsidP="00E9641F">
+          <w:p w14:paraId="2760AA94" w14:textId="61CA2E67" w:rsidR="00E9641F" w:rsidRPr="00B837C4" w:rsidRDefault="0060133E" w:rsidP="00E9641F">
             <w:pPr>
               <w:ind w:left="336" w:hanging="336"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1810668885"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F5154">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -11515,51 +11541,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reviewers to include</w:t>
             </w:r>
             <w:r w:rsidR="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: first, middle initial, last name, email, organization</w:t>
             </w:r>
             <w:r w:rsidR="00333590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (optional).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B301DBD" w14:textId="1D059908" w:rsidR="00E9641F" w:rsidRPr="00817502" w:rsidRDefault="00357493" w:rsidP="00E9641F">
+          <w:p w14:paraId="7B301DBD" w14:textId="1D059908" w:rsidR="00E9641F" w:rsidRPr="00817502" w:rsidRDefault="0060133E" w:rsidP="00E9641F">
             <w:pPr>
               <w:ind w:left="417" w:hanging="417"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="531236531"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F5154">
                   <w:rPr>
@@ -11777,51 +11803,51 @@
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4772"/>
         <w:gridCol w:w="6018"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DB6707" w:rsidRPr="00BF669C" w14:paraId="4FE57B46" w14:textId="77777777" w:rsidTr="00085038">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4772" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DDB6B63" w14:textId="6A38F8DF" w:rsidR="00DB6707" w:rsidRPr="00B837C4" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
+          <w:p w14:paraId="1DDB6B63" w14:textId="6A38F8DF" w:rsidR="00DB6707" w:rsidRPr="00B837C4" w:rsidRDefault="0060133E" w:rsidP="00C11B0A">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1754628812"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DB6707" w:rsidRPr="00DB6707">
@@ -11897,54 +11923,55 @@
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="621128B6" w14:textId="77777777" w:rsidR="00DB6707" w:rsidRPr="00BF669C" w:rsidRDefault="00DB6707" w:rsidP="00C11B0A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Letters of Collaboration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4753B777" w14:textId="496DCA54" w:rsidR="00DB6707" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
+          <w:p w14:paraId="4753B777" w14:textId="496DCA54" w:rsidR="00DB6707" w:rsidRDefault="0060133E" w:rsidP="00C11B0A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="-231854967"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB6707" w:rsidRPr="00370F09">
@@ -12042,51 +12069,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or endorsement </w:t>
             </w:r>
             <w:r w:rsidR="00DB6707" w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>language</w:t>
             </w:r>
             <w:r w:rsidR="00952F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71B238E7" w14:textId="212F7352" w:rsidR="00DB6707" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
+          <w:p w14:paraId="71B238E7" w14:textId="212F7352" w:rsidR="00DB6707" w:rsidRDefault="0060133E" w:rsidP="00C11B0A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="597299695"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB6707" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -12135,51 +12162,50 @@
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="131C2150" w14:textId="16C39F3C" w:rsidR="00DB6707" w:rsidRDefault="0030663D" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC4B62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Safe and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Harassment-free</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4B62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Work Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12219,101 +12245,101 @@
             <w:r w:rsidR="00DB6707" w:rsidRPr="00BF0342">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00DB6707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Required </w:t>
             </w:r>
             <w:r w:rsidR="00DB6707" w:rsidRPr="00BF0342">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>if applicable)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3936AA2B" w14:textId="77777777" w:rsidR="00DB6707" w:rsidRDefault="00357493" w:rsidP="00C11B0A">
+          <w:p w14:paraId="3936AA2B" w14:textId="77777777" w:rsidR="00DB6707" w:rsidRDefault="0060133E" w:rsidP="00C11B0A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-434672779"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB6707" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DB6707">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DB6707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Review FOA to determine if plan is required with the proposal or if it needs to be completed and held for award.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="012AFEA1" w14:textId="25FD16D8" w:rsidR="00ED23F5" w:rsidRPr="00262CE0" w:rsidRDefault="00357493" w:rsidP="004A26D4">
+          <w:p w14:paraId="012AFEA1" w14:textId="25FD16D8" w:rsidR="00ED23F5" w:rsidRPr="00262CE0" w:rsidRDefault="0060133E" w:rsidP="004A26D4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-517777394"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB6707" w:rsidRPr="00370F09">
                   <w:rPr>
@@ -12530,51 +12556,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Required </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4B62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>if applicable)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1101DEAF" w14:textId="5F8622F1" w:rsidR="00DB6707" w:rsidRDefault="00357493" w:rsidP="00ED23F5">
+          <w:p w14:paraId="1101DEAF" w14:textId="5F8622F1" w:rsidR="00DB6707" w:rsidRDefault="0060133E" w:rsidP="00ED23F5">
             <w:pPr>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1122000312"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00ED23F5" w:rsidRPr="00370F09">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -12773,51 +12799,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:anchor="ch2D2hib" w:history="1">
               <w:r w:rsidRPr="004A26D4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>PAPPG</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="004A26D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for further information.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EC6AB58" w14:textId="0DA1D78E" w:rsidR="00E9641F" w:rsidRDefault="00357493" w:rsidP="00E9641F">
+          <w:p w14:paraId="2EC6AB58" w14:textId="0DA1D78E" w:rsidR="00E9641F" w:rsidRDefault="0060133E" w:rsidP="00E9641F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:id w:val="868114797"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E9641F" w:rsidRPr="00370F09">
@@ -12893,71 +12919,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CCE39F1" w14:textId="77777777" w:rsidR="00E9641F" w:rsidRDefault="00E9641F" w:rsidP="00E9641F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="600" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">written confirmation from the Tribal Nation(s) that </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> and approval is not required; or </w:t>
+              <w:t xml:space="preserve">written confirmation from the Tribal Nation(s) that review and approval is not required; or </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BEAF4D5" w14:textId="77777777" w:rsidR="00E9641F" w:rsidRDefault="00E9641F" w:rsidP="00E9641F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="600" w:hanging="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9641F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a copy of a document from the relevant Tribal Nation(s) that provides the requisite approval. All such documentation must be uploaded into "Other supplementary documents" in Research.gov. </w:t>
@@ -15390,50 +15396,51 @@
     <w:rsid w:val="00515A7A"/>
     <w:rsid w:val="00516B9E"/>
     <w:rsid w:val="00522532"/>
     <w:rsid w:val="005230ED"/>
     <w:rsid w:val="005236C9"/>
     <w:rsid w:val="00525C30"/>
     <w:rsid w:val="00536173"/>
     <w:rsid w:val="00543801"/>
     <w:rsid w:val="0054494D"/>
     <w:rsid w:val="00553D66"/>
     <w:rsid w:val="00560949"/>
     <w:rsid w:val="00560F77"/>
     <w:rsid w:val="00561262"/>
     <w:rsid w:val="00570B5B"/>
     <w:rsid w:val="00581A1A"/>
     <w:rsid w:val="005878CB"/>
     <w:rsid w:val="00597DF9"/>
     <w:rsid w:val="005B32B7"/>
     <w:rsid w:val="005B43AF"/>
     <w:rsid w:val="005C1917"/>
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005D7543"/>
     <w:rsid w:val="005E29C8"/>
     <w:rsid w:val="005F21A2"/>
+    <w:rsid w:val="0060133E"/>
     <w:rsid w:val="00607BCE"/>
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="0061374A"/>
     <w:rsid w:val="00620167"/>
     <w:rsid w:val="00622A27"/>
     <w:rsid w:val="006238C8"/>
     <w:rsid w:val="00643BDC"/>
     <w:rsid w:val="00645F34"/>
     <w:rsid w:val="00653A40"/>
     <w:rsid w:val="00674FB6"/>
     <w:rsid w:val="00682C78"/>
     <w:rsid w:val="00682DE4"/>
     <w:rsid w:val="00690A2E"/>
     <w:rsid w:val="00691522"/>
     <w:rsid w:val="006B5280"/>
     <w:rsid w:val="006B7EF5"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006D0878"/>
     <w:rsid w:val="006D33CD"/>
     <w:rsid w:val="006D4849"/>
     <w:rsid w:val="006E095F"/>
     <w:rsid w:val="006E5961"/>
     <w:rsid w:val="006F598B"/>
     <w:rsid w:val="007077FD"/>
     <w:rsid w:val="007136B8"/>
@@ -15479,87 +15486,89 @@
     <w:rsid w:val="00891FD6"/>
     <w:rsid w:val="00894EAA"/>
     <w:rsid w:val="008A3741"/>
     <w:rsid w:val="008A67F6"/>
     <w:rsid w:val="008B0E16"/>
     <w:rsid w:val="008B1B5A"/>
     <w:rsid w:val="008B3F3D"/>
     <w:rsid w:val="008B50D4"/>
     <w:rsid w:val="008B6A68"/>
     <w:rsid w:val="008C0920"/>
     <w:rsid w:val="008C1287"/>
     <w:rsid w:val="008C1826"/>
     <w:rsid w:val="008D07CF"/>
     <w:rsid w:val="008D7F12"/>
     <w:rsid w:val="008E2F7A"/>
     <w:rsid w:val="008E4B42"/>
     <w:rsid w:val="008E5019"/>
     <w:rsid w:val="008F5154"/>
     <w:rsid w:val="008F7940"/>
     <w:rsid w:val="009142CB"/>
     <w:rsid w:val="00921588"/>
     <w:rsid w:val="009300BF"/>
     <w:rsid w:val="009338B9"/>
     <w:rsid w:val="00940340"/>
     <w:rsid w:val="009426C8"/>
+    <w:rsid w:val="0094583B"/>
     <w:rsid w:val="00952F69"/>
     <w:rsid w:val="00955639"/>
     <w:rsid w:val="00957DD0"/>
     <w:rsid w:val="0096077E"/>
     <w:rsid w:val="00964171"/>
     <w:rsid w:val="00967583"/>
     <w:rsid w:val="00970715"/>
     <w:rsid w:val="00980A6C"/>
     <w:rsid w:val="00991979"/>
     <w:rsid w:val="009924ED"/>
     <w:rsid w:val="00995223"/>
     <w:rsid w:val="009A2983"/>
     <w:rsid w:val="009B1DDE"/>
     <w:rsid w:val="009B2759"/>
     <w:rsid w:val="009C0F7C"/>
     <w:rsid w:val="009D1213"/>
     <w:rsid w:val="009D1703"/>
     <w:rsid w:val="009D38F9"/>
     <w:rsid w:val="009D4BDF"/>
     <w:rsid w:val="00A01A2A"/>
     <w:rsid w:val="00A11B91"/>
     <w:rsid w:val="00A13C61"/>
     <w:rsid w:val="00A1736F"/>
     <w:rsid w:val="00A2669A"/>
     <w:rsid w:val="00A26A36"/>
     <w:rsid w:val="00A4477C"/>
     <w:rsid w:val="00A45F9E"/>
     <w:rsid w:val="00A50321"/>
     <w:rsid w:val="00A51E9F"/>
     <w:rsid w:val="00A54502"/>
     <w:rsid w:val="00A558F4"/>
     <w:rsid w:val="00A6091E"/>
     <w:rsid w:val="00A73E9E"/>
     <w:rsid w:val="00A73FBA"/>
     <w:rsid w:val="00A76352"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A76F0B"/>
+    <w:rsid w:val="00A833C2"/>
     <w:rsid w:val="00A866AE"/>
     <w:rsid w:val="00A86F72"/>
     <w:rsid w:val="00A90460"/>
     <w:rsid w:val="00A9364E"/>
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95A1A"/>
     <w:rsid w:val="00AB0DF1"/>
     <w:rsid w:val="00AB2468"/>
     <w:rsid w:val="00AB7378"/>
     <w:rsid w:val="00AD098E"/>
     <w:rsid w:val="00AD1C31"/>
     <w:rsid w:val="00AD1CFA"/>
     <w:rsid w:val="00AD578F"/>
     <w:rsid w:val="00AD69ED"/>
     <w:rsid w:val="00AD731D"/>
     <w:rsid w:val="00AE5703"/>
     <w:rsid w:val="00AF7AA7"/>
     <w:rsid w:val="00B018B3"/>
     <w:rsid w:val="00B10385"/>
     <w:rsid w:val="00B11AED"/>
     <w:rsid w:val="00B11EE0"/>
     <w:rsid w:val="00B1254C"/>
     <w:rsid w:val="00B1768B"/>
     <w:rsid w:val="00B24FBF"/>
     <w:rsid w:val="00B47028"/>
@@ -15635,50 +15644,51 @@
     <w:rsid w:val="00E10BC3"/>
     <w:rsid w:val="00E20060"/>
     <w:rsid w:val="00E324EF"/>
     <w:rsid w:val="00E37280"/>
     <w:rsid w:val="00E41884"/>
     <w:rsid w:val="00E42D78"/>
     <w:rsid w:val="00E432C2"/>
     <w:rsid w:val="00E51E21"/>
     <w:rsid w:val="00E63B12"/>
     <w:rsid w:val="00E66AAA"/>
     <w:rsid w:val="00E7228B"/>
     <w:rsid w:val="00E7239D"/>
     <w:rsid w:val="00E76032"/>
     <w:rsid w:val="00E8270B"/>
     <w:rsid w:val="00E8332E"/>
     <w:rsid w:val="00E9373D"/>
     <w:rsid w:val="00E9641F"/>
     <w:rsid w:val="00E9764A"/>
     <w:rsid w:val="00EA3E64"/>
     <w:rsid w:val="00EB1D8F"/>
     <w:rsid w:val="00EB23BF"/>
     <w:rsid w:val="00ED23F5"/>
     <w:rsid w:val="00EE0224"/>
     <w:rsid w:val="00EE40E1"/>
     <w:rsid w:val="00EF4B82"/>
+    <w:rsid w:val="00EF6733"/>
     <w:rsid w:val="00F02EC8"/>
     <w:rsid w:val="00F03B50"/>
     <w:rsid w:val="00F04ECD"/>
     <w:rsid w:val="00F076B4"/>
     <w:rsid w:val="00F21093"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F2323C"/>
     <w:rsid w:val="00F252B2"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27A0D"/>
     <w:rsid w:val="00F27F76"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F37FD9"/>
     <w:rsid w:val="00F45E18"/>
     <w:rsid w:val="00F50043"/>
     <w:rsid w:val="00F54598"/>
     <w:rsid w:val="00F63A19"/>
     <w:rsid w:val="00F746DA"/>
     <w:rsid w:val="00F8657E"/>
     <w:rsid w:val="00F86A05"/>
     <w:rsid w:val="00F95ABB"/>
     <w:rsid w:val="00FA4AA9"/>
     <w:rsid w:val="00FA7A52"/>
     <w:rsid w:val="00FB2C59"/>
     <w:rsid w:val="00FC29F6"/>
@@ -16195,51 +16205,50 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002A3F76"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="10"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Logo">
     <w:name w:val="Logo"/>
@@ -16785,51 +16794,53 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E75AC0"/>
     <w:rsid w:val="000C0539"/>
     <w:rsid w:val="00136943"/>
     <w:rsid w:val="001D417C"/>
     <w:rsid w:val="0027254E"/>
     <w:rsid w:val="002D5F11"/>
     <w:rsid w:val="003272E7"/>
     <w:rsid w:val="00394C7A"/>
     <w:rsid w:val="003D37B9"/>
     <w:rsid w:val="003D3C6B"/>
     <w:rsid w:val="00405587"/>
     <w:rsid w:val="004209E1"/>
     <w:rsid w:val="00476E42"/>
     <w:rsid w:val="004E1C79"/>
     <w:rsid w:val="004F4B4A"/>
     <w:rsid w:val="00614851"/>
     <w:rsid w:val="00650DE1"/>
     <w:rsid w:val="00717351"/>
     <w:rsid w:val="0084407C"/>
+    <w:rsid w:val="0094583B"/>
     <w:rsid w:val="00A027A0"/>
+    <w:rsid w:val="00A833C2"/>
     <w:rsid w:val="00B00C9D"/>
     <w:rsid w:val="00BD5D1C"/>
     <w:rsid w:val="00C42BA7"/>
     <w:rsid w:val="00E75AC0"/>
     <w:rsid w:val="00F61D92"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
@@ -17798,75 +17809,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2448A74-D900-4089-8435-B1880F3E0313}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2787</Words>
-  <Characters>18190</Characters>
+  <Words>2818</Words>
+  <Characters>18355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>378</Lines>
-  <Paragraphs>230</Paragraphs>
+  <Lines>573</Lines>
+  <Paragraphs>392</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20747</CharactersWithSpaces>
+  <CharactersWithSpaces>20781</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>