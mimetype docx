--- v0 (2025-10-01)
+++ v1 (2026-01-25)
@@ -10,75 +10,75 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3E80F4E4" w14:textId="4EC8B28B" w:rsidR="00CA296F" w:rsidRPr="00C022AC" w:rsidRDefault="003742D8" w:rsidP="000D6B2D">
+    <w:p w14:paraId="3E80F4E4" w14:textId="56579886" w:rsidR="00CA296F" w:rsidRPr="00C022AC" w:rsidRDefault="003742D8" w:rsidP="000D6B2D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:ind w:right="-86" w:firstLine="2966"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="67CDCCB1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="7F8CA5E7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-31750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-44450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -228,118 +228,139 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>ON/</w:t>
       </w:r>
       <w:r w:rsidR="00F35BF2" w:rsidRPr="00DF4A32">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">AFTER </w:t>
       </w:r>
       <w:r w:rsidR="00EA09DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>01/25/25</w:t>
+        <w:t>01/25/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01641">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00F35BF2" w:rsidRPr="00DF4A32">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="480953F3" w14:textId="74AEF283" w:rsidR="000D6B2D" w:rsidRPr="00C022AC" w:rsidRDefault="00CA296F" w:rsidP="002B041F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:ind w:right="-86"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B041F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">URLs are denoted in </w:t>
       </w:r>
-      <w:r w:rsidR="00117F97" w:rsidRPr="002B041F">
+      <w:r w:rsidR="00117F97" w:rsidRPr="00F11EAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
-          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>underlined blue font</w:t>
+      </w:r>
+      <w:r w:rsidR="00117F97" w:rsidRPr="00F11EAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00117F97" w:rsidRPr="002B041F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> so source instructions may be easily accessed.</w:t>
+        <w:t>so source instructions may be easily accessed.</w:t>
       </w:r>
       <w:r w:rsidR="000D6B2D" w:rsidRPr="00C022AC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5046" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
@@ -557,75 +578,75 @@
               <w:p w14:paraId="2BE6332E" w14:textId="77777777" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39463B96" w14:textId="558CB895" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
+          <w:p w14:paraId="39463B96" w14:textId="558CB895" w:rsidR="00C0064F" w:rsidRPr="00746A33" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>0.5” inch margins</w:t>
             </w:r>
-            <w:r w:rsidR="00776729" w:rsidRPr="00C022AC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00776729" w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>; letter sized paper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="833576200"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
@@ -830,131 +851,133 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">No URLS except for citations in </w:t>
             </w:r>
             <w:r w:rsidR="00DE1CED" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>References Cited</w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Biosketch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="13F2AAE9" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="13F2AAE9" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="404"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2080893018"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="56AD16FD" w14:textId="4C5D1F37" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00284A02" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3492" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4957C74B" w14:textId="5B3BA426" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
+          <w:p w14:paraId="4957C74B" w14:textId="5B3BA426" w:rsidR="00C0064F" w:rsidRPr="00746A33" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C022AC">
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>All files in PDF;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C022AC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C022AC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:br/>
               <w:t>Doc names 50 characters or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-629323059"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
@@ -964,212 +987,230 @@
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:color w:val="auto"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64610888" w14:textId="1AF7EAAA" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="64610888" w14:textId="1AF7EAAA" w:rsidR="00C0064F" w:rsidRPr="00746A33" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C022AC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> Co-PI role used. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C022AC">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:br/>
               <w:t>(If Multiple PI, list as PI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7991335A" w14:textId="7DCFED08" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="526BFDC1" w14:textId="36280D49" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2DE0" w:rsidRPr="00C022AC" w14:paraId="3244462C" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="001F2DE0" w:rsidRPr="00C022AC" w14:paraId="3244462C" w14:textId="77777777" w:rsidTr="000E0C30">
         <w:trPr>
-          <w:trHeight w:val="287"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="28"/>
-              <w:szCs w:val="28"/>
+              <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="1460065401"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="25D418D0" w14:textId="5F9483B9" w:rsidR="001F2DE0" w:rsidRPr="00C022AC" w:rsidRDefault="00284A02" w:rsidP="00284A02">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00C022AC">
+                <w:r w:rsidRPr="000E0C30">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="28"/>
-                    <w:szCs w:val="28"/>
+                    <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10513" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="021D1F3E" w14:textId="6073A214" w:rsidR="001F2DE0" w:rsidRPr="00C022AC" w:rsidRDefault="001F2DE0" w:rsidP="00C0064F">
+          <w:p w14:paraId="021D1F3E" w14:textId="2F0A8B73" w:rsidR="001F2DE0" w:rsidRPr="00C022AC" w:rsidRDefault="001F2DE0" w:rsidP="00C0064F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please alert OCG Proposal Analyst if</w:t>
             </w:r>
             <w:r w:rsidR="00080DDB" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> applying to a </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="00080DDB" w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Notice of Special Interest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00080DDB" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (in addition to FOA number). </w:t>
+              <w:t xml:space="preserve"> (in addition to </w:t>
+            </w:r>
+            <w:r w:rsidR="00530FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidR="00080DDB" w:rsidRPr="00C022AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> number). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="11597DFE" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="262964267"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
@@ -1327,53 +1368,53 @@
           <w:tcPr>
             <w:tcW w:w="10889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D1CBE22" w14:textId="2E9EB498" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00034A0E" w:rsidP="00C0064F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>R&amp;R Cover Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C0064F" w:rsidRPr="00BF669C" w14:paraId="6EA2A818" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00C0064F" w:rsidRPr="00BF669C" w14:paraId="6EA2A818" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="2222"/>
+          <w:trHeight w:val="1844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="376" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1462563231"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="16A2AD07" w14:textId="50C72DEB" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="008B02EE" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="32"/>
@@ -1651,340 +1692,257 @@
               </w:rPr>
               <w:t>see budget section regarding budgeting appropriate</w:t>
             </w:r>
             <w:r w:rsidR="00310423">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A27EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>costs</w:t>
             </w:r>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49BD0A5E" w14:textId="38B82900" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00AF634C" w:rsidP="00E45609">
-[...2 lines deleted...]
-              <w:ind w:left="130"/>
+          <w:p w14:paraId="14C71BCC" w14:textId="5A9C3F14" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00EE304C" w:rsidP="00C0064F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...114 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Format</w:t>
             </w:r>
             <w:r w:rsidR="00C0064F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="417BB5C7" w14:textId="407C8FCD" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00C0064F" w:rsidP="00EE304C">
+          <w:p w14:paraId="417BB5C7" w14:textId="4CA4FBDE" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00C0064F" w:rsidP="00EE304C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="490"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Addressed to Division of Receipt and Referral</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Application Title; Title of FOA</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="22E6482C" w14:textId="3B8DCC16" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
+              <w:t xml:space="preserve">Application Title; Title of </w:t>
+            </w:r>
+            <w:r w:rsidR="00530FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22E6482C" w14:textId="4E6A68D3" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="490"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:anchor="21" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>FORMS-</w:t>
+                <w:t>FORMS</w:t>
               </w:r>
-              <w:r w:rsidR="00461546">
+              <w:r w:rsidRPr="002451DE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
+                  <w:highlight w:val="cyan"/>
+                </w:rPr>
+                <w:t>-</w:t>
+              </w:r>
+              <w:r w:rsidR="00461546" w:rsidRPr="002451DE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:szCs w:val="18"/>
+                  <w:highlight w:val="cyan"/>
                 </w:rPr>
                 <w:t>I</w:t>
               </w:r>
               <w:r w:rsidR="00461546" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>Application Guide’s Cover Page Attachment</w:t>
+                <w:t>App Guide’s Cover Page Attachment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for details on</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> information</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to be provided.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="477C1363" w14:textId="638FE8E3" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
+          <w:p w14:paraId="477C1363" w14:textId="058A607E" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="490"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> request assignment of proposal to specific NIH Institute here; address in Assignment Request Form.</w:t>
+              <w:t xml:space="preserve"> request assignment to specific NIH Institute; </w:t>
+            </w:r>
+            <w:r w:rsidR="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00746A33">
+              <w:t>pecify</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Assignment Request Form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79D4AAA0" w14:textId="6B0540CD" w:rsidR="00C0064F" w:rsidRPr="002443E4" w:rsidRDefault="00C0064F" w:rsidP="00471F6D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2082,129 +2040,154 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8173" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A30AEB1" w14:textId="394FB5DD" w:rsidR="00C0064F" w:rsidRPr="002B041F" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
+          <w:p w14:paraId="5A30AEB1" w14:textId="730C3F32" w:rsidR="00C0064F" w:rsidRPr="002B041F" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Assignment Request Form</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Optional</w:t>
             </w:r>
             <w:r w:rsidR="00103541" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="00003FB6" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Request form from Proposal Analyst if necessary</w:t>
+              <w:t xml:space="preserve">Request </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4AA4">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00003FB6" w:rsidRPr="002B041F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>orm from Proposal Analyst if necessary</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D48EA08" w14:textId="77777777" w:rsidR="000F059D" w:rsidRPr="002B041F" w:rsidRDefault="00C0064F" w:rsidP="000F059D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="490"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Complete and provide if you want to identify requested Institute/Center, Study Section, or Reviewers not to include.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5523643D" w14:textId="7DF7FA43" w:rsidR="000F059D" w:rsidRPr="00C022AC" w:rsidRDefault="000F059D" w:rsidP="000F059D">
+          <w:p w14:paraId="5523643D" w14:textId="5174C7C7" w:rsidR="000F059D" w:rsidRPr="00C022AC" w:rsidRDefault="000F059D" w:rsidP="000F059D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="490"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Confirm that requested Institute listed on this form is also listed in FOA as a Participating Organization</w:t>
+              <w:t xml:space="preserve">Confirm that requested Institute listed on this form is also listed in </w:t>
+            </w:r>
+            <w:r w:rsidR="00530FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B041F">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as a Participating Organization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E7B1DF5" w14:textId="478DB152" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00034A0E" w:rsidP="00C0064F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
@@ -2252,53 +2235,53 @@
           <w:p w14:paraId="2708C698" w14:textId="1BFA62D6" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>COVER PAGE SUPPLEMENT</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="7B0E34C8" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="7B0E34C8" w14:textId="77777777" w:rsidTr="00AF4AA4">
         <w:trPr>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="593"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="1406421093"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="202CC822" w14:textId="7529FBBB" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
@@ -2509,51 +2492,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Required if applicable): </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06A15EF4" w14:textId="5E5BF46A" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="432"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Provide a signed letter (from PI), assuring the HFT donating organization adheres to the requirements of the informed consent process and documenti</w:t>
+              <w:t xml:space="preserve">Provide a signed letter (from PI), </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assuring</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the HFT donating organization adheres to the requirements of the informed consent process and documenti</w:t>
             </w:r>
             <w:r w:rsidR="00D040CA" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ng that HFT was not obtained/</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>acquired for valuable consideration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3149" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="041B7159" w14:textId="77777777" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
@@ -2772,1685 +2771,1913 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6472932C" w14:textId="78E5A734" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>SENIOR/Key Personnel Profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...211 lines deleted...]
-      <w:tblPr>
         <w:tblW w:w="5047" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="339"/>
-        <w:gridCol w:w="339"/>
-        <w:gridCol w:w="3012"/>
+        <w:gridCol w:w="4341"/>
         <w:gridCol w:w="360"/>
-        <w:gridCol w:w="2250"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4141"/>
+        <w:gridCol w:w="3335"/>
+        <w:gridCol w:w="2516"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E45609" w:rsidRPr="00BF669C" w14:paraId="2AAE5874" w14:textId="77777777" w:rsidTr="00AC3603">
+      <w:tr w:rsidR="004A7BE2" w:rsidRPr="00BF669C" w14:paraId="69EB7199" w14:textId="77777777" w:rsidTr="00DE4EDF">
         <w:trPr>
-          <w:trHeight w:val="395"/>
+          <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:id w:val="1426228357"/>
+              <w15:color w:val="008000"/>
+              <w14:checkbox>
+                <w14:checked w14:val="0"/>
+                <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+              </w14:checkbox>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="1346AB85" w14:textId="243C2FD7" w:rsidR="004A7BE2" w:rsidRDefault="004A7BE2" w:rsidP="004A7BE2">
+                <w:pPr>
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C022AC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10552" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="459C0629" w14:textId="7697C7D4" w:rsidR="00E45609" w:rsidRPr="00C022AC" w:rsidRDefault="000358D8" w:rsidP="00A57096">
+          <w:p w14:paraId="347E3CB3" w14:textId="340412E3" w:rsidR="004A7BE2" w:rsidRPr="00056BFD" w:rsidRDefault="004A7BE2" w:rsidP="004A7BE2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inform Proposal Analyst of all involved on project: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:anchor="Senior/KeyPersonnel" w:history="1">
+              <w:r w:rsidRPr="00056BFD">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Senior/Key Personnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (PI/Co-I/etc.) or any </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:anchor="OtherSignificantContributors(OSCs)" w:history="1">
+              <w:r w:rsidRPr="00056BFD">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Other Significant Contributor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (OSC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7BE2" w:rsidRPr="00BF669C" w14:paraId="2AAE5874" w14:textId="77777777" w:rsidTr="00056BFD">
+        <w:trPr>
+          <w:trHeight w:val="728"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="339" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="459C0629" w14:textId="5B78CB96" w:rsidR="004A7BE2" w:rsidRPr="00C022AC" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1149178058"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E45609" w:rsidRPr="00C022AC">
+                <w:r w:rsidR="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10552" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="8036" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB05B61" w14:textId="561CEEE7" w:rsidR="00E45609" w:rsidRPr="0002357A" w:rsidRDefault="00E45609" w:rsidP="00A57096">
+          <w:p w14:paraId="0301D6C9" w14:textId="09ABBF37" w:rsidR="003B7B28" w:rsidRPr="00527BA0" w:rsidRDefault="004A7BE2" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:rPr>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Required for PI, Co-Is, and OSCs): 5-page limit; Use </w:t>
-[...32 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Biosketch and Biosketch Supplement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Required for PI</w:t>
+            </w:r>
+            <w:r w:rsidR="000268DD">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>s/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
-[...20 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Co-Is</w:t>
+            </w:r>
+            <w:r w:rsidR="000268DD">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
-[...4 lines deleted...]
-              <w:r w:rsidR="00846596" w:rsidRPr="0002357A">
+              </w:rPr>
+              <w:t>/O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SCs). No page limit. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97FF4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000268DD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Must use </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="000268DD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>SciENcv</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00846596" w:rsidRPr="0002357A">
-[...1 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00527BA0">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to create </w:t>
+            </w:r>
+            <w:r w:rsidR="00266D68" w:rsidRPr="00527BA0">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
-[...5 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="00266D68" w:rsidRPr="00E26147">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="none"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NIH </w:t>
+            </w:r>
+            <w:r w:rsidR="00527BA0" w:rsidRPr="00E26147">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Biographical Sketch Common Form</w:t>
+            </w:r>
+            <w:r w:rsidR="00527BA0" w:rsidRPr="00527BA0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">” which includes the Biosketch </w:t>
+            </w:r>
+            <w:r w:rsidR="000268DD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="00527BA0" w:rsidRPr="00527BA0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Biosketch Supplement as one</w:t>
+            </w:r>
+            <w:r w:rsidR="00527BA0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> single doc for you to download and send to your Proposal Analyst. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidR="003B7B28" w:rsidRPr="00527BA0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Instructions for generating documents in SciENcv </w:t>
+              </w:r>
+              <w:r w:rsidR="00056BFD" w:rsidRPr="00527BA0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>are</w:t>
+              </w:r>
+              <w:r w:rsidR="003B7B28" w:rsidRPr="00527BA0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> available here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="003B7B28" w:rsidRPr="00527BA0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="003B7B28" w:rsidRPr="00527BA0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2516" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB05B61" w14:textId="3233F69A" w:rsidR="004A7BE2" w:rsidRPr="00056BFD" w:rsidRDefault="004A7BE2" w:rsidP="00A57096">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SKPSurname_Biosketch.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00105F88" w:rsidRPr="00614384" w14:paraId="5D841E94" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="007435D6" w:rsidRPr="00BF669C" w14:paraId="4E7A087D" w14:textId="77777777" w:rsidTr="000E0C30">
+        <w:trPr>
+          <w:trHeight w:val="296"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D6581D" w14:textId="176495E7" w:rsidR="007435D6" w:rsidRPr="00056BFD" w:rsidRDefault="007435D6" w:rsidP="00A57096">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Biosketch</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6211" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5425F021" w14:textId="05EB743E" w:rsidR="007435D6" w:rsidRPr="00056BFD" w:rsidRDefault="007435D6" w:rsidP="00A57096">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Biosketch Supplement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00087AB1" w:rsidRPr="00BF669C" w14:paraId="391E7EF5" w14:textId="77777777" w:rsidTr="001F1C1F">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D84272A" w14:textId="77777777" w:rsidR="00105F88" w:rsidRPr="00614384" w:rsidRDefault="00105F88" w:rsidP="00D040CA">
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="19380382" w14:textId="3EAE34BF" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00CC7BAB">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1550569697"/>
+                <w:id w:val="-782807868"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00105F88" w:rsidRPr="0075697C">
+                <w:r w:rsidR="00087AB1" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="10552" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E93B53" w14:textId="7FF6685A" w:rsidR="00105F88" w:rsidRPr="006F4C35" w:rsidRDefault="00105F88" w:rsidP="00D040CA">
+          <w:p w14:paraId="221FCD95" w14:textId="299A4C09" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:i/>
+                <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t>Identifying Information, Organization and Location.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">eRA Commons ID </w:t>
-[...8 lines deleted...]
-              <w:t>required for all listed including OSC</w:t>
+              <w:t xml:space="preserve"> Must have name, ORCID ID, Position Title.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00087AB1" w:rsidRPr="00BF669C" w14:paraId="25D45321" w14:textId="77777777" w:rsidTr="000E0C30">
+        <w:trPr>
+          <w:trHeight w:val="728"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F95CB32" w14:textId="0D3D1967" w:rsidR="00105F88" w:rsidRPr="0075697C" w:rsidRDefault="000358D8" w:rsidP="00EE1415">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7FF77801" w14:textId="3854EB7F" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="325329359"/>
+                <w:id w:val="-1041126973"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EE1415" w:rsidRPr="0075697C">
+                <w:r w:rsidR="008F1A47" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4341" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="033DF0B9" w14:textId="60883B85" w:rsidR="00105F88" w:rsidRPr="006F4C35" w:rsidRDefault="00402EFB" w:rsidP="00D040CA">
+          <w:p w14:paraId="53C3AB9C" w14:textId="17B918D8" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:i/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F4C35">
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education/Training: List in </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4C35">
+              <w:t>A. Professional Preparation.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>chronological</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006F4C35">
+              <w:t xml:space="preserve"> List Education/Training in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> order.</w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reverse chronological order</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by start date. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04C923DB" w14:textId="5A67B9FD" w:rsidR="00105F88" w:rsidRPr="0075697C" w:rsidRDefault="000358D8" w:rsidP="00D040CA">
+          <w:p w14:paraId="2FF762E6" w14:textId="083B20CE" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="262580570"/>
+                <w:id w:val="-1340229872"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00105F88" w:rsidRPr="0075697C">
+                <w:r w:rsidR="00087AB1" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4141" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5851" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE34969" w14:textId="76B6BB33" w:rsidR="00105F88" w:rsidRPr="0075697C" w:rsidRDefault="00105F88" w:rsidP="00D040CA">
+          <w:p w14:paraId="149B5338" w14:textId="7615BCE5" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>C. Contributions to Science</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Personal Statement.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002E3CDB" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3,500-character</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> limit. Briefly describe why you are well-suited for your role/s in this project. May detail ongoing/completed research projects from past 3 years. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D040CA" w:rsidRPr="00614384" w14:paraId="0C767246" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00DE4EDF" w:rsidRPr="00BF669C" w14:paraId="79584D35" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="269"/>
+          <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30960103" w14:textId="77777777" w:rsidR="00D040CA" w:rsidRPr="00614384" w:rsidRDefault="00D040CA" w:rsidP="00D040CA">
-[...18 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="5F661337" w14:textId="1CA570E7" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1912728713"/>
+                <w:id w:val="-125857949"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D040CA" w:rsidRPr="0075697C">
+                <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5622" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4341" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62CE9954" w14:textId="77777777" w:rsidR="00D040CA" w:rsidRPr="0002357A" w:rsidRDefault="00D040CA" w:rsidP="00D040CA">
+          <w:p w14:paraId="69FC08EF" w14:textId="4DB780CC" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:i/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0002357A">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:i/>
+                <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Include Personal Statement. Optional to also include:</w:t>
-[...9 lines deleted...]
-              <w:ind w:left="196" w:hanging="180"/>
+              <w:t>B. Appointments and Positions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-[...28 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Products </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+              <w:t xml:space="preserve">. List all academic, professional, or institutional appointments and positions in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reverse chronological order</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4 products max</w:t>
+              <w:t xml:space="preserve"> by start date. Appointments outside of the primary org must be identified for a period of up to 3 years from date of proposal submission. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4591" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56988D81" w14:textId="77777777" w:rsidR="00D040CA" w:rsidRPr="0002357A" w:rsidRDefault="00D040CA" w:rsidP="00D040CA">
+          <w:p w14:paraId="13AA90A5" w14:textId="070D1397" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:numPr>
-[...158 lines deleted...]
-                <w:b/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...94 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="2110845530"/>
+                <w:id w:val="-1006433082"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D040CA">
+                <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5851" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04EFA9F8" w14:textId="7288196E" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B. Honors</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 15-entry limit. List any relevant academic and professional achievements </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE3868">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> honors. Clinicians should include info on any clinical licensures and specialty board certifications that they have achieved.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE4EDF" w:rsidRPr="00BF669C" w14:paraId="1432AB16" w14:textId="77777777" w:rsidTr="00746A33">
+        <w:trPr>
+          <w:trHeight w:val="593"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="339" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E9842F" w14:textId="77777777" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4341" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0780D9F7" w14:textId="77777777" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="753698DE" w14:textId="2DF11909" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="188803471"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5851" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A936912" w14:textId="4D4FF742" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C. Contributions to Science.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2,000-character limit. Briefly describe up to 5 of your most significant contributions to science. Enter “N/A” in text </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>field if no contributions. You</w:t>
+            </w:r>
+            <w:r w:rsidR="00290BA9" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> may </w:t>
+            </w:r>
+            <w:r w:rsidR="00290BA9" w:rsidRPr="00211A87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reference</w:t>
+            </w:r>
+            <w:r w:rsidR="00290BA9" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> up to 5 products from the Biosketch’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00290BA9" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Other Significant Products</w:t>
+            </w:r>
+            <w:r w:rsidR="00290BA9" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> section that are relevant. </w:t>
+            </w:r>
+            <w:r w:rsidR="00290BA9" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do not provide </w:t>
+            </w:r>
+            <w:r w:rsidR="00290BA9" w:rsidRPr="007F0232">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>citations</w:t>
+            </w:r>
+            <w:r w:rsidR="00290BA9" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the NIH Biosketch Supplement.</w:t>
+            </w:r>
+            <w:r w:rsidR="00290BA9" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Descriptions of contributions may mention research products under-development such as not-accepted manuscripts.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE4EDF" w:rsidRPr="00BF669C" w14:paraId="016A51F8" w14:textId="77777777" w:rsidTr="00DE4EDF">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="339" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB01D17" w14:textId="730445BA" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-559545746"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5622" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4341" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="054C86D3" w14:textId="77777777" w:rsidR="00D040CA" w:rsidRPr="0002357A" w:rsidRDefault="00D040CA" w:rsidP="00D040CA">
+          <w:p w14:paraId="6158DFAF" w14:textId="49C0194C" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...11 lines deleted...]
-              <w:ind w:left="196" w:hanging="180"/>
+              </w:rPr>
+              <w:t>C. Products.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0002357A">
+              <w:t xml:space="preserve"> List up to 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Positions and Scientific Appointments (both domestic &amp; foreign): List in </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+              <w:t>Closely Related Products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>reverse chronological</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+              <w:t xml:space="preserve"> and up to 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> order.</w:t>
+              <w:t>Other Significant Products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that highlight Contribution to Science. </w:t>
+            </w:r>
+            <w:r w:rsidR="003325B6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Citations may include SciENcv-generated hyperlinks (URL/PMID/PMCID).  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4591" w:type="dxa"/>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="298A1EBB" w14:textId="389D84C1" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A5D3C3" w14:textId="55108BAE" w:rsidR="00D040CA" w:rsidRPr="0002357A" w:rsidRDefault="00D040CA" w:rsidP="00D040CA">
+          <w:p w14:paraId="32C9C3D3" w14:textId="4518F102" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C2DEE" w:rsidRPr="00614384" w14:paraId="570E574B" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00526DFE" w:rsidRPr="00BF669C" w14:paraId="241D3C53" w14:textId="77777777" w:rsidTr="000E0C30">
+        <w:trPr>
+          <w:trHeight w:val="701"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="339" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F80A56C" w14:textId="62C9C914" w:rsidR="00526DFE" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="001C03E8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="794256702"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00526DFE" w:rsidRPr="00056BFD">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10552" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5B6ACE" w14:textId="4568D9EA" w:rsidR="00526DFE" w:rsidRPr="00056BFD" w:rsidRDefault="00526DFE" w:rsidP="001C03E8">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D. Certifications.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001F1C1F" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Each Senior/Key Person</w:t>
+            </w:r>
+            <w:r w:rsidR="004F6F64">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and OSC</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1C1F" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001F1C1F" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001F1C1F" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required to complete the following certifications in their Bio: </w:t>
+            </w:r>
+            <w:r w:rsidR="00735470" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Information is Current, Accurate, and Complete; Not a party to malign foreign talent recruitment program</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4AA4" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="00735470" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4AA4" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00735470" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>isrepresentations/omissions subject to prosecution/liability</w:t>
+            </w:r>
+            <w:r w:rsidR="004B52E6" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="004B52E6" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Date of signature must be within past 12 months.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C03E8" w:rsidRPr="00614384" w14:paraId="570E574B" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10891" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="567DABC8" w14:textId="49CC4878" w:rsidR="001D47F1" w:rsidRPr="002B041F" w:rsidRDefault="00A032CD" w:rsidP="002B041F">
+          <w:p w14:paraId="140D2342" w14:textId="2B2D22E3" w:rsidR="001C03E8" w:rsidRPr="00056BFD" w:rsidRDefault="001C03E8" w:rsidP="001C133B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:after="20"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00385920">
+              <w:t xml:space="preserve">Other Support is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Othe</w:t>
-[...40 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> required for NIH proposal submissions and will be requested at the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-              <w:r w:rsidR="003C2DEE" w:rsidRPr="00385920">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>J</w:t>
+                <w:t>Just-in-Time (JIT) phase</w:t>
               </w:r>
-              <w:r w:rsidR="00C44552" w:rsidRPr="002B041F">
+            </w:hyperlink>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>ust-in-Time (J</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve"> phase</w:t>
+                <w:t>Detailed Other Support Instructions and Format page are found here</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="003C2DEE" w:rsidRPr="00385920">
+            <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00C44552" w:rsidRPr="002B041F">
-[...58 lines deleted...]
-            <w:r w:rsidR="003C2DEE" w:rsidRPr="002B041F">
+            <w:r w:rsidR="001C133B" w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...18 lines deleted...]
-                <w:b/>
+              <w:t xml:space="preserve"> Other Support must be created in </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidR="001C133B" w:rsidRPr="00056BFD">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>SciENcv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="001C133B" w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
-[...35 lines deleted...]
-              <w:t>Continue using the current Biosketch and Other Support templates for all proposal submissions.</w:t>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7CF3925E" w14:textId="386ABB22" w:rsidR="00EE304C" w:rsidRPr="00D040CA" w:rsidRDefault="00EE304C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5039" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="350"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="429"/>
         <w:gridCol w:w="120"/>
-        <w:gridCol w:w="7815"/>
-        <w:gridCol w:w="2144"/>
+        <w:gridCol w:w="7995"/>
+        <w:gridCol w:w="1964"/>
       </w:tblGrid>
       <w:tr w:rsidR="00490273" w:rsidRPr="00BF669C" w14:paraId="5C52A583" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="195E93A3" w14:textId="3D05103E" w:rsidR="00490273" w:rsidRPr="00C022AC" w:rsidRDefault="00490273" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>OTHER PROJECT INFORMATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3A9F2044" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3A9F2044" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1700694108"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
@@ -4461,167 +4688,159 @@
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21DC8FA6" w14:textId="640C6CB3" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
+          <w:p w14:paraId="7B5A181D" w14:textId="42609A54" w:rsidR="001F5E52" w:rsidRPr="00746A33" w:rsidRDefault="001F5E52" w:rsidP="00746A33">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Project Summary/Abstract</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Required):</w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00746A33">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30 lines of text</w:t>
             </w:r>
-            <w:r w:rsidR="00E04885" w:rsidRPr="0002357A">
+            <w:r w:rsidR="00E04885" w:rsidRPr="00746A33">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Description of proposed work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64FC358C" w14:textId="60D6CCA9" w:rsidR="001F5E52" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00BD63AD">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidR="001F5E52" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_Summary.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3C58D808" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3C58D808" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="350"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1397246297"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
@@ -4630,103 +4849,95 @@
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11A985DC" w14:textId="2A6E34E2" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
+          <w:p w14:paraId="205139B4" w14:textId="1CA6349A" w:rsidR="001F5E52" w:rsidRPr="00746A33" w:rsidRDefault="001F5E52" w:rsidP="00746A33">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Project Narrative</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Required):</w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00746A33">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 sentences maximum; Describe relevance to public health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="671F71AD" w14:textId="5CB2BA82" w:rsidR="001F5E52" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4739,51 +4950,51 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="001F5E52" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Narrative.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="47B60F48" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="47B60F48" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1970706595"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
@@ -4794,51 +5005,51 @@
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DC91738" w14:textId="65B47F05" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Bibliography &amp; References Cited</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
@@ -4907,82 +5118,82 @@
               <w:t>URLs allowed</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C0F133" w14:textId="7F77BCC6" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F7848">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommend including </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidR="004D3FE8" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PMCIDs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004D3FE8" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">’ for all pubs listed in bio authored/co-authored by applicant and fall under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidR="004D3FE8" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Public Access Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F21901" w14:textId="727A6C21" w:rsidR="001F5E52" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
@@ -4996,247 +5207,236 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="001F5E52" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>References.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="47ABE56A" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="47ABE56A" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="539"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="523524117"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
+                <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5B04F702" w14:textId="46570C8A" w:rsidR="001F5E52" w:rsidRPr="00614384" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B56131" w14:textId="6E6326D7" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
+          <w:p w14:paraId="789C583C" w14:textId="5BD349A6" w:rsidR="001F5E52" w:rsidRPr="00746A33" w:rsidRDefault="001F5E52" w:rsidP="00746A33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Facilities &amp; Other </w:t>
             </w:r>
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Resources</w:t>
             </w:r>
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Required):</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00746A33" w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No page limit</w:t>
             </w:r>
-            <w:r w:rsidR="00EE304C" w:rsidRPr="0002357A">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00EE304C" w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Describe CU and all sub/performance sites</w:t>
             </w:r>
-            <w:r w:rsidR="00E04885" w:rsidRPr="0002357A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E04885" w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>any biohazards facilities</w:t>
             </w:r>
-            <w:r w:rsidR="002120E0" w:rsidRPr="0002357A">
+            <w:r w:rsidR="002120E0" w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:szCs w:val="18"/>
-[...11 lines deleted...]
-              <w:r w:rsidR="002120E0" w:rsidRPr="0002357A">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; May use </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidR="002120E0" w:rsidRPr="00746A33">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OCG </w:t>
               </w:r>
-              <w:r w:rsidR="00E70AAC" w:rsidRPr="0002357A">
+              <w:r w:rsidR="00E70AAC" w:rsidRPr="00746A33">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>F</w:t>
+                <w:t xml:space="preserve">Facilities </w:t>
               </w:r>
-              <w:r w:rsidR="00E70AAC" w:rsidRPr="0002357A">
+              <w:r w:rsidR="002120E0" w:rsidRPr="00746A33">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:szCs w:val="18"/>
-[...6 lines deleted...]
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>template here</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49BF36F3" w14:textId="0DDCF873" w:rsidR="001F5E52" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
@@ -5250,102 +5450,103 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="001F5E52" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facilities.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="54962D05" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="54962D05" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1811859728"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
+                <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4294EDDD" w14:textId="61C702D4" w:rsidR="001F5E52" w:rsidRPr="00614384" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46113E33" w14:textId="36006EDE" w:rsidR="00FC3ADC" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Equipment</w:t>
             </w:r>
@@ -5390,57 +5591,67 @@
             </w:r>
             <w:r w:rsidR="00FC3ADC" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">page </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>limit</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00FC3ADC" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>List major items of equipment already available for this project</w:t>
+              <w:t>List</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00FC3ADC" w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> major items of equipment already available for this project</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6675FF4A" w14:textId="1BBDB17F" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="00FC3ADC" w:rsidP="001F7848">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="001F5E52" w:rsidRPr="0002357A">
@@ -5484,51 +5695,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> doc </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="001F5E52" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>stating</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="001F5E52" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> “No Equipment” (or similar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57CFA913" w14:textId="4895D4DC" w:rsidR="001F5E52" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5545,249 +5756,266 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="001F5E52" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Equipment.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC3ADC" w:rsidRPr="00BF669C" w14:paraId="5AA40E9D" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00FC3ADC" w:rsidRPr="00BF669C" w14:paraId="5AA40E9D" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-549463314"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3A2C5CEE" w14:textId="67FDCB52" w:rsidR="00FC3ADC" w:rsidRPr="00614384" w:rsidRDefault="004C2DB7" w:rsidP="002753A8">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10508" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFCD5D5" w14:textId="53A18AFA" w:rsidR="00FC3ADC" w:rsidRPr="0002357A" w:rsidRDefault="00FC3ADC" w:rsidP="00FC3ADC">
+          <w:p w14:paraId="0CFCD5D5" w14:textId="472B1C1C" w:rsidR="00FC3ADC" w:rsidRPr="0002357A" w:rsidRDefault="00FC3ADC" w:rsidP="00FC3ADC">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Other Attachments</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Provide Other Attachments </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>only</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> if FOA requests, or if </w:t>
+              <w:t xml:space="preserve"> if </w:t>
+            </w:r>
+            <w:r w:rsidR="00530FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidR="00530FD8" w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">requests, or if </w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Foreign Justification</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3C799E26" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3C799E26" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="1583"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="366" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C59E40A" w14:textId="7DEDABF5" w:rsidR="001F5E52" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:szCs w:val="18"/>
+              <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="-1610656213"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="429" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2B514546" w14:textId="78638C3A" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="001F5E52">
+              <w:p w14:paraId="2B514546" w14:textId="0FC546C9" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="00746A33" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="76"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0002357A">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7935" w:type="dxa"/>
+            <w:tcW w:w="8115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56C73CFB" w14:textId="2F4B99DA" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:anchor="6" w:history="1">
+            <w:hyperlink r:id="rId32" w:anchor="6" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Foreign Justification</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00661C23" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00661C23" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -5849,105 +6077,233 @@
             </w:r>
             <w:r w:rsidR="00094CD1" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">l. </w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>collaboration.</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F8E1E42" w14:textId="33037EDD" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="00094CD1">
+          <w:p w14:paraId="1F8EAECD" w14:textId="77777777" w:rsidR="001F5E52" w:rsidRPr="00F41C8E" w:rsidRDefault="001F5E52" w:rsidP="00094CD1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="256" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Describe special resources</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00094CD1" w:rsidRPr="0002357A">
+              <w:t xml:space="preserve">Describe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>special resources</w:t>
+            </w:r>
+            <w:r w:rsidR="00094CD1" w:rsidRPr="00F41C8E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidRPr="00F41C8E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>characteristics of research project, including the reasons why the facilities</w:t>
             </w:r>
-            <w:r w:rsidR="00094CD1" w:rsidRPr="0002357A">
+            <w:r w:rsidR="00094CD1" w:rsidRPr="00F41C8E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidRPr="00F41C8E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other aspects of the project are more appropriate than a domestic setting.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD09C5F" w14:textId="65BA11B4" w:rsidR="00807319" w:rsidRPr="00F41C8E" w:rsidRDefault="0068551C" w:rsidP="00094CD1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:left="256" w:hanging="180"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Foreign subawards</w:t>
+            </w:r>
+            <w:r w:rsidR="00807319" w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are no longer allowed. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F8E1E42" w14:textId="135C029B" w:rsidR="0068551C" w:rsidRPr="0002357A" w:rsidRDefault="0084271A" w:rsidP="00094CD1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:left="256" w:hanging="180"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NIH-</w:t>
+            </w:r>
+            <w:r w:rsidR="006833A9" w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>funded</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2BE1" w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> foreign collaborations are </w:t>
+            </w:r>
+            <w:r w:rsidR="007A2BE1" w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>only allowed</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2BE1" w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on apps to a NOFO specifically designated for funded foreign collaborations</w:t>
+            </w:r>
+            <w:r w:rsidR="00530FD8" w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (e.g. PF5 NOFO)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E146E" w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>requiring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F41C8E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a Multi-Component app.</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2BE1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49082A14" w14:textId="77777777" w:rsidR="001F5E52" w:rsidRPr="001F5E52" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5E52">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Must be named</w:t>
             </w:r>
             <w:r w:rsidRPr="001F5E52">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5987,89 +6343,88 @@
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="286D2B41" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="001F5E52" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB2B05">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>Budget</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE304C" w:rsidRPr="00FB2B05" w14:paraId="789FBB70" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00EE304C" w:rsidRPr="00FB2B05" w14:paraId="789FBB70" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="1718"/>
+          <w:trHeight w:val="2231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20C6E04C" w14:textId="3A9AC9B0" w:rsidR="001C6722" w:rsidRDefault="001C6722" w:rsidP="00052D54">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="376" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="001C6722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH Cost Estimation Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for budgeting purposes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16AEA2AB" w14:textId="51E0310F" w:rsidR="00052D54" w:rsidRPr="00094CD1" w:rsidRDefault="00EE304C" w:rsidP="00052D54">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
@@ -6082,327 +6437,301 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094CD1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PIs may choose whether to inflate or flat-budget salaries because NIH is reducing awards by inflated amounts. PA to confirm PI’s preference. NIH recommends using inflated costs when possible</w:t>
             </w:r>
             <w:r w:rsidR="00012026">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> but will cut inflation from awards</w:t>
             </w:r>
             <w:r w:rsidRPr="00094CD1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B552D71" w14:textId="5DCB7180" w:rsidR="00742950" w:rsidRPr="00DF4A32" w:rsidRDefault="00742950" w:rsidP="00742950">
+          <w:p w14:paraId="6B552D71" w14:textId="5B61EBFF" w:rsidR="00742950" w:rsidRPr="00DF4A32" w:rsidRDefault="00742950" w:rsidP="00742950">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="376" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If personnel </w:t>
             </w:r>
             <w:r w:rsidR="00012026">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>are</w:t>
             </w:r>
             <w:r w:rsidR="00012026" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">over salary cap, use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>current NIH salary cap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> for budgeting. 202</w:t>
-[...72 lines deleted...]
-          <w:p w14:paraId="5649A233" w14:textId="0C73DE24" w:rsidR="001C6722" w:rsidRPr="001C6722" w:rsidRDefault="00052D54" w:rsidP="001C6722">
+              <w:t xml:space="preserve"> for budgeting. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5649A233" w14:textId="0C73DE24" w:rsidR="001C6722" w:rsidRDefault="00052D54" w:rsidP="001C6722">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="376" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contributed (unpaid) AY effort should be detailed on ESTTOOL</w:t>
             </w:r>
             <w:r w:rsidR="00117F97" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A6BB06C" w14:textId="55F1E2EF" w:rsidR="009728FF" w:rsidRPr="00DF4A32" w:rsidRDefault="00EE304C" w:rsidP="000B25D0">
+          <w:p w14:paraId="3CCA272A" w14:textId="66E3671E" w:rsidR="00E87EB3" w:rsidRPr="001C6722" w:rsidRDefault="00E87EB3" w:rsidP="001C6722">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="376" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foreign Subawards are </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...26 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>must</w:t>
-[...51 lines deleted...]
-          <w:p w14:paraId="3F248F71" w14:textId="5005188A" w:rsidR="003811B9" w:rsidRPr="003811B9" w:rsidRDefault="00381139" w:rsidP="000B25D0">
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> allowed. NOFOs allowing for funded foreign collaborations will have unique instructions.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A6BB06C" w14:textId="55F1E2EF" w:rsidR="009728FF" w:rsidRPr="00DF4A32" w:rsidRDefault="00EE304C" w:rsidP="000B25D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="376" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If research </w:t>
+            </w:r>
+            <w:r w:rsidR="0048490C" w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>includes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HFT, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>use R&amp;R Detailed Budget and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>cannot</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>use modular.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F248F71" w14:textId="5D7B99E8" w:rsidR="003811B9" w:rsidRPr="003811B9" w:rsidRDefault="00381139" w:rsidP="000B25D0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:left="376" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">NIH Data Management &amp; Sharing </w:t>
             </w:r>
             <w:r w:rsidR="009B53CC" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">(DMS) </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
@@ -6444,107 +6773,86 @@
               <w:t xml:space="preserve"> budget</w:t>
             </w:r>
             <w:r w:rsidR="0036778C" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> line item</w:t>
             </w:r>
             <w:r w:rsidR="00A85B52" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="00A85B52" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">only include DMS costs in appropriate budget categories. </w:t>
             </w:r>
-            <w:r w:rsidR="00A85B52" w:rsidRPr="00DF4A32">
-[...5 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00FF055E" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>owever</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> DMS Justification must still be included</w:t>
+              <w:t>DMS Justification must still be included</w:t>
             </w:r>
             <w:r w:rsidR="0002357A" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; see DMS Justification requirements below</w:t>
             </w:r>
             <w:r w:rsidR="0036778C" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009B53CC" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more details on </w:t>
             </w:r>
             <w:r w:rsidR="009B53CC" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">DMS </w:t>
             </w:r>
             <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
@@ -6564,143 +6872,143 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE304C" w:rsidRPr="00BF669C" w14:paraId="066BEB8D" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22E6AC47" w14:textId="6E8B522D" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>R&amp;R DETAILED budget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> * </w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,001 or MORE Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="00614384" w14:paraId="38994C1F" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="00614384" w14:paraId="38994C1F" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="1817"/>
+          <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="753825D5" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="000358D8" w:rsidP="00A57096">
+          <w:p w14:paraId="753825D5" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-525785318"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE304C" w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8370" w:type="dxa"/>
+            <w:tcW w:w="8550" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="061063A1" w14:textId="2B56F2D4" w:rsidR="00EE304C" w:rsidRPr="0048490C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Budget </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
@@ -6748,51 +7056,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="236" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidRPr="0048490C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG Budget Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for guidance </w:t>
             </w:r>
             <w:r w:rsidR="00B75A12" w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">on required </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00B75A12" w:rsidRPr="0048490C">
@@ -7136,81 +7444,101 @@
             <w:r w:rsidR="002F016E" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00C531BE" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>he total DMS cost estimate must be specified</w:t>
             </w:r>
             <w:r w:rsidR="007D675B" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>; must iterate in if no DMSP Costs</w:t>
+              <w:t xml:space="preserve">; must iterate in if </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007D675B" w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007D675B" w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DMSP Costs</w:t>
             </w:r>
             <w:r w:rsidR="00C531BE" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. PI must briefly explain personnel effort/costs associated with general cost categories</w:t>
             </w:r>
             <w:r w:rsidR="00ED2DE3" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00C531BE" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>curating data and developing supporting documentation, local data management activities, preserving and sharing data through established repositories, etc. S</w:t>
             </w:r>
             <w:r w:rsidR="00772E47" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ee </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidR="00772E47" w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00772E47" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for requirement</w:t>
             </w:r>
             <w:r w:rsidR="007D675B" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0267AC99" w14:textId="0A7D9308" w:rsidR="00AA59C4" w:rsidRPr="00AA59C4" w:rsidRDefault="00AA59C4" w:rsidP="002B041F">
@@ -7244,92 +7572,93 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Genomic Data Sharing Costs</w:t>
             </w:r>
             <w:r w:rsidRPr="00012026">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> included in the budget, they must be described </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>within the DMS Justification; CU Research Computing can assist with Genomic Data Sharing Costs related to secure storage and access</w:t>
             </w:r>
             <w:r w:rsidR="005F5F02">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidR="005F5F02" w:rsidRPr="007F68EF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rc-help@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="005F5F02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1832DF6E" w14:textId="0BA632D3" w:rsidR="00117F97" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="236" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Human Fetal Tissue Costs</w:t>
             </w:r>
             <w:r w:rsidR="00AC43DF" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>* – Include the quantity/types/sources</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD4DA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the HFT, including the stage of fetal development. Information </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD4DA6">
@@ -7345,222 +7674,221 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> be included even if the HFT costs have no funds requested; </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD4DA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Must be clearly labeled</w:t>
             </w:r>
             <w:r w:rsidR="00117F97" w:rsidRPr="00BD4DA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72B22DF0" w14:textId="08A828B8" w:rsidR="00EE304C" w:rsidRPr="002443E4" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_Justification.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE304C" w:rsidRPr="00BF669C" w14:paraId="5782AB5D" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C0A0585" w14:textId="7201E696" w:rsidR="00EE304C" w:rsidRPr="00BF669C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>MODULAR BUDGET</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004265D7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00435118">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidRPr="004265D7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,000 or less Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="06F4BA50" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="06F4BA50" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF4E5ED" w14:textId="5B8821B1" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="000358D8" w:rsidP="00A57096">
+          <w:p w14:paraId="4AF4E5ED" w14:textId="5B8821B1" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1432085972"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B75A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8380" w:type="dxa"/>
+            <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30259874" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="0048490C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Personnel Justification</w:t>
             </w:r>
           </w:p>
@@ -7626,52 +7954,51 @@
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Do not provide salary information; other rate information is not necessary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B4B6880" w14:textId="3AB40839" w:rsidR="00EE304C" w:rsidRPr="002443E4" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7688,104 +8015,102 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Personnel.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="22C08D90" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="22C08D90" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="759C514C" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="000358D8" w:rsidP="00A57096">
+          <w:p w14:paraId="759C514C" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1391928199"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE304C" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8380" w:type="dxa"/>
+            <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08E7C055" w14:textId="387A314C" w:rsidR="00EE304C" w:rsidRPr="0048490C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Consortium Justification</w:t>
             </w:r>
             <w:r w:rsidR="00AB03BE" w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -7872,52 +8197,51 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide all sub personnel effort, names, roles, and effort in person-months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65705D84" w14:textId="17662F85" w:rsidR="00EE304C" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7934,105 +8258,103 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Consortium.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="011CB84A" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="011CB84A" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
-          <w:trHeight w:val="1502"/>
+          <w:trHeight w:val="3284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50038369" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="000358D8" w:rsidP="00A57096">
+          <w:p w14:paraId="50038369" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="851759954"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE304C" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8380" w:type="dxa"/>
+            <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31D53288" w14:textId="7C1F76FB" w:rsidR="00EE304C" w:rsidRPr="00DF4A32" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00314D23">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Additional </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -8095,55 +8417,75 @@
             </w:r>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- Must be labeled exactly “Data Management and Sharing Justification” within Other Direct Costs, up to half a page allowed.</w:t>
             </w:r>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">PI must provide brief summary of type &amp; amount of scientific data to be preserved/shared and name of the repositories. </w:t>
             </w:r>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>The total DMS cost estimate must be specified; must iterate in if no DMSP Costs</w:t>
-            </w:r>
+              <w:t xml:space="preserve">The total DMS cost estimate must be specified; must iterate in if </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DMSP Costs</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. PI must briefly explain personnel effort/costs associated with general cost categories: curating data and developing supporting documentation, local data management activities, preserving and sharing data through established repositories, etc.</w:t>
             </w:r>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007F68EF" w:rsidRPr="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If there are any </w:t>
             </w:r>
             <w:r w:rsidR="007F68EF" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Genomic Data Sharing Costs</w:t>
@@ -8168,233 +8510,255 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>related to secure storage and access</w:t>
             </w:r>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="007F68EF" w:rsidRPr="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, they must be described within the DMS Justification; CU Research Computing can assist </w:t>
             </w:r>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">with costs: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidR="007F68EF" w:rsidRPr="007F68EF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rc-help@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DBBA95E" w14:textId="3436CA22" w:rsidR="00FC4545" w:rsidRPr="00DF4A32" w:rsidRDefault="0039517B" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See OCG </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Additional Narrative Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for required description.</w:t>
             </w:r>
             <w:r w:rsidR="00F82648" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4551C982" w14:textId="5A66F81C" w:rsidR="00FC4545" w:rsidRDefault="00FC4545" w:rsidP="002B041F">
+          <w:p w14:paraId="4551C982" w14:textId="13827A9F" w:rsidR="00FC4545" w:rsidRDefault="00FC4545" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Should explain any variation in number of modules requested annually</w:t>
+              <w:t>Should</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DF4A32">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> explain any variation in number of modules requested annually</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4545">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> unless FOA has DC limits that do not spread evenly across budget periods (example: R21s)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="323F2B87" w14:textId="2EB3DDD4" w:rsidR="00EE304C" w:rsidRPr="00314D23" w:rsidRDefault="00EE304C" w:rsidP="002B041F">
+              <w:t xml:space="preserve"> unless </w:t>
+            </w:r>
+            <w:r w:rsidR="00530FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC4545">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> has DC limits that do not spread evenly across budget periods (example: R21s)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="323F2B87" w14:textId="122C9915" w:rsidR="00EE304C" w:rsidRPr="00314D23" w:rsidRDefault="00EE304C" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00314D23">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes may be included </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> not required</w:t>
+              <w:t>Quotes may be included here but not required</w:t>
             </w:r>
             <w:r w:rsidR="00605489" w:rsidRPr="00314D23">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C75ADBD" w14:textId="53C7BC80" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00314D23">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Should describe direct costs excluded from total direct costs (MTDC Base)</w:t>
+              <w:t xml:space="preserve">Should describe direct costs </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00314D23">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>excluded</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00314D23">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from total direct costs (MTDC Base)</w:t>
             </w:r>
             <w:r w:rsidR="00605489" w:rsidRPr="00314D23">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09970162" w14:textId="2DA32F63" w:rsidR="00EE304C" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8437,221 +8801,235 @@
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="21401753" w14:textId="21381233" w:rsidR="008B02EE" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidR="008B02EE" w:rsidRPr="00C87FA4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS 398 RESEARCH PLAN</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008B02EE" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="008B4DC3" w14:paraId="352FE365" w14:textId="77777777" w:rsidTr="00034A0E">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="008B4DC3" w14:paraId="352FE365" w14:textId="77777777" w:rsidTr="00E5116E">
         <w:trPr>
-          <w:trHeight w:val="1241"/>
+          <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1892111104"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="437DDB65" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="007C546F" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E567F04" w14:textId="6A72018A" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Introduction to Application</w:t>
             </w:r>
             <w:r w:rsidR="00661C23" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00661C23" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Required, if resubmission or revision)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E049A16" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
+          <w:p w14:paraId="4E049A16" w14:textId="6E607C5C" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1 page limit; Summarizes substantial changes to the application; only applicable for resubmission or revision, or if FOA denotes requirement</w:t>
+              <w:t xml:space="preserve">1 page limit; Summarizes substantial changes to the application; only applicable for resubmission or revision, or if </w:t>
+            </w:r>
+            <w:r w:rsidR="0017302B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> denotes requirement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6753A7AC" w14:textId="008EC464" w:rsidR="0050270D" w:rsidRPr="0002357A" w:rsidRDefault="0050270D" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For resubmissions changing from single PI to Multiple PI, changing number/makeup of Multiple PIs, or changing from Multiple PI to single PI, the Intro to App must provide a rationale for the change.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F546EEB" w14:textId="6DAB85AA" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8668,162 +9046,162 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Introduction.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="4DE15CB8" w14:textId="77777777" w:rsidTr="00034A0E">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="4DE15CB8" w14:textId="77777777" w:rsidTr="00E5116E">
         <w:trPr>
-          <w:trHeight w:val="620"/>
+          <w:trHeight w:val="539"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1110083669"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0933721C" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15AD5C8A" w14:textId="2F264CCD" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Specific Aims</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Required)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36C3CEBC" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
+          <w:p w14:paraId="36C3CEBC" w14:textId="62E5B760" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1 page limit; State concisely the goals of the proposed research and summarize the expected outcome</w:t>
+              <w:t>1 page limit; State the goals of the proposed research and summarize the expected outcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10DEC968" w14:textId="23632F1F" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8840,102 +9218,102 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SpecificAims.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="36369CC0" w14:textId="77777777" w:rsidTr="00034A0E">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="36369CC0" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="2537"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1964843921"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="59AED2B0" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22D58D98" w14:textId="6B5D0F4A" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Research Strategy</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
@@ -8978,83 +9356,112 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6-page </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>limit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EB7432">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>R01</w:t>
-            </w:r>
+              <w:t>R</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">: 12-page </w:t>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB7432">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EB7432">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12-page </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>limit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="745E510C" w14:textId="1368777F" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="008B02EE" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -9096,59 +9503,77 @@
               <w:t>Significance</w:t>
             </w:r>
             <w:r w:rsidR="00883D47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00883D47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2. Innovation</w:t>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B041F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Innovation</w:t>
             </w:r>
             <w:r w:rsidR="00883D47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; </w:t>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00883D47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3. Approach</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="201C37F4" w14:textId="1E9970D1" w:rsidR="005F2515" w:rsidRPr="0002357A" w:rsidRDefault="005F2515" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
@@ -9230,92 +9655,108 @@
               </w:rPr>
               <w:t>3. Approach</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> section under a subsection entitled “</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Human Fetal Tissue Research Approach</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">“; details included under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:anchor="3" w:history="1">
+            <w:hyperlink r:id="rId44" w:anchor="3" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>“Special Instructions” section of Approach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00706C7E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C4F3966" w14:textId="6CD81742" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Progress Report for Renewal and Revision Applications* - Section only required if a renewal application; must fall within Research Strategy page limits</w:t>
+              <w:t xml:space="preserve">Progress Report for Renewal and Revision Applications* - Section only required if a renewal </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>application;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must fall within Research Strategy page limits</w:t>
             </w:r>
             <w:r w:rsidR="00706C7E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E6634EE" w14:textId="1038BDE7" w:rsidR="00361F10" w:rsidRPr="0002357A" w:rsidRDefault="00361F10" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9358,54 +9799,54 @@
             <w:r w:rsidR="00FC721B" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the Research Strategy </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>must provide a rationale for the change</w:t>
             </w:r>
             <w:r w:rsidR="00FC721B" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="020934AE" w14:textId="748F1E20" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
+          <w:p w14:paraId="020934AE" w14:textId="50A39BDB" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
@@ -9414,123 +9855,107 @@
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ResearchStrategy.</w:t>
-[...15 lines deleted...]
-              <w:t>pdf</w:t>
+              <w:t>ResearchStrategy.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="435DC6E0" w14:textId="77777777" w:rsidTr="00034A0E">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="435DC6E0" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1370453038"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="68284BAA" w14:textId="662A581F" w:rsidR="008B02EE" w:rsidRDefault="00B75A12" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CEBA866" w14:textId="6C207A46" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Progress Report Publication List</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
@@ -9589,90 +10014,90 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommend </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PMCIDs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">’ inclusion for all pubs listed in bio authored/co-authored by applicant and fall under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Public Access Policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00746F8F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="412BAB77" w14:textId="252FD96B" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9689,102 +10114,102 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Publications.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5936328D" w14:textId="77777777" w:rsidTr="00034A0E">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5936328D" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
-          <w:trHeight w:val="1079"/>
+          <w:trHeight w:val="944"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1615091300"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="7FA3669F" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AA4ED81" w14:textId="34FFBAF4" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Vertebrate </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
@@ -9898,51 +10323,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Explain when/how animals are expected to be </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>used;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> if plans not finalized</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3834B5FB" w14:textId="2888CEDB" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9959,132 +10384,132 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Vertebrate.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="39DC5560" w14:textId="77777777" w:rsidTr="00034A0E">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="39DC5560" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1822114520"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0F3E394C" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6128C591" w14:textId="51B3EF4B" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Select Agent Research</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> * (Required if </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>activities involve use of select agents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="743024EA" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
@@ -10126,72 +10551,72 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If only use of </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>excluded select agents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, note which strains and that it has been excluded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A9D268A" w14:textId="438D0628" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10208,102 +10633,102 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SelectAgent.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="22865146" w14:textId="77777777" w:rsidTr="00034A0E">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="22865146" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="881"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="202294636"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="54C4042A" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EE09340" w14:textId="7EEFE31D" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Multiple PD/PI Leadership Plan</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
@@ -10339,74 +10764,74 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No page limit; should describe rationale for choosing a multiple PD/PI approach, and governance/organizational structure of leadership team</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="087DEFD8" w14:textId="4FD9FB74" w:rsidR="0037539D" w:rsidRPr="0002357A" w:rsidRDefault="0037539D" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Multiple PI Leadership Plan Sample here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6266F307" w14:textId="5B98F9CC" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10423,102 +10848,102 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>LeadershipPlan.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="078AB7CF" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="078AB7CF" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="524599502"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="15E8BC54" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C8DAA73" w14:textId="53E8CBB1" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Consortium/Contractual Arrangements</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
@@ -10622,51 +11047,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Describe the programmatic, fiscal, and administrative arrangements to be made between the applicant org and the consortium org/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EDB20EC" w14:textId="112AD506" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10683,102 +11108,102 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contractual.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5A04A970" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5A04A970" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="218406235"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="6FBA2AE8" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="540CF4A6" w14:textId="24DB1E64" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Letters of Support</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
@@ -10811,51 +11236,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No page limit; all letters of support in a single PDF document</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EE89E21" w14:textId="4CC5605E" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:anchor="electronicsignatures" w:history="1">
+            <w:hyperlink r:id="rId50" w:anchor="electronicsignatures" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>N</w:t>
               </w:r>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>o electronic signatures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA4CB1" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>; print</w:t>
@@ -10923,75 +11348,91 @@
           </w:p>
           <w:p w14:paraId="2D0715A8" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters should describe terms of a collaboration or consultation; must </w:t>
+              <w:t xml:space="preserve">Letters should describe terms of a collaboration or consultation; </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> contain data/figures/tables/graphs, preliminary data, methods, background and significance details that are expected to be found in Research Strategy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03D69451" w14:textId="7C71C560" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
+          <w:p w14:paraId="03D69451" w14:textId="6B6D96D5" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
@@ -11000,107 +11441,123 @@
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>SupportLetters.pdf</w:t>
+              <w:t>SupportLetters.</w:t>
+            </w:r>
+            <w:r w:rsidR="00482DAA">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="6E04E946" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="6E04E946" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-81614182"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="7FE5087F" w14:textId="118BB79A" w:rsidR="008B02EE" w:rsidRPr="000718D2" w:rsidRDefault="002C1588" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1083F609" w14:textId="0529BB0C" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Resource Sharing Plan(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
@@ -11173,112 +11630,119 @@
               </w:rPr>
               <w:t>only</w:t>
             </w:r>
             <w:r w:rsidR="00367B12" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009D6BA1" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>when</w:t>
             </w:r>
             <w:r w:rsidR="00F728B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0266BE60" w14:textId="26D4B646" w:rsidR="00093711" w:rsidRPr="004361E4" w:rsidRDefault="00093711" w:rsidP="00F728B2">
+          <w:p w14:paraId="0266BE60" w14:textId="541AAE4B" w:rsidR="00093711" w:rsidRPr="004361E4" w:rsidRDefault="0017302B" w:rsidP="00F728B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="871" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004361E4">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidR="00093711" w:rsidRPr="004361E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>FOA requires Resource Sharing Plan</w:t>
+              <w:t xml:space="preserve"> requires Resource Sharing Plan</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="460996E2" w14:textId="40291065" w:rsidR="00F728B2" w:rsidRPr="00F728B2" w:rsidRDefault="00F728B2" w:rsidP="00F728B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="871" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>esources/</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidRPr="006205BC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>research tools</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> will be developed by NIH funds (</w:t>
             </w:r>
             <w:r w:rsidRPr="006205BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and the associated research findings published or provided to NIH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11316,65 +11780,74 @@
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>evelopment of model organisms is anticipated</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00DB617C" w:rsidRPr="00F728B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Must include a description of specific plan for sharing and distributing or state why sharing is not possible. </w:t>
+              <w:t>Must</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DB617C" w:rsidRPr="00F728B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> include a description of specific plan for sharing and distributing or state why sharing is not possible. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0322EDAE" w14:textId="633A3103" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
+          <w:p w14:paraId="0322EDAE" w14:textId="0340E3BE" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
@@ -11383,139 +11856,123 @@
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ResourceSharing.</w:t>
-[...15 lines deleted...]
-              <w:t>pdf</w:t>
+              <w:t>ResourceSharing.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="409C77F0" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="409C77F0" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1933079314"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="4408CFC7" w14:textId="674B5F36" w:rsidR="00361F10" w:rsidRDefault="002C1588" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F325C12" w14:textId="239E3317" w:rsidR="00361F10" w:rsidRPr="0002357A" w:rsidRDefault="00DB617C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:anchor="11" w:history="1">
+            <w:hyperlink r:id="rId52" w:anchor="11" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Data Management and Sharing Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000F0A55" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Required for all research proposals)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C70F8CA" w14:textId="7A2C6E8C" w:rsidR="00AC43AC" w:rsidRPr="0002357A" w:rsidRDefault="00AC43AC" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -11539,171 +11996,171 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommended </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 page</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> limit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28610ACF" w14:textId="6F50DAD8" w:rsidR="00A52C55" w:rsidRPr="0002357A" w:rsidRDefault="00A52C55" w:rsidP="00A52C55">
+          <w:p w14:paraId="28610ACF" w14:textId="6F50DAD8" w:rsidR="00A52C55" w:rsidRPr="00CD290C" w:rsidRDefault="00A52C55" w:rsidP="00A52C55">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD290C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Review the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-              <w:r w:rsidRPr="0002357A">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:b/>
+                  <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CRDDS DMSP: Tools for CU Researchers</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="0002357A">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CD290C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> primer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A95D47D" w14:textId="3FED79C8" w:rsidR="00374D34" w:rsidRPr="0002357A" w:rsidRDefault="00AC43AC" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>DMPTool</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to create plan and </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>consult CRDDS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for recommendations on repository use. </w:t>
             </w:r>
             <w:r w:rsidR="008857DD" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidR="008857DD" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008857DD" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more info on policy.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CE1F25F" w14:textId="156C6134" w:rsidR="00C05AD2" w:rsidRPr="0002357A" w:rsidRDefault="00C05AD2" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
@@ -11728,195 +12185,200 @@
               </w:rPr>
               <w:t>DMSP Required Elements:</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1. Data Type; 2. Related Tools, Software and/or Code; 3. Standards; 4. Data Preservation, Access, and Associated Timelines; 5. Access, Distribution, or Reuse Considerations; 6.</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Oversight of Data Management and Sharing. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:anchor="sample-plans" w:history="1">
+            <w:hyperlink r:id="rId57" w:anchor="sample-plans" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Sample plans available here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32EFABB1" w14:textId="2F9A7C38" w:rsidR="00706C7E" w:rsidRPr="0002357A" w:rsidRDefault="00706C7E" w:rsidP="00DB617C">
+          <w:p w14:paraId="32EFABB1" w14:textId="2F9A7C38" w:rsidR="00706C7E" w:rsidRPr="00CD290C" w:rsidRDefault="00706C7E" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
-              <w:r w:rsidRPr="0002357A">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t>Please review Data Sharing Policy a</w:t>
               </w:r>
-              <w:r w:rsidRPr="0002357A">
+              <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t xml:space="preserve">nd any required repositories </w:t>
               </w:r>
-              <w:r w:rsidRPr="0002357A">
+              <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t>for your specific NIH Institute/Center (IC) here to confirm IC requirements</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="0002357A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00CD290C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BA36C84" w14:textId="781A9895" w:rsidR="00E2636D" w:rsidRPr="0002357A" w:rsidRDefault="00E2636D" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If applying to NIAAA with human subjects please review </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIAAA Data-Sharing Policy here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. NIH DMSP should adhere to additional </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIAAA requirements here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="007E4E6F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The NIAAA </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NDA Cost Estimation Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for data sharing is </w:t>
             </w:r>
             <w:r w:rsidR="007E4E6F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>used for estimates.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2117EEA5" w14:textId="24326163" w:rsidR="00DB617C" w:rsidRPr="0002357A" w:rsidRDefault="00DB617C" w:rsidP="00706C7E">
@@ -11936,72 +12398,72 @@
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If app includes: Genomic Data Sharing (GWAS)</w:t>
             </w:r>
             <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>instructions for describing Genomic Summary Results in Data Management and Sharing Plans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E2AF241" w14:textId="5F0AF031" w:rsidR="00361F10" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12018,102 +12480,102 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00B2735D" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DMSPlan.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5A5F11DA" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5A5F11DA" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="946280315"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="4D76240F" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="000718D2" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48522725" w14:textId="7879D546" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Authentication of Key Biological and/or Chemical Resources</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
@@ -12158,54 +12620,54 @@
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Describe methods to ensure the identity and validity of key biological and/or chemical resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30B63D6B" w14:textId="36A3DE6D" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
+          <w:p w14:paraId="30B63D6B" w14:textId="66406D07" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
@@ -12214,307 +12676,364 @@
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Authentication.pdf</w:t>
+              <w:t>Authentication.</w:t>
+            </w:r>
+            <w:r w:rsidR="00482DAA">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="008B02EE" w:rsidRPr="002B041F">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="423F5CFD" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="423F5CFD" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="563301715"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0C3CCC30" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="000718D2" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="137207CF" w14:textId="74F7CD65" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
+          <w:p w14:paraId="137207CF" w14:textId="5FEF1143" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Appendix</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> * (Not typically allowed unless requested by FOA)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="18A256C9" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
+              <w:t xml:space="preserve"> * (Not typically allowed unless requested by </w:t>
+            </w:r>
+            <w:r w:rsidR="0017302B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18A256C9" w14:textId="5D2CB8F6" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="0017302B" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0002357A">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="0002357A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidR="008B02EE" w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will specify if any special appendix instructions; carefully review </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r w:rsidR="008B02EE" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Appendix Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="26E8148B" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
+          <w:p w14:paraId="3068E2D4" w14:textId="660BD788" w:rsidR="008B02EE" w:rsidRPr="00746A33" w:rsidRDefault="008B02EE" w:rsidP="00746A33">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Allowable Appendix Items for Inclusion:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3068E2D4" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
+              <w:t>Allowable Appendix Items:</w:t>
+            </w:r>
+            <w:r w:rsidR="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      ○     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Summary sheet encouraged but not required</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D299AF" w14:textId="4A59819B" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="1039"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Summary sheet encouraged but not required</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="42D299AF" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
+              <w:t>Blank data collection forms</w:t>
+            </w:r>
+            <w:r w:rsidR="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> survey forms</w:t>
+            </w:r>
+            <w:r w:rsidR="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>questionnaire forms (</w:t>
+            </w:r>
+            <w:r w:rsidR="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> instruction pages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FBA4D4E" w14:textId="7D4F46CA" w:rsidR="008B02EE" w:rsidRPr="00E5116E" w:rsidRDefault="008B02EE" w:rsidP="00E5116E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="1039"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Blank data collection forms, blank survey forms and blank questionnaire forms (Do not include instruction pages)</w:t>
-[...23 lines deleted...]
-              </w:rPr>
               <w:t>Simple lists of interview questions</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00E5116E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       ○      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5116E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Blank informed consent/assent forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09349B88" w14:textId="4E970BF8" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12568,181 +13087,189 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="663DFEF1" w14:textId="4897CA48" w:rsidR="001F7848" w:rsidRPr="00C022AC" w:rsidRDefault="00FB2B05" w:rsidP="001243B7">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidR="001F7848" w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS Human Subjects and Clinical Trials Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001F7848" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A3188" w:rsidRPr="00D03163" w14:paraId="17E3CD00" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="004A3188" w:rsidRPr="00D03163" w14:paraId="17E3CD00" w14:textId="77777777" w:rsidTr="001357A6">
         <w:trPr>
-          <w:trHeight w:val="377"/>
+          <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57B00CB1" w14:textId="23730DB4" w:rsidR="004A3188" w:rsidRPr="002B041F" w:rsidRDefault="004A3188" w:rsidP="004A3188">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Specimens and/or Data? </w:t>
             </w:r>
-            <w:r w:rsidRPr="002B041F">
+            <w:r w:rsidRPr="00E5116E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-              <w:t>If yes, include:</w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>If yes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B041F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>, include:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00706C7E" w:rsidRPr="00D03163" w14:paraId="0BD0AE1E" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00706C7E" w:rsidRPr="00D03163" w14:paraId="0BD0AE1E" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="1880"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1522473569"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="350" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="193C45A8" w14:textId="6634A83D" w:rsidR="00B75A12" w:rsidRPr="001F0DE9" w:rsidRDefault="00B75A12" w:rsidP="001243B7">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8380" w:type="dxa"/>
+            <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65E69EBC" w14:textId="274FBDAF" w:rsidR="00B75A12" w:rsidRPr="0002357A" w:rsidRDefault="00B75A12" w:rsidP="001243B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:anchor="UseOf" w:history="1">
+            <w:hyperlink r:id="rId65" w:anchor="UseOf" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explanation for Use of Human Specimens and/or Data </w:t>
               </w:r>
               <w:r w:rsidR="006A0DC5" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Not</w:t>
               </w:r>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
@@ -12950,87 +13477,86 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> without</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Human Subjects (HS) may still have Human Specimens/Data; to determine whether PI’s research is classified as HS research or not, use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Research Involving Private Information or Biological Specimens flowchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F53DD8" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00F53DD8" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>If flowchart indicates human subjects research, then mark “no” to Human Specimens/Data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="605A85ED" w14:textId="5B12B89E" w:rsidR="00B75A12" w:rsidRPr="0002357A" w:rsidRDefault="00034A0E" w:rsidP="007B22F2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
@@ -13323,101 +13849,131 @@
               <w:t>, but there may be limitations on entered text; please see Study Record</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A416C1B" w14:textId="77777777" w:rsidR="00802B07" w:rsidRPr="0002357A" w:rsidRDefault="00802B07" w:rsidP="00B75A12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="510"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIs are encouraged to group studies that use the same HS population &amp; same research protocols into one Study Record; if more than one study, separate Study Records will need to be uploaded </w:t>
+              <w:t xml:space="preserve">PIs are encouraged </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> group studies that use the same HS population &amp; same research protocols into one Study Record; if more than one study, separate Study Records will need to be uploaded </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2ADD2013" w14:textId="77777777" w:rsidR="00802B07" w:rsidRPr="0002357A" w:rsidRDefault="00802B07" w:rsidP="00B75A12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="510"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4 Clinical Trial Questionnaire responses: If all yes, then research is considered to be a CT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DD4D74D" w14:textId="77777777" w:rsidR="00802B07" w:rsidRPr="0002357A" w:rsidRDefault="00802B07" w:rsidP="00B75A12">
+          <w:p w14:paraId="2DD4D74D" w14:textId="559E03BF" w:rsidR="00802B07" w:rsidRPr="0002357A" w:rsidRDefault="00802B07" w:rsidP="00B75A12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="510"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ensure FOA matches HS requirements</w:t>
+              <w:t xml:space="preserve">Ensure </w:t>
+            </w:r>
+            <w:r w:rsidR="0017302B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> matches HS requirements</w:t>
             </w:r>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25DE8A84" w14:textId="3E948731" w:rsidR="00CB0A41" w:rsidRPr="0002357A" w:rsidRDefault="00CB0A41" w:rsidP="00B75A12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="510"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13571,79 +14127,79 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="526"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Include if HS research, but cannot describe the study at the time of application</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00740C64" w:rsidRPr="00D03163" w14:paraId="2A3B72E1" w14:textId="77777777" w:rsidTr="002B041F">
+      <w:tr w:rsidR="00740C64" w:rsidRPr="00D03163" w14:paraId="2A3B72E1" w14:textId="77777777" w:rsidTr="00CD290C">
         <w:trPr>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="764"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5727BD76" w14:textId="77777777" w:rsidR="00740C64" w:rsidRPr="00D03163" w:rsidRDefault="00740C64" w:rsidP="001243B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="565" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9C4723" w14:textId="5CC050ED" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="000358D8" w:rsidP="001243B7">
+          <w:p w14:paraId="2A9C4723" w14:textId="5CC050ED" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="00290BA9" w:rsidP="001243B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1266619138"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -13698,102 +14254,104 @@
               <w:t>Delayed Onset Study Justification</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B9C91C2" w14:textId="629F7D13" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="00740C64" w:rsidP="00740C64">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="470" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Provide justification why HS study information is not available at the time of application</w:t>
+              <w:t xml:space="preserve">Provide </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>justification</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> why HS study information is not available at the time of application</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24C1648E" w14:textId="088CC635" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="00740C64" w:rsidP="00740C64">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="470" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Info for a delayed onset study is not available at the time of proposal, so no full Study Record allowed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63E2D7FD" w14:textId="7D4F80A1" w:rsidR="00883D47" w:rsidRDefault="00883D47" w:rsidP="001F7848">
+    <w:p w14:paraId="0A539CAC" w14:textId="0146B5A0" w:rsidR="0002357A" w:rsidRPr="00746A33" w:rsidRDefault="0002357A" w:rsidP="001F7848">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:szCs w:val="18"/>
-[...14 lines deleted...]
-          <w:szCs w:val="6"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5039" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="359"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="6571"/>
@@ -13934,53 +14492,53 @@
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Clinical Trial (CT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="1BCDDB45" w14:textId="77777777" w:rsidTr="00746F8F">
+      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="1BCDDB45" w14:textId="77777777" w:rsidTr="00583AD7">
         <w:trPr>
-          <w:trHeight w:val="260"/>
+          <w:trHeight w:val="215"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="169617491"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="58FFE817" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="00D03163" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
@@ -14472,102 +15030,92 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70ACFF89" w14:textId="7658D1D0" w:rsidR="001A3707" w:rsidRPr="0002357A" w:rsidRDefault="001A3707" w:rsidP="001A3707">
+          <w:p w14:paraId="1E1F8EA6" w14:textId="094A7EE6" w:rsidR="001A3707" w:rsidRPr="00583AD7" w:rsidRDefault="001A3707" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:anchor="2.3.a" w:history="1">
+            <w:hyperlink r:id="rId67" w:anchor="2.3.a" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Inclusion of Individuals Across the Lifespan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Exclusion of any specific age/age range group should be justified. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BB03B50" w14:textId="1E823308" w:rsidR="001A3707" w:rsidRPr="002443E4" w:rsidRDefault="001A3707" w:rsidP="001A3707">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
@@ -14636,53 +15184,53 @@
           </w:tcPr>
           <w:p w14:paraId="2292CD53" w14:textId="77777777" w:rsidR="001A3707" w:rsidRPr="002443E4" w:rsidRDefault="001A3707" w:rsidP="001A3707">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="5166AF9F" w14:textId="77777777" w:rsidTr="00746F8F">
+      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="5166AF9F" w14:textId="77777777" w:rsidTr="00583AD7">
         <w:trPr>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="917"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="359" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27FD9F32" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="00D03163" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
@@ -14727,51 +15275,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B2B50DD" w14:textId="561A3621" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:anchor="2.4" w:history="1">
+            <w:hyperlink r:id="rId68" w:anchor="2.4" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Inclusion of Women and Minorities</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07CA0DF9" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
@@ -14927,53 +15475,53 @@
           </w:tcPr>
           <w:p w14:paraId="148BC73A" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="6892B714" w14:textId="77777777" w:rsidTr="00746F8F">
+      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="6892B714" w14:textId="77777777" w:rsidTr="00583AD7">
         <w:trPr>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="359" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B6C3F66" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="00D03163" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
@@ -15005,101 +15553,91 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0459AF" w14:textId="4DD0B9F3" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
+          <w:p w14:paraId="43F18B1B" w14:textId="68E40FD8" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:anchor="2.5" w:history="1">
+            <w:hyperlink r:id="rId69" w:anchor="2.5" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Recruitment and Retention Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Describe how you will recruit and retain participants in your study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2472604E" w14:textId="2433FD36" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="001A3707" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
@@ -15115,130 +15653,130 @@
             </w:r>
             <w:r w:rsidR="002443E4" w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52E54D7A" w14:textId="114F58C5" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00C55471" w:rsidP="00A57096">
+          <w:p w14:paraId="52E54D7A" w14:textId="114F58C5" w:rsidR="00A57096" w:rsidRPr="00746A33" w:rsidRDefault="00C55471" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="17"/>
-[...7 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
-            <w:r w:rsidR="00A57096" w:rsidRPr="002443E4">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidR="00A57096" w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> if study </w:t>
             </w:r>
-            <w:r w:rsidR="000D7104" w:rsidRPr="002443E4">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidR="000D7104" w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>involve</w:t>
             </w:r>
-            <w:r w:rsidR="00A57096" w:rsidRPr="002443E4">
-[...3 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidR="00A57096" w:rsidRPr="00746A33">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>s human participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41DA238D" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="306A64F1" w14:textId="77777777" w:rsidTr="00746F8F">
+      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="306A64F1" w14:textId="77777777" w:rsidTr="00583AD7">
         <w:trPr>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="359" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F8678D1" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="00D03163" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
@@ -15270,102 +15808,91 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C50337F" w14:textId="054E2B86" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
+          <w:p w14:paraId="0BD47B7D" w14:textId="6195DA64" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:anchor="2.7" w:history="1">
+            <w:hyperlink r:id="rId70" w:anchor="2.7" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Study Timeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide description/diagram describing study timeline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7192108C" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
@@ -15418,53 +15945,53 @@
           </w:tcPr>
           <w:p w14:paraId="7005FA90" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="1A24F5DA" w14:textId="77777777" w:rsidTr="00746F8F">
+      <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="1A24F5DA" w14:textId="77777777" w:rsidTr="00583AD7">
         <w:trPr>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="971"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="359" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7CAF4A7D" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="00D03163" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
@@ -15508,124 +16035,152 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E6E9BDA" w14:textId="46A97E69" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:anchor="2.9" w:history="1">
+            <w:hyperlink r:id="rId71" w:anchor="2.9" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Inclusion Enrollment Report</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E67634" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="645DD1EF" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="326" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PI will need to select button to have Inclusion Enrollment Report appear within the record; complete report as needed</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E4BB28F" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
+          <w:p w14:paraId="7E4BB28F" w14:textId="039CAF80" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="326" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If app includes a study recruiting subjects at more than one site, PIs may create one IER or separate, multiple IERs to enable reporting by study or site</w:t>
+              <w:t xml:space="preserve">If app includes study recruiting subjects at more than </w:t>
+            </w:r>
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> site, PIs may create </w:t>
+            </w:r>
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IER or separate, multiple IERs to enable reporting by study or site</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="390E1801" w14:textId="20A99132" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="001A3707" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15971,103 +16526,108 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AA1824E" w14:textId="3E1A10E7" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
+          <w:p w14:paraId="6110C273" w14:textId="01CFD1F4" w:rsidR="00A57096" w:rsidRPr="00E5116E" w:rsidRDefault="00A57096" w:rsidP="00E5116E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:anchor="3.1" w:history="1">
+            <w:hyperlink r:id="rId72" w:anchor="3.1" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Protection of Human Subjects</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> *</w:t>
-[...24 lines deleted...]
-              <w:t>Include following sections:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00E5116E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5116E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Include</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E5116E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> following sections:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B00A6FE" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="686"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Risks to Human Subjects</w:t>
@@ -16280,51 +16840,67 @@
               <w:t>Potential Benefits of the Proposed Research to Research Participants and Others</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63BB5795" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="686"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Importance of the Knowledge to be Gained</w:t>
+              <w:t xml:space="preserve">Importance of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the Knowledge</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to be Gained</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="251BE30C" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16461,51 +17037,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37E05E5E" w14:textId="01C2B8CD" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:anchor="3.2" w:history="1">
+            <w:hyperlink r:id="rId73" w:anchor="3.2" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Single IRB Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A30B44" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A30B44" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:bCs/>
@@ -16821,113 +17397,102 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B8969F5" w14:textId="56B07BBA" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
+          <w:p w14:paraId="41B2CF3E" w14:textId="016EC9ED" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:anchor="3.3" w:history="1">
+            <w:hyperlink r:id="rId74" w:anchor="3.3" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Data and Safety Monitoring Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(DSMP)</w:t>
             </w:r>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide DSMP that is commensurate with the risks of the trial, its size, and its complexity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03C5654E" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
@@ -17057,100 +17622,90 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D78BD0E" w14:textId="40E58358" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
+          <w:p w14:paraId="2BF9AEBC" w14:textId="0F475C8A" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:anchor="3.5" w:history="1">
+            <w:hyperlink r:id="rId75" w:anchor="3.5" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Overall Structure of the Study Team</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brief overview of the organizational/administrative structure and function of the study team</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24B12450" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
@@ -17358,51 +17913,51 @@
             <w:r w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Question 4.6</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A1F99" w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is this an applicable clinical trial under FDAAA? </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidR="006A1F99" w:rsidRPr="006A1F99">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Review NIH Flowchart to determine response</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006A1F99" w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="006A1F99">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
@@ -17574,100 +18129,90 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005444E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="759BBBDA" w14:textId="3E5BB9E7" w:rsidR="004C2DB7" w:rsidRPr="0002357A" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
+          <w:p w14:paraId="7282996C" w14:textId="099E9305" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:anchor="4.3" w:history="1">
+            <w:hyperlink r:id="rId77" w:anchor="4.3" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Statistical Design and Power</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specify the number of subjects planned, the expected effect size, the power, and the statistical methods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1744AE8F" w14:textId="37C15595" w:rsidR="004C2DB7" w:rsidRPr="002443E4" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
@@ -17783,100 +18328,90 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005444E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04104CFE" w14:textId="16BB4BAA" w:rsidR="004C2DB7" w:rsidRPr="0002357A" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
+          <w:p w14:paraId="00665D35" w14:textId="42272786" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:anchor="4.5" w:history="1">
+            <w:hyperlink r:id="rId78" w:anchor="4.5" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>FDA Regulated Intervention</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E67634" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide summary describing the availability of study agents, support for acquisition/administration of study agents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72125ED1" w14:textId="1DBE0B8F" w:rsidR="004C2DB7" w:rsidRPr="002443E4" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
@@ -18034,100 +18569,90 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005444E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="210FAEFD" w14:textId="56B1C605" w:rsidR="004C2DB7" w:rsidRPr="0002357A" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
+          <w:p w14:paraId="71B8E7FD" w14:textId="38547F63" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:anchor="4.7" w:history="1">
+            <w:hyperlink r:id="rId79" w:anchor="4.7" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Dissemination Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0002357A">
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Explain briefly dissemination of NIH CT information and how policy expectations will be met</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DA8CB12" w14:textId="6987502D" w:rsidR="004C2DB7" w:rsidRPr="002443E4" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
@@ -18328,86 +18853,94 @@
             <w:r w:rsidR="00A30B44" w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>complete or upload</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1147" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71B2CA21" w14:textId="71A2BDFC" w:rsidR="004C2DB7" w:rsidRPr="002443E4" w:rsidRDefault="004C2DB7" w:rsidP="00C55471">
+          <w:p w14:paraId="71B2CA21" w14:textId="7EB690AC" w:rsidR="004C2DB7" w:rsidRPr="002443E4" w:rsidRDefault="004C2DB7" w:rsidP="00C55471">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">As </w:t>
             </w:r>
             <w:r w:rsidR="00C55471" w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>required</w:t>
             </w:r>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
-              <w:t xml:space="preserve"> by FOA</w:t>
+              <w:t xml:space="preserve"> by </w:t>
+            </w:r>
+            <w:r w:rsidR="0017302B" w:rsidRPr="0017302B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C2DB7" w:rsidRPr="00E04885" w14:paraId="0EDA79E2" w14:textId="77777777" w:rsidTr="00746F8F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="359" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="132A8305" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="00D03163" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -18445,111 +18978,107 @@
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A2A70A9" w14:textId="1062FD34" w:rsidR="004C2DB7" w:rsidRPr="0002357A" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
+          <w:p w14:paraId="6930D48A" w14:textId="5CAE08BB" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:anchor="5.1" w:history="1">
+            <w:hyperlink r:id="rId80" w:anchor="5.1" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Other CT-related Attachments</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-              <w:t>Only include documents required by FOA</w:t>
+            <w:r w:rsidR="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Only include documents required by </w:t>
+            </w:r>
+            <w:r w:rsidR="0017302B" w:rsidRPr="00583AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1156A779" w14:textId="71EB41E2" w:rsidR="004C2DB7" w:rsidRPr="00E04885" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -18587,72 +19116,72 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="749FE178" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002B041F" w:rsidRDefault="00A57096" w:rsidP="004C2DB7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A57096" w:rsidRPr="002B041F" w:rsidSect="003E26CD">
-      <w:headerReference w:type="default" r:id="rId82"/>
-      <w:footerReference w:type="default" r:id="rId83"/>
+      <w:headerReference w:type="default" r:id="rId81"/>
+      <w:footerReference w:type="default" r:id="rId82"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51A3057B" w14:textId="77777777" w:rsidR="00D06443" w:rsidRDefault="00D06443">
+    <w:p w14:paraId="0A3ADF62" w14:textId="77777777" w:rsidR="00A11D2D" w:rsidRDefault="00A11D2D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A426B51" w14:textId="77777777" w:rsidR="00D06443" w:rsidRDefault="00D06443">
+    <w:p w14:paraId="64D2FBF6" w14:textId="77777777" w:rsidR="00A11D2D" w:rsidRDefault="00A11D2D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -18695,51 +19224,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68605CB3" w14:textId="6330F257" w:rsidR="00F63901" w:rsidRPr="003742D8" w:rsidRDefault="00F63901" w:rsidP="00154FC2">
+  <w:p w14:paraId="68605CB3" w14:textId="23B94899" w:rsidR="00F63901" w:rsidRPr="003742D8" w:rsidRDefault="00F63901" w:rsidP="00154FC2">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7560"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">* INDICATES DOCUMENT/SECTION IS REQUIRED </w:t>
     </w:r>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="single"/>
       </w:rPr>
@@ -18788,114 +19317,98 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>Required Docs PI</w:t>
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve">Checklist  </w:t>
     </w:r>
-    <w:r w:rsidR="00EA09DB" w:rsidRPr="00AB159E">
+    <w:r w:rsidR="0054638F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...15 lines deleted...]
-      <w:t>25</w:t>
+      <w:t>0126</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
   </w:p>
   <w:p w14:paraId="66B2363C" w14:textId="7B719B15" w:rsidR="00F63901" w:rsidRPr="00B938AB" w:rsidRDefault="00F63901" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B5AC4C8" w14:textId="77777777" w:rsidR="00D06443" w:rsidRDefault="00D06443">
+    <w:p w14:paraId="7F2BF4A6" w14:textId="77777777" w:rsidR="00A11D2D" w:rsidRDefault="00A11D2D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D03111F" w14:textId="77777777" w:rsidR="00D06443" w:rsidRDefault="00D06443">
+    <w:p w14:paraId="6F6A6550" w14:textId="77777777" w:rsidR="00A11D2D" w:rsidRDefault="00A11D2D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CEBD515" w14:textId="08045E0C" w:rsidR="00F63901" w:rsidRPr="003742D8" w:rsidRDefault="00F63901" w:rsidP="00980DC7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:ind w:right="-360"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -23659,616 +24172,696 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0028228C"/>
     <w:rsid w:val="000006EB"/>
     <w:rsid w:val="000011DC"/>
     <w:rsid w:val="000013B5"/>
     <w:rsid w:val="00003FB6"/>
     <w:rsid w:val="00004C76"/>
     <w:rsid w:val="00005B74"/>
     <w:rsid w:val="00005FE0"/>
     <w:rsid w:val="000060FA"/>
     <w:rsid w:val="00012026"/>
+    <w:rsid w:val="00021BDD"/>
     <w:rsid w:val="00023284"/>
     <w:rsid w:val="0002357A"/>
+    <w:rsid w:val="00023DEE"/>
+    <w:rsid w:val="00024833"/>
     <w:rsid w:val="000248EE"/>
+    <w:rsid w:val="000268DD"/>
     <w:rsid w:val="00034557"/>
     <w:rsid w:val="00034A0E"/>
     <w:rsid w:val="00034C5B"/>
     <w:rsid w:val="000358D8"/>
+    <w:rsid w:val="00040E87"/>
     <w:rsid w:val="000430F2"/>
     <w:rsid w:val="00052D54"/>
     <w:rsid w:val="00053162"/>
     <w:rsid w:val="0005435A"/>
     <w:rsid w:val="00055625"/>
+    <w:rsid w:val="00056BFD"/>
     <w:rsid w:val="000606D8"/>
     <w:rsid w:val="0006295C"/>
     <w:rsid w:val="00062C5B"/>
+    <w:rsid w:val="00063835"/>
     <w:rsid w:val="000774FB"/>
     <w:rsid w:val="00080433"/>
     <w:rsid w:val="00080DDB"/>
     <w:rsid w:val="00082F86"/>
     <w:rsid w:val="000835C4"/>
     <w:rsid w:val="00086801"/>
     <w:rsid w:val="00086C63"/>
+    <w:rsid w:val="00087AB1"/>
     <w:rsid w:val="00090054"/>
     <w:rsid w:val="00093711"/>
     <w:rsid w:val="00094CD1"/>
     <w:rsid w:val="000A5CC5"/>
     <w:rsid w:val="000B1E2E"/>
     <w:rsid w:val="000B25D0"/>
     <w:rsid w:val="000B30A5"/>
     <w:rsid w:val="000B3BB6"/>
     <w:rsid w:val="000B6B58"/>
     <w:rsid w:val="000B78F8"/>
     <w:rsid w:val="000C050F"/>
     <w:rsid w:val="000C616C"/>
     <w:rsid w:val="000D1FEF"/>
     <w:rsid w:val="000D4FDE"/>
     <w:rsid w:val="000D6B2D"/>
     <w:rsid w:val="000D7029"/>
     <w:rsid w:val="000D7104"/>
     <w:rsid w:val="000D7D67"/>
     <w:rsid w:val="000E02B9"/>
+    <w:rsid w:val="000E0C30"/>
     <w:rsid w:val="000E275A"/>
     <w:rsid w:val="000E3680"/>
     <w:rsid w:val="000F059D"/>
     <w:rsid w:val="000F0A55"/>
     <w:rsid w:val="000F3B2D"/>
     <w:rsid w:val="000F70EB"/>
     <w:rsid w:val="001001B1"/>
     <w:rsid w:val="001003E1"/>
     <w:rsid w:val="00100976"/>
     <w:rsid w:val="001029F2"/>
     <w:rsid w:val="00102CC4"/>
     <w:rsid w:val="00103541"/>
     <w:rsid w:val="00104368"/>
     <w:rsid w:val="00105CCB"/>
     <w:rsid w:val="00105F88"/>
     <w:rsid w:val="00106058"/>
     <w:rsid w:val="00106C30"/>
     <w:rsid w:val="0010716C"/>
+    <w:rsid w:val="00112948"/>
     <w:rsid w:val="00117F97"/>
     <w:rsid w:val="00120762"/>
     <w:rsid w:val="00121391"/>
     <w:rsid w:val="001243B7"/>
     <w:rsid w:val="00125CCB"/>
     <w:rsid w:val="00132B8B"/>
+    <w:rsid w:val="001357A6"/>
     <w:rsid w:val="00137DF3"/>
     <w:rsid w:val="001445A4"/>
+    <w:rsid w:val="00153FEC"/>
     <w:rsid w:val="00154FC2"/>
     <w:rsid w:val="001555BA"/>
     <w:rsid w:val="00155C31"/>
     <w:rsid w:val="00157CA0"/>
     <w:rsid w:val="00172448"/>
+    <w:rsid w:val="0017302B"/>
     <w:rsid w:val="00173622"/>
     <w:rsid w:val="001761D8"/>
     <w:rsid w:val="0018088F"/>
     <w:rsid w:val="001851C4"/>
     <w:rsid w:val="00192DDC"/>
     <w:rsid w:val="001A3707"/>
     <w:rsid w:val="001A56D1"/>
     <w:rsid w:val="001A67A7"/>
     <w:rsid w:val="001B45B4"/>
     <w:rsid w:val="001B4F75"/>
     <w:rsid w:val="001B5C06"/>
+    <w:rsid w:val="001C03E8"/>
+    <w:rsid w:val="001C133B"/>
     <w:rsid w:val="001C5A60"/>
     <w:rsid w:val="001C6722"/>
     <w:rsid w:val="001D00D4"/>
     <w:rsid w:val="001D2ABD"/>
     <w:rsid w:val="001D47F1"/>
     <w:rsid w:val="001E19EB"/>
     <w:rsid w:val="001E32D2"/>
     <w:rsid w:val="001E3406"/>
     <w:rsid w:val="001E75A7"/>
     <w:rsid w:val="001F0DE9"/>
+    <w:rsid w:val="001F1C1F"/>
     <w:rsid w:val="001F2DE0"/>
     <w:rsid w:val="001F5E52"/>
     <w:rsid w:val="001F600B"/>
     <w:rsid w:val="001F7848"/>
+    <w:rsid w:val="00204177"/>
     <w:rsid w:val="002047C1"/>
     <w:rsid w:val="0021019F"/>
     <w:rsid w:val="002120E0"/>
     <w:rsid w:val="002170CA"/>
     <w:rsid w:val="002219F2"/>
     <w:rsid w:val="002230E6"/>
     <w:rsid w:val="002318FF"/>
     <w:rsid w:val="00231934"/>
     <w:rsid w:val="0023266E"/>
     <w:rsid w:val="002379CC"/>
     <w:rsid w:val="002413FD"/>
     <w:rsid w:val="002414F8"/>
     <w:rsid w:val="0024335B"/>
     <w:rsid w:val="002443E4"/>
+    <w:rsid w:val="002451DE"/>
     <w:rsid w:val="00252A40"/>
+    <w:rsid w:val="00260340"/>
+    <w:rsid w:val="002639A6"/>
+    <w:rsid w:val="00266D68"/>
     <w:rsid w:val="00267DF9"/>
     <w:rsid w:val="00272B49"/>
     <w:rsid w:val="002753A8"/>
     <w:rsid w:val="00276EDB"/>
     <w:rsid w:val="0028228C"/>
     <w:rsid w:val="00284A02"/>
     <w:rsid w:val="00286930"/>
     <w:rsid w:val="002906E7"/>
+    <w:rsid w:val="00290BA9"/>
     <w:rsid w:val="00291EDC"/>
     <w:rsid w:val="00292ABB"/>
     <w:rsid w:val="00293EF8"/>
     <w:rsid w:val="00294493"/>
     <w:rsid w:val="00294CE2"/>
     <w:rsid w:val="00294D7F"/>
     <w:rsid w:val="002A0B97"/>
+    <w:rsid w:val="002A164B"/>
     <w:rsid w:val="002A1754"/>
     <w:rsid w:val="002A3F76"/>
     <w:rsid w:val="002B041F"/>
+    <w:rsid w:val="002B1982"/>
     <w:rsid w:val="002B3AB2"/>
     <w:rsid w:val="002C1588"/>
     <w:rsid w:val="002D5E69"/>
     <w:rsid w:val="002D690E"/>
+    <w:rsid w:val="002E3CDB"/>
     <w:rsid w:val="002E54BE"/>
     <w:rsid w:val="002F016E"/>
     <w:rsid w:val="002F6283"/>
     <w:rsid w:val="00301F9B"/>
     <w:rsid w:val="00310423"/>
     <w:rsid w:val="003119FB"/>
     <w:rsid w:val="00311B83"/>
     <w:rsid w:val="0031256D"/>
     <w:rsid w:val="00313AC5"/>
     <w:rsid w:val="00314854"/>
     <w:rsid w:val="00314D23"/>
     <w:rsid w:val="003165FE"/>
     <w:rsid w:val="00320630"/>
     <w:rsid w:val="00325CAE"/>
+    <w:rsid w:val="003325B6"/>
     <w:rsid w:val="00333852"/>
     <w:rsid w:val="00342E79"/>
     <w:rsid w:val="003444D6"/>
     <w:rsid w:val="00347717"/>
     <w:rsid w:val="003519EE"/>
     <w:rsid w:val="00354FD9"/>
     <w:rsid w:val="00356339"/>
     <w:rsid w:val="0036081B"/>
     <w:rsid w:val="003618B9"/>
     <w:rsid w:val="00361F10"/>
     <w:rsid w:val="00364364"/>
     <w:rsid w:val="0036778C"/>
     <w:rsid w:val="00367B12"/>
+    <w:rsid w:val="00373E47"/>
     <w:rsid w:val="003742D8"/>
     <w:rsid w:val="00374D34"/>
     <w:rsid w:val="0037539D"/>
     <w:rsid w:val="00375A83"/>
     <w:rsid w:val="003761C5"/>
     <w:rsid w:val="00381139"/>
     <w:rsid w:val="003811B9"/>
     <w:rsid w:val="00382CBD"/>
     <w:rsid w:val="003835DD"/>
     <w:rsid w:val="00385920"/>
     <w:rsid w:val="003902E9"/>
     <w:rsid w:val="0039517B"/>
     <w:rsid w:val="003A1BC2"/>
     <w:rsid w:val="003A4ABC"/>
+    <w:rsid w:val="003B3328"/>
     <w:rsid w:val="003B571E"/>
+    <w:rsid w:val="003B7B28"/>
     <w:rsid w:val="003C2DEE"/>
     <w:rsid w:val="003C621B"/>
+    <w:rsid w:val="003D50F0"/>
     <w:rsid w:val="003D7C8E"/>
     <w:rsid w:val="003E216C"/>
     <w:rsid w:val="003E26CD"/>
     <w:rsid w:val="003E2DD8"/>
     <w:rsid w:val="003F04D9"/>
     <w:rsid w:val="003F2C62"/>
     <w:rsid w:val="00401FA4"/>
     <w:rsid w:val="00402EFB"/>
     <w:rsid w:val="00403046"/>
     <w:rsid w:val="00407240"/>
     <w:rsid w:val="0041607A"/>
     <w:rsid w:val="00416B05"/>
     <w:rsid w:val="00425498"/>
     <w:rsid w:val="0042621A"/>
     <w:rsid w:val="004265D7"/>
     <w:rsid w:val="0042666E"/>
     <w:rsid w:val="0043454D"/>
     <w:rsid w:val="00434F6C"/>
     <w:rsid w:val="00435118"/>
     <w:rsid w:val="004361E4"/>
     <w:rsid w:val="004379BA"/>
     <w:rsid w:val="00446D8F"/>
     <w:rsid w:val="004479EE"/>
     <w:rsid w:val="00451B5E"/>
+    <w:rsid w:val="00452A1D"/>
     <w:rsid w:val="00453917"/>
     <w:rsid w:val="00454615"/>
     <w:rsid w:val="004567F4"/>
     <w:rsid w:val="00461546"/>
+    <w:rsid w:val="00463F6E"/>
     <w:rsid w:val="00464875"/>
     <w:rsid w:val="00465B61"/>
     <w:rsid w:val="00471F6D"/>
     <w:rsid w:val="00477804"/>
     <w:rsid w:val="0048031C"/>
+    <w:rsid w:val="00482DAA"/>
     <w:rsid w:val="00483291"/>
     <w:rsid w:val="004837B5"/>
     <w:rsid w:val="004841FA"/>
     <w:rsid w:val="0048490C"/>
     <w:rsid w:val="00486522"/>
     <w:rsid w:val="00490092"/>
     <w:rsid w:val="00490273"/>
+    <w:rsid w:val="00494531"/>
     <w:rsid w:val="0049776B"/>
+    <w:rsid w:val="004A0BB4"/>
     <w:rsid w:val="004A2DED"/>
     <w:rsid w:val="004A2EBD"/>
     <w:rsid w:val="004A3188"/>
     <w:rsid w:val="004A51FD"/>
+    <w:rsid w:val="004A7BE2"/>
     <w:rsid w:val="004B0AE9"/>
     <w:rsid w:val="004B1804"/>
     <w:rsid w:val="004B26CA"/>
     <w:rsid w:val="004B3671"/>
     <w:rsid w:val="004B3D3C"/>
+    <w:rsid w:val="004B52E6"/>
     <w:rsid w:val="004B58F0"/>
     <w:rsid w:val="004B7BA8"/>
     <w:rsid w:val="004C1488"/>
     <w:rsid w:val="004C2DB7"/>
+    <w:rsid w:val="004D0910"/>
     <w:rsid w:val="004D0E1E"/>
     <w:rsid w:val="004D1DF8"/>
     <w:rsid w:val="004D3FE8"/>
     <w:rsid w:val="004D6146"/>
     <w:rsid w:val="004E1F75"/>
     <w:rsid w:val="004E4E0D"/>
     <w:rsid w:val="004F0284"/>
     <w:rsid w:val="004F13CB"/>
+    <w:rsid w:val="004F6F64"/>
     <w:rsid w:val="004F797C"/>
     <w:rsid w:val="0050270D"/>
     <w:rsid w:val="00502C68"/>
     <w:rsid w:val="005051DC"/>
     <w:rsid w:val="00511C0F"/>
     <w:rsid w:val="00512A29"/>
     <w:rsid w:val="00514320"/>
     <w:rsid w:val="00515A7A"/>
     <w:rsid w:val="00516B9E"/>
     <w:rsid w:val="005174C7"/>
+    <w:rsid w:val="00520643"/>
     <w:rsid w:val="005222C5"/>
     <w:rsid w:val="00522532"/>
     <w:rsid w:val="005236C9"/>
     <w:rsid w:val="005243A0"/>
+    <w:rsid w:val="00526DFE"/>
+    <w:rsid w:val="00527BA0"/>
+    <w:rsid w:val="00530FD8"/>
     <w:rsid w:val="00532106"/>
     <w:rsid w:val="00536173"/>
     <w:rsid w:val="00536192"/>
     <w:rsid w:val="005366CD"/>
     <w:rsid w:val="00543799"/>
     <w:rsid w:val="0054494D"/>
+    <w:rsid w:val="0054638F"/>
     <w:rsid w:val="005501A3"/>
+    <w:rsid w:val="00552B23"/>
     <w:rsid w:val="0055342A"/>
     <w:rsid w:val="00553D66"/>
     <w:rsid w:val="00555EE1"/>
     <w:rsid w:val="00560949"/>
     <w:rsid w:val="005650A1"/>
     <w:rsid w:val="00565371"/>
     <w:rsid w:val="00565A48"/>
     <w:rsid w:val="00571E76"/>
     <w:rsid w:val="00572875"/>
     <w:rsid w:val="00574FB6"/>
     <w:rsid w:val="005762CD"/>
     <w:rsid w:val="00576412"/>
     <w:rsid w:val="00581A1A"/>
+    <w:rsid w:val="00583AD7"/>
     <w:rsid w:val="005913B7"/>
     <w:rsid w:val="00591B3B"/>
     <w:rsid w:val="00593E54"/>
     <w:rsid w:val="00595C0F"/>
     <w:rsid w:val="00596E25"/>
     <w:rsid w:val="005A3501"/>
+    <w:rsid w:val="005A6AB9"/>
     <w:rsid w:val="005B32B7"/>
     <w:rsid w:val="005B43AF"/>
     <w:rsid w:val="005B51C9"/>
     <w:rsid w:val="005B571A"/>
     <w:rsid w:val="005B6602"/>
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005C4E01"/>
     <w:rsid w:val="005D2534"/>
     <w:rsid w:val="005E29C8"/>
     <w:rsid w:val="005E7D30"/>
     <w:rsid w:val="005F06A2"/>
     <w:rsid w:val="005F21A2"/>
     <w:rsid w:val="005F2515"/>
     <w:rsid w:val="005F48FE"/>
     <w:rsid w:val="005F5F02"/>
     <w:rsid w:val="005F6A86"/>
+    <w:rsid w:val="005F7FC1"/>
     <w:rsid w:val="00605489"/>
     <w:rsid w:val="00607BCE"/>
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="00612352"/>
     <w:rsid w:val="0061258E"/>
     <w:rsid w:val="00612852"/>
     <w:rsid w:val="00614384"/>
     <w:rsid w:val="0061787E"/>
     <w:rsid w:val="006205BC"/>
     <w:rsid w:val="006206EF"/>
     <w:rsid w:val="006218C2"/>
     <w:rsid w:val="00622A27"/>
     <w:rsid w:val="006238C8"/>
     <w:rsid w:val="00626FB6"/>
     <w:rsid w:val="006270E9"/>
     <w:rsid w:val="006379E6"/>
     <w:rsid w:val="00643BDC"/>
+    <w:rsid w:val="00645EE2"/>
     <w:rsid w:val="00645F34"/>
     <w:rsid w:val="0064793D"/>
     <w:rsid w:val="00650A8F"/>
     <w:rsid w:val="00653A40"/>
     <w:rsid w:val="00660480"/>
     <w:rsid w:val="00661C23"/>
     <w:rsid w:val="00662457"/>
     <w:rsid w:val="00662AA9"/>
     <w:rsid w:val="0066626C"/>
     <w:rsid w:val="00671EBD"/>
     <w:rsid w:val="006736CB"/>
+    <w:rsid w:val="00674A45"/>
     <w:rsid w:val="00674FB6"/>
     <w:rsid w:val="0068107B"/>
+    <w:rsid w:val="006833A9"/>
     <w:rsid w:val="006833BC"/>
+    <w:rsid w:val="0068551C"/>
     <w:rsid w:val="00691522"/>
     <w:rsid w:val="00692CF6"/>
     <w:rsid w:val="006A0DC5"/>
     <w:rsid w:val="006A1F99"/>
     <w:rsid w:val="006A27EA"/>
     <w:rsid w:val="006A2FB8"/>
     <w:rsid w:val="006A3103"/>
     <w:rsid w:val="006A5790"/>
+    <w:rsid w:val="006B19DD"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006C57BB"/>
     <w:rsid w:val="006D0878"/>
+    <w:rsid w:val="006D13BA"/>
     <w:rsid w:val="006D5349"/>
     <w:rsid w:val="006E095F"/>
     <w:rsid w:val="006E3709"/>
     <w:rsid w:val="006E3961"/>
     <w:rsid w:val="006E5961"/>
     <w:rsid w:val="006E6048"/>
     <w:rsid w:val="006F1620"/>
     <w:rsid w:val="006F4C35"/>
     <w:rsid w:val="006F598B"/>
     <w:rsid w:val="00704D8D"/>
     <w:rsid w:val="00706C7E"/>
     <w:rsid w:val="007077FD"/>
     <w:rsid w:val="007136B8"/>
     <w:rsid w:val="00727040"/>
     <w:rsid w:val="0072717B"/>
+    <w:rsid w:val="00735470"/>
     <w:rsid w:val="007370D7"/>
     <w:rsid w:val="00737143"/>
+    <w:rsid w:val="00737ED0"/>
     <w:rsid w:val="00740272"/>
     <w:rsid w:val="00740C64"/>
     <w:rsid w:val="007422FA"/>
     <w:rsid w:val="00742950"/>
+    <w:rsid w:val="007435D6"/>
+    <w:rsid w:val="0074479E"/>
+    <w:rsid w:val="00746A33"/>
     <w:rsid w:val="00746E5C"/>
     <w:rsid w:val="00746F8F"/>
     <w:rsid w:val="00754382"/>
     <w:rsid w:val="0075548F"/>
     <w:rsid w:val="0075697C"/>
     <w:rsid w:val="0075792A"/>
+    <w:rsid w:val="00764F1C"/>
     <w:rsid w:val="00770140"/>
     <w:rsid w:val="00772571"/>
     <w:rsid w:val="00772CA1"/>
     <w:rsid w:val="00772E47"/>
     <w:rsid w:val="007765DD"/>
     <w:rsid w:val="00776729"/>
     <w:rsid w:val="00777B7A"/>
     <w:rsid w:val="00780FCC"/>
     <w:rsid w:val="0078313D"/>
     <w:rsid w:val="00790CEC"/>
     <w:rsid w:val="0079433B"/>
     <w:rsid w:val="00795C10"/>
     <w:rsid w:val="00796754"/>
     <w:rsid w:val="00797844"/>
     <w:rsid w:val="007A087B"/>
     <w:rsid w:val="007A1D91"/>
+    <w:rsid w:val="007A2BE1"/>
     <w:rsid w:val="007A58CD"/>
     <w:rsid w:val="007A6235"/>
     <w:rsid w:val="007B12E7"/>
     <w:rsid w:val="007B22F2"/>
     <w:rsid w:val="007B2458"/>
     <w:rsid w:val="007C42A8"/>
     <w:rsid w:val="007C546F"/>
     <w:rsid w:val="007C64FB"/>
     <w:rsid w:val="007D0A95"/>
     <w:rsid w:val="007D1678"/>
     <w:rsid w:val="007D675B"/>
     <w:rsid w:val="007D6E7F"/>
+    <w:rsid w:val="007E146E"/>
     <w:rsid w:val="007E4E6F"/>
     <w:rsid w:val="007E607C"/>
     <w:rsid w:val="007E61A9"/>
     <w:rsid w:val="007E7F74"/>
     <w:rsid w:val="007F033E"/>
     <w:rsid w:val="007F68EF"/>
     <w:rsid w:val="008014A9"/>
     <w:rsid w:val="00802B07"/>
+    <w:rsid w:val="00807319"/>
+    <w:rsid w:val="00822F26"/>
     <w:rsid w:val="00822F77"/>
     <w:rsid w:val="00824ADF"/>
     <w:rsid w:val="00824C63"/>
     <w:rsid w:val="008254E9"/>
     <w:rsid w:val="00830E62"/>
     <w:rsid w:val="008313E5"/>
     <w:rsid w:val="00831E9C"/>
     <w:rsid w:val="00833036"/>
     <w:rsid w:val="00834456"/>
+    <w:rsid w:val="0084271A"/>
     <w:rsid w:val="00842AC8"/>
     <w:rsid w:val="00846596"/>
     <w:rsid w:val="00857DE8"/>
     <w:rsid w:val="00863F26"/>
     <w:rsid w:val="00873BB8"/>
     <w:rsid w:val="00873CB5"/>
+    <w:rsid w:val="00882257"/>
     <w:rsid w:val="00883D47"/>
     <w:rsid w:val="008857DD"/>
     <w:rsid w:val="00886C97"/>
     <w:rsid w:val="00891FD6"/>
     <w:rsid w:val="008944CB"/>
     <w:rsid w:val="008968FB"/>
     <w:rsid w:val="00897CF7"/>
     <w:rsid w:val="008A3741"/>
     <w:rsid w:val="008A48E7"/>
     <w:rsid w:val="008A67F6"/>
     <w:rsid w:val="008B02EE"/>
     <w:rsid w:val="008B2E59"/>
     <w:rsid w:val="008B3F3D"/>
     <w:rsid w:val="008B4DC3"/>
     <w:rsid w:val="008B7827"/>
     <w:rsid w:val="008C04C0"/>
     <w:rsid w:val="008C0920"/>
     <w:rsid w:val="008C1287"/>
     <w:rsid w:val="008C3FDB"/>
+    <w:rsid w:val="008C412E"/>
+    <w:rsid w:val="008D27C8"/>
     <w:rsid w:val="008D7F12"/>
     <w:rsid w:val="008E4B42"/>
+    <w:rsid w:val="008F1A47"/>
     <w:rsid w:val="00903573"/>
     <w:rsid w:val="009048D4"/>
+    <w:rsid w:val="00907F84"/>
     <w:rsid w:val="009142CB"/>
     <w:rsid w:val="00921666"/>
     <w:rsid w:val="00923B09"/>
     <w:rsid w:val="009242A9"/>
     <w:rsid w:val="009300BF"/>
     <w:rsid w:val="009338B9"/>
     <w:rsid w:val="009426C8"/>
     <w:rsid w:val="00955639"/>
     <w:rsid w:val="00956DE9"/>
     <w:rsid w:val="00957DD0"/>
     <w:rsid w:val="0096077E"/>
     <w:rsid w:val="00970715"/>
     <w:rsid w:val="009728FF"/>
     <w:rsid w:val="00973D4A"/>
     <w:rsid w:val="00976143"/>
     <w:rsid w:val="00980A6C"/>
     <w:rsid w:val="00980DC7"/>
     <w:rsid w:val="00981DE8"/>
     <w:rsid w:val="00991979"/>
     <w:rsid w:val="009924ED"/>
     <w:rsid w:val="00995223"/>
     <w:rsid w:val="009A2983"/>
     <w:rsid w:val="009B00D6"/>
     <w:rsid w:val="009B1DDE"/>
     <w:rsid w:val="009B2759"/>
     <w:rsid w:val="009B53CC"/>
     <w:rsid w:val="009B5A95"/>
     <w:rsid w:val="009B7D5F"/>
     <w:rsid w:val="009C0B9C"/>
     <w:rsid w:val="009C0F7C"/>
     <w:rsid w:val="009C1BFE"/>
     <w:rsid w:val="009C6423"/>
     <w:rsid w:val="009D6BA1"/>
     <w:rsid w:val="009D75C6"/>
     <w:rsid w:val="009E0551"/>
     <w:rsid w:val="009E5683"/>
     <w:rsid w:val="009F6880"/>
+    <w:rsid w:val="00A01641"/>
     <w:rsid w:val="00A032CD"/>
     <w:rsid w:val="00A0663D"/>
     <w:rsid w:val="00A07AA8"/>
     <w:rsid w:val="00A11B91"/>
+    <w:rsid w:val="00A11D2D"/>
     <w:rsid w:val="00A12CB8"/>
     <w:rsid w:val="00A13C61"/>
     <w:rsid w:val="00A16273"/>
     <w:rsid w:val="00A169B5"/>
     <w:rsid w:val="00A22564"/>
     <w:rsid w:val="00A2669A"/>
     <w:rsid w:val="00A26A36"/>
     <w:rsid w:val="00A30B44"/>
     <w:rsid w:val="00A31D11"/>
     <w:rsid w:val="00A423F4"/>
     <w:rsid w:val="00A4477C"/>
     <w:rsid w:val="00A45100"/>
     <w:rsid w:val="00A45F6B"/>
     <w:rsid w:val="00A45F9E"/>
     <w:rsid w:val="00A50321"/>
     <w:rsid w:val="00A50A8C"/>
     <w:rsid w:val="00A51E9F"/>
     <w:rsid w:val="00A52138"/>
     <w:rsid w:val="00A52C55"/>
     <w:rsid w:val="00A57096"/>
     <w:rsid w:val="00A726A5"/>
     <w:rsid w:val="00A73E9E"/>
     <w:rsid w:val="00A73FBA"/>
     <w:rsid w:val="00A76352"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A76F0B"/>
     <w:rsid w:val="00A81D67"/>
     <w:rsid w:val="00A8381C"/>
     <w:rsid w:val="00A85B52"/>
     <w:rsid w:val="00A90460"/>
     <w:rsid w:val="00A9364E"/>
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95A1A"/>
     <w:rsid w:val="00A9644F"/>
     <w:rsid w:val="00A969A2"/>
     <w:rsid w:val="00AA59C4"/>
     <w:rsid w:val="00AB03BE"/>
+    <w:rsid w:val="00AB0E9F"/>
     <w:rsid w:val="00AB159E"/>
+    <w:rsid w:val="00AC1475"/>
     <w:rsid w:val="00AC3603"/>
+    <w:rsid w:val="00AC4288"/>
+    <w:rsid w:val="00AC436B"/>
     <w:rsid w:val="00AC43AC"/>
     <w:rsid w:val="00AC43DF"/>
     <w:rsid w:val="00AC5886"/>
     <w:rsid w:val="00AD1CFA"/>
     <w:rsid w:val="00AD578F"/>
     <w:rsid w:val="00AD731D"/>
     <w:rsid w:val="00AE0CFD"/>
     <w:rsid w:val="00AE2A76"/>
     <w:rsid w:val="00AE2C68"/>
     <w:rsid w:val="00AE5703"/>
+    <w:rsid w:val="00AF4AA4"/>
     <w:rsid w:val="00AF634C"/>
     <w:rsid w:val="00B00606"/>
     <w:rsid w:val="00B018B3"/>
     <w:rsid w:val="00B0240A"/>
     <w:rsid w:val="00B11EE0"/>
     <w:rsid w:val="00B1254C"/>
     <w:rsid w:val="00B14999"/>
     <w:rsid w:val="00B15000"/>
     <w:rsid w:val="00B17E74"/>
     <w:rsid w:val="00B2281D"/>
     <w:rsid w:val="00B244ED"/>
     <w:rsid w:val="00B24FBF"/>
     <w:rsid w:val="00B2735D"/>
     <w:rsid w:val="00B33281"/>
     <w:rsid w:val="00B448E6"/>
     <w:rsid w:val="00B515FE"/>
     <w:rsid w:val="00B53838"/>
     <w:rsid w:val="00B54B8B"/>
     <w:rsid w:val="00B55A78"/>
     <w:rsid w:val="00B62471"/>
     <w:rsid w:val="00B6458C"/>
     <w:rsid w:val="00B64E41"/>
     <w:rsid w:val="00B675A0"/>
     <w:rsid w:val="00B67C5A"/>
     <w:rsid w:val="00B75A12"/>
     <w:rsid w:val="00B75A27"/>
     <w:rsid w:val="00B91506"/>
     <w:rsid w:val="00B938AB"/>
     <w:rsid w:val="00B97760"/>
+    <w:rsid w:val="00B97FF4"/>
     <w:rsid w:val="00BA45FC"/>
     <w:rsid w:val="00BA4CB1"/>
     <w:rsid w:val="00BA74C8"/>
     <w:rsid w:val="00BA7663"/>
     <w:rsid w:val="00BB3E88"/>
+    <w:rsid w:val="00BB4928"/>
     <w:rsid w:val="00BD4DA6"/>
     <w:rsid w:val="00BD4F87"/>
+    <w:rsid w:val="00BD4FF8"/>
     <w:rsid w:val="00BD63AD"/>
     <w:rsid w:val="00BE6CC5"/>
     <w:rsid w:val="00BF669C"/>
     <w:rsid w:val="00BF79E7"/>
     <w:rsid w:val="00BF7CC9"/>
     <w:rsid w:val="00C0064F"/>
     <w:rsid w:val="00C022AC"/>
     <w:rsid w:val="00C03AE8"/>
     <w:rsid w:val="00C04014"/>
     <w:rsid w:val="00C05396"/>
     <w:rsid w:val="00C05AD2"/>
     <w:rsid w:val="00C163C3"/>
     <w:rsid w:val="00C16870"/>
     <w:rsid w:val="00C2004F"/>
     <w:rsid w:val="00C232B0"/>
     <w:rsid w:val="00C25C36"/>
     <w:rsid w:val="00C278BE"/>
     <w:rsid w:val="00C30A9D"/>
     <w:rsid w:val="00C33023"/>
     <w:rsid w:val="00C331C7"/>
     <w:rsid w:val="00C33CD4"/>
     <w:rsid w:val="00C34FB6"/>
     <w:rsid w:val="00C35718"/>
     <w:rsid w:val="00C36E89"/>
     <w:rsid w:val="00C4126C"/>
@@ -24282,185 +24875,212 @@
     <w:rsid w:val="00C573D6"/>
     <w:rsid w:val="00C6463E"/>
     <w:rsid w:val="00C666DF"/>
     <w:rsid w:val="00C66ADA"/>
     <w:rsid w:val="00C674A3"/>
     <w:rsid w:val="00C67ACD"/>
     <w:rsid w:val="00C71C0D"/>
     <w:rsid w:val="00C72B4E"/>
     <w:rsid w:val="00C744BD"/>
     <w:rsid w:val="00C75E04"/>
     <w:rsid w:val="00C84B83"/>
     <w:rsid w:val="00C87FA4"/>
     <w:rsid w:val="00C90947"/>
     <w:rsid w:val="00C92378"/>
     <w:rsid w:val="00C95193"/>
     <w:rsid w:val="00CA296F"/>
     <w:rsid w:val="00CA3573"/>
     <w:rsid w:val="00CA407A"/>
     <w:rsid w:val="00CA7345"/>
     <w:rsid w:val="00CB078B"/>
     <w:rsid w:val="00CB0A41"/>
     <w:rsid w:val="00CB4770"/>
     <w:rsid w:val="00CB47FD"/>
     <w:rsid w:val="00CC1C8C"/>
     <w:rsid w:val="00CC59BB"/>
+    <w:rsid w:val="00CC7BAB"/>
+    <w:rsid w:val="00CD290C"/>
     <w:rsid w:val="00CD2D22"/>
     <w:rsid w:val="00CD4C67"/>
+    <w:rsid w:val="00CD5ED2"/>
     <w:rsid w:val="00CE39DC"/>
+    <w:rsid w:val="00CE58E8"/>
     <w:rsid w:val="00CF1770"/>
     <w:rsid w:val="00CF6A1E"/>
     <w:rsid w:val="00D03163"/>
     <w:rsid w:val="00D040CA"/>
     <w:rsid w:val="00D04CFD"/>
+    <w:rsid w:val="00D06333"/>
     <w:rsid w:val="00D06443"/>
     <w:rsid w:val="00D11CE3"/>
     <w:rsid w:val="00D150A4"/>
     <w:rsid w:val="00D2248C"/>
+    <w:rsid w:val="00D22C73"/>
     <w:rsid w:val="00D339DE"/>
     <w:rsid w:val="00D36A80"/>
     <w:rsid w:val="00D37AC8"/>
     <w:rsid w:val="00D50593"/>
     <w:rsid w:val="00D67DC7"/>
     <w:rsid w:val="00D777FB"/>
     <w:rsid w:val="00D77A5D"/>
     <w:rsid w:val="00D827D3"/>
     <w:rsid w:val="00D861AD"/>
     <w:rsid w:val="00D90EAB"/>
     <w:rsid w:val="00D92B7F"/>
     <w:rsid w:val="00DA21A2"/>
     <w:rsid w:val="00DA2265"/>
     <w:rsid w:val="00DA331C"/>
     <w:rsid w:val="00DA4A02"/>
+    <w:rsid w:val="00DA70BF"/>
     <w:rsid w:val="00DB0C25"/>
     <w:rsid w:val="00DB617C"/>
     <w:rsid w:val="00DC00DC"/>
     <w:rsid w:val="00DC3BCD"/>
     <w:rsid w:val="00DC4118"/>
     <w:rsid w:val="00DD0DA1"/>
     <w:rsid w:val="00DD6B91"/>
     <w:rsid w:val="00DE1CED"/>
+    <w:rsid w:val="00DE4EDF"/>
     <w:rsid w:val="00DE5986"/>
     <w:rsid w:val="00DE662D"/>
     <w:rsid w:val="00DF3620"/>
     <w:rsid w:val="00DF4A32"/>
     <w:rsid w:val="00E04885"/>
     <w:rsid w:val="00E05330"/>
     <w:rsid w:val="00E10BC3"/>
     <w:rsid w:val="00E11317"/>
     <w:rsid w:val="00E219A5"/>
     <w:rsid w:val="00E25EBC"/>
+    <w:rsid w:val="00E26147"/>
     <w:rsid w:val="00E2636D"/>
     <w:rsid w:val="00E26555"/>
     <w:rsid w:val="00E26AD4"/>
     <w:rsid w:val="00E32229"/>
     <w:rsid w:val="00E324EF"/>
     <w:rsid w:val="00E35DE6"/>
     <w:rsid w:val="00E3615C"/>
     <w:rsid w:val="00E37280"/>
     <w:rsid w:val="00E408A0"/>
     <w:rsid w:val="00E4142B"/>
     <w:rsid w:val="00E41884"/>
     <w:rsid w:val="00E426F2"/>
     <w:rsid w:val="00E42D78"/>
     <w:rsid w:val="00E432C2"/>
     <w:rsid w:val="00E45609"/>
     <w:rsid w:val="00E46D53"/>
+    <w:rsid w:val="00E473DD"/>
+    <w:rsid w:val="00E5116E"/>
     <w:rsid w:val="00E51E21"/>
     <w:rsid w:val="00E52B87"/>
     <w:rsid w:val="00E638FD"/>
     <w:rsid w:val="00E63B12"/>
     <w:rsid w:val="00E65FE2"/>
     <w:rsid w:val="00E67634"/>
     <w:rsid w:val="00E70AAC"/>
     <w:rsid w:val="00E85999"/>
+    <w:rsid w:val="00E87EB3"/>
+    <w:rsid w:val="00E94533"/>
     <w:rsid w:val="00E945F3"/>
     <w:rsid w:val="00EA09DB"/>
     <w:rsid w:val="00EA3C1F"/>
     <w:rsid w:val="00EA3E64"/>
     <w:rsid w:val="00EA792B"/>
     <w:rsid w:val="00EB1D8F"/>
     <w:rsid w:val="00EB241C"/>
     <w:rsid w:val="00EB31CE"/>
     <w:rsid w:val="00EB3362"/>
+    <w:rsid w:val="00EB5BA1"/>
     <w:rsid w:val="00EB7432"/>
     <w:rsid w:val="00EC43CC"/>
+    <w:rsid w:val="00EC461B"/>
     <w:rsid w:val="00EC5579"/>
+    <w:rsid w:val="00EC77D9"/>
     <w:rsid w:val="00ED2DE3"/>
     <w:rsid w:val="00EE0224"/>
     <w:rsid w:val="00EE13CD"/>
     <w:rsid w:val="00EE1415"/>
     <w:rsid w:val="00EE304C"/>
     <w:rsid w:val="00EE40E1"/>
     <w:rsid w:val="00EE4A7F"/>
+    <w:rsid w:val="00EF06C5"/>
     <w:rsid w:val="00EF4AC5"/>
     <w:rsid w:val="00EF5002"/>
     <w:rsid w:val="00EF5B16"/>
     <w:rsid w:val="00F00FEE"/>
     <w:rsid w:val="00F03B50"/>
     <w:rsid w:val="00F076B4"/>
+    <w:rsid w:val="00F11EAB"/>
     <w:rsid w:val="00F12B41"/>
     <w:rsid w:val="00F2269D"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F252B2"/>
+    <w:rsid w:val="00F26B43"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27F76"/>
     <w:rsid w:val="00F300AA"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F35BF2"/>
     <w:rsid w:val="00F37FD9"/>
     <w:rsid w:val="00F4192E"/>
+    <w:rsid w:val="00F41C8E"/>
     <w:rsid w:val="00F441BB"/>
     <w:rsid w:val="00F526AB"/>
     <w:rsid w:val="00F53DD8"/>
     <w:rsid w:val="00F54325"/>
     <w:rsid w:val="00F54598"/>
     <w:rsid w:val="00F56E58"/>
+    <w:rsid w:val="00F57AA6"/>
     <w:rsid w:val="00F63901"/>
     <w:rsid w:val="00F6503C"/>
     <w:rsid w:val="00F70EB3"/>
     <w:rsid w:val="00F728B2"/>
     <w:rsid w:val="00F809F5"/>
     <w:rsid w:val="00F82648"/>
     <w:rsid w:val="00F8657E"/>
     <w:rsid w:val="00F86A05"/>
+    <w:rsid w:val="00F91A1B"/>
+    <w:rsid w:val="00F95D84"/>
     <w:rsid w:val="00FA38BA"/>
+    <w:rsid w:val="00FA4368"/>
     <w:rsid w:val="00FA7A52"/>
     <w:rsid w:val="00FB2B05"/>
     <w:rsid w:val="00FB49B4"/>
     <w:rsid w:val="00FB6599"/>
     <w:rsid w:val="00FC185A"/>
     <w:rsid w:val="00FC29F6"/>
     <w:rsid w:val="00FC3ADC"/>
     <w:rsid w:val="00FC4545"/>
     <w:rsid w:val="00FC6008"/>
     <w:rsid w:val="00FC6C89"/>
     <w:rsid w:val="00FC721B"/>
+    <w:rsid w:val="00FC743B"/>
     <w:rsid w:val="00FD0023"/>
     <w:rsid w:val="00FD099B"/>
+    <w:rsid w:val="00FD48E0"/>
     <w:rsid w:val="00FD6FD7"/>
     <w:rsid w:val="00FD7E21"/>
+    <w:rsid w:val="00FE3868"/>
     <w:rsid w:val="00FF055E"/>
     <w:rsid w:val="00FF297E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -25590,51 +26210,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2084256345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncbi.nlm.nih.gov/books/NBK53595/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/clinicaltrials_fdaaa/docs/flow_chart-act_only.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cu-boulder-crdds.github.io/nih_dmsp_primer/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/biosketch.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/SelectAgentsandToxinsExclusions.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cu-boulder-crdds.github.io/nih_dmsp_primer/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/SelectAgentsandToxinsExclusions.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/clinicaltrials_fdaaa/docs/flow_chart-act_only.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/126" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\amho8416\AppData\Roaming\Microsoft\Templates\New%20company%20setup%20checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -26131,75 +26751,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2448A74-D900-4089-8435-B1880F3E0313}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>3137</Words>
-  <Characters>26345</Characters>
+  <Words>3285</Words>
+  <Characters>27277</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>219</Lines>
-  <Paragraphs>58</Paragraphs>
+  <Lines>757</Lines>
+  <Paragraphs>555</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29424</CharactersWithSpaces>
+  <CharactersWithSpaces>30007</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>