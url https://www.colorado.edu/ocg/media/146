--- v1 (2026-01-25)
+++ v2 (2026-02-15)
@@ -34,51 +34,51 @@
   <w:body>
     <w:p w14:paraId="3E80F4E4" w14:textId="56579886" w:rsidR="00CA296F" w:rsidRPr="00C022AC" w:rsidRDefault="003742D8" w:rsidP="000D6B2D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:ind w:right="-86" w:firstLine="2966"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="7F8CA5E7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="665E3EC8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-31750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-44450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -408,51 +408,50 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve">GENERAL INFORMATION </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3103" w:rsidRPr="00C022AC" w14:paraId="30AB04DC" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="476348020"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6C896FF5" w14:textId="77777777" w:rsidR="006A3103" w:rsidRPr="00C022AC" w:rsidRDefault="006A3103" w:rsidP="009F6880">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -477,51 +476,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>11 points or larger. Recommended: black font, using Arial, Georgia, Helvetica, or Palatino Linotype</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-255826869"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5D68A227" w14:textId="15D53620" w:rsidR="006A3103" w:rsidRPr="00C022AC" w:rsidRDefault="008B02EE" w:rsidP="009F6880">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
@@ -546,51 +544,50 @@
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Smaller text in figures/graphs/diagrams/charts allowed but must be legible </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="18858E34" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1661737914"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2BE6332E" w14:textId="77777777" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -622,51 +619,50 @@
             </w:r>
             <w:r w:rsidR="00776729" w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>; letter sized paper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="833576200"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5668B518" w14:textId="28D1311E" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -690,51 +686,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No headers or footers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1307008566"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="09F83E20" w14:textId="4CABE45F" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="008B02EE" w:rsidP="008B02EE">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -777,51 +772,50 @@
             <w:r w:rsidR="006F4C35" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>must flatten all PDFs with signatures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1693753653"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="451" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="743321FB" w14:textId="3159E648" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -869,51 +863,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Biosketch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="13F2AAE9" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2080893018"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="56AD16FD" w14:textId="4C5D1F37" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00284A02" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -954,51 +947,50 @@
             <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:br/>
               <w:t>Doc names 50 characters or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-629323059"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="47856ADA" w14:textId="018DCDBC" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:color w:val="auto"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1075,51 +1067,50 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F2DE0" w:rsidRPr="00C022AC" w14:paraId="3244462C" w14:textId="77777777" w:rsidTr="000E0C30">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="1460065401"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="25D418D0" w14:textId="5F9483B9" w:rsidR="001F2DE0" w:rsidRPr="00C022AC" w:rsidRDefault="00284A02" w:rsidP="00284A02">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000E0C30">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1189,51 +1180,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> number). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="11597DFE" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="262964267"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="04EE272C" w14:textId="41591F7A" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1263,51 +1253,50 @@
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PILastName_DocumentTitle.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="358472205"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2FF6BDE5" w14:textId="51559539" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00DC3BCD" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1390,51 +1379,50 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00BF669C" w14:paraId="6EA2A818" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="1844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="376" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1462563231"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="16A2AD07" w14:textId="50C72DEB" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="008B02EE" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8173" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -1570,74 +1558,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>•</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Human Fetal Tissue (</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">HFT)  </w:t>
+              <w:t xml:space="preserve">Human Fetal Tissue (HFT)  </w:t>
             </w:r>
             <w:r w:rsidR="00E45609" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">       </w:t>
+              <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>•</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00310423" w:rsidRPr="0002357A">
               <w:rPr>
@@ -2002,51 +1974,50 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Optional) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="14391221" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2065821019"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="55D8F859" w14:textId="28DBCDC9" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -2253,51 +2224,50 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="7B0E34C8" w14:textId="77777777" w:rsidTr="00AF4AA4">
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="1406421093"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="202CC822" w14:textId="7529FBBB" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -2411,51 +2381,50 @@
                 </w:rPr>
                 <w:t>Application Guide’s HFT Section</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="7907DF92" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="674"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-1912689211"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="62744B07" w14:textId="604986B2" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2492,67 +2461,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Required if applicable): </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06A15EF4" w14:textId="5E5BF46A" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="432"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provide a signed letter (from PI), </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> the HFT donating organization adheres to the requirements of the informed consent process and documenti</w:t>
+              <w:t>Provide a signed letter (from PI), assuring the HFT donating organization adheres to the requirements of the informed consent process and documenti</w:t>
             </w:r>
             <w:r w:rsidR="00D040CA" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ng that HFT was not obtained/</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>acquired for valuable consideration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3149" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="041B7159" w14:textId="77777777" w:rsidR="00C0064F" w:rsidRPr="0002357A" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
@@ -2599,51 +2552,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HFTComplianceAssurance.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="6DA246CF" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-8295456"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2E783EB6" w14:textId="7101AB34" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2816,51 +2768,50 @@
         <w:gridCol w:w="3335"/>
         <w:gridCol w:w="2516"/>
       </w:tblGrid>
       <w:tr w:rsidR="004A7BE2" w:rsidRPr="00BF669C" w14:paraId="69EB7199" w14:textId="77777777" w:rsidTr="00DE4EDF">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="1426228357"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1346AB85" w14:textId="243C2FD7" w:rsidR="004A7BE2" w:rsidRDefault="004A7BE2" w:rsidP="004A7BE2">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
@@ -2924,72 +2875,71 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (OSC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A7BE2" w:rsidRPr="00BF669C" w14:paraId="2AAE5874" w14:textId="77777777" w:rsidTr="00056BFD">
         <w:trPr>
           <w:trHeight w:val="728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="459C0629" w14:textId="5B78CB96" w:rsidR="004A7BE2" w:rsidRPr="00C022AC" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
+          <w:p w14:paraId="459C0629" w14:textId="5B78CB96" w:rsidR="004A7BE2" w:rsidRPr="00C022AC" w:rsidRDefault="00000000" w:rsidP="00A57096">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1149178058"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8036" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0301D6C9" w14:textId="09ABBF37" w:rsidR="003B7B28" w:rsidRPr="00527BA0" w:rsidRDefault="004A7BE2" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
@@ -3247,220 +3197,475 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SKPSurname_Biosketch.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007435D6" w:rsidRPr="00BF669C" w14:paraId="4E7A087D" w14:textId="77777777" w:rsidTr="000E0C30">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18D6581D" w14:textId="176495E7" w:rsidR="007435D6" w:rsidRPr="00056BFD" w:rsidRDefault="007435D6" w:rsidP="00A57096">
+          <w:p w14:paraId="18D6581D" w14:textId="7F832489" w:rsidR="007435D6" w:rsidRPr="00056BFD" w:rsidRDefault="007435D6" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Biosketch</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE4525" w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidR="00EE4525" w:rsidRPr="00890BED">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Instructions Here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00EE4525" w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6211" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5425F021" w14:textId="05EB743E" w:rsidR="007435D6" w:rsidRPr="00056BFD" w:rsidRDefault="007435D6" w:rsidP="00A57096">
+          <w:p w14:paraId="5425F021" w14:textId="3B7CB442" w:rsidR="007435D6" w:rsidRPr="00056BFD" w:rsidRDefault="007435D6" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Biosketch Supplement</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE4525" w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidR="00EE4525" w:rsidRPr="00890BED">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Instructions Here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00EE4525" w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00087AB1" w:rsidRPr="00BF669C" w14:paraId="391E7EF5" w14:textId="77777777" w:rsidTr="001F1C1F">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19380382" w14:textId="3EAE34BF" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00CC7BAB">
+          <w:p w14:paraId="19380382" w14:textId="3EAE34BF" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00CC7BAB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-782807868"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00087AB1" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="221FCD95" w14:textId="299A4C09" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
+          <w:p w14:paraId="221FCD95" w14:textId="03CB3174" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00056BFD">
+            <w:r w:rsidRPr="006D5699">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Identifying Information, Organization and Location.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00056BFD">
+            <w:r w:rsidRPr="006D5699">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> Must have name, ORCID ID, Position Title.</w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Must have </w:t>
+            </w:r>
+            <w:r w:rsidR="00885881">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">your </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00885881">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>name</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00885881">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ORCID ID</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00885881">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Position Title</w:t>
+            </w:r>
+            <w:r w:rsidR="006F11FE" w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006F11FE" w:rsidRPr="00885881">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Org &amp; Location</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00384D5C" w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ORCID ID must be linked to your NIH eRA Commons account</w:t>
+            </w:r>
+            <w:r w:rsidR="00D43B7C" w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; MyNCBI/SciENcv account</w:t>
+            </w:r>
+            <w:r w:rsidR="006F11FE" w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="009107D3" w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and your NIH eRA Commons account must be linked to MyNCBI/SciENcv</w:t>
+            </w:r>
+            <w:r w:rsidR="00384D5C" w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5699" w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Your eRA Commons ID will </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5699" w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">not </w:t>
+            </w:r>
+            <w:r w:rsidR="006D5699" w:rsidRPr="006D5699">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>display on Biosketch.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00087AB1" w:rsidRPr="00BF669C" w14:paraId="25D45321" w14:textId="77777777" w:rsidTr="000E0C30">
         <w:trPr>
           <w:trHeight w:val="728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF77801" w14:textId="3854EB7F" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+          <w:p w14:paraId="7FF77801" w14:textId="3854EB7F" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1041126973"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F1A47" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C3AB9C" w14:textId="17B918D8" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -3496,76 +3701,75 @@
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>reverse chronological order</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> by start date. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF762E6" w14:textId="083B20CE" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+          <w:p w14:paraId="2FF762E6" w14:textId="083B20CE" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1340229872"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00087AB1" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="149B5338" w14:textId="7615BCE5" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
@@ -3606,72 +3810,71 @@
               <w:t>3,500-character</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> limit. Briefly describe why you are well-suited for your role/s in this project. May detail ongoing/completed research projects from past 3 years. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4EDF" w:rsidRPr="00BF669C" w14:paraId="79584D35" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F661337" w14:textId="1CA570E7" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+          <w:p w14:paraId="5F661337" w14:textId="1CA570E7" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-125857949"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69FC08EF" w14:textId="4DB780CC" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
@@ -3708,77 +3911,76 @@
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>reverse chronological order</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> by start date. Appointments outside of the primary org must be identified for a period of up to 3 years from date of proposal submission. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13AA90A5" w14:textId="070D1397" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+          <w:p w14:paraId="13AA90A5" w14:textId="070D1397" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1006433082"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04EFA9F8" w14:textId="7288196E" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -3853,75 +4055,74 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0780D9F7" w14:textId="77777777" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="753698DE" w14:textId="2DF11909" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+          <w:p w14:paraId="753698DE" w14:textId="2DF11909" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="188803471"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A936912" w14:textId="4D4FF742" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
@@ -4047,72 +4248,71 @@
               </w:rPr>
               <w:t xml:space="preserve"> in the NIH Biosketch Supplement.</w:t>
             </w:r>
             <w:r w:rsidR="00290BA9" w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Descriptions of contributions may mention research products under-development such as not-accepted manuscripts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4EDF" w:rsidRPr="00BF669C" w14:paraId="016A51F8" w14:textId="77777777" w:rsidTr="00DE4EDF">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB01D17" w14:textId="730445BA" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="00087AB1">
+          <w:p w14:paraId="4AB01D17" w14:textId="730445BA" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-559545746"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6158DFAF" w14:textId="49C0194C" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -4221,72 +4421,71 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32C9C3D3" w14:textId="4518F102" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00526DFE" w:rsidRPr="00BF669C" w14:paraId="241D3C53" w14:textId="77777777" w:rsidTr="000E0C30">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F80A56C" w14:textId="62C9C914" w:rsidR="00526DFE" w:rsidRPr="00056BFD" w:rsidRDefault="00290BA9" w:rsidP="001C03E8">
+          <w:p w14:paraId="6F80A56C" w14:textId="62C9C914" w:rsidR="00526DFE" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="001C03E8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="794256702"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00526DFE" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E5B6ACE" w14:textId="4568D9EA" w:rsidR="00526DFE" w:rsidRPr="00056BFD" w:rsidRDefault="00526DFE" w:rsidP="001C03E8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
@@ -4321,73 +4520,51 @@
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each Senior/Key Person</w:t>
             </w:r>
             <w:r w:rsidR="004F6F64">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and OSC</w:t>
             </w:r>
             <w:r w:rsidR="001F1C1F" w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> required to complete the following certifications in their Bio: </w:t>
+              <w:t xml:space="preserve"> is required to complete the following certifications in their Bio: </w:t>
             </w:r>
             <w:r w:rsidR="00735470" w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Information is Current, Accurate, and Complete; Not a party to malign foreign talent recruitment program</w:t>
             </w:r>
             <w:r w:rsidR="00AF4AA4" w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidR="00735470" w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
@@ -4473,112 +4650,112 @@
               </w:rPr>
               <w:t xml:space="preserve">Other Support is </w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> required for NIH proposal submissions and will be requested at the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Just-in-Time (JIT) phase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Detailed Other Support Instructions and Format page are found here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="001C133B" w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other Support must be created in </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidR="001C133B" w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>SciENcv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001C133B" w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -4621,81 +4798,80 @@
         <w:gridCol w:w="120"/>
         <w:gridCol w:w="7995"/>
         <w:gridCol w:w="1964"/>
       </w:tblGrid>
       <w:tr w:rsidR="00490273" w:rsidRPr="00BF669C" w14:paraId="5C52A583" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="195E93A3" w14:textId="3D05103E" w:rsidR="00490273" w:rsidRPr="00C022AC" w:rsidRDefault="00490273" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>OTHER PROJECT INFORMATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3A9F2044" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1700694108"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="05B4F908" w14:textId="1F8A2AA8" w:rsidR="001F5E52" w:rsidRPr="00614384" w:rsidRDefault="001F5E52" w:rsidP="002753A8">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4812,51 +4988,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_Summary.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3C58D808" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1397246297"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="71D881D6" w14:textId="59C412B8" w:rsidR="001F5E52" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4968,51 +5143,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Narrative.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="47B60F48" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1970706595"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1F0DA6B3" w14:textId="37BF444D" w:rsidR="001F5E52" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5063,123 +5237,107 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Required):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26AB2599" w14:textId="0235D8BD" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="00E04885">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">No page </w:t>
-[...7 lines deleted...]
-              <w:t>limit</w:t>
+              <w:t>No page limit</w:t>
             </w:r>
             <w:r w:rsidR="00E04885" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>URLs allowed</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C0F133" w14:textId="7F77BCC6" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F7848">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommend including </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidR="004D3FE8" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PMCIDs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004D3FE8" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">’ for all pubs listed in bio authored/co-authored by applicant and fall under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidR="004D3FE8" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Public Access Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F21901" w14:textId="727A6C21" w:rsidR="001F5E52" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -5225,51 +5383,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>References.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="47ABE56A" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="523524117"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5B04F702" w14:textId="46570C8A" w:rsidR="001F5E52" w:rsidRPr="00614384" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -5359,51 +5516,51 @@
             </w:r>
             <w:r w:rsidR="00E04885" w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>any biohazards facilities</w:t>
             </w:r>
             <w:r w:rsidR="002120E0" w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; May use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidR="002120E0" w:rsidRPr="00746A33">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OCG </w:t>
               </w:r>
               <w:r w:rsidR="00E70AAC" w:rsidRPr="00746A33">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facilities </w:t>
               </w:r>
               <w:r w:rsidR="002120E0" w:rsidRPr="00746A33">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
@@ -5468,51 +5625,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facilities.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="54962D05" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1811859728"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4294EDDD" w14:textId="61C702D4" w:rsidR="001F5E52" w:rsidRPr="00614384" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -5591,67 +5747,57 @@
             </w:r>
             <w:r w:rsidR="00FC3ADC" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">page </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>limit</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00FC3ADC" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>List</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> major items of equipment already available for this project</w:t>
+              <w:t>List major items of equipment already available for this project</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6675FF4A" w14:textId="1BBDB17F" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="00FC3ADC" w:rsidP="001F7848">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="001F5E52" w:rsidRPr="0002357A">
@@ -5671,69 +5817,51 @@
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
             <w:r w:rsidR="001F5E52" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> equipment on project, </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>provide</w:t>
             </w:r>
             <w:r w:rsidR="001F5E52" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> doc </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> “No Equipment” (or similar)</w:t>
+              <w:t xml:space="preserve"> doc stating “No Equipment” (or similar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57CFA913" w14:textId="4895D4DC" w:rsidR="001F5E52" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
@@ -5774,51 +5902,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Equipment.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC3ADC" w:rsidRPr="00BF669C" w14:paraId="5AA40E9D" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-549463314"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3A2C5CEE" w14:textId="67FDCB52" w:rsidR="00FC3ADC" w:rsidRPr="00614384" w:rsidRDefault="004C2DB7" w:rsidP="002753A8">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -5929,93 +6056,92 @@
           </w:tcPr>
           <w:p w14:paraId="0C59E40A" w14:textId="7DEDABF5" w:rsidR="001F5E52" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="-1610656213"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="429" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2B514546" w14:textId="0FC546C9" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="00746A33" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="76"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56C73CFB" w14:textId="2F4B99DA" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:anchor="6" w:history="1">
+            <w:hyperlink r:id="rId34" w:anchor="6" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Foreign Justification</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00661C23" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00661C23" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -6380,51 +6506,51 @@
           </w:tcPr>
           <w:p w14:paraId="20C6E04C" w14:textId="3A9AC9B0" w:rsidR="001C6722" w:rsidRDefault="001C6722" w:rsidP="00052D54">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="376" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r w:rsidRPr="001C6722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH Cost Estimation Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for budgeting purposes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16AEA2AB" w14:textId="51E0310F" w:rsidR="00052D54" w:rsidRPr="00094CD1" w:rsidRDefault="00EE304C" w:rsidP="00052D54">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
@@ -6482,51 +6608,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If personnel </w:t>
             </w:r>
             <w:r w:rsidR="00012026">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>are</w:t>
             </w:r>
             <w:r w:rsidR="00012026" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">over salary cap, use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>current NIH salary cap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for budgeting. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5649A233" w14:textId="0C73DE24" w:rsidR="001C6722" w:rsidRDefault="00052D54" w:rsidP="001C6722">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
@@ -6613,61 +6739,59 @@
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If research </w:t>
             </w:r>
             <w:r w:rsidR="0048490C" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>includes</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> HFT, </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>must</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>use R&amp;R Detailed Budget and</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
@@ -6808,51 +6932,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; see DMS Justification requirements below</w:t>
             </w:r>
             <w:r w:rsidR="0036778C" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009B53CC" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more details on </w:t>
             </w:r>
             <w:r w:rsidR="009B53CC" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">DMS </w:t>
             </w:r>
             <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
@@ -6872,280 +6996,252 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE304C" w:rsidRPr="00BF669C" w14:paraId="066BEB8D" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22E6AC47" w14:textId="6E8B522D" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>R&amp;R DETAILED budget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> * </w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,001 or MORE Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00614384" w14:paraId="38994C1F" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="753825D5" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
+          <w:p w14:paraId="753825D5" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00000000" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-525785318"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE304C" w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="061063A1" w14:textId="2B56F2D4" w:rsidR="00EE304C" w:rsidRPr="0048490C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">Budget </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Budget Justification</w:t>
+            </w:r>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...7 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00661C23" w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00661C23" w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Required for R&amp;R Detailed Budget)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DCAC5B8" w14:textId="2D2A0252" w:rsidR="00EE304C" w:rsidRPr="00DF4A32" w:rsidRDefault="00EE304C" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="236" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidRPr="0048490C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG Budget Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for guidance </w:t>
             </w:r>
             <w:r w:rsidR="00B75A12" w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">on required </w:t>
-[...7 lines deleted...]
-              <w:t>statements</w:t>
+              <w:t>on required statements</w:t>
             </w:r>
             <w:r w:rsidR="00532106" w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="00532106" w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">including NIH </w:t>
             </w:r>
             <w:r w:rsidR="00973D4A" w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Data </w:t>
             </w:r>
             <w:r w:rsidR="00973D4A" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
@@ -7444,101 +7540,81 @@
             <w:r w:rsidR="002F016E" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00C531BE" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>he total DMS cost estimate must be specified</w:t>
             </w:r>
             <w:r w:rsidR="007D675B" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">; must iterate in if </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> DMSP Costs</w:t>
+              <w:t>; must iterate in if no DMSP Costs</w:t>
             </w:r>
             <w:r w:rsidR="00C531BE" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. PI must briefly explain personnel effort/costs associated with general cost categories</w:t>
             </w:r>
             <w:r w:rsidR="00ED2DE3" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00C531BE" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>curating data and developing supporting documentation, local data management activities, preserving and sharing data through established repositories, etc. S</w:t>
             </w:r>
             <w:r w:rsidR="00772E47" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ee </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidR="00772E47" w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00772E47" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for requirement</w:t>
             </w:r>
             <w:r w:rsidR="007D675B" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0267AC99" w14:textId="0A7D9308" w:rsidR="00AA59C4" w:rsidRPr="00AA59C4" w:rsidRDefault="00AA59C4" w:rsidP="002B041F">
@@ -7572,51 +7648,51 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Genomic Data Sharing Costs</w:t>
             </w:r>
             <w:r w:rsidRPr="00012026">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> included in the budget, they must be described </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>within the DMS Justification; CU Research Computing can assist with Genomic Data Sharing Costs related to secure storage and access</w:t>
             </w:r>
             <w:r w:rsidR="005F5F02">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidR="005F5F02" w:rsidRPr="007F68EF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rc-help@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="005F5F02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1832DF6E" w14:textId="0BA632D3" w:rsidR="00117F97" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
@@ -7747,51 +7823,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_Justification.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE304C" w:rsidRPr="00BF669C" w14:paraId="5782AB5D" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C0A0585" w14:textId="7201E696" w:rsidR="00EE304C" w:rsidRPr="00BF669C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>MODULAR BUDGET</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004265D7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
@@ -7801,77 +7877,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidRPr="004265D7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,000 or less Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="06F4BA50" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF4E5ED" w14:textId="5B8821B1" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
+          <w:p w14:paraId="4AF4E5ED" w14:textId="5B8821B1" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1432085972"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B75A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30259874" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="0048490C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
@@ -8023,77 +8098,76 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Personnel.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="22C08D90" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="759C514C" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
+          <w:p w14:paraId="759C514C" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1391928199"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE304C" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08E7C055" w14:textId="387A314C" w:rsidR="00EE304C" w:rsidRPr="0048490C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
@@ -8266,78 +8340,77 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Consortium.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="011CB84A" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="3284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50038369" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00290BA9" w:rsidP="00A57096">
+          <w:p w14:paraId="50038369" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="851759954"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE304C" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31D53288" w14:textId="7C1F76FB" w:rsidR="00EE304C" w:rsidRPr="00DF4A32" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
@@ -8417,75 +8490,55 @@
             </w:r>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- Must be labeled exactly “Data Management and Sharing Justification” within Other Direct Costs, up to half a page allowed.</w:t>
             </w:r>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">PI must provide brief summary of type &amp; amount of scientific data to be preserved/shared and name of the repositories. </w:t>
             </w:r>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The total DMS cost estimate must be specified; must iterate in if </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>The total DMS cost estimate must be specified; must iterate in if no DMSP Costs</w:t>
+            </w:r>
             <w:r w:rsidR="00FC4545" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...17 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. PI must briefly explain personnel effort/costs associated with general cost categories: curating data and developing supporting documentation, local data management activities, preserving and sharing data through established repositories, etc.</w:t>
             </w:r>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007F68EF" w:rsidRPr="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If there are any </w:t>
             </w:r>
             <w:r w:rsidR="007F68EF" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Genomic Data Sharing Costs</w:t>
@@ -8510,147 +8563,138 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>related to secure storage and access</w:t>
             </w:r>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="007F68EF" w:rsidRPr="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, they must be described within the DMS Justification; CU Research Computing can assist </w:t>
             </w:r>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">with costs: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidR="007F68EF" w:rsidRPr="007F68EF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rc-help@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DBBA95E" w14:textId="3436CA22" w:rsidR="00FC4545" w:rsidRPr="00DF4A32" w:rsidRDefault="0039517B" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See OCG </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Additional Narrative Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for required description.</w:t>
             </w:r>
             <w:r w:rsidR="00F82648" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4551C982" w14:textId="13827A9F" w:rsidR="00FC4545" w:rsidRDefault="00FC4545" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Should</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> explain any variation in number of modules requested annually</w:t>
+              <w:t>Should explain any variation in number of modules requested annually</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4545">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> unless </w:t>
             </w:r>
             <w:r w:rsidR="00530FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOFO</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4545">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> has DC limits that do not spread evenly across budget periods (example: R21s)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="323F2B87" w14:textId="122C9915" w:rsidR="00EE304C" w:rsidRPr="00314D23" w:rsidRDefault="00EE304C" w:rsidP="002B041F">
             <w:pPr>
@@ -8685,67 +8729,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3C75ADBD" w14:textId="53C7BC80" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00314D23">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Should describe direct costs </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> from total direct costs (MTDC Base)</w:t>
+              <w:t>Should describe direct costs excluded from total direct costs (MTDC Base)</w:t>
             </w:r>
             <w:r w:rsidR="00605489" w:rsidRPr="00314D23">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09970162" w14:textId="2DA32F63" w:rsidR="00EE304C" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -8801,87 +8829,86 @@
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="21401753" w14:textId="21381233" w:rsidR="008B02EE" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidR="008B02EE" w:rsidRPr="00C87FA4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS 398 RESEARCH PLAN</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008B02EE" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="008B4DC3" w14:paraId="352FE365" w14:textId="77777777" w:rsidTr="00E5116E">
         <w:trPr>
           <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1892111104"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="437DDB65" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="007C546F" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -9064,51 +9091,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Introduction.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="4DE15CB8" w14:textId="77777777" w:rsidTr="00E5116E">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1110083669"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0933721C" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -9236,51 +9262,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SpecificAims.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="36369CC0" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="2537"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1964843921"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="59AED2B0" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -9326,142 +9351,94 @@
           <w:p w14:paraId="75A5CA05" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="00EB7432" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>R03/R</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>R03/R21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB7432">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: 6-page </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EB7432">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>limit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EB7432">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>R01</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...72 lines deleted...]
-              <w:t xml:space="preserve"> 12-page </w:t>
+              <w:t xml:space="preserve">: 12-page </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>limit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EB7432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="745E510C" w14:textId="1368777F" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="008B02EE" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -9471,109 +9448,81 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Sections must be labeled with following headers: </w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00883D47" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Significance</w:t>
             </w:r>
             <w:r w:rsidR="00883D47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ;</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> ; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B041F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2. Innovation</w:t>
+            </w:r>
             <w:r w:rsidR="00883D47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> ; </w:t>
             </w:r>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3. Approach</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="201C37F4" w14:textId="1E9970D1" w:rsidR="005F2515" w:rsidRPr="0002357A" w:rsidRDefault="005F2515" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
@@ -9655,108 +9604,92 @@
               </w:rPr>
               <w:t>3. Approach</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> section under a subsection entitled “</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Human Fetal Tissue Research Approach</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">“; details included under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:anchor="3" w:history="1">
+            <w:hyperlink r:id="rId46" w:anchor="3" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>“Special Instructions” section of Approach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00706C7E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C4F3966" w14:textId="6CD81742" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress Report for Renewal and Revision Applications* - Section only required if a renewal </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> must fall within Research Strategy page limits</w:t>
+              <w:t>Progress Report for Renewal and Revision Applications* - Section only required if a renewal application; must fall within Research Strategy page limits</w:t>
             </w:r>
             <w:r w:rsidR="00706C7E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E6634EE" w14:textId="1038BDE7" w:rsidR="00361F10" w:rsidRPr="0002357A" w:rsidRDefault="00361F10" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9878,51 +9811,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ResearchStrategy.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="435DC6E0" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1370453038"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="68284BAA" w14:textId="662A581F" w:rsidR="008B02EE" w:rsidRDefault="00B75A12" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -9970,112 +9902,110 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">No page </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>limit;List</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> title and complete references to all publications resulting from project since it was last reviewed competitively.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D36FA42" w14:textId="11DC576D" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommend </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PMCIDs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">’ inclusion for all pubs listed in bio authored/co-authored by applicant and fall under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Public Access Policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00746F8F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="412BAB77" w14:textId="252FD96B" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
@@ -10132,51 +10062,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Publications.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5936328D" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1615091300"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="7FA3669F" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -10301,67 +10230,51 @@
           </w:p>
           <w:p w14:paraId="69BAA40F" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Explain when/how animals are expected to be </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> if plans not finalized</w:t>
+              <w:t>Explain when/how animals are expected to be used; if plans not finalized</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3834B5FB" w14:textId="2888CEDB" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
@@ -10402,51 +10315,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Vertebrate.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="39DC5560" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1822114520"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0F3E394C" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -10465,137 +10377,121 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Select Agent Research</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> * (Required if </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>activities involve use of select agents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="743024EA" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">No page </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> should identify select agents, registration status, and description of facilities to use select agents</w:t>
+              <w:t>No page limit; should identify select agents, registration status, and description of facilities to use select agents</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76050BA8" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If only use of </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>excluded select agents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, note which strains and that it has been excluded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A9D268A" w14:textId="438D0628" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
@@ -10651,51 +10547,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SelectAgent.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="22865146" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="881"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="202294636"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="54C4042A" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -10764,51 +10659,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No page limit; should describe rationale for choosing a multiple PD/PI approach, and governance/organizational structure of leadership team</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="087DEFD8" w14:textId="4FD9FB74" w:rsidR="0037539D" w:rsidRPr="0002357A" w:rsidRDefault="0037539D" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Multiple PI Leadership Plan Sample here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10866,51 +10761,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>LeadershipPlan.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="078AB7CF" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="524599502"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="15E8BC54" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -11126,51 +11020,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contractual.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5A04A970" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="218406235"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="6FBA2AE8" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -11236,51 +11129,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No page limit; all letters of support in a single PDF document</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EE89E21" w14:textId="4CC5605E" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:anchor="electronicsignatures" w:history="1">
+            <w:hyperlink r:id="rId52" w:anchor="electronicsignatures" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>N</w:t>
               </w:r>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>o electronic signatures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA4CB1" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>; print</w:t>
@@ -11348,67 +11241,51 @@
           </w:p>
           <w:p w14:paraId="2D0715A8" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters should describe terms of a collaboration or consultation; </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Letters should describe terms of a collaboration or consultation; must </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> contain data/figures/tables/graphs, preliminary data, methods, background and significance details that are expected to be found in Research Strategy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03D69451" w14:textId="6B6D96D5" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
@@ -11480,51 +11357,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="6E04E946" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-81614182"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="7FE5087F" w14:textId="118BB79A" w:rsidR="008B02EE" w:rsidRPr="000718D2" w:rsidRDefault="002C1588" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -11698,51 +11574,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="871" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>esources/</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r w:rsidRPr="006205BC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>research tools</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> will be developed by NIH funds (</w:t>
             </w:r>
             <w:r w:rsidRPr="006205BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and the associated research findings published or provided to NIH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11780,65 +11656,56 @@
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>evelopment of model organisms is anticipated</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00DB617C" w:rsidRPr="00F728B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Must</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> include a description of specific plan for sharing and distributing or state why sharing is not possible. </w:t>
+              <w:t xml:space="preserve">Must include a description of specific plan for sharing and distributing or state why sharing is not possible. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0322EDAE" w14:textId="0340E3BE" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
@@ -11879,288 +11746,269 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ResourceSharing.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="409C77F0" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1933079314"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="4408CFC7" w14:textId="674B5F36" w:rsidR="00361F10" w:rsidRDefault="002C1588" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F325C12" w14:textId="239E3317" w:rsidR="00361F10" w:rsidRPr="0002357A" w:rsidRDefault="00DB617C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:anchor="11" w:history="1">
+            <w:hyperlink r:id="rId54" w:anchor="11" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Data Management and Sharing Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000F0A55" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Required for all research proposals)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C70F8CA" w14:textId="7A2C6E8C" w:rsidR="00AC43AC" w:rsidRPr="0002357A" w:rsidRDefault="00AC43AC" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recommended </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> limit</w:t>
+              <w:t>Recommended 2 page limit</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28610ACF" w14:textId="6F50DAD8" w:rsidR="00A52C55" w:rsidRPr="00CD290C" w:rsidRDefault="00A52C55" w:rsidP="00A52C55">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD290C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Review the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CRDDS DMSP: Tools for CU Researchers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00CD290C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> primer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A95D47D" w14:textId="3FED79C8" w:rsidR="00374D34" w:rsidRPr="0002357A" w:rsidRDefault="00AC43AC" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>DMPTool</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to create plan and </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>consult CRDDS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for recommendations on repository use. </w:t>
             </w:r>
             <w:r w:rsidR="008857DD" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidR="008857DD" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008857DD" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more info on policy.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CE1F25F" w14:textId="156C6134" w:rsidR="00C05AD2" w:rsidRPr="0002357A" w:rsidRDefault="00C05AD2" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
@@ -12185,91 +12033,91 @@
               </w:rPr>
               <w:t>DMSP Required Elements:</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1. Data Type; 2. Related Tools, Software and/or Code; 3. Standards; 4. Data Preservation, Access, and Associated Timelines; 5. Access, Distribution, or Reuse Considerations; 6.</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Oversight of Data Management and Sharing. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:anchor="sample-plans" w:history="1">
+            <w:hyperlink r:id="rId59" w:anchor="sample-plans" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Sample plans available here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32EFABB1" w14:textId="2F9A7C38" w:rsidR="00706C7E" w:rsidRPr="00CD290C" w:rsidRDefault="00706C7E" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t>Please review Data Sharing Policy a</w:t>
               </w:r>
               <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t xml:space="preserve">nd any required repositories </w:t>
               </w:r>
               <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
@@ -12293,92 +12141,92 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If applying to NIAAA with human subjects please review </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIAAA Data-Sharing Policy here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. NIH DMSP should adhere to additional </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIAAA requirements here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="007E4E6F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The NIAAA </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NDA Cost Estimation Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for data sharing is </w:t>
             </w:r>
             <w:r w:rsidR="007E4E6F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>used for estimates.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2117EEA5" w14:textId="24326163" w:rsidR="00DB617C" w:rsidRPr="0002357A" w:rsidRDefault="00DB617C" w:rsidP="00706C7E">
@@ -12398,51 +12246,51 @@
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If app includes: Genomic Data Sharing (GWAS)</w:t>
             </w:r>
             <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>instructions for describing Genomic Summary Results in Data Management and Sharing Plans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E2AF241" w14:textId="5F0AF031" w:rsidR="00361F10" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
@@ -12498,51 +12346,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DMSPlan.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5A5F11DA" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="946280315"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="4D76240F" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="000718D2" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -12715,51 +12562,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="423F5CFD" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="563301715"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0C3CCC30" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="000718D2" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -12828,51 +12674,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOFO</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> will specify if any special appendix instructions; carefully review </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidR="008B02EE" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Appendix Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3068E2D4" w14:textId="660BD788" w:rsidR="008B02EE" w:rsidRPr="00746A33" w:rsidRDefault="008B02EE" w:rsidP="00746A33">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -13087,51 +12933,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="663DFEF1" w14:textId="4897CA48" w:rsidR="001F7848" w:rsidRPr="00C022AC" w:rsidRDefault="00FB2B05" w:rsidP="001243B7">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidR="001F7848" w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS Human Subjects and Clinical Trials Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001F7848" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A3188" w:rsidRPr="00D03163" w14:paraId="17E3CD00" w14:textId="77777777" w:rsidTr="001357A6">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
@@ -13178,98 +13024,97 @@
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>, include:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="00D03163" w14:paraId="0BD0AE1E" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="1880"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1522473569"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="350" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="193C45A8" w14:textId="6634A83D" w:rsidR="00B75A12" w:rsidRPr="001F0DE9" w:rsidRDefault="00B75A12" w:rsidP="001243B7">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="65E69EBC" w14:textId="274FBDAF" w:rsidR="00B75A12" w:rsidRPr="0002357A" w:rsidRDefault="00B75A12" w:rsidP="001243B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:anchor="UseOf" w:history="1">
+            <w:hyperlink r:id="rId67" w:anchor="UseOf" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explanation for Use of Human Specimens and/or Data </w:t>
               </w:r>
               <w:r w:rsidR="006A0DC5" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Not</w:t>
               </w:r>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
@@ -13477,51 +13322,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> without</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Human Subjects (HS) may still have Human Specimens/Data; to determine whether PI’s research is classified as HS research or not, use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Research Involving Private Information or Biological Specimens flowchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F53DD8" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00F53DD8" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
@@ -13592,51 +13437,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HumanSpecs.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F7848" w:rsidRPr="00D03163" w14:paraId="6574B40E" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="2348"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="110551675"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="350" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="5FB46048" w14:textId="77777777" w:rsidR="001F7848" w:rsidRPr="001F0DE9" w:rsidRDefault="001F7848" w:rsidP="001243B7">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -13849,67 +13693,51 @@
               <w:t>, but there may be limitations on entered text; please see Study Record</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A416C1B" w14:textId="77777777" w:rsidR="00802B07" w:rsidRPr="0002357A" w:rsidRDefault="00802B07" w:rsidP="00B75A12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="510"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIs are encouraged </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> group studies that use the same HS population &amp; same research protocols into one Study Record; if more than one study, separate Study Records will need to be uploaded </w:t>
+              <w:t xml:space="preserve">PIs are encouraged to group studies that use the same HS population &amp; same research protocols into one Study Record; if more than one study, separate Study Records will need to be uploaded </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2ADD2013" w14:textId="77777777" w:rsidR="00802B07" w:rsidRPr="0002357A" w:rsidRDefault="00802B07" w:rsidP="00B75A12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="510"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4 Clinical Trial Questionnaire responses: If all yes, then research is considered to be a CT</w:t>
@@ -13991,51 +13819,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for the proposal.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F7848" w:rsidRPr="00D03163" w14:paraId="19B1DAE8" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-300163693"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="350" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="43BA518A" w14:textId="36A9BAE2" w:rsidR="001F7848" w:rsidRPr="00D03163" w:rsidRDefault="001029F2" w:rsidP="001243B7">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -14155,77 +13982,76 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5727BD76" w14:textId="77777777" w:rsidR="00740C64" w:rsidRPr="00D03163" w:rsidRDefault="00740C64" w:rsidP="001243B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="565" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9C4723" w14:textId="5CC050ED" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="00290BA9" w:rsidP="001243B7">
+          <w:p w14:paraId="2A9C4723" w14:textId="5CC050ED" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="00000000" w:rsidP="001243B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1266619138"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001029F2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001029F2" w:rsidDel="001029F2">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9959" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14254,67 +14080,51 @@
               <w:t>Delayed Onset Study Justification</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B9C91C2" w14:textId="629F7D13" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="00740C64" w:rsidP="00740C64">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="470" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provide </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> why HS study information is not available at the time of application</w:t>
+              <w:t>Provide justification why HS study information is not available at the time of application</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24C1648E" w14:textId="088CC635" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="00740C64" w:rsidP="00740C64">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="470" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14510,51 +14320,50 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Clinical Trial (CT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="1BCDDB45" w14:textId="77777777" w:rsidTr="00583AD7">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="169617491"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="58FFE817" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="00D03163" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -14724,51 +14533,50 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3707" w:rsidRPr="00E04885" w14:paraId="2B4D0644" w14:textId="77777777" w:rsidTr="00746F8F">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="954369467"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4361B09F" w14:textId="77777777" w:rsidR="001A3707" w:rsidRPr="00D03163" w:rsidRDefault="001A3707" w:rsidP="001A3707">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -14991,51 +14799,50 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1353492460"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="315D66C7" w14:textId="77777777" w:rsidR="001A3707" w:rsidRPr="001F0DE9" w:rsidRDefault="001A3707" w:rsidP="001A3707">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15044,51 +14851,51 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E1F8EA6" w14:textId="094A7EE6" w:rsidR="001A3707" w:rsidRPr="00583AD7" w:rsidRDefault="001A3707" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:anchor="2.3.a" w:history="1">
+            <w:hyperlink r:id="rId69" w:anchor="2.3.a" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Inclusion of Individuals Across the Lifespan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15223,51 +15030,50 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1277291246"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="47D1154F" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15275,51 +15081,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B2B50DD" w14:textId="561A3621" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:anchor="2.4" w:history="1">
+            <w:hyperlink r:id="rId70" w:anchor="2.4" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Inclusion of Women and Minorities</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07CA0DF9" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
@@ -15514,51 +15320,50 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="481200642"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="32C927B0" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15566,51 +15371,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43F18B1B" w14:textId="68E40FD8" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:anchor="2.5" w:history="1">
+            <w:hyperlink r:id="rId71" w:anchor="2.5" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Recruitment and Retention Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15769,51 +15574,50 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1087992623"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="44D5E21C" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15821,51 +15625,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BD47B7D" w14:textId="6195DA64" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:anchor="2.7" w:history="1">
+            <w:hyperlink r:id="rId72" w:anchor="2.7" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Study Timeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15983,51 +15787,50 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2131618538"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6BC98E8D" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -16035,51 +15838,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E6E9BDA" w14:textId="46A97E69" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:anchor="2.9" w:history="1">
+            <w:hyperlink r:id="rId73" w:anchor="2.9" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Inclusion Enrollment Report</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E67634" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
@@ -16262,51 +16065,50 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="2D0A129A" w14:textId="77777777" w:rsidTr="00746F8F">
         <w:trPr>
           <w:trHeight w:val="134"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="726809101"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="16F85915" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="00D03163" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -16318,77 +16120,67 @@
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6931" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1299408C" w14:textId="18AFBAC0" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Section 3 - Protection and Monitoring </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Section 3 - Protection and Monitoring Plans</w:t>
+            </w:r>
+            <w:r w:rsidR="001E32D2" w:rsidRPr="0002357A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Complete</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="001E32D2" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> section</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> if required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C4DE81E" w14:textId="30E3C607" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -16487,147 +16279,130 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1184934816"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0461E52C" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6110C273" w14:textId="01CFD1F4" w:rsidR="00A57096" w:rsidRPr="00E5116E" w:rsidRDefault="00A57096" w:rsidP="00E5116E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:anchor="3.1" w:history="1">
+            <w:hyperlink r:id="rId74" w:anchor="3.1" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Protection of Human Subjects</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>*</w:t>
+              <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00E5116E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E5116E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Include</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> following sections:</w:t>
+              <w:t>Include following sections:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B00A6FE" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="686"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Risks to Human Subjects</w:t>
@@ -16840,67 +16615,51 @@
               <w:t>Potential Benefits of the Proposed Research to Research Participants and Others</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63BB5795" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="686"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Importance of </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> to be Gained</w:t>
+              <w:t>Importance of the Knowledge to be Gained</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="251BE30C" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002443E4" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002443E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16986,102 +16745,101 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2063516233"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1B3E160B" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37E05E5E" w14:textId="01C2B8CD" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:anchor="3.2" w:history="1">
+            <w:hyperlink r:id="rId75" w:anchor="3.2" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Single IRB Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A30B44" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A30B44" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:bCs/>
@@ -17358,101 +17116,100 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-610053232"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2D6374ED" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B2CF3E" w14:textId="016EC9ED" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:anchor="3.3" w:history="1">
+            <w:hyperlink r:id="rId76" w:anchor="3.3" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Data and Safety Monitoring Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(DSMP)</w:t>
             </w:r>
@@ -17583,102 +17340,101 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="490683343"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5FB8BEB3" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BF9AEBC" w14:textId="0F475C8A" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:anchor="3.5" w:history="1">
+            <w:hyperlink r:id="rId77" w:anchor="3.5" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Overall Structure of the Study Team</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -17776,51 +17532,50 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C2DB7" w:rsidRPr="00E04885" w14:paraId="2F94655B" w14:textId="77777777" w:rsidTr="00746F8F">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1244414011"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="064CF4EF" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="00D03163" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -17913,51 +17668,51 @@
             <w:r w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Question 4.6</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A1F99" w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is this an applicable clinical trial under FDAAA? </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r w:rsidR="006A1F99" w:rsidRPr="006A1F99">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Review NIH Flowchart to determine response</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006A1F99" w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="006A1F99">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
@@ -18090,102 +17845,101 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1254089988"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="251A1B72" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="001F0DE9" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005444E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7282996C" w14:textId="099E9305" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:anchor="4.3" w:history="1">
+            <w:hyperlink r:id="rId79" w:anchor="4.3" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Statistical Design and Power</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18289,102 +18043,101 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="682632578"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4E649761" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="001F0DE9" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005444E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00665D35" w14:textId="42272786" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:anchor="4.5" w:history="1">
+            <w:hyperlink r:id="rId80" w:anchor="4.5" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>FDA Regulated Intervention</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E67634" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18530,102 +18283,101 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="906964926"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="462553E1" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="001F0DE9" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005444E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71B8E7FD" w14:textId="38547F63" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:anchor="4.7" w:history="1">
+            <w:hyperlink r:id="rId81" w:anchor="4.7" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Dissemination Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18709,51 +18461,50 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C2DB7" w:rsidRPr="00E04885" w14:paraId="730147C0" w14:textId="77777777" w:rsidTr="00746F8F">
         <w:trPr>
           <w:trHeight w:val="179"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-584449041"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="7A248B21" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="00D03163" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -18939,101 +18690,100 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="853379943"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="60F10A71" w14:textId="3B50182E" w:rsidR="004C2DB7" w:rsidRPr="001F0DE9" w:rsidRDefault="001029F2" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6930D48A" w14:textId="5CAE08BB" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:anchor="5.1" w:history="1">
+            <w:hyperlink r:id="rId82" w:anchor="5.1" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Other CT-related Attachments</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
@@ -19116,72 +18866,72 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="749FE178" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002B041F" w:rsidRDefault="00A57096" w:rsidP="004C2DB7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A57096" w:rsidRPr="002B041F" w:rsidSect="003E26CD">
-      <w:headerReference w:type="default" r:id="rId81"/>
-      <w:footerReference w:type="default" r:id="rId82"/>
+      <w:headerReference w:type="default" r:id="rId83"/>
+      <w:footerReference w:type="default" r:id="rId84"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A3ADF62" w14:textId="77777777" w:rsidR="00A11D2D" w:rsidRDefault="00A11D2D">
+    <w:p w14:paraId="3F815CEE" w14:textId="77777777" w:rsidR="002809C5" w:rsidRDefault="002809C5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64D2FBF6" w14:textId="77777777" w:rsidR="00A11D2D" w:rsidRDefault="00A11D2D">
+    <w:p w14:paraId="2E1BAAAF" w14:textId="77777777" w:rsidR="002809C5" w:rsidRDefault="002809C5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -19306,109 +19056,99 @@
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> NIH Proposal </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>Required Docs PI</w:t>
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> Checklist  </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidRPr="00AB159E">
+    <w:r w:rsidR="0054638F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
-      <w:t xml:space="preserve">Checklist  </w:t>
-[...6 lines deleted...]
-      </w:rPr>
       <w:t>0126</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
   </w:p>
   <w:p w14:paraId="66B2363C" w14:textId="7B719B15" w:rsidR="00F63901" w:rsidRPr="00B938AB" w:rsidRDefault="00F63901" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F2BF4A6" w14:textId="77777777" w:rsidR="00A11D2D" w:rsidRDefault="00A11D2D">
+    <w:p w14:paraId="09E789A7" w14:textId="77777777" w:rsidR="002809C5" w:rsidRDefault="002809C5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F6A6550" w14:textId="77777777" w:rsidR="00A11D2D" w:rsidRDefault="00A11D2D">
+    <w:p w14:paraId="00F62D3C" w14:textId="77777777" w:rsidR="002809C5" w:rsidRDefault="002809C5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CEBD515" w14:textId="08045E0C" w:rsidR="00F63901" w:rsidRPr="003742D8" w:rsidRDefault="00F63901" w:rsidP="00980DC7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:ind w:right="-360"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -24136,51 +23876,51 @@
   <w:num w:numId="36" w16cid:durableId="460266323">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1990207088">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="618224743">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1639534524">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="344214269">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="140587367">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="7F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -24194,61 +23934,63 @@
     <w:rsid w:val="00005FE0"/>
     <w:rsid w:val="000060FA"/>
     <w:rsid w:val="00012026"/>
     <w:rsid w:val="00021BDD"/>
     <w:rsid w:val="00023284"/>
     <w:rsid w:val="0002357A"/>
     <w:rsid w:val="00023DEE"/>
     <w:rsid w:val="00024833"/>
     <w:rsid w:val="000248EE"/>
     <w:rsid w:val="000268DD"/>
     <w:rsid w:val="00034557"/>
     <w:rsid w:val="00034A0E"/>
     <w:rsid w:val="00034C5B"/>
     <w:rsid w:val="000358D8"/>
     <w:rsid w:val="00040E87"/>
     <w:rsid w:val="000430F2"/>
     <w:rsid w:val="00052D54"/>
     <w:rsid w:val="00053162"/>
     <w:rsid w:val="0005435A"/>
     <w:rsid w:val="00055625"/>
     <w:rsid w:val="00056BFD"/>
     <w:rsid w:val="000606D8"/>
     <w:rsid w:val="0006295C"/>
     <w:rsid w:val="00062C5B"/>
     <w:rsid w:val="00063835"/>
+    <w:rsid w:val="00075D5D"/>
     <w:rsid w:val="000774FB"/>
     <w:rsid w:val="00080433"/>
     <w:rsid w:val="00080DDB"/>
     <w:rsid w:val="00082F86"/>
     <w:rsid w:val="000835C4"/>
     <w:rsid w:val="00086801"/>
     <w:rsid w:val="00086C63"/>
     <w:rsid w:val="00087AB1"/>
     <w:rsid w:val="00090054"/>
     <w:rsid w:val="00093711"/>
     <w:rsid w:val="00094CD1"/>
+    <w:rsid w:val="000A0AE0"/>
     <w:rsid w:val="000A5CC5"/>
     <w:rsid w:val="000B1E2E"/>
     <w:rsid w:val="000B25D0"/>
     <w:rsid w:val="000B30A5"/>
     <w:rsid w:val="000B3BB6"/>
     <w:rsid w:val="000B6B58"/>
     <w:rsid w:val="000B78F8"/>
     <w:rsid w:val="000C050F"/>
     <w:rsid w:val="000C616C"/>
     <w:rsid w:val="000D1FEF"/>
     <w:rsid w:val="000D4FDE"/>
     <w:rsid w:val="000D6B2D"/>
     <w:rsid w:val="000D7029"/>
     <w:rsid w:val="000D7104"/>
     <w:rsid w:val="000D7D67"/>
     <w:rsid w:val="000E02B9"/>
     <w:rsid w:val="000E0C30"/>
     <w:rsid w:val="000E275A"/>
     <w:rsid w:val="000E3680"/>
     <w:rsid w:val="000F059D"/>
     <w:rsid w:val="000F0A55"/>
     <w:rsid w:val="000F3B2D"/>
     <w:rsid w:val="000F70EB"/>
     <w:rsid w:val="001001B1"/>
     <w:rsid w:val="001003E1"/>
@@ -24309,50 +24051,51 @@
     <w:rsid w:val="001F7848"/>
     <w:rsid w:val="00204177"/>
     <w:rsid w:val="002047C1"/>
     <w:rsid w:val="0021019F"/>
     <w:rsid w:val="002120E0"/>
     <w:rsid w:val="002170CA"/>
     <w:rsid w:val="002219F2"/>
     <w:rsid w:val="002230E6"/>
     <w:rsid w:val="002318FF"/>
     <w:rsid w:val="00231934"/>
     <w:rsid w:val="0023266E"/>
     <w:rsid w:val="002379CC"/>
     <w:rsid w:val="002413FD"/>
     <w:rsid w:val="002414F8"/>
     <w:rsid w:val="0024335B"/>
     <w:rsid w:val="002443E4"/>
     <w:rsid w:val="002451DE"/>
     <w:rsid w:val="00252A40"/>
     <w:rsid w:val="00260340"/>
     <w:rsid w:val="002639A6"/>
     <w:rsid w:val="00266D68"/>
     <w:rsid w:val="00267DF9"/>
     <w:rsid w:val="00272B49"/>
     <w:rsid w:val="002753A8"/>
     <w:rsid w:val="00276EDB"/>
+    <w:rsid w:val="002809C5"/>
     <w:rsid w:val="0028228C"/>
     <w:rsid w:val="00284A02"/>
     <w:rsid w:val="00286930"/>
     <w:rsid w:val="002906E7"/>
     <w:rsid w:val="00290BA9"/>
     <w:rsid w:val="00291EDC"/>
     <w:rsid w:val="00292ABB"/>
     <w:rsid w:val="00293EF8"/>
     <w:rsid w:val="00294493"/>
     <w:rsid w:val="00294CE2"/>
     <w:rsid w:val="00294D7F"/>
     <w:rsid w:val="002A0B97"/>
     <w:rsid w:val="002A164B"/>
     <w:rsid w:val="002A1754"/>
     <w:rsid w:val="002A3F76"/>
     <w:rsid w:val="002B041F"/>
     <w:rsid w:val="002B1982"/>
     <w:rsid w:val="002B3AB2"/>
     <w:rsid w:val="002C1588"/>
     <w:rsid w:val="002D5E69"/>
     <w:rsid w:val="002D690E"/>
     <w:rsid w:val="002E3CDB"/>
     <w:rsid w:val="002E54BE"/>
     <w:rsid w:val="002F016E"/>
     <w:rsid w:val="002F6283"/>
@@ -24369,50 +24112,51 @@
     <w:rsid w:val="00325CAE"/>
     <w:rsid w:val="003325B6"/>
     <w:rsid w:val="00333852"/>
     <w:rsid w:val="00342E79"/>
     <w:rsid w:val="003444D6"/>
     <w:rsid w:val="00347717"/>
     <w:rsid w:val="003519EE"/>
     <w:rsid w:val="00354FD9"/>
     <w:rsid w:val="00356339"/>
     <w:rsid w:val="0036081B"/>
     <w:rsid w:val="003618B9"/>
     <w:rsid w:val="00361F10"/>
     <w:rsid w:val="00364364"/>
     <w:rsid w:val="0036778C"/>
     <w:rsid w:val="00367B12"/>
     <w:rsid w:val="00373E47"/>
     <w:rsid w:val="003742D8"/>
     <w:rsid w:val="00374D34"/>
     <w:rsid w:val="0037539D"/>
     <w:rsid w:val="00375A83"/>
     <w:rsid w:val="003761C5"/>
     <w:rsid w:val="00381139"/>
     <w:rsid w:val="003811B9"/>
     <w:rsid w:val="00382CBD"/>
     <w:rsid w:val="003835DD"/>
+    <w:rsid w:val="00384D5C"/>
     <w:rsid w:val="00385920"/>
     <w:rsid w:val="003902E9"/>
     <w:rsid w:val="0039517B"/>
     <w:rsid w:val="003A1BC2"/>
     <w:rsid w:val="003A4ABC"/>
     <w:rsid w:val="003B3328"/>
     <w:rsid w:val="003B571E"/>
     <w:rsid w:val="003B7B28"/>
     <w:rsid w:val="003C2DEE"/>
     <w:rsid w:val="003C621B"/>
     <w:rsid w:val="003D50F0"/>
     <w:rsid w:val="003D7C8E"/>
     <w:rsid w:val="003E216C"/>
     <w:rsid w:val="003E26CD"/>
     <w:rsid w:val="003E2DD8"/>
     <w:rsid w:val="003F04D9"/>
     <w:rsid w:val="003F2C62"/>
     <w:rsid w:val="00401FA4"/>
     <w:rsid w:val="00402EFB"/>
     <w:rsid w:val="00403046"/>
     <w:rsid w:val="00407240"/>
     <w:rsid w:val="0041607A"/>
     <w:rsid w:val="00416B05"/>
     <w:rsid w:val="00425498"/>
     <w:rsid w:val="0042621A"/>
@@ -24482,50 +24226,51 @@
     <w:rsid w:val="00514320"/>
     <w:rsid w:val="00515A7A"/>
     <w:rsid w:val="00516B9E"/>
     <w:rsid w:val="005174C7"/>
     <w:rsid w:val="00520643"/>
     <w:rsid w:val="005222C5"/>
     <w:rsid w:val="00522532"/>
     <w:rsid w:val="005236C9"/>
     <w:rsid w:val="005243A0"/>
     <w:rsid w:val="00526DFE"/>
     <w:rsid w:val="00527BA0"/>
     <w:rsid w:val="00530FD8"/>
     <w:rsid w:val="00532106"/>
     <w:rsid w:val="00536173"/>
     <w:rsid w:val="00536192"/>
     <w:rsid w:val="005366CD"/>
     <w:rsid w:val="00543799"/>
     <w:rsid w:val="0054494D"/>
     <w:rsid w:val="0054638F"/>
     <w:rsid w:val="005501A3"/>
     <w:rsid w:val="00552B23"/>
     <w:rsid w:val="0055342A"/>
     <w:rsid w:val="00553D66"/>
     <w:rsid w:val="00555EE1"/>
     <w:rsid w:val="00560949"/>
+    <w:rsid w:val="00561EC2"/>
     <w:rsid w:val="005650A1"/>
     <w:rsid w:val="00565371"/>
     <w:rsid w:val="00565A48"/>
     <w:rsid w:val="00571E76"/>
     <w:rsid w:val="00572875"/>
     <w:rsid w:val="00574FB6"/>
     <w:rsid w:val="005762CD"/>
     <w:rsid w:val="00576412"/>
     <w:rsid w:val="00581A1A"/>
     <w:rsid w:val="00583AD7"/>
     <w:rsid w:val="005913B7"/>
     <w:rsid w:val="00591B3B"/>
     <w:rsid w:val="00593E54"/>
     <w:rsid w:val="00595C0F"/>
     <w:rsid w:val="00596E25"/>
     <w:rsid w:val="005A3501"/>
     <w:rsid w:val="005A6AB9"/>
     <w:rsid w:val="005B32B7"/>
     <w:rsid w:val="005B43AF"/>
     <w:rsid w:val="005B51C9"/>
     <w:rsid w:val="005B571A"/>
     <w:rsid w:val="005B6602"/>
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005C4E01"/>
@@ -24566,55 +24311,57 @@
     <w:rsid w:val="00662457"/>
     <w:rsid w:val="00662AA9"/>
     <w:rsid w:val="0066626C"/>
     <w:rsid w:val="00671EBD"/>
     <w:rsid w:val="006736CB"/>
     <w:rsid w:val="00674A45"/>
     <w:rsid w:val="00674FB6"/>
     <w:rsid w:val="0068107B"/>
     <w:rsid w:val="006833A9"/>
     <w:rsid w:val="006833BC"/>
     <w:rsid w:val="0068551C"/>
     <w:rsid w:val="00691522"/>
     <w:rsid w:val="00692CF6"/>
     <w:rsid w:val="006A0DC5"/>
     <w:rsid w:val="006A1F99"/>
     <w:rsid w:val="006A27EA"/>
     <w:rsid w:val="006A2FB8"/>
     <w:rsid w:val="006A3103"/>
     <w:rsid w:val="006A5790"/>
     <w:rsid w:val="006B19DD"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006C57BB"/>
     <w:rsid w:val="006D0878"/>
     <w:rsid w:val="006D13BA"/>
     <w:rsid w:val="006D5349"/>
+    <w:rsid w:val="006D5699"/>
     <w:rsid w:val="006E095F"/>
     <w:rsid w:val="006E3709"/>
     <w:rsid w:val="006E3961"/>
     <w:rsid w:val="006E5961"/>
     <w:rsid w:val="006E6048"/>
+    <w:rsid w:val="006F11FE"/>
     <w:rsid w:val="006F1620"/>
     <w:rsid w:val="006F4C35"/>
     <w:rsid w:val="006F598B"/>
     <w:rsid w:val="00704D8D"/>
     <w:rsid w:val="00706C7E"/>
     <w:rsid w:val="007077FD"/>
     <w:rsid w:val="007136B8"/>
     <w:rsid w:val="00727040"/>
     <w:rsid w:val="0072717B"/>
     <w:rsid w:val="00735470"/>
     <w:rsid w:val="007370D7"/>
     <w:rsid w:val="00737143"/>
     <w:rsid w:val="00737ED0"/>
     <w:rsid w:val="00740272"/>
     <w:rsid w:val="00740C64"/>
     <w:rsid w:val="007422FA"/>
     <w:rsid w:val="00742950"/>
     <w:rsid w:val="007435D6"/>
     <w:rsid w:val="0074479E"/>
     <w:rsid w:val="00746A33"/>
     <w:rsid w:val="00746E5C"/>
     <w:rsid w:val="00746F8F"/>
     <w:rsid w:val="00754382"/>
     <w:rsid w:val="0075548F"/>
     <w:rsid w:val="0075697C"/>
@@ -24657,75 +24404,79 @@
     <w:rsid w:val="007F033E"/>
     <w:rsid w:val="007F68EF"/>
     <w:rsid w:val="008014A9"/>
     <w:rsid w:val="00802B07"/>
     <w:rsid w:val="00807319"/>
     <w:rsid w:val="00822F26"/>
     <w:rsid w:val="00822F77"/>
     <w:rsid w:val="00824ADF"/>
     <w:rsid w:val="00824C63"/>
     <w:rsid w:val="008254E9"/>
     <w:rsid w:val="00830E62"/>
     <w:rsid w:val="008313E5"/>
     <w:rsid w:val="00831E9C"/>
     <w:rsid w:val="00833036"/>
     <w:rsid w:val="00834456"/>
     <w:rsid w:val="0084271A"/>
     <w:rsid w:val="00842AC8"/>
     <w:rsid w:val="00846596"/>
     <w:rsid w:val="00857DE8"/>
     <w:rsid w:val="00863F26"/>
     <w:rsid w:val="00873BB8"/>
     <w:rsid w:val="00873CB5"/>
     <w:rsid w:val="00882257"/>
     <w:rsid w:val="00883D47"/>
     <w:rsid w:val="008857DD"/>
+    <w:rsid w:val="00885881"/>
     <w:rsid w:val="00886C97"/>
+    <w:rsid w:val="0088702E"/>
+    <w:rsid w:val="00890BED"/>
     <w:rsid w:val="00891FD6"/>
     <w:rsid w:val="008944CB"/>
     <w:rsid w:val="008968FB"/>
     <w:rsid w:val="00897CF7"/>
     <w:rsid w:val="008A3741"/>
     <w:rsid w:val="008A48E7"/>
     <w:rsid w:val="008A67F6"/>
     <w:rsid w:val="008B02EE"/>
     <w:rsid w:val="008B2E59"/>
     <w:rsid w:val="008B3F3D"/>
     <w:rsid w:val="008B4DC3"/>
     <w:rsid w:val="008B7827"/>
     <w:rsid w:val="008C04C0"/>
     <w:rsid w:val="008C0920"/>
     <w:rsid w:val="008C1287"/>
     <w:rsid w:val="008C3FDB"/>
     <w:rsid w:val="008C412E"/>
     <w:rsid w:val="008D27C8"/>
     <w:rsid w:val="008D7F12"/>
     <w:rsid w:val="008E4B42"/>
     <w:rsid w:val="008F1A47"/>
     <w:rsid w:val="00903573"/>
     <w:rsid w:val="009048D4"/>
     <w:rsid w:val="00907F84"/>
+    <w:rsid w:val="009107D3"/>
     <w:rsid w:val="009142CB"/>
     <w:rsid w:val="00921666"/>
     <w:rsid w:val="00923B09"/>
     <w:rsid w:val="009242A9"/>
     <w:rsid w:val="009300BF"/>
     <w:rsid w:val="009338B9"/>
     <w:rsid w:val="009426C8"/>
     <w:rsid w:val="00955639"/>
     <w:rsid w:val="00956DE9"/>
     <w:rsid w:val="00957DD0"/>
     <w:rsid w:val="0096077E"/>
     <w:rsid w:val="00970715"/>
     <w:rsid w:val="009728FF"/>
     <w:rsid w:val="00973D4A"/>
     <w:rsid w:val="00976143"/>
     <w:rsid w:val="00980A6C"/>
     <w:rsid w:val="00980DC7"/>
     <w:rsid w:val="00981DE8"/>
     <w:rsid w:val="00991979"/>
     <w:rsid w:val="009924ED"/>
     <w:rsid w:val="00995223"/>
     <w:rsid w:val="009A2983"/>
     <w:rsid w:val="009B00D6"/>
     <w:rsid w:val="009B1DDE"/>
     <w:rsid w:val="009B2759"/>
@@ -24885,61 +24636,63 @@
     <w:rsid w:val="00C84B83"/>
     <w:rsid w:val="00C87FA4"/>
     <w:rsid w:val="00C90947"/>
     <w:rsid w:val="00C92378"/>
     <w:rsid w:val="00C95193"/>
     <w:rsid w:val="00CA296F"/>
     <w:rsid w:val="00CA3573"/>
     <w:rsid w:val="00CA407A"/>
     <w:rsid w:val="00CA7345"/>
     <w:rsid w:val="00CB078B"/>
     <w:rsid w:val="00CB0A41"/>
     <w:rsid w:val="00CB4770"/>
     <w:rsid w:val="00CB47FD"/>
     <w:rsid w:val="00CC1C8C"/>
     <w:rsid w:val="00CC59BB"/>
     <w:rsid w:val="00CC7BAB"/>
     <w:rsid w:val="00CD290C"/>
     <w:rsid w:val="00CD2D22"/>
     <w:rsid w:val="00CD4C67"/>
     <w:rsid w:val="00CD5ED2"/>
     <w:rsid w:val="00CE39DC"/>
     <w:rsid w:val="00CE58E8"/>
     <w:rsid w:val="00CF1770"/>
     <w:rsid w:val="00CF6A1E"/>
     <w:rsid w:val="00D03163"/>
+    <w:rsid w:val="00D032F0"/>
     <w:rsid w:val="00D040CA"/>
     <w:rsid w:val="00D04CFD"/>
     <w:rsid w:val="00D06333"/>
     <w:rsid w:val="00D06443"/>
     <w:rsid w:val="00D11CE3"/>
     <w:rsid w:val="00D150A4"/>
     <w:rsid w:val="00D2248C"/>
     <w:rsid w:val="00D22C73"/>
     <w:rsid w:val="00D339DE"/>
     <w:rsid w:val="00D36A80"/>
     <w:rsid w:val="00D37AC8"/>
+    <w:rsid w:val="00D43B7C"/>
     <w:rsid w:val="00D50593"/>
     <w:rsid w:val="00D67DC7"/>
     <w:rsid w:val="00D777FB"/>
     <w:rsid w:val="00D77A5D"/>
     <w:rsid w:val="00D827D3"/>
     <w:rsid w:val="00D861AD"/>
     <w:rsid w:val="00D90EAB"/>
     <w:rsid w:val="00D92B7F"/>
     <w:rsid w:val="00DA21A2"/>
     <w:rsid w:val="00DA2265"/>
     <w:rsid w:val="00DA331C"/>
     <w:rsid w:val="00DA4A02"/>
     <w:rsid w:val="00DA70BF"/>
     <w:rsid w:val="00DB0C25"/>
     <w:rsid w:val="00DB617C"/>
     <w:rsid w:val="00DC00DC"/>
     <w:rsid w:val="00DC3BCD"/>
     <w:rsid w:val="00DC4118"/>
     <w:rsid w:val="00DD0DA1"/>
     <w:rsid w:val="00DD6B91"/>
     <w:rsid w:val="00DE1CED"/>
     <w:rsid w:val="00DE4EDF"/>
     <w:rsid w:val="00DE5986"/>
     <w:rsid w:val="00DE662D"/>
     <w:rsid w:val="00DF3620"/>
@@ -24978,50 +24731,51 @@
     <w:rsid w:val="00E70AAC"/>
     <w:rsid w:val="00E85999"/>
     <w:rsid w:val="00E87EB3"/>
     <w:rsid w:val="00E94533"/>
     <w:rsid w:val="00E945F3"/>
     <w:rsid w:val="00EA09DB"/>
     <w:rsid w:val="00EA3C1F"/>
     <w:rsid w:val="00EA3E64"/>
     <w:rsid w:val="00EA792B"/>
     <w:rsid w:val="00EB1D8F"/>
     <w:rsid w:val="00EB241C"/>
     <w:rsid w:val="00EB31CE"/>
     <w:rsid w:val="00EB3362"/>
     <w:rsid w:val="00EB5BA1"/>
     <w:rsid w:val="00EB7432"/>
     <w:rsid w:val="00EC43CC"/>
     <w:rsid w:val="00EC461B"/>
     <w:rsid w:val="00EC5579"/>
     <w:rsid w:val="00EC77D9"/>
     <w:rsid w:val="00ED2DE3"/>
     <w:rsid w:val="00EE0224"/>
     <w:rsid w:val="00EE13CD"/>
     <w:rsid w:val="00EE1415"/>
     <w:rsid w:val="00EE304C"/>
     <w:rsid w:val="00EE40E1"/>
+    <w:rsid w:val="00EE4525"/>
     <w:rsid w:val="00EE4A7F"/>
     <w:rsid w:val="00EF06C5"/>
     <w:rsid w:val="00EF4AC5"/>
     <w:rsid w:val="00EF5002"/>
     <w:rsid w:val="00EF5B16"/>
     <w:rsid w:val="00F00FEE"/>
     <w:rsid w:val="00F03B50"/>
     <w:rsid w:val="00F076B4"/>
     <w:rsid w:val="00F11EAB"/>
     <w:rsid w:val="00F12B41"/>
     <w:rsid w:val="00F2269D"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F252B2"/>
     <w:rsid w:val="00F26B43"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27F76"/>
     <w:rsid w:val="00F300AA"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F35BF2"/>
     <w:rsid w:val="00F37FD9"/>
     <w:rsid w:val="00F4192E"/>
     <w:rsid w:val="00F41C8E"/>
     <w:rsid w:val="00F441BB"/>
     <w:rsid w:val="00F526AB"/>
     <w:rsid w:val="00F53DD8"/>
@@ -26210,51 +25964,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2084256345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cu-boulder-crdds.github.io/nih_dmsp_primer/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/SelectAgentsandToxinsExclusions.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/clinicaltrials_fdaaa/docs/flow_chart-act_only.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/126" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/NIH%20Biographical%20Sketch%20Supplement_FINAL.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/Common%20Form%20NIH%20Biographical%20Sketch_FINAL.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/clinicaltrials_fdaaa/docs/flow_chart-act_only.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/SelectAgentsandToxinsExclusions.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cu-boulder-crdds.github.io/nih_dmsp_primer/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/126" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\amho8416\AppData\Roaming\Microsoft\Templates\New%20company%20setup%20checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -26513,50 +26267,59 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100809035BDD2324F42B4A322DA0BDAECFA" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8b6c6b8eb2d33d9ad3556566dd3692dc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="60ea690c-6e89-4892-9dbb-36632ca54e9d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea09f6b79e648667af47114f1aaf60b6" ns3:_="">
     <xsd:import namespace="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -26690,136 +26453,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2448A74-D900-4089-8435-B1880F3E0313}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{149E8B98-7D09-4CAA-912C-73E3E59FAC08}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="60ea690c-6e89-4892-9dbb-36632ca54e9d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B640E92-30E1-4152-8934-76F5CED158C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>3285</Words>
-  <Characters>27277</Characters>
+  <Words>4532</Words>
+  <Characters>26514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>757</Lines>
-  <Paragraphs>555</Paragraphs>
+  <Lines>736</Lines>
+  <Paragraphs>564</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30007</CharactersWithSpaces>
+  <CharactersWithSpaces>30482</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>