--- v2 (2026-02-15)
+++ v3 (2026-03-08)
@@ -34,51 +34,51 @@
   <w:body>
     <w:p w14:paraId="3E80F4E4" w14:textId="56579886" w:rsidR="00CA296F" w:rsidRPr="00C022AC" w:rsidRDefault="003742D8" w:rsidP="000D6B2D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:ind w:right="-86" w:firstLine="2966"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="665E3EC8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="68D884E9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-31750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-44450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -408,50 +408,51 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve">GENERAL INFORMATION </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A3103" w:rsidRPr="00C022AC" w14:paraId="30AB04DC" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="476348020"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6C896FF5" w14:textId="77777777" w:rsidR="006A3103" w:rsidRPr="00C022AC" w:rsidRDefault="006A3103" w:rsidP="009F6880">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -476,50 +477,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>11 points or larger. Recommended: black font, using Arial, Georgia, Helvetica, or Palatino Linotype</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-255826869"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5D68A227" w14:textId="15D53620" w:rsidR="006A3103" w:rsidRPr="00C022AC" w:rsidRDefault="008B02EE" w:rsidP="009F6880">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
@@ -544,50 +546,51 @@
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Smaller text in figures/graphs/diagrams/charts allowed but must be legible </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="18858E34" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1661737914"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2BE6332E" w14:textId="77777777" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -619,50 +622,51 @@
             </w:r>
             <w:r w:rsidR="00776729" w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>; letter sized paper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="833576200"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5668B518" w14:textId="28D1311E" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -686,50 +690,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No headers or footers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1307008566"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="09F83E20" w14:textId="4CABE45F" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="008B02EE" w:rsidP="008B02EE">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -772,50 +777,51 @@
             <w:r w:rsidR="006F4C35" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>must flatten all PDFs with signatures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1693753653"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="451" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="743321FB" w14:textId="3159E648" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -863,50 +869,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Biosketch</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="13F2AAE9" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2080893018"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="56AD16FD" w14:textId="4C5D1F37" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00284A02" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -947,50 +954,51 @@
             <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:br/>
               <w:t>Doc names 50 characters or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-629323059"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="47856ADA" w14:textId="018DCDBC" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:color w:val="auto"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1067,50 +1075,51 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F2DE0" w:rsidRPr="00C022AC" w14:paraId="3244462C" w14:textId="77777777" w:rsidTr="000E0C30">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="1460065401"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="25D418D0" w14:textId="5F9483B9" w:rsidR="001F2DE0" w:rsidRPr="00C022AC" w:rsidRDefault="00284A02" w:rsidP="00284A02">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000E0C30">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1180,50 +1189,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> number). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="11597DFE" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="262964267"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="04EE272C" w14:textId="41591F7A" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1253,50 +1263,51 @@
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PILastName_DocumentTitle.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="358472205"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2FF6BDE5" w14:textId="51559539" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00DC3BCD" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -1379,50 +1390,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00BF669C" w14:paraId="6EA2A818" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="1844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="376" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1462563231"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="16A2AD07" w14:textId="50C72DEB" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="008B02EE" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8173" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -1974,50 +1986,51 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Optional) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="14391221" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2065821019"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="376" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="55D8F859" w14:textId="28DBCDC9" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -2224,50 +2237,51 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="7B0E34C8" w14:textId="77777777" w:rsidTr="00AF4AA4">
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="1406421093"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="202CC822" w14:textId="7529FBBB" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -2381,50 +2395,51 @@
                 </w:rPr>
                 <w:t>Application Guide’s HFT Section</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="7907DF92" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="674"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-1912689211"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="62744B07" w14:textId="604986B2" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2552,50 +2567,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HFTComplianceAssurance.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="6DA246CF" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-8295456"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2E783EB6" w14:textId="7101AB34" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2701,66 +2717,134 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B041F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HFTSampleIRBConsentForm.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0064F" w:rsidRPr="00C022AC" w14:paraId="1A84D9BA" w14:textId="77777777" w:rsidTr="006F4C35">
         <w:trPr>
           <w:trHeight w:val="107"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10889" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6472932C" w14:textId="78E5A734" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
+          <w:p w14:paraId="6472932C" w14:textId="4AF87114" w:rsidR="00C0064F" w:rsidRPr="00C022AC" w:rsidRDefault="00C0064F" w:rsidP="00C0064F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>SENIOR/Key Personnel Profile</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="00811881">
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00811881">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>If submitting a proposals due on or before 05/24/26, u</w:t>
+            </w:r>
+            <w:r w:rsidR="00811881" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">se either the below “Common Form” Biosketch Checklist </w:t>
+            </w:r>
+            <w:r w:rsidR="00811881" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidR="00811881" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00811881" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">use former </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidR="00811881" w:rsidRPr="00447E76">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:caps w:val="0"/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>“Old” Biosketch Checklist available here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00811881" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5047" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="339"/>
         <w:gridCol w:w="4341"/>
@@ -2768,198 +2852,200 @@
         <w:gridCol w:w="3335"/>
         <w:gridCol w:w="2516"/>
       </w:tblGrid>
       <w:tr w:rsidR="004A7BE2" w:rsidRPr="00BF669C" w14:paraId="69EB7199" w14:textId="77777777" w:rsidTr="00DE4EDF">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="1426228357"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1346AB85" w14:textId="243C2FD7" w:rsidR="004A7BE2" w:rsidRDefault="004A7BE2" w:rsidP="004A7BE2">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="347E3CB3" w14:textId="340412E3" w:rsidR="004A7BE2" w:rsidRPr="00056BFD" w:rsidRDefault="004A7BE2" w:rsidP="004A7BE2">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Inform Proposal Analyst of all involved on project: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:anchor="Senior/KeyPersonnel" w:history="1">
+            <w:hyperlink r:id="rId22" w:anchor="Senior/KeyPersonnel" w:history="1">
               <w:r w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Senior/Key Personnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (PI/Co-I/etc.) or any </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:anchor="OtherSignificantContributors(OSCs)" w:history="1">
+            <w:hyperlink r:id="rId23" w:anchor="OtherSignificantContributors(OSCs)" w:history="1">
               <w:r w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Other Significant Contributor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (OSC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A7BE2" w:rsidRPr="00BF669C" w14:paraId="2AAE5874" w14:textId="77777777" w:rsidTr="00056BFD">
         <w:trPr>
           <w:trHeight w:val="728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="459C0629" w14:textId="5B78CB96" w:rsidR="004A7BE2" w:rsidRPr="00C022AC" w:rsidRDefault="00000000" w:rsidP="00A57096">
+          <w:p w14:paraId="459C0629" w14:textId="5B78CB96" w:rsidR="004A7BE2" w:rsidRPr="00C022AC" w:rsidRDefault="00565B23" w:rsidP="00A57096">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1149178058"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8036" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0301D6C9" w14:textId="09ABBF37" w:rsidR="003B7B28" w:rsidRPr="00527BA0" w:rsidRDefault="004A7BE2" w:rsidP="00A57096">
+          <w:p w14:paraId="0301D6C9" w14:textId="07526E1B" w:rsidR="003B7B28" w:rsidRPr="00527BA0" w:rsidRDefault="004A7BE2" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Biosketch and Biosketch Supplement</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
@@ -2979,226 +3065,316 @@
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Co-Is</w:t>
             </w:r>
             <w:r w:rsidR="000268DD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/O</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCs). No page limit. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B97FF4">
+              <w:t xml:space="preserve">SCs). </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="0063505A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000268DD">
+              <w:t>No page limit</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Must use </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="000268DD">
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">required for </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PIs/Co-Is/</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OSCs</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ownloaded as </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">doc from SciENcv and </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>uploaded as 1 doc in ASSIST</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00105380">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>submitting a proposal due on/before 05/24/26</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, you may use either </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00BF1A93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidR="00AA6C9D" w:rsidRPr="00BF1A93">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t>SciENcv</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00056BFD">
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00BF1A93">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “NIH Biographical </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="0063774C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sketch Common </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00105380">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Form” </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(and Checklist below) </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00BF1A93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00527BA0">
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00DA22DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve">NIH </w:t>
-[...48 lines deleted...]
-              <w:r w:rsidR="003B7B28" w:rsidRPr="00527BA0">
+              <w:t xml:space="preserve"> you may use the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidR="00AA6C9D" w:rsidRPr="00DA22DA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                  <w:b/>
-                  <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instructions for generating documents in SciENcv </w:t>
-[...23 lines deleted...]
-                <w:t xml:space="preserve"> available here</w:t>
+                <w:t>“Old” Biosketch Checklist available here</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="003B7B28" w:rsidRPr="00527BA0">
+            <w:r w:rsidR="00AA6C9D" w:rsidRPr="00DA22DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AB05B61" w14:textId="3233F69A" w:rsidR="004A7BE2" w:rsidRPr="00056BFD" w:rsidRDefault="004A7BE2" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
@@ -3230,168 +3406,169 @@
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Biosketch</w:t>
             </w:r>
             <w:r w:rsidR="00EE4525" w:rsidRPr="00EE4525">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...61 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r w:rsidR="00EE4525" w:rsidRPr="00890BED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Instructions Here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00EE4525" w:rsidRPr="00EE4525">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6211" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5425F021" w14:textId="3B7CB442" w:rsidR="007435D6" w:rsidRPr="00056BFD" w:rsidRDefault="007435D6" w:rsidP="00A57096">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Biosketch Supplement</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE4525" w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidR="00EE4525" w:rsidRPr="00890BED">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Instructions Here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00EE4525" w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00087AB1" w:rsidRPr="00BF669C" w14:paraId="391E7EF5" w14:textId="77777777" w:rsidTr="001F1C1F">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19380382" w14:textId="3EAE34BF" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00CC7BAB">
+          <w:p w14:paraId="19380382" w14:textId="3EAE34BF" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00565B23" w:rsidP="00CC7BAB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-782807868"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00087AB1" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="221FCD95" w14:textId="03CB3174" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="28"/>
@@ -3601,71 +3778,72 @@
               <w:t xml:space="preserve">not </w:t>
             </w:r>
             <w:r w:rsidR="006D5699" w:rsidRPr="006D5699">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>display on Biosketch.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00087AB1" w:rsidRPr="00BF669C" w14:paraId="25D45321" w14:textId="77777777" w:rsidTr="000E0C30">
         <w:trPr>
           <w:trHeight w:val="728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF77801" w14:textId="3854EB7F" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
+          <w:p w14:paraId="7FF77801" w14:textId="3854EB7F" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00565B23" w:rsidP="00087AB1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1041126973"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F1A47" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C3AB9C" w14:textId="17B918D8" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -3701,75 +3879,76 @@
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>reverse chronological order</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> by start date. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF762E6" w14:textId="083B20CE" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
+          <w:p w14:paraId="2FF762E6" w14:textId="083B20CE" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00565B23" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1340229872"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00087AB1" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="149B5338" w14:textId="7615BCE5" w:rsidR="00087AB1" w:rsidRPr="00056BFD" w:rsidRDefault="00087AB1" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
@@ -3810,71 +3989,72 @@
               <w:t>3,500-character</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> limit. Briefly describe why you are well-suited for your role/s in this project. May detail ongoing/completed research projects from past 3 years. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4EDF" w:rsidRPr="00BF669C" w14:paraId="79584D35" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F661337" w14:textId="1CA570E7" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
+          <w:p w14:paraId="5F661337" w14:textId="1CA570E7" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00565B23" w:rsidP="00087AB1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-125857949"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69FC08EF" w14:textId="4DB780CC" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
@@ -3911,76 +4091,77 @@
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>reverse chronological order</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> by start date. Appointments outside of the primary org must be identified for a period of up to 3 years from date of proposal submission. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13AA90A5" w14:textId="070D1397" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
+          <w:p w14:paraId="13AA90A5" w14:textId="070D1397" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00565B23" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1006433082"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04EFA9F8" w14:textId="7288196E" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -4055,74 +4236,75 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0780D9F7" w14:textId="77777777" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="753698DE" w14:textId="2DF11909" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
+          <w:p w14:paraId="753698DE" w14:textId="2DF11909" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00565B23" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="188803471"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5851" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A936912" w14:textId="4D4FF742" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
@@ -4248,71 +4430,72 @@
               </w:rPr>
               <w:t xml:space="preserve"> in the NIH Biosketch Supplement.</w:t>
             </w:r>
             <w:r w:rsidR="00290BA9" w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Descriptions of contributions may mention research products under-development such as not-accepted manuscripts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4EDF" w:rsidRPr="00BF669C" w14:paraId="016A51F8" w14:textId="77777777" w:rsidTr="00DE4EDF">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB01D17" w14:textId="730445BA" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="00087AB1">
+          <w:p w14:paraId="4AB01D17" w14:textId="730445BA" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00565B23" w:rsidP="00087AB1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-559545746"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE4EDF" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6158DFAF" w14:textId="49C0194C" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -4421,71 +4604,72 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32C9C3D3" w14:textId="4518F102" w:rsidR="00DE4EDF" w:rsidRPr="00056BFD" w:rsidRDefault="00DE4EDF" w:rsidP="00087AB1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00526DFE" w:rsidRPr="00BF669C" w14:paraId="241D3C53" w14:textId="77777777" w:rsidTr="000E0C30">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F80A56C" w14:textId="62C9C914" w:rsidR="00526DFE" w:rsidRPr="00056BFD" w:rsidRDefault="00000000" w:rsidP="001C03E8">
+          <w:p w14:paraId="6F80A56C" w14:textId="62C9C914" w:rsidR="00526DFE" w:rsidRPr="00056BFD" w:rsidRDefault="00565B23" w:rsidP="001C03E8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="794256702"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00526DFE" w:rsidRPr="00056BFD">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E5B6ACE" w14:textId="4568D9EA" w:rsidR="00526DFE" w:rsidRPr="00056BFD" w:rsidRDefault="00526DFE" w:rsidP="001C03E8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
@@ -4650,112 +4834,112 @@
               </w:rPr>
               <w:t xml:space="preserve">Other Support is </w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> required for NIH proposal submissions and will be requested at the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Just-in-Time (JIT) phase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Detailed Other Support Instructions and Format page are found here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="001C133B" w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other Support must be created in </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidR="001C133B" w:rsidRPr="00056BFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>SciENcv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001C133B" w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -4798,80 +4982,81 @@
         <w:gridCol w:w="120"/>
         <w:gridCol w:w="7995"/>
         <w:gridCol w:w="1964"/>
       </w:tblGrid>
       <w:tr w:rsidR="00490273" w:rsidRPr="00BF669C" w14:paraId="5C52A583" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="195E93A3" w14:textId="3D05103E" w:rsidR="00490273" w:rsidRPr="00C022AC" w:rsidRDefault="00490273" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>OTHER PROJECT INFORMATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3A9F2044" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1700694108"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="05B4F908" w14:textId="1F8A2AA8" w:rsidR="001F5E52" w:rsidRPr="00614384" w:rsidRDefault="001F5E52" w:rsidP="002753A8">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -4988,50 +5173,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_Summary.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="3C58D808" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1397246297"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="71D881D6" w14:textId="59C412B8" w:rsidR="001F5E52" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5143,50 +5329,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Narrative.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="47B60F48" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1970706595"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1F0DA6B3" w14:textId="37BF444D" w:rsidR="001F5E52" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -5276,68 +5463,68 @@
               <w:t>URLs allowed</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C0F133" w14:textId="7F77BCC6" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F7848">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommend including </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidR="004D3FE8" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PMCIDs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004D3FE8" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">’ for all pubs listed in bio authored/co-authored by applicant and fall under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidR="004D3FE8" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Public Access Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F21901" w14:textId="727A6C21" w:rsidR="001F5E52" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -5383,50 +5570,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>References.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="47ABE56A" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="523524117"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5B04F702" w14:textId="46570C8A" w:rsidR="001F5E52" w:rsidRPr="00614384" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -5516,51 +5704,51 @@
             </w:r>
             <w:r w:rsidR="00E04885" w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>any biohazards facilities</w:t>
             </w:r>
             <w:r w:rsidR="002120E0" w:rsidRPr="00746A33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; May use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidR="002120E0" w:rsidRPr="00746A33">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OCG </w:t>
               </w:r>
               <w:r w:rsidR="00E70AAC" w:rsidRPr="00746A33">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facilities </w:t>
               </w:r>
               <w:r w:rsidR="002120E0" w:rsidRPr="00746A33">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
@@ -5625,50 +5813,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facilities.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00BF669C" w14:paraId="54962D05" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1811859728"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4294EDDD" w14:textId="61C702D4" w:rsidR="001F5E52" w:rsidRPr="00614384" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -5902,50 +6091,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Equipment.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC3ADC" w:rsidRPr="00BF669C" w14:paraId="5AA40E9D" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-549463314"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3A2C5CEE" w14:textId="67FDCB52" w:rsidR="00FC3ADC" w:rsidRPr="00614384" w:rsidRDefault="004C2DB7" w:rsidP="002753A8">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -6056,92 +6246,93 @@
           </w:tcPr>
           <w:p w14:paraId="0C59E40A" w14:textId="7DEDABF5" w:rsidR="001F5E52" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="-1610656213"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="429" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2B514546" w14:textId="0FC546C9" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="00746A33" w:rsidP="001F5E52">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="76"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56C73CFB" w14:textId="2F4B99DA" w:rsidR="001F5E52" w:rsidRPr="0002357A" w:rsidRDefault="001F5E52" w:rsidP="001F5E52">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:anchor="6" w:history="1">
+            <w:hyperlink r:id="rId35" w:anchor="6" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Foreign Justification</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00661C23" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00661C23" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -6506,51 +6697,51 @@
           </w:tcPr>
           <w:p w14:paraId="20C6E04C" w14:textId="3A9AC9B0" w:rsidR="001C6722" w:rsidRDefault="001C6722" w:rsidP="00052D54">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="376" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="001C6722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH Cost Estimation Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for budgeting purposes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16AEA2AB" w14:textId="51E0310F" w:rsidR="00052D54" w:rsidRPr="00094CD1" w:rsidRDefault="00EE304C" w:rsidP="00052D54">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
@@ -6608,51 +6799,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If personnel </w:t>
             </w:r>
             <w:r w:rsidR="00012026">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>are</w:t>
             </w:r>
             <w:r w:rsidR="00012026" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">over salary cap, use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>current NIH salary cap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for budgeting. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5649A233" w14:textId="0C73DE24" w:rsidR="001C6722" w:rsidRDefault="00052D54" w:rsidP="001C6722">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
@@ -6932,51 +7123,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; see DMS Justification requirements below</w:t>
             </w:r>
             <w:r w:rsidR="0036778C" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009B53CC" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more details on </w:t>
             </w:r>
             <w:r w:rsidR="009B53CC" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">DMS </w:t>
             </w:r>
             <w:r w:rsidR="003811B9" w:rsidRPr="00DF4A32">
@@ -6996,126 +7187,127 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE304C" w:rsidRPr="00BF669C" w14:paraId="066BEB8D" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22E6AC47" w14:textId="6E8B522D" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>R&amp;R DETAILED budget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> * </w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,001 or MORE Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="00614384" w14:paraId="38994C1F" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="753825D5" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00000000" w:rsidP="00A57096">
+          <w:p w14:paraId="753825D5" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="00C022AC" w:rsidRDefault="00565B23" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-525785318"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE304C" w:rsidRPr="00C022AC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="061063A1" w14:textId="2B56F2D4" w:rsidR="00EE304C" w:rsidRPr="0048490C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -7168,51 +7360,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="236" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="0048490C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG Budget Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for guidance </w:t>
             </w:r>
             <w:r w:rsidR="00B75A12" w:rsidRPr="0048490C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>on required statements</w:t>
             </w:r>
             <w:r w:rsidR="00532106" w:rsidRPr="0048490C">
               <w:rPr>
@@ -7570,51 +7762,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. PI must briefly explain personnel effort/costs associated with general cost categories</w:t>
             </w:r>
             <w:r w:rsidR="00ED2DE3" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00C531BE" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>curating data and developing supporting documentation, local data management activities, preserving and sharing data through established repositories, etc. S</w:t>
             </w:r>
             <w:r w:rsidR="00772E47" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ee </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidR="00772E47" w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00772E47" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for requirement</w:t>
             </w:r>
             <w:r w:rsidR="007D675B" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0267AC99" w14:textId="0A7D9308" w:rsidR="00AA59C4" w:rsidRPr="00AA59C4" w:rsidRDefault="00AA59C4" w:rsidP="002B041F">
@@ -7648,51 +7840,51 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Genomic Data Sharing Costs</w:t>
             </w:r>
             <w:r w:rsidRPr="00012026">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> included in the budget, they must be described </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>within the DMS Justification; CU Research Computing can assist with Genomic Data Sharing Costs related to secure storage and access</w:t>
             </w:r>
             <w:r w:rsidR="005F5F02">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidR="005F5F02" w:rsidRPr="007F68EF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rc-help@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="005F5F02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1832DF6E" w14:textId="0BA632D3" w:rsidR="00117F97" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
@@ -7823,51 +8015,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_Justification.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE304C" w:rsidRPr="00BF669C" w14:paraId="5782AB5D" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C0A0585" w14:textId="7201E696" w:rsidR="00EE304C" w:rsidRPr="00BF669C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>MODULAR BUDGET</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004265D7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
@@ -7877,76 +8069,77 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidRPr="004265D7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,000 or less Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="06F4BA50" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF4E5ED" w14:textId="5B8821B1" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00A57096">
+          <w:p w14:paraId="4AF4E5ED" w14:textId="5B8821B1" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00565B23" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1432085972"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B75A12">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30259874" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="0048490C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
@@ -8098,76 +8291,77 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Personnel.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="22C08D90" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="759C514C" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00A57096">
+          <w:p w14:paraId="759C514C" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00565B23" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1391928199"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE304C" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08E7C055" w14:textId="387A314C" w:rsidR="00EE304C" w:rsidRPr="0048490C" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
@@ -8340,77 +8534,78 @@
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00EE304C" w:rsidRPr="002B041F">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Consortium.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002443E4" w:rsidRPr="007C546F" w14:paraId="011CB84A" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="3284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50038369" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00A57096">
+          <w:p w14:paraId="50038369" w14:textId="77777777" w:rsidR="00EE304C" w:rsidRPr="007C546F" w:rsidRDefault="00565B23" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="851759954"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE304C" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31D53288" w14:textId="7C1F76FB" w:rsidR="00EE304C" w:rsidRPr="00DF4A32" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
@@ -8563,89 +8758,89 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>related to secure storage and access</w:t>
             </w:r>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="007F68EF" w:rsidRPr="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, they must be described within the DMS Justification; CU Research Computing can assist </w:t>
             </w:r>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">with costs: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidR="007F68EF" w:rsidRPr="007F68EF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rc-help@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007F68EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DBBA95E" w14:textId="3436CA22" w:rsidR="00FC4545" w:rsidRPr="00DF4A32" w:rsidRDefault="0039517B" w:rsidP="002B041F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="249" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See OCG </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="00DF4A32">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Additional Narrative Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for required description.</w:t>
             </w:r>
             <w:r w:rsidR="00F82648" w:rsidRPr="00DF4A32">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -8829,86 +9024,87 @@
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="21401753" w14:textId="21381233" w:rsidR="008B02EE" w:rsidRPr="00C022AC" w:rsidRDefault="00EE304C" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidR="008B02EE" w:rsidRPr="00C87FA4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS 398 RESEARCH PLAN</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008B02EE" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="008B4DC3" w14:paraId="352FE365" w14:textId="77777777" w:rsidTr="00E5116E">
         <w:trPr>
           <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1892111104"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="437DDB65" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="007C546F" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -9091,50 +9287,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Introduction.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="4DE15CB8" w14:textId="77777777" w:rsidTr="00E5116E">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1110083669"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0933721C" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -9262,50 +9459,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SpecificAims.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="36369CC0" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="2537"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1964843921"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="59AED2B0" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -9604,51 +9802,51 @@
               </w:rPr>
               <w:t>3. Approach</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> section under a subsection entitled “</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Human Fetal Tissue Research Approach</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">“; details included under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:anchor="3" w:history="1">
+            <w:hyperlink r:id="rId47" w:anchor="3" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>“Special Instructions” section of Approach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00706C7E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C4F3966" w14:textId="6CD81742" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
@@ -9811,50 +10009,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ResearchStrategy.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="435DC6E0" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1370453038"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="68284BAA" w14:textId="662A581F" w:rsidR="008B02EE" w:rsidRDefault="00B75A12" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -9944,68 +10143,68 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommend </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PMCIDs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">’ inclusion for all pubs listed in bio authored/co-authored by applicant and fall under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Public Access Policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00746F8F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="412BAB77" w14:textId="252FD96B" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
@@ -10062,50 +10261,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Publications.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5936328D" w14:textId="77777777" w:rsidTr="00746A33">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1615091300"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="7FA3669F" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -10315,50 +10515,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Vertebrate.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="39DC5560" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1822114520"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0F3E394C" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -10377,51 +10578,51 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Select Agent Research</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> * (Required if </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>activities involve use of select agents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="743024EA" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
@@ -10447,51 +10648,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If only use of </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>excluded select agents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, note which strains and that it has been excluded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A9D268A" w14:textId="438D0628" w:rsidR="008B02EE" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
@@ -10547,50 +10748,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SelectAgent.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="22865146" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="881"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="202294636"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="54C4042A" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -10659,51 +10861,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No page limit; should describe rationale for choosing a multiple PD/PI approach, and governance/organizational structure of leadership team</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="087DEFD8" w14:textId="4FD9FB74" w:rsidR="0037539D" w:rsidRPr="0002357A" w:rsidRDefault="0037539D" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Multiple PI Leadership Plan Sample here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10761,50 +10963,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>LeadershipPlan.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="078AB7CF" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="524599502"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="15E8BC54" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -11020,50 +11223,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contractual.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5A04A970" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="218406235"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="6FBA2AE8" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -11129,51 +11333,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No page limit; all letters of support in a single PDF document</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EE89E21" w14:textId="4CC5605E" w:rsidR="008B02EE" w:rsidRPr="0002357A" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:anchor="electronicsignatures" w:history="1">
+            <w:hyperlink r:id="rId53" w:anchor="electronicsignatures" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>N</w:t>
               </w:r>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>o electronic signatures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA4CB1" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>; print</w:t>
@@ -11357,50 +11561,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="6E04E946" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-81614182"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="7FE5087F" w14:textId="118BB79A" w:rsidR="008B02EE" w:rsidRPr="000718D2" w:rsidRDefault="002C1588" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -11574,51 +11779,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="871" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>esources/</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="006205BC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>research tools</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> will be developed by NIH funds (</w:t>
             </w:r>
             <w:r w:rsidRPr="006205BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and the associated research findings published or provided to NIH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11746,99 +11951,100 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ResourceSharing.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="409C77F0" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1933079314"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="4408CFC7" w14:textId="674B5F36" w:rsidR="00361F10" w:rsidRDefault="002C1588" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F325C12" w14:textId="239E3317" w:rsidR="00361F10" w:rsidRPr="0002357A" w:rsidRDefault="00DB617C" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:anchor="11" w:history="1">
+            <w:hyperlink r:id="rId55" w:anchor="11" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Data Management and Sharing Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000F0A55" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Required for all research proposals)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C70F8CA" w14:textId="7A2C6E8C" w:rsidR="00AC43AC" w:rsidRPr="0002357A" w:rsidRDefault="00AC43AC" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -11870,145 +12076,145 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD290C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Review the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CRDDS DMSP: Tools for CU Researchers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00CD290C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> primer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A95D47D" w14:textId="3FED79C8" w:rsidR="00374D34" w:rsidRPr="0002357A" w:rsidRDefault="00AC43AC" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>DMPTool</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to create plan and </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>consult CRDDS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for recommendations on repository use. </w:t>
             </w:r>
             <w:r w:rsidR="008857DD" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidR="008857DD" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008857DD" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more info on policy.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CE1F25F" w14:textId="156C6134" w:rsidR="00C05AD2" w:rsidRPr="0002357A" w:rsidRDefault="00C05AD2" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
@@ -12033,91 +12239,91 @@
               </w:rPr>
               <w:t>DMSP Required Elements:</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1. Data Type; 2. Related Tools, Software and/or Code; 3. Standards; 4. Data Preservation, Access, and Associated Timelines; 5. Access, Distribution, or Reuse Considerations; 6.</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Oversight of Data Management and Sharing. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:anchor="sample-plans" w:history="1">
+            <w:hyperlink r:id="rId60" w:anchor="sample-plans" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Sample plans available here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32EFABB1" w14:textId="2F9A7C38" w:rsidR="00706C7E" w:rsidRPr="00CD290C" w:rsidRDefault="00706C7E" w:rsidP="00DB617C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t>Please review Data Sharing Policy a</w:t>
               </w:r>
               <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t xml:space="preserve">nd any required repositories </w:t>
               </w:r>
               <w:r w:rsidRPr="00CD290C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
@@ -12141,92 +12347,92 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If applying to NIAAA with human subjects please review </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIAAA Data-Sharing Policy here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. NIH DMSP should adhere to additional </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIAAA requirements here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="007E4E6F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The NIAAA </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NDA Cost Estimation Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for data sharing is </w:t>
             </w:r>
             <w:r w:rsidR="007E4E6F" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>used for estimates.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2117EEA5" w14:textId="24326163" w:rsidR="00DB617C" w:rsidRPr="0002357A" w:rsidRDefault="00DB617C" w:rsidP="00706C7E">
@@ -12246,51 +12452,51 @@
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If app includes: Genomic Data Sharing (GWAS)</w:t>
             </w:r>
             <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>instructions for describing Genomic Summary Results in Data Management and Sharing Plans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A16273" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E2AF241" w14:textId="5F0AF031" w:rsidR="00361F10" w:rsidRPr="002B041F" w:rsidRDefault="00034A0E" w:rsidP="00A57096">
             <w:pPr>
@@ -12346,50 +12552,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DMSPlan.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="5A5F11DA" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="946280315"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="4D76240F" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="000718D2" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -12562,50 +12769,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="001F5E52" w14:paraId="423F5CFD" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="563301715"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="366" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="0C3CCC30" w14:textId="77777777" w:rsidR="008B02EE" w:rsidRPr="000718D2" w:rsidRDefault="008B02EE" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -12674,51 +12882,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOFO</w:t>
             </w:r>
             <w:r w:rsidR="008B02EE" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> will specify if any special appendix instructions; carefully review </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidR="008B02EE" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Appendix Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3068E2D4" w14:textId="660BD788" w:rsidR="008B02EE" w:rsidRPr="00746A33" w:rsidRDefault="008B02EE" w:rsidP="00746A33">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -12933,51 +13141,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="663DFEF1" w14:textId="4897CA48" w:rsidR="001F7848" w:rsidRPr="00C022AC" w:rsidRDefault="00FB2B05" w:rsidP="001243B7">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r w:rsidR="001F7848" w:rsidRPr="00C022AC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS Human Subjects and Clinical Trials Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001F7848" w:rsidRPr="00C022AC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A3188" w:rsidRPr="00D03163" w14:paraId="17E3CD00" w14:textId="77777777" w:rsidTr="001357A6">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
@@ -13024,97 +13232,98 @@
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>, include:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00706C7E" w:rsidRPr="00D03163" w14:paraId="0BD0AE1E" w14:textId="77777777" w:rsidTr="00AC4288">
         <w:trPr>
           <w:trHeight w:val="1880"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1522473569"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="350" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="193C45A8" w14:textId="6634A83D" w:rsidR="00B75A12" w:rsidRPr="001F0DE9" w:rsidRDefault="00B75A12" w:rsidP="001243B7">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8560" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="65E69EBC" w14:textId="274FBDAF" w:rsidR="00B75A12" w:rsidRPr="0002357A" w:rsidRDefault="00B75A12" w:rsidP="001243B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:anchor="UseOf" w:history="1">
+            <w:hyperlink r:id="rId68" w:anchor="UseOf" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explanation for Use of Human Specimens and/or Data </w:t>
               </w:r>
               <w:r w:rsidR="006A0DC5" w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Not</w:t>
               </w:r>
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
@@ -13322,51 +13531,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> without</w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Human Subjects (HS) may still have Human Specimens/Data; to determine whether PI’s research is classified as HS research or not, use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Research Involving Private Information or Biological Specimens flowchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F53DD8" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00F53DD8" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
@@ -13437,50 +13646,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HumanSpecs.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F7848" w:rsidRPr="00D03163" w14:paraId="6574B40E" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="2348"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="110551675"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="350" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="5FB46048" w14:textId="77777777" w:rsidR="001F7848" w:rsidRPr="001F0DE9" w:rsidRDefault="001F7848" w:rsidP="001243B7">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -13819,50 +14029,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for the proposal.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F7848" w:rsidRPr="00D03163" w14:paraId="19B1DAE8" w14:textId="77777777" w:rsidTr="002B041F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-300163693"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="350" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="43BA518A" w14:textId="36A9BAE2" w:rsidR="001F7848" w:rsidRPr="00D03163" w:rsidRDefault="001029F2" w:rsidP="001243B7">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -13982,76 +14193,77 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5727BD76" w14:textId="77777777" w:rsidR="00740C64" w:rsidRPr="00D03163" w:rsidRDefault="00740C64" w:rsidP="001243B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="565" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9C4723" w14:textId="5CC050ED" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="00000000" w:rsidP="001243B7">
+          <w:p w14:paraId="2A9C4723" w14:textId="5CC050ED" w:rsidR="00740C64" w:rsidRPr="0002357A" w:rsidRDefault="00565B23" w:rsidP="001243B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1266619138"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001029F2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001029F2" w:rsidDel="001029F2">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9959" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14320,50 +14532,51 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Clinical Trial (CT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="1BCDDB45" w14:textId="77777777" w:rsidTr="00583AD7">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="169617491"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="58FFE817" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="00D03163" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -14533,50 +14746,51 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A3707" w:rsidRPr="00E04885" w14:paraId="2B4D0644" w14:textId="77777777" w:rsidTr="00746F8F">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="954369467"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4361B09F" w14:textId="77777777" w:rsidR="001A3707" w:rsidRPr="00D03163" w:rsidRDefault="001A3707" w:rsidP="001A3707">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -14799,50 +15013,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1353492460"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="315D66C7" w14:textId="77777777" w:rsidR="001A3707" w:rsidRPr="001F0DE9" w:rsidRDefault="001A3707" w:rsidP="001A3707">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -14851,51 +15066,51 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E1F8EA6" w14:textId="094A7EE6" w:rsidR="001A3707" w:rsidRPr="00583AD7" w:rsidRDefault="001A3707" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:anchor="2.3.a" w:history="1">
+            <w:hyperlink r:id="rId70" w:anchor="2.3.a" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Inclusion of Individuals Across the Lifespan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15030,50 +15245,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1277291246"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="47D1154F" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15081,51 +15297,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B2B50DD" w14:textId="561A3621" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:anchor="2.4" w:history="1">
+            <w:hyperlink r:id="rId71" w:anchor="2.4" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Inclusion of Women and Minorities</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07CA0DF9" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
@@ -15320,50 +15536,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="481200642"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="32C927B0" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15371,51 +15588,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43F18B1B" w14:textId="68E40FD8" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:anchor="2.5" w:history="1">
+            <w:hyperlink r:id="rId72" w:anchor="2.5" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Recruitment and Retention Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15574,50 +15791,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1087992623"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="44D5E21C" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15625,51 +15843,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BD47B7D" w14:textId="6195DA64" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:anchor="2.7" w:history="1">
+            <w:hyperlink r:id="rId73" w:anchor="2.7" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Study Timeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15787,50 +16005,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2131618538"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6BC98E8D" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15838,51 +16057,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E6E9BDA" w14:textId="46A97E69" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:anchor="2.9" w:history="1">
+            <w:hyperlink r:id="rId74" w:anchor="2.9" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Inclusion Enrollment Report</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E67634" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
@@ -16065,50 +16284,51 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A57096" w:rsidRPr="00E04885" w14:paraId="2D0A129A" w14:textId="77777777" w:rsidTr="00746F8F">
         <w:trPr>
           <w:trHeight w:val="134"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="726809101"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="16F85915" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="00D03163" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -16279,100 +16499,101 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1184934816"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0461E52C" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6110C273" w14:textId="01CFD1F4" w:rsidR="00A57096" w:rsidRPr="00E5116E" w:rsidRDefault="00A57096" w:rsidP="00E5116E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:anchor="3.1" w:history="1">
+            <w:hyperlink r:id="rId75" w:anchor="3.1" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Protection of Human Subjects</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00E5116E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E5116E">
@@ -16745,101 +16966,102 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2063516233"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1B3E160B" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37E05E5E" w14:textId="01C2B8CD" w:rsidR="00A57096" w:rsidRPr="0002357A" w:rsidRDefault="00A57096" w:rsidP="00A57096">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:anchor="3.2" w:history="1">
+            <w:hyperlink r:id="rId76" w:anchor="3.2" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Single IRB Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A30B44" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A30B44" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:bCs/>
@@ -17116,100 +17338,101 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-610053232"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2D6374ED" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B2CF3E" w14:textId="016EC9ED" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:anchor="3.3" w:history="1">
+            <w:hyperlink r:id="rId77" w:anchor="3.3" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Data and Safety Monitoring Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(DSMP)</w:t>
             </w:r>
@@ -17340,101 +17563,102 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="490683343"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5FB8BEB3" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="001F0DE9" w:rsidRDefault="00A57096" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BF9AEBC" w14:textId="0F475C8A" w:rsidR="00A57096" w:rsidRPr="00583AD7" w:rsidRDefault="00A57096" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:anchor="3.5" w:history="1">
+            <w:hyperlink r:id="rId78" w:anchor="3.5" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Overall Structure of the Study Team</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -17532,50 +17756,51 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C2DB7" w:rsidRPr="00E04885" w14:paraId="2F94655B" w14:textId="77777777" w:rsidTr="00746F8F">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1244414011"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="064CF4EF" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="00D03163" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -17668,51 +17893,51 @@
             <w:r w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Question 4.6</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A1F99" w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is this an applicable clinical trial under FDAAA? </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidR="006A1F99" w:rsidRPr="006A1F99">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Review NIH Flowchart to determine response</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006A1F99" w:rsidRPr="006A1F99">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="006A1F99">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
@@ -17845,101 +18070,102 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1254089988"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="251A1B72" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="001F0DE9" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005444E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7282996C" w14:textId="099E9305" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:anchor="4.3" w:history="1">
+            <w:hyperlink r:id="rId80" w:anchor="4.3" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Statistical Design and Power</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18043,101 +18269,102 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="682632578"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4E649761" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="001F0DE9" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005444E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00665D35" w14:textId="42272786" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:anchor="4.5" w:history="1">
+            <w:hyperlink r:id="rId81" w:anchor="4.5" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>FDA Regulated Intervention</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E67634" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18283,101 +18510,102 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="906964926"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="462553E1" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="001F0DE9" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005444E1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71B8E7FD" w14:textId="38547F63" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:anchor="4.7" w:history="1">
+            <w:hyperlink r:id="rId82" w:anchor="4.7" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Dissemination Plan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB0A41" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="00583AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18461,50 +18689,51 @@
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C2DB7" w:rsidRPr="00E04885" w14:paraId="730147C0" w14:textId="77777777" w:rsidTr="00746F8F">
         <w:trPr>
           <w:trHeight w:val="179"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-584449041"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="359" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="7A248B21" w14:textId="77777777" w:rsidR="004C2DB7" w:rsidRPr="00D03163" w:rsidRDefault="004C2DB7" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -18690,100 +18919,101 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="853379943"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="60F10A71" w14:textId="3B50182E" w:rsidR="004C2DB7" w:rsidRPr="001F0DE9" w:rsidRDefault="001029F2" w:rsidP="00A57096">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6930D48A" w14:textId="5CAE08BB" w:rsidR="004C2DB7" w:rsidRPr="00583AD7" w:rsidRDefault="004C2DB7" w:rsidP="00583AD7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:anchor="5.1" w:history="1">
+            <w:hyperlink r:id="rId83" w:anchor="5.1" w:history="1">
               <w:r w:rsidRPr="0002357A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Other CT-related Attachments</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F4192E" w:rsidRPr="0002357A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
@@ -18866,72 +19096,72 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="749FE178" w14:textId="77777777" w:rsidR="00A57096" w:rsidRPr="002B041F" w:rsidRDefault="00A57096" w:rsidP="004C2DB7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A57096" w:rsidRPr="002B041F" w:rsidSect="003E26CD">
-      <w:headerReference w:type="default" r:id="rId83"/>
-      <w:footerReference w:type="default" r:id="rId84"/>
+      <w:headerReference w:type="default" r:id="rId84"/>
+      <w:footerReference w:type="default" r:id="rId85"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F815CEE" w14:textId="77777777" w:rsidR="002809C5" w:rsidRDefault="002809C5">
+    <w:p w14:paraId="12C33894" w14:textId="77777777" w:rsidR="00A207CE" w:rsidRDefault="00A207CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E1BAAAF" w14:textId="77777777" w:rsidR="002809C5" w:rsidRDefault="002809C5">
+    <w:p w14:paraId="4B39497E" w14:textId="77777777" w:rsidR="00A207CE" w:rsidRDefault="00A207CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -18974,51 +19204,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68605CB3" w14:textId="23B94899" w:rsidR="00F63901" w:rsidRPr="003742D8" w:rsidRDefault="00F63901" w:rsidP="00154FC2">
+  <w:p w14:paraId="68605CB3" w14:textId="14B46D79" w:rsidR="00F63901" w:rsidRPr="003742D8" w:rsidRDefault="00F63901" w:rsidP="00154FC2">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7560"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">* INDICATES DOCUMENT/SECTION IS REQUIRED </w:t>
     </w:r>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="single"/>
       </w:rPr>
@@ -19064,91 +19294,107 @@
       </w:rPr>
       <w:t xml:space="preserve"> NIH Proposal </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>Required Docs PI</w:t>
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> Checklist  </w:t>
     </w:r>
     <w:r w:rsidR="0054638F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
-      <w:t>0126</w:t>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00565B23">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="0054638F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+      <w:t>26</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="66B2363C" w14:textId="7B719B15" w:rsidR="00F63901" w:rsidRPr="00B938AB" w:rsidRDefault="00F63901" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09E789A7" w14:textId="77777777" w:rsidR="002809C5" w:rsidRDefault="002809C5">
+    <w:p w14:paraId="23D3D3E5" w14:textId="77777777" w:rsidR="00A207CE" w:rsidRDefault="00A207CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00F62D3C" w14:textId="77777777" w:rsidR="002809C5" w:rsidRDefault="002809C5">
+    <w:p w14:paraId="6BEF76FB" w14:textId="77777777" w:rsidR="00A207CE" w:rsidRDefault="00A207CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CEBD515" w14:textId="08045E0C" w:rsidR="00F63901" w:rsidRPr="003742D8" w:rsidRDefault="00F63901" w:rsidP="00980DC7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:ind w:right="-360"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -24004,50 +24250,51 @@
     <w:rsid w:val="00106058"/>
     <w:rsid w:val="00106C30"/>
     <w:rsid w:val="0010716C"/>
     <w:rsid w:val="00112948"/>
     <w:rsid w:val="00117F97"/>
     <w:rsid w:val="00120762"/>
     <w:rsid w:val="00121391"/>
     <w:rsid w:val="001243B7"/>
     <w:rsid w:val="00125CCB"/>
     <w:rsid w:val="00132B8B"/>
     <w:rsid w:val="001357A6"/>
     <w:rsid w:val="00137DF3"/>
     <w:rsid w:val="001445A4"/>
     <w:rsid w:val="00153FEC"/>
     <w:rsid w:val="00154FC2"/>
     <w:rsid w:val="001555BA"/>
     <w:rsid w:val="00155C31"/>
     <w:rsid w:val="00157CA0"/>
     <w:rsid w:val="00172448"/>
     <w:rsid w:val="0017302B"/>
     <w:rsid w:val="00173622"/>
     <w:rsid w:val="001761D8"/>
     <w:rsid w:val="0018088F"/>
     <w:rsid w:val="001851C4"/>
     <w:rsid w:val="00192DDC"/>
+    <w:rsid w:val="001A134E"/>
     <w:rsid w:val="001A3707"/>
     <w:rsid w:val="001A56D1"/>
     <w:rsid w:val="001A67A7"/>
     <w:rsid w:val="001B45B4"/>
     <w:rsid w:val="001B4F75"/>
     <w:rsid w:val="001B5C06"/>
     <w:rsid w:val="001C03E8"/>
     <w:rsid w:val="001C133B"/>
     <w:rsid w:val="001C5A60"/>
     <w:rsid w:val="001C6722"/>
     <w:rsid w:val="001D00D4"/>
     <w:rsid w:val="001D2ABD"/>
     <w:rsid w:val="001D47F1"/>
     <w:rsid w:val="001E19EB"/>
     <w:rsid w:val="001E32D2"/>
     <w:rsid w:val="001E3406"/>
     <w:rsid w:val="001E75A7"/>
     <w:rsid w:val="001F0DE9"/>
     <w:rsid w:val="001F1C1F"/>
     <w:rsid w:val="001F2DE0"/>
     <w:rsid w:val="001F5E52"/>
     <w:rsid w:val="001F600B"/>
     <w:rsid w:val="001F7848"/>
     <w:rsid w:val="00204177"/>
     <w:rsid w:val="002047C1"/>
@@ -24230,66 +24477,68 @@
     <w:rsid w:val="00520643"/>
     <w:rsid w:val="005222C5"/>
     <w:rsid w:val="00522532"/>
     <w:rsid w:val="005236C9"/>
     <w:rsid w:val="005243A0"/>
     <w:rsid w:val="00526DFE"/>
     <w:rsid w:val="00527BA0"/>
     <w:rsid w:val="00530FD8"/>
     <w:rsid w:val="00532106"/>
     <w:rsid w:val="00536173"/>
     <w:rsid w:val="00536192"/>
     <w:rsid w:val="005366CD"/>
     <w:rsid w:val="00543799"/>
     <w:rsid w:val="0054494D"/>
     <w:rsid w:val="0054638F"/>
     <w:rsid w:val="005501A3"/>
     <w:rsid w:val="00552B23"/>
     <w:rsid w:val="0055342A"/>
     <w:rsid w:val="00553D66"/>
     <w:rsid w:val="00555EE1"/>
     <w:rsid w:val="00560949"/>
     <w:rsid w:val="00561EC2"/>
     <w:rsid w:val="005650A1"/>
     <w:rsid w:val="00565371"/>
     <w:rsid w:val="00565A48"/>
+    <w:rsid w:val="00565B23"/>
     <w:rsid w:val="00571E76"/>
     <w:rsid w:val="00572875"/>
     <w:rsid w:val="00574FB6"/>
     <w:rsid w:val="005762CD"/>
     <w:rsid w:val="00576412"/>
     <w:rsid w:val="00581A1A"/>
     <w:rsid w:val="00583AD7"/>
     <w:rsid w:val="005913B7"/>
     <w:rsid w:val="00591B3B"/>
     <w:rsid w:val="00593E54"/>
     <w:rsid w:val="00595C0F"/>
     <w:rsid w:val="00596E25"/>
     <w:rsid w:val="005A3501"/>
     <w:rsid w:val="005A6AB9"/>
     <w:rsid w:val="005B32B7"/>
     <w:rsid w:val="005B43AF"/>
+    <w:rsid w:val="005B4DAE"/>
     <w:rsid w:val="005B51C9"/>
     <w:rsid w:val="005B571A"/>
     <w:rsid w:val="005B6602"/>
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005C4E01"/>
     <w:rsid w:val="005D2534"/>
     <w:rsid w:val="005E29C8"/>
     <w:rsid w:val="005E7D30"/>
     <w:rsid w:val="005F06A2"/>
     <w:rsid w:val="005F21A2"/>
     <w:rsid w:val="005F2515"/>
     <w:rsid w:val="005F48FE"/>
     <w:rsid w:val="005F5F02"/>
     <w:rsid w:val="005F6A86"/>
     <w:rsid w:val="005F7FC1"/>
     <w:rsid w:val="00605489"/>
     <w:rsid w:val="00607BCE"/>
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="00612352"/>
     <w:rsid w:val="0061258E"/>
     <w:rsid w:val="00612852"/>
     <w:rsid w:val="00614384"/>
     <w:rsid w:val="0061787E"/>
     <w:rsid w:val="006205BC"/>
@@ -24327,50 +24576,51 @@
     <w:rsid w:val="006A2FB8"/>
     <w:rsid w:val="006A3103"/>
     <w:rsid w:val="006A5790"/>
     <w:rsid w:val="006B19DD"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006C57BB"/>
     <w:rsid w:val="006D0878"/>
     <w:rsid w:val="006D13BA"/>
     <w:rsid w:val="006D5349"/>
     <w:rsid w:val="006D5699"/>
     <w:rsid w:val="006E095F"/>
     <w:rsid w:val="006E3709"/>
     <w:rsid w:val="006E3961"/>
     <w:rsid w:val="006E5961"/>
     <w:rsid w:val="006E6048"/>
     <w:rsid w:val="006F11FE"/>
     <w:rsid w:val="006F1620"/>
     <w:rsid w:val="006F4C35"/>
     <w:rsid w:val="006F598B"/>
     <w:rsid w:val="00704D8D"/>
     <w:rsid w:val="00706C7E"/>
     <w:rsid w:val="007077FD"/>
     <w:rsid w:val="007136B8"/>
     <w:rsid w:val="00727040"/>
     <w:rsid w:val="0072717B"/>
+    <w:rsid w:val="00733E1A"/>
     <w:rsid w:val="00735470"/>
     <w:rsid w:val="007370D7"/>
     <w:rsid w:val="00737143"/>
     <w:rsid w:val="00737ED0"/>
     <w:rsid w:val="00740272"/>
     <w:rsid w:val="00740C64"/>
     <w:rsid w:val="007422FA"/>
     <w:rsid w:val="00742950"/>
     <w:rsid w:val="007435D6"/>
     <w:rsid w:val="0074479E"/>
     <w:rsid w:val="00746A33"/>
     <w:rsid w:val="00746E5C"/>
     <w:rsid w:val="00746F8F"/>
     <w:rsid w:val="00754382"/>
     <w:rsid w:val="0075548F"/>
     <w:rsid w:val="0075697C"/>
     <w:rsid w:val="0075792A"/>
     <w:rsid w:val="00764F1C"/>
     <w:rsid w:val="00770140"/>
     <w:rsid w:val="00772571"/>
     <w:rsid w:val="00772CA1"/>
     <w:rsid w:val="00772E47"/>
     <w:rsid w:val="007765DD"/>
     <w:rsid w:val="00776729"/>
     <w:rsid w:val="00777B7A"/>
@@ -24384,50 +24634,51 @@
     <w:rsid w:val="007A087B"/>
     <w:rsid w:val="007A1D91"/>
     <w:rsid w:val="007A2BE1"/>
     <w:rsid w:val="007A58CD"/>
     <w:rsid w:val="007A6235"/>
     <w:rsid w:val="007B12E7"/>
     <w:rsid w:val="007B22F2"/>
     <w:rsid w:val="007B2458"/>
     <w:rsid w:val="007C42A8"/>
     <w:rsid w:val="007C546F"/>
     <w:rsid w:val="007C64FB"/>
     <w:rsid w:val="007D0A95"/>
     <w:rsid w:val="007D1678"/>
     <w:rsid w:val="007D675B"/>
     <w:rsid w:val="007D6E7F"/>
     <w:rsid w:val="007E146E"/>
     <w:rsid w:val="007E4E6F"/>
     <w:rsid w:val="007E607C"/>
     <w:rsid w:val="007E61A9"/>
     <w:rsid w:val="007E7F74"/>
     <w:rsid w:val="007F033E"/>
     <w:rsid w:val="007F68EF"/>
     <w:rsid w:val="008014A9"/>
     <w:rsid w:val="00802B07"/>
     <w:rsid w:val="00807319"/>
+    <w:rsid w:val="00811881"/>
     <w:rsid w:val="00822F26"/>
     <w:rsid w:val="00822F77"/>
     <w:rsid w:val="00824ADF"/>
     <w:rsid w:val="00824C63"/>
     <w:rsid w:val="008254E9"/>
     <w:rsid w:val="00830E62"/>
     <w:rsid w:val="008313E5"/>
     <w:rsid w:val="00831E9C"/>
     <w:rsid w:val="00833036"/>
     <w:rsid w:val="00834456"/>
     <w:rsid w:val="0084271A"/>
     <w:rsid w:val="00842AC8"/>
     <w:rsid w:val="00846596"/>
     <w:rsid w:val="00857DE8"/>
     <w:rsid w:val="00863F26"/>
     <w:rsid w:val="00873BB8"/>
     <w:rsid w:val="00873CB5"/>
     <w:rsid w:val="00882257"/>
     <w:rsid w:val="00883D47"/>
     <w:rsid w:val="008857DD"/>
     <w:rsid w:val="00885881"/>
     <w:rsid w:val="00886C97"/>
     <w:rsid w:val="0088702E"/>
     <w:rsid w:val="00890BED"/>
     <w:rsid w:val="00891FD6"/>
@@ -24480,82 +24731,84 @@
     <w:rsid w:val="009B00D6"/>
     <w:rsid w:val="009B1DDE"/>
     <w:rsid w:val="009B2759"/>
     <w:rsid w:val="009B53CC"/>
     <w:rsid w:val="009B5A95"/>
     <w:rsid w:val="009B7D5F"/>
     <w:rsid w:val="009C0B9C"/>
     <w:rsid w:val="009C0F7C"/>
     <w:rsid w:val="009C1BFE"/>
     <w:rsid w:val="009C6423"/>
     <w:rsid w:val="009D6BA1"/>
     <w:rsid w:val="009D75C6"/>
     <w:rsid w:val="009E0551"/>
     <w:rsid w:val="009E5683"/>
     <w:rsid w:val="009F6880"/>
     <w:rsid w:val="00A01641"/>
     <w:rsid w:val="00A032CD"/>
     <w:rsid w:val="00A0663D"/>
     <w:rsid w:val="00A07AA8"/>
     <w:rsid w:val="00A11B91"/>
     <w:rsid w:val="00A11D2D"/>
     <w:rsid w:val="00A12CB8"/>
     <w:rsid w:val="00A13C61"/>
     <w:rsid w:val="00A16273"/>
     <w:rsid w:val="00A169B5"/>
+    <w:rsid w:val="00A207CE"/>
     <w:rsid w:val="00A22564"/>
     <w:rsid w:val="00A2669A"/>
     <w:rsid w:val="00A26A36"/>
     <w:rsid w:val="00A30B44"/>
     <w:rsid w:val="00A31D11"/>
     <w:rsid w:val="00A423F4"/>
     <w:rsid w:val="00A4477C"/>
     <w:rsid w:val="00A45100"/>
     <w:rsid w:val="00A45F6B"/>
     <w:rsid w:val="00A45F9E"/>
     <w:rsid w:val="00A50321"/>
     <w:rsid w:val="00A50A8C"/>
     <w:rsid w:val="00A51E9F"/>
     <w:rsid w:val="00A52138"/>
     <w:rsid w:val="00A52C55"/>
     <w:rsid w:val="00A57096"/>
     <w:rsid w:val="00A726A5"/>
     <w:rsid w:val="00A73E9E"/>
     <w:rsid w:val="00A73FBA"/>
     <w:rsid w:val="00A76352"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A76F0B"/>
     <w:rsid w:val="00A81D67"/>
     <w:rsid w:val="00A8381C"/>
     <w:rsid w:val="00A85B52"/>
     <w:rsid w:val="00A90460"/>
     <w:rsid w:val="00A9364E"/>
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95A1A"/>
     <w:rsid w:val="00A9644F"/>
     <w:rsid w:val="00A969A2"/>
     <w:rsid w:val="00AA59C4"/>
+    <w:rsid w:val="00AA6C9D"/>
     <w:rsid w:val="00AB03BE"/>
     <w:rsid w:val="00AB0E9F"/>
     <w:rsid w:val="00AB159E"/>
     <w:rsid w:val="00AC1475"/>
     <w:rsid w:val="00AC3603"/>
     <w:rsid w:val="00AC4288"/>
     <w:rsid w:val="00AC436B"/>
     <w:rsid w:val="00AC43AC"/>
     <w:rsid w:val="00AC43DF"/>
     <w:rsid w:val="00AC5886"/>
     <w:rsid w:val="00AD1CFA"/>
     <w:rsid w:val="00AD578F"/>
     <w:rsid w:val="00AD731D"/>
     <w:rsid w:val="00AE0CFD"/>
     <w:rsid w:val="00AE2A76"/>
     <w:rsid w:val="00AE2C68"/>
     <w:rsid w:val="00AE5703"/>
     <w:rsid w:val="00AF4AA4"/>
     <w:rsid w:val="00AF634C"/>
     <w:rsid w:val="00B00606"/>
     <w:rsid w:val="00B018B3"/>
     <w:rsid w:val="00B0240A"/>
     <w:rsid w:val="00B11EE0"/>
     <w:rsid w:val="00B1254C"/>
     <w:rsid w:val="00B14999"/>
@@ -24582,50 +24835,51 @@
     <w:rsid w:val="00B938AB"/>
     <w:rsid w:val="00B97760"/>
     <w:rsid w:val="00B97FF4"/>
     <w:rsid w:val="00BA45FC"/>
     <w:rsid w:val="00BA4CB1"/>
     <w:rsid w:val="00BA74C8"/>
     <w:rsid w:val="00BA7663"/>
     <w:rsid w:val="00BB3E88"/>
     <w:rsid w:val="00BB4928"/>
     <w:rsid w:val="00BD4DA6"/>
     <w:rsid w:val="00BD4F87"/>
     <w:rsid w:val="00BD4FF8"/>
     <w:rsid w:val="00BD63AD"/>
     <w:rsid w:val="00BE6CC5"/>
     <w:rsid w:val="00BF669C"/>
     <w:rsid w:val="00BF79E7"/>
     <w:rsid w:val="00BF7CC9"/>
     <w:rsid w:val="00C0064F"/>
     <w:rsid w:val="00C022AC"/>
     <w:rsid w:val="00C03AE8"/>
     <w:rsid w:val="00C04014"/>
     <w:rsid w:val="00C05396"/>
     <w:rsid w:val="00C05AD2"/>
     <w:rsid w:val="00C163C3"/>
     <w:rsid w:val="00C16870"/>
+    <w:rsid w:val="00C16FED"/>
     <w:rsid w:val="00C2004F"/>
     <w:rsid w:val="00C232B0"/>
     <w:rsid w:val="00C25C36"/>
     <w:rsid w:val="00C278BE"/>
     <w:rsid w:val="00C30A9D"/>
     <w:rsid w:val="00C33023"/>
     <w:rsid w:val="00C331C7"/>
     <w:rsid w:val="00C33CD4"/>
     <w:rsid w:val="00C34FB6"/>
     <w:rsid w:val="00C35718"/>
     <w:rsid w:val="00C36E89"/>
     <w:rsid w:val="00C4126C"/>
     <w:rsid w:val="00C4283E"/>
     <w:rsid w:val="00C44552"/>
     <w:rsid w:val="00C45FDC"/>
     <w:rsid w:val="00C47B08"/>
     <w:rsid w:val="00C52A1B"/>
     <w:rsid w:val="00C531BE"/>
     <w:rsid w:val="00C55471"/>
     <w:rsid w:val="00C573D6"/>
     <w:rsid w:val="00C6463E"/>
     <w:rsid w:val="00C666DF"/>
     <w:rsid w:val="00C66ADA"/>
     <w:rsid w:val="00C674A3"/>
     <w:rsid w:val="00C67ACD"/>
@@ -24642,56 +24896,58 @@
     <w:rsid w:val="00CA3573"/>
     <w:rsid w:val="00CA407A"/>
     <w:rsid w:val="00CA7345"/>
     <w:rsid w:val="00CB078B"/>
     <w:rsid w:val="00CB0A41"/>
     <w:rsid w:val="00CB4770"/>
     <w:rsid w:val="00CB47FD"/>
     <w:rsid w:val="00CC1C8C"/>
     <w:rsid w:val="00CC59BB"/>
     <w:rsid w:val="00CC7BAB"/>
     <w:rsid w:val="00CD290C"/>
     <w:rsid w:val="00CD2D22"/>
     <w:rsid w:val="00CD4C67"/>
     <w:rsid w:val="00CD5ED2"/>
     <w:rsid w:val="00CE39DC"/>
     <w:rsid w:val="00CE58E8"/>
     <w:rsid w:val="00CF1770"/>
     <w:rsid w:val="00CF6A1E"/>
     <w:rsid w:val="00D03163"/>
     <w:rsid w:val="00D032F0"/>
     <w:rsid w:val="00D040CA"/>
     <w:rsid w:val="00D04CFD"/>
     <w:rsid w:val="00D06333"/>
     <w:rsid w:val="00D06443"/>
     <w:rsid w:val="00D11CE3"/>
+    <w:rsid w:val="00D12C9A"/>
     <w:rsid w:val="00D150A4"/>
     <w:rsid w:val="00D2248C"/>
     <w:rsid w:val="00D22C73"/>
     <w:rsid w:val="00D339DE"/>
     <w:rsid w:val="00D36A80"/>
     <w:rsid w:val="00D37AC8"/>
+    <w:rsid w:val="00D438B4"/>
     <w:rsid w:val="00D43B7C"/>
     <w:rsid w:val="00D50593"/>
     <w:rsid w:val="00D67DC7"/>
     <w:rsid w:val="00D777FB"/>
     <w:rsid w:val="00D77A5D"/>
     <w:rsid w:val="00D827D3"/>
     <w:rsid w:val="00D861AD"/>
     <w:rsid w:val="00D90EAB"/>
     <w:rsid w:val="00D92B7F"/>
     <w:rsid w:val="00DA21A2"/>
     <w:rsid w:val="00DA2265"/>
     <w:rsid w:val="00DA331C"/>
     <w:rsid w:val="00DA4A02"/>
     <w:rsid w:val="00DA70BF"/>
     <w:rsid w:val="00DB0C25"/>
     <w:rsid w:val="00DB617C"/>
     <w:rsid w:val="00DC00DC"/>
     <w:rsid w:val="00DC3BCD"/>
     <w:rsid w:val="00DC4118"/>
     <w:rsid w:val="00DD0DA1"/>
     <w:rsid w:val="00DD6B91"/>
     <w:rsid w:val="00DE1CED"/>
     <w:rsid w:val="00DE4EDF"/>
     <w:rsid w:val="00DE5986"/>
     <w:rsid w:val="00DE662D"/>
@@ -24733,50 +24989,51 @@
     <w:rsid w:val="00E87EB3"/>
     <w:rsid w:val="00E94533"/>
     <w:rsid w:val="00E945F3"/>
     <w:rsid w:val="00EA09DB"/>
     <w:rsid w:val="00EA3C1F"/>
     <w:rsid w:val="00EA3E64"/>
     <w:rsid w:val="00EA792B"/>
     <w:rsid w:val="00EB1D8F"/>
     <w:rsid w:val="00EB241C"/>
     <w:rsid w:val="00EB31CE"/>
     <w:rsid w:val="00EB3362"/>
     <w:rsid w:val="00EB5BA1"/>
     <w:rsid w:val="00EB7432"/>
     <w:rsid w:val="00EC43CC"/>
     <w:rsid w:val="00EC461B"/>
     <w:rsid w:val="00EC5579"/>
     <w:rsid w:val="00EC77D9"/>
     <w:rsid w:val="00ED2DE3"/>
     <w:rsid w:val="00EE0224"/>
     <w:rsid w:val="00EE13CD"/>
     <w:rsid w:val="00EE1415"/>
     <w:rsid w:val="00EE304C"/>
     <w:rsid w:val="00EE40E1"/>
     <w:rsid w:val="00EE4525"/>
     <w:rsid w:val="00EE4A7F"/>
+    <w:rsid w:val="00EF0015"/>
     <w:rsid w:val="00EF06C5"/>
     <w:rsid w:val="00EF4AC5"/>
     <w:rsid w:val="00EF5002"/>
     <w:rsid w:val="00EF5B16"/>
     <w:rsid w:val="00F00FEE"/>
     <w:rsid w:val="00F03B50"/>
     <w:rsid w:val="00F076B4"/>
     <w:rsid w:val="00F11EAB"/>
     <w:rsid w:val="00F12B41"/>
     <w:rsid w:val="00F2269D"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F252B2"/>
     <w:rsid w:val="00F26B43"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27F76"/>
     <w:rsid w:val="00F300AA"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F35BF2"/>
     <w:rsid w:val="00F37FD9"/>
     <w:rsid w:val="00F4192E"/>
     <w:rsid w:val="00F41C8E"/>
     <w:rsid w:val="00F441BB"/>
     <w:rsid w:val="00F526AB"/>
     <w:rsid w:val="00F53DD8"/>
     <w:rsid w:val="00F54325"/>
@@ -25964,51 +26221,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2084256345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/NIH%20Biographical%20Sketch%20Supplement_FINAL.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/Common%20Form%20NIH%20Biographical%20Sketch_FINAL.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/clinicaltrials_fdaaa/docs/flow_chart-act_only.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/SelectAgentsandToxinsExclusions.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cu-boulder-crdds.github.io/nih_dmsp_primer/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/126" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/Common%20Form%20NIH%20Biographical%20Sketch_FINAL.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/720" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/clinicaltrials_fdaaa/docs/flow_chart-act_only.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/NIH%20Biographical%20Sketch%20Supplement_FINAL.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/include-pmcid-citations.htm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cu-boulder-crdds.github.io/nih_dmsp_primer/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/SelectAgentsandToxinsExclusions.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/720" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\amho8416\AppData\Roaming\Microsoft\Templates\New%20company%20setup%20checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -26505,75 +26762,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B640E92-30E1-4152-8934-76F5CED158C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>4532</Words>
-  <Characters>26514</Characters>
+  <Words>3359</Words>
+  <Characters>27943</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>736</Lines>
-  <Paragraphs>564</Paragraphs>
+  <Lines>232</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30482</CharactersWithSpaces>
+  <CharactersWithSpaces>31240</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>