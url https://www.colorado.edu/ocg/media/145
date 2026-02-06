--- v0 (2025-12-08)
+++ v1 (2026-02-06)
@@ -1,89 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="766A92CF" w14:textId="5B4BB839" w:rsidR="003742D8" w:rsidRPr="006F1A88" w:rsidRDefault="003742D8" w:rsidP="00C72B4E">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="-360" w:firstLine="5760"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007653A4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="299783FA">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="41EA12BF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-31750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-44450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -115,51 +119,51 @@
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="007653A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">NIH </w:t>
       </w:r>
       <w:r w:rsidRPr="006F1A88">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">PROPOSAL R01/R03/R21 SUBMISSION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F27F754" w14:textId="2BFB7DB5" w:rsidR="00364364" w:rsidRPr="009F2A8B" w:rsidRDefault="003742D8" w:rsidP="009F2A8B">
+    <w:p w14:paraId="0F27F754" w14:textId="65FCEE76" w:rsidR="00364364" w:rsidRPr="009F2A8B" w:rsidRDefault="003742D8" w:rsidP="009F2A8B">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:right="-86" w:firstLine="2966"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F1A88">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -200,150 +204,168 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00542E8A" w:rsidRPr="00DF4A32">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">FOR USE ON/AFTER </w:t>
       </w:r>
       <w:r w:rsidR="00542E8A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>01/25/25</w:t>
+        <w:t>01/25/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00850479">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00542E8A" w:rsidRPr="00DF4A32">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4753" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="990"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2383"/>
+        <w:gridCol w:w="981"/>
+        <w:gridCol w:w="2631"/>
+        <w:gridCol w:w="804"/>
+        <w:gridCol w:w="2431"/>
+        <w:gridCol w:w="1069"/>
+        <w:gridCol w:w="2341"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B018B3" w:rsidRPr="007653A4" w14:paraId="53825BA1" w14:textId="49BD71EF" w:rsidTr="002D3DE6">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19D93A88" w14:textId="479DEECD" w:rsidR="00B018B3" w:rsidRPr="007653A4" w:rsidRDefault="00B018B3" w:rsidP="00A07AA8">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="PI" w:colFirst="1" w:colLast="1"/>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">PI Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DA73AAA" w14:textId="070F8313" w:rsidR="00B018B3" w:rsidRPr="007653A4" w:rsidRDefault="00B018B3" w:rsidP="00B018B3">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="655" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C1A288F" w14:textId="010A929B" w:rsidR="00B018B3" w:rsidRPr="007653A4" w:rsidRDefault="00B018B3" w:rsidP="00A07AA8">
+          <w:p w14:paraId="1C1A288F" w14:textId="4FBE2A5B" w:rsidR="00B018B3" w:rsidRPr="007653A4" w:rsidRDefault="00A85894" w:rsidP="00A07AA8">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007653A4">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">FOA </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidR="00B018B3" w:rsidRPr="007653A4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3292A48E" w14:textId="023EA775" w:rsidR="00B018B3" w:rsidRPr="007653A4" w:rsidRDefault="00B018B3" w:rsidP="00B018B3">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1076" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03C8C109" w14:textId="6F1C5CB0" w:rsidR="00B018B3" w:rsidRPr="007653A4" w:rsidRDefault="00B018B3" w:rsidP="00A07AA8">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
@@ -398,130 +420,150 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">* INDICATES DOCUMENT/SECTION IS REQUIRED </w:t>
       </w:r>
       <w:r w:rsidRPr="007653A4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>IF APPLICABLE</w:t>
       </w:r>
       <w:r w:rsidRPr="007653A4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>; IF NOT, DO NOT UPLOAD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3B06D7" w14:textId="4ACA19AD" w:rsidR="00E324EF" w:rsidRPr="00094C46" w:rsidRDefault="00C90947" w:rsidP="00094C46">
+    <w:p w14:paraId="5F3B06D7" w14:textId="56BFD283" w:rsidR="00E324EF" w:rsidRPr="00094C46" w:rsidRDefault="00C90947" w:rsidP="00094C46">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007653A4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve">Initiate the proposal </w:t>
       </w:r>
       <w:r w:rsidR="006C25C0" w:rsidRPr="007653A4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="006C25C0" w:rsidRPr="007653A4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="8"/>
           </w:rPr>
           <w:t>ASSIST</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C25C0" w:rsidRPr="007653A4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007653A4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
         </w:rPr>
-        <w:t xml:space="preserve">using the FOA number and the PI’s eRA Commons Username. </w:t>
+        <w:t xml:space="preserve">using the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85894">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:t>NOFO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007653A4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number and the PI’s eRA Commons Username. </w:t>
       </w:r>
       <w:r w:rsidR="00B75FDA" w:rsidRPr="007653A4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008F07EB" w:rsidRPr="009F2A8B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">URLs are denoted with </w:t>
       </w:r>
-      <w:r w:rsidR="008F07EB" w:rsidRPr="009F2A8B">
+      <w:r w:rsidR="008F07EB" w:rsidRPr="004820F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
-          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>underlined blue font</w:t>
+      </w:r>
+      <w:r w:rsidR="008F07EB" w:rsidRPr="004820F7">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F07EB" w:rsidRPr="009F2A8B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> so source instructions may be easily accessed.</w:t>
+        <w:t>so source instructions may be easily accessed.</w:t>
       </w:r>
       <w:r w:rsidR="008F07EB" w:rsidRPr="007653A4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
@@ -581,50 +623,51 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006736CB" w:rsidRPr="007653A4" w14:paraId="6D95C3BA" w14:textId="3D220CF0" w:rsidTr="006736CB">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="476348020"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2E86439A" w14:textId="24723FD8" w:rsidR="006736CB" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="005913B7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -667,50 +710,51 @@
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Recommended: black font, using Arial, Georgia, Helvetica, or Palatino Linotype</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-255826869"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="457" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5E57187F" w14:textId="7340A973" w:rsidR="006736CB" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="006736CB">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
@@ -736,50 +780,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Smaller text in figures/graphs/diagrams/charts allowed but must be legible </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006736CB" w:rsidRPr="007653A4" w14:paraId="3B352224" w14:textId="77777777" w:rsidTr="00004C76">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1661737914"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3399F886" w14:textId="67BC10D0" w:rsidR="006736CB" w:rsidRPr="007653A4" w:rsidRDefault="006736CB" w:rsidP="006736CB">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -808,50 +853,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All files in PDF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1096213086"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="12558342" w14:textId="60BADC7E" w:rsidR="006736CB" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="006736CB">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -878,50 +924,51 @@
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doc names 50 characters or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1402899495"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4C866A52" w14:textId="2F056167" w:rsidR="006736CB" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="006736CB">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -958,50 +1005,51 @@
             <w:r w:rsidR="009B22E7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; letter-sized paper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1693753653"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="7A3C5350" w14:textId="367E2233" w:rsidR="006736CB" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="006736CB">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -1035,50 +1083,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No headers or footers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000060FA" w:rsidRPr="007653A4" w14:paraId="0A7C9069" w14:textId="39CB5B27" w:rsidTr="00436127">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2080893018"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="762EE161" w14:textId="4C25B280" w:rsidR="000060FA" w:rsidRPr="007653A4" w:rsidRDefault="000060FA" w:rsidP="006736CB">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1120,50 +1169,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>(If Multiple PI, list as PI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-629323059"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="698F7F4F" w14:textId="3FD5D7E3" w:rsidR="000060FA" w:rsidRPr="007653A4" w:rsidRDefault="000060FA" w:rsidP="000060FA">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:color w:val="auto"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1199,50 +1249,51 @@
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Biosketch </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="409817865"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="054B0C25" w14:textId="045067B2" w:rsidR="000060FA" w:rsidRPr="007653A4" w:rsidRDefault="000060FA" w:rsidP="000060FA">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:i/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -1286,157 +1337,163 @@
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>; must flatten all PDFs with signatures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A726A5" w:rsidRPr="007653A4" w14:paraId="022AF49F" w14:textId="77777777" w:rsidTr="000060FA">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1166390974"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="052A360D" w14:textId="19B2F172" w:rsidR="00A726A5" w:rsidRPr="007653A4" w:rsidRDefault="00A726A5" w:rsidP="00A726A5">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10412" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75ACD316" w14:textId="606F54B9" w:rsidR="00A726A5" w:rsidRPr="007653A4" w:rsidRDefault="00A726A5" w:rsidP="006736CB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007653A4">
+            <w:r w:rsidRPr="00EE6F9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">Click </w:t>
             </w:r>
-            <w:r w:rsidR="000060FA" w:rsidRPr="007653A4">
+            <w:r w:rsidR="000060FA" w:rsidRPr="00EE6F9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="007653A4">
+            <w:r w:rsidRPr="00EE6F9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Validate Application</w:t>
             </w:r>
-            <w:r w:rsidR="000060FA" w:rsidRPr="007653A4">
+            <w:r w:rsidR="000060FA" w:rsidRPr="00EE6F9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="007653A4">
+            <w:r w:rsidRPr="00EE6F9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> button before submission to check for errors/warnings</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB159E" w:rsidRPr="007653A4" w14:paraId="0888D48B" w14:textId="77777777" w:rsidTr="000F70EB">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="433D5D00" w14:textId="77777777" w:rsidR="00AB159E" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00A85917">
+          <w:p w14:paraId="433D5D00" w14:textId="77777777" w:rsidR="00AB159E" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00A85917">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5366"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2090040714"/>
                 <w:placeholder>
                   <w:docPart w:val="AE88FCE51602446CA16D4F026FF8F0E7"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
@@ -1502,50 +1559,51 @@
                 </w:rPr>
                 <w:t>R&amp;R Cover Page</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000517E7" w:rsidRPr="007653A4" w14:paraId="150DF16F" w14:textId="77777777" w:rsidTr="000F70EB">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1621107226"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="496B6679" w14:textId="0CB72F05" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="000517E7" w:rsidP="000517E7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1606,50 +1664,51 @@
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2091187228"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="16AEDB89" w14:textId="7BB40952" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="000517E7" w:rsidP="000517E7">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
@@ -1668,56 +1727,56 @@
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Person to be contacted: PA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="826014904"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="34225F2F" w14:textId="4147D927" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="000517E7" w:rsidP="000517E7">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25AA65BE" w14:textId="77777777" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="000517E7" w:rsidP="000517E7">
@@ -1735,50 +1794,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">EIN: 1846000555A2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000517E7" w:rsidRPr="007653A4" w14:paraId="205026DC" w14:textId="77777777" w:rsidTr="006D4BD8">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="554516427"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="52F3E6C5" w14:textId="17FA49DF" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="000517E7" w:rsidP="000517E7">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1834,50 +1894,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-270478801"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="231A9144" w14:textId="460C47E0" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="000517E7" w:rsidP="000517E7">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -1915,50 +1976,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>H: Public/State Controlled Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000517E7" w:rsidRPr="007653A4" w14:paraId="325954EF" w14:textId="77777777" w:rsidTr="00F06AEA">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1236667987"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="341AB02A" w14:textId="43A77E7C" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="000517E7" w:rsidP="000517E7">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -1982,73 +2044,74 @@
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Type of Application</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8270" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF07531" w14:textId="77777777" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="000517E7">
+          <w:p w14:paraId="3DF07531" w14:textId="77777777" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="000517E7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-665475982"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:anchor="NewApplicationawardgrant" w:history="1">
               <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
@@ -2056,50 +2119,51 @@
                 <w:t>New</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-103577088"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:anchor="Resubmission" w:history="1">
               <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
@@ -2108,105 +2172,107 @@
                 <w:t>Resubmission</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1965147375"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:anchor="RenewalApplication" w:history="1">
               <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Renewal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7EE500B6" w14:textId="6298AAEB" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="000517E7">
+          <w:p w14:paraId="7EE500B6" w14:textId="6298AAEB" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="000517E7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1697657500"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Select Revision if </w:t>
@@ -2261,50 +2327,51 @@
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="355"/>
         <w:gridCol w:w="3420"/>
         <w:gridCol w:w="7015"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A85917" w:rsidRPr="007653A4" w14:paraId="20341E78" w14:textId="77777777" w:rsidTr="00A85917">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2082200839"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="355" w:type="dxa"/>
                 <w:tcMar>
                   <w:top w:w="0" w:type="nil"/>
                   <w:left w:w="0" w:type="nil"/>
                   <w:bottom w:w="0" w:type="nil"/>
                   <w:right w:w="0" w:type="nil"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="4148BCCA" w14:textId="6AFF31DB" w:rsidR="00A85917" w:rsidRPr="007653A4" w:rsidRDefault="00A85917" w:rsidP="00A85917">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -2330,106 +2397,94 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Is application being submitted to other agencies?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1656674512"/>
             <w:placeholder>
               <w:docPart w:val="4C195C41CF2C4D53BAF7540989B5287B"/>
             </w:placeholder>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7015" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:tcMar>
                   <w:top w:w="0" w:type="nil"/>
                   <w:left w:w="0" w:type="nil"/>
                   <w:bottom w:w="0" w:type="nil"/>
                   <w:right w:w="0" w:type="nil"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="17868F4C" w14:textId="1C9B5D90" w:rsidR="00A85917" w:rsidRPr="007653A4" w:rsidRDefault="00A85917" w:rsidP="00A85917">
                 <w:pPr>
                   <w:ind w:right="113"/>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">If </w:t>
-[...13 lines deleted...]
-                  <w:t>, list other agencies</w:t>
+                  <w:t>If Yes, list other agencies</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00A85917" w:rsidRPr="007653A4" w14:paraId="4B6CAF17" w14:textId="77777777" w:rsidTr="00A85917">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-57403760"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="355" w:type="dxa"/>
                 <w:tcMar>
                   <w:top w:w="0" w:type="nil"/>
                   <w:left w:w="0" w:type="nil"/>
                   <w:bottom w:w="0" w:type="nil"/>
                   <w:right w:w="0" w:type="nil"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="3DEF86E3" w14:textId="63E233D6" w:rsidR="00A85917" w:rsidRPr="007653A4" w:rsidRDefault="00A85917" w:rsidP="00A85917">
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
@@ -2457,638 +2512,669 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Descriptive Title of Application - </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>max length of 200 characters</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-626627398"/>
             <w:placeholder>
               <w:docPart w:val="7E265C97AF5C471ABE3AFE4351472A68"/>
             </w:placeholder>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7015" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
                 <w:tcMar>
                   <w:top w:w="0" w:type="nil"/>
                   <w:left w:w="0" w:type="nil"/>
                   <w:bottom w:w="0" w:type="nil"/>
                   <w:right w:w="0" w:type="nil"/>
                 </w:tcMar>
               </w:tcPr>
               <w:p w14:paraId="5E17A047" w14:textId="77777777" w:rsidR="00A85917" w:rsidRPr="007653A4" w:rsidRDefault="00A85917" w:rsidP="00A85917">
                 <w:pPr>
                   <w:ind w:left="113" w:right="113"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Click here to list title</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="5010" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="378"/>
+        <w:gridCol w:w="361"/>
+        <w:gridCol w:w="17"/>
         <w:gridCol w:w="173"/>
-        <w:gridCol w:w="538"/>
+        <w:gridCol w:w="434"/>
+        <w:gridCol w:w="104"/>
         <w:gridCol w:w="141"/>
         <w:gridCol w:w="1304"/>
+        <w:gridCol w:w="95"/>
+        <w:gridCol w:w="243"/>
+        <w:gridCol w:w="188"/>
+        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="8"/>
+        <w:gridCol w:w="152"/>
+        <w:gridCol w:w="215"/>
+        <w:gridCol w:w="55"/>
+        <w:gridCol w:w="171"/>
+        <w:gridCol w:w="442"/>
+        <w:gridCol w:w="263"/>
+        <w:gridCol w:w="564"/>
+        <w:gridCol w:w="84"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="301"/>
+        <w:gridCol w:w="233"/>
         <w:gridCol w:w="338"/>
-        <w:gridCol w:w="208"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="599"/>
+        <w:gridCol w:w="28"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="526"/>
         <w:gridCol w:w="127"/>
         <w:gridCol w:w="91"/>
         <w:gridCol w:w="160"/>
         <w:gridCol w:w="127"/>
         <w:gridCol w:w="49"/>
-        <w:gridCol w:w="111"/>
+        <w:gridCol w:w="90"/>
+        <w:gridCol w:w="21"/>
         <w:gridCol w:w="249"/>
-        <w:gridCol w:w="2600"/>
+        <w:gridCol w:w="188"/>
+        <w:gridCol w:w="541"/>
+        <w:gridCol w:w="458"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="22"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00106058" w:rsidRPr="007653A4" w14:paraId="3442978D" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="00106058" w:rsidRPr="007653A4" w14:paraId="3442978D" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-205803967"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2385E364" w14:textId="727F3735" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62714B98" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Project Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-496800627"/>
             <w:placeholder>
               <w:docPart w:val="49F9F280080945728A3F51C65CA3EB45"/>
             </w:placeholder>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1850" w:type="dxa"/>
-                <w:gridSpan w:val="3"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2F6DDF03" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="0068107B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Enter Project Period</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1202284135"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="375" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
+                <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="251132EF" w14:textId="10C56C04" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FDBC12F" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Congressional District: CO-002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C8EF10E" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>: PI info may be updated on Sr/Key Person Profile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-678200658"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
+                <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="22C27CC8" w14:textId="5D0A24FD" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A39BE34" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Estimated Project Funding matches budget sheet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00106058" w:rsidRPr="007653A4" w14:paraId="16C0CD2C" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="00106058" w:rsidRPr="007653A4" w14:paraId="16C0CD2C" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="964702989"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="79BCBAB6" w14:textId="3BE6F809" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4763" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="4572" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5853C4B0" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Is application subject to review by E.O. 12372? No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20AD756C" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: No SFLLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="1423757547"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="397E6FC6" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="0068107B">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2600" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4292D9F8" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="0068107B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>AOR info: PA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B53838" w:rsidRPr="007653A4" w14:paraId="6C9C006E" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="00B53838" w:rsidRPr="007653A4" w14:paraId="6C9C006E" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1462563231"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="7D8BCECC" w14:textId="35B2E441" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="0068107B">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10412" w:type="dxa"/>
-            <w:gridSpan w:val="28"/>
+            <w:gridSpan w:val="38"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="778962B0" w14:textId="27B54333" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="001F025B">
+          <w:p w14:paraId="778962B0" w14:textId="5605D20C" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B53838" w:rsidP="001F025B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Cover Letter</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">* </w:t>
             </w:r>
@@ -3106,68 +3192,50 @@
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Required if: project has video, Human Fetal Tissue (HFT), large-scale genomic data</w:t>
             </w:r>
             <w:r w:rsidR="000060FA" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00836A5E" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> sub budgets missing budget period,</w:t>
             </w:r>
             <w:r w:rsidR="00CD4D67">
-              <w:rPr>
-[...16 lines deleted...]
-            <w:r w:rsidR="00DB6AD3" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidR="00DB6AD3" w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:t>continuous submission</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00DB6AD3" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="19"/>
@@ -3190,96 +3258,143 @@
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:t>late application</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="001F025B" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Must be addressed to Division of Receipt and Referral &amp; include Application Title, and Title of FOA.</w:t>
+              <w:t>Must be addressed to Division of Receipt and Referral &amp; include App</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="001F025B" w:rsidRPr="007653A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Title, and </w:t>
+            </w:r>
+            <w:r w:rsidR="00A85894" w:rsidRPr="00A85894">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4FB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Title</w:t>
+            </w:r>
+            <w:r w:rsidR="001F025B" w:rsidRPr="007653A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="005174C7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>: Do not request assignment of proposal here; address in Assignment Request Form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B53838" w:rsidRPr="007653A4" w14:paraId="47F225E7" w14:textId="77777777" w:rsidTr="000F70EB">
+      <w:tr w:rsidR="00B53838" w:rsidRPr="007653A4" w14:paraId="47F225E7" w14:textId="77777777" w:rsidTr="00EE5569">
         <w:trPr>
-          <w:trHeight w:val="350"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
+          <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE49133" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00A85917">
+          <w:p w14:paraId="6CE49133" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00A85917">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5366"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="103999179"/>
                 <w:placeholder>
                   <w:docPart w:val="86A0DCBD29814760963F60993902677A"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
@@ -3297,1174 +3412,1258 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A85917" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="37C97DF6" w14:textId="5412B632" w:rsidR="00A85917" w:rsidRPr="007653A4" w:rsidRDefault="00A85917" w:rsidP="00A85917">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5366"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="71CF40EE" w14:textId="77777777" w:rsidTr="00F41EAF">
+      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="71CF40EE" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A712618" w14:textId="486D27ED" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F06AEA" w:rsidP="00F41EAF">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>Project PERFORMANCE SITES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="7406A746" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="7406A746" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1072494690"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="36FADEFA" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10239" w:type="dxa"/>
-            <w:gridSpan w:val="27"/>
+            <w:gridSpan w:val="37"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5148E1AE" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provide CU Boulder information as the Primary Site:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="2E9C7459" w14:textId="77777777" w:rsidTr="008F5B33">
+      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="2E9C7459" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E4C2B2E" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="538" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="1946648241"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0B215C34" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19DAFE3A" w14:textId="1E95F040" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="008F5B33" w:rsidP="00F41EAF">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>UEI</w:t>
             </w:r>
             <w:r w:rsidR="00F41EAF" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SPVKK1RC2MZ3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1714339513"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0157A78E" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3069" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AC393B5" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Congressional District: CO-002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="526" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="-1509440221"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5C06452B" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3514" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="12"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="779873B9" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Department Info/PI Campus Box</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="0FA728CA" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="0FA728CA" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1226654838"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="551" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
+                <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="432842CA" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10239" w:type="dxa"/>
-            <w:gridSpan w:val="27"/>
+            <w:gridSpan w:val="37"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A970BA8" w14:textId="77777777" w:rsidR="00F41EAF" w:rsidRPr="007653A4" w:rsidRDefault="00F41EAF" w:rsidP="00F41EAF">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide information on subaward sites including DUNS and Congressional District. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="67DE6CE2" w14:textId="77777777" w:rsidTr="006B6CA5">
+      <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="67DE6CE2" w14:textId="77777777" w:rsidTr="00EE5569">
         <w:trPr>
-          <w:trHeight w:val="449"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
+          <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD4917F" w14:textId="32F105D3" w:rsidR="00BA1948" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00BA1948">
+          <w:p w14:paraId="1AD4917F" w14:textId="32F105D3" w:rsidR="00BA1948" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00BA1948">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6580"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1193303464"/>
                 <w:placeholder>
                   <w:docPart w:val="3F6EC95FBA784CE0B2094FD089768CEB"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00F41EAF" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Subaward details and/or comments may be entered here if needed. </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA1948" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354FD9" w:rsidRPr="007653A4" w14:paraId="2790ED6C" w14:textId="77777777" w:rsidTr="00903573">
+      <w:tr w:rsidR="00354FD9" w:rsidRPr="007653A4" w14:paraId="2790ED6C" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2FECB964" w14:textId="2CFD351E" w:rsidR="00354FD9" w:rsidRPr="007653A4" w:rsidRDefault="00841BB7" w:rsidP="00903573">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>ASSIGNMENT REQUEST FORM</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F06AEA" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Optional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F13CB" w:rsidRPr="00BF669C" w14:paraId="226D4212" w14:textId="77777777" w:rsidTr="004F13CB">
+      <w:tr w:rsidR="004F13CB" w:rsidRPr="00BF669C" w14:paraId="226D4212" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="40"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00DC6722" w14:textId="520DB391" w:rsidR="004F13CB" w:rsidRPr="00C95193" w:rsidRDefault="004F13CB" w:rsidP="004F13CB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: Select “Assignment Request Form” after clicking the “Add Optional Form” button on far-left side of ASSIST app</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95193" w:rsidRPr="00BF669C" w14:paraId="14391221" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="00C95193" w:rsidRPr="00BF669C" w14:paraId="14391221" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2065821019"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="55D8F859" w14:textId="28DBCDC9" w:rsidR="00C95193" w:rsidRPr="00354FD9" w:rsidRDefault="00614384" w:rsidP="00E65FE2">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10412" w:type="dxa"/>
-            <w:gridSpan w:val="28"/>
+            <w:gridSpan w:val="38"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A283650" w14:textId="77777777" w:rsidR="00C95193" w:rsidRPr="00C844E3" w:rsidRDefault="00C95193" w:rsidP="00C95193">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95193">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Upload if PI </w:t>
             </w:r>
             <w:r w:rsidRPr="00C844E3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">wants to identify requested Institute/Center, Study Section, or Reviewers not to </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C844E3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>include;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00C844E3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> provide PI with Assignment Request Form (available in KMS) and then manually input responses into ASSIST</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E7B1DF5" w14:textId="7E3AF27C" w:rsidR="00913645" w:rsidRPr="00913645" w:rsidRDefault="00913645" w:rsidP="00913645">
+          <w:p w14:paraId="3E7B1DF5" w14:textId="7DEB94C0" w:rsidR="00913645" w:rsidRPr="00913645" w:rsidRDefault="00913645" w:rsidP="00913645">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C844E3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Confirm that requested Institute listed on this form is also listed in FOA as a Participating Organization</w:t>
+              <w:t xml:space="preserve">Confirm that requested Institute listed on this form is also listed in </w:t>
+            </w:r>
+            <w:r w:rsidR="00A85894" w:rsidRPr="00A85894">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C844E3">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as a Participating Organization</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95193" w:rsidRPr="00BF669C" w14:paraId="7D14FDB3" w14:textId="77777777" w:rsidTr="009F2A8B">
+      <w:tr w:rsidR="00C95193" w:rsidRPr="00BF669C" w14:paraId="7D14FDB3" w14:textId="77777777" w:rsidTr="00EE5569">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
+          <w:trHeight w:val="593"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="1576002976"/>
             <w:placeholder>
               <w:docPart w:val="64C4ABCC7E51435FBFD224405B6BBA56"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="10790" w:type="dxa"/>
-                <w:gridSpan w:val="29"/>
+                <w:gridSpan w:val="40"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2102A231" w14:textId="4B3FD669" w:rsidR="00C95193" w:rsidRPr="00E65FE2" w:rsidRDefault="00C95193" w:rsidP="00903573">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C90947">
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Click here to enter comments if needed.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C90947" w:rsidRPr="007653A4" w14:paraId="5FECC244" w14:textId="77777777" w:rsidTr="00C90947">
+      <w:tr w:rsidR="00C90947" w:rsidRPr="007653A4" w14:paraId="5FECC244" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1ACA5A09" w14:textId="12ECD5F4" w:rsidR="00C90947" w:rsidRPr="007653A4" w:rsidRDefault="00AB159E" w:rsidP="00C90947">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidR="00455D12" w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>COVER PAGE SUPPLEMENT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008371D9" w:rsidRPr="007653A4" w14:paraId="62265764" w14:textId="77777777" w:rsidTr="00DB6AD3">
+      <w:tr w:rsidR="008371D9" w:rsidRPr="007653A4" w14:paraId="62265764" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-1080360051"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="18E590FC" w14:textId="77777777" w:rsidR="008371D9" w:rsidRPr="007653A4" w:rsidRDefault="008371D9" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5832" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="59F7C6CD" w14:textId="0B8709D7" w:rsidR="008371D9" w:rsidRPr="007653A4" w:rsidRDefault="008371D9" w:rsidP="00BA5158">
+            <w:gridSpan w:val="23"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F7C6CD" w14:textId="06AB5018" w:rsidR="008371D9" w:rsidRPr="007653A4" w:rsidRDefault="008371D9" w:rsidP="00BA5158">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vertebrate animals euthanized? (</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BA5158" w:rsidRPr="007653A4">
+              <w:t>Vertebrate animals euthanized</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Answer i</w:t>
+              <w:t>? (</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE5569" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Must provide a</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA5158" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nswer</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA5158" w:rsidRPr="007653A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>f “Yes” to Animals on Other Project Information)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-2065638922"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="450" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="669CCF74" w14:textId="4D1555DB" w:rsidR="008371D9" w:rsidRPr="007653A4" w:rsidRDefault="00274F05" w:rsidP="008371D9">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:color w:val="auto"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4130" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08426BFA" w14:textId="397CC4CD" w:rsidR="008371D9" w:rsidRPr="007653A4" w:rsidRDefault="008371D9" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Method consistent with AVMA?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B938AB" w:rsidRPr="007653A4" w14:paraId="5F269948" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="00B938AB" w:rsidRPr="007653A4" w14:paraId="5F269948" w14:textId="77777777" w:rsidTr="00095804">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-2132124"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="73F37330" w14:textId="77777777" w:rsidR="00C90947" w:rsidRPr="007653A4" w:rsidRDefault="00C90947" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3616" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D96ECCD" w14:textId="48DDD331" w:rsidR="00C90947" w:rsidRPr="007653A4" w:rsidRDefault="006736CB" w:rsidP="002C1E28">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Program Income? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="1421131972"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="392" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
+                <w:tcW w:w="1326" w:type="dxa"/>
+                <w:gridSpan w:val="8"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="020751C3" w14:textId="78B57F60" w:rsidR="00C90947" w:rsidRPr="007653A4" w:rsidRDefault="005D2534" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6404" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7926C37D" w14:textId="55349B7E" w:rsidR="00C90947" w:rsidRPr="007653A4" w:rsidRDefault="006736CB" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Embryonic Stem Cells? </w:t>
             </w:r>
             <w:r w:rsidR="005D2534" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, complete remainder of section.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B938AB" w:rsidRPr="007653A4" w14:paraId="06AD9D56" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="00B938AB" w:rsidRPr="007653A4" w14:paraId="06AD9D56" w14:textId="77777777" w:rsidTr="00095804">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-1087303961"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="7FB96253" w14:textId="4708B5A2" w:rsidR="005D2534" w:rsidRPr="007653A4" w:rsidRDefault="00F54325" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3616" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="744CF845" w14:textId="77777777" w:rsidR="005D2534" w:rsidRPr="007653A4" w:rsidRDefault="005D2534" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Fetal Tissue (HFT)? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FE47DE9" w14:textId="56C96299" w:rsidR="005D2534" w:rsidRPr="007653A4" w:rsidRDefault="005D2534" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
@@ -4477,214 +4676,216 @@
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If yes – include the following 2 docs:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-1912689211"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="392" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
+                <w:tcW w:w="1326" w:type="dxa"/>
+                <w:gridSpan w:val="8"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="269507FB" w14:textId="3C17B365" w:rsidR="005D2534" w:rsidRPr="007653A4" w:rsidRDefault="00F54325" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="511" w:hanging="511"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3017" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D6978E3" w14:textId="4896444D" w:rsidR="005D2534" w:rsidRPr="007653A4" w:rsidRDefault="005D2534" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="76"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">HFT Compliance Assurance: </w:t>
             </w:r>
-            <w:r w:rsidRPr="007653A4">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00E730D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>HFTComplianceAssurance.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-701084434"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1954EE5A" w14:textId="3848FAB4" w:rsidR="005D2534" w:rsidRPr="007653A4" w:rsidRDefault="005D2534" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="511" w:hanging="511"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3009" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77E426B3" w14:textId="5748C1BA" w:rsidR="005D2534" w:rsidRPr="007653A4" w:rsidRDefault="005D2534" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HFT Sample IRB Consent:</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00B938AB" w:rsidRPr="007653A4">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00B938AB" w:rsidRPr="00E730D7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>HFTSampleIRBConsentForm.pdf</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2534" w:rsidRPr="007653A4" w14:paraId="17342782" w14:textId="77777777" w:rsidTr="00FB49B4">
+      <w:tr w:rsidR="005D2534" w:rsidRPr="007653A4" w14:paraId="17342782" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
-          <w:trHeight w:val="332"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
+          <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="094AD759" w14:textId="1360E02D" w:rsidR="005D2534" w:rsidRPr="007653A4" w:rsidRDefault="002A1754" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
@@ -4738,99 +4939,103 @@
               </w:r>
               <w:r w:rsidR="00660427">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>I</w:t>
               </w:r>
               <w:r w:rsidR="004216DE" w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Application Guide’s HFT Section</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B938AB" w:rsidRPr="007653A4" w14:paraId="4EE172ED" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="00B938AB" w:rsidRPr="007653A4" w14:paraId="4EE172ED" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="1457752982"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="77003F06" w14:textId="77777777" w:rsidR="00B938AB" w:rsidRPr="007653A4" w:rsidRDefault="00B938AB" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4008" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B7CF3BE" w14:textId="757B1EB2" w:rsidR="00B938AB" w:rsidRPr="007653A4" w:rsidRDefault="004B1804" w:rsidP="002C1E28">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Inventions and </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -4850,81 +5055,83 @@
             <w:r w:rsidR="00B938AB" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Renewals only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-678656831"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="648" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="739F8D59" w14:textId="0EA55B03" w:rsidR="00B938AB" w:rsidRPr="007653A4" w:rsidRDefault="00F54325" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5756" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="20"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FB070BB" w14:textId="259071CC" w:rsidR="00B938AB" w:rsidRPr="007653A4" w:rsidRDefault="00B938AB" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Change of PI/Change of </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4937,256 +5144,212 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004B1804" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C90947" w:rsidRPr="007653A4" w14:paraId="351B1E3E" w14:textId="77777777" w:rsidTr="000F70EB">
+      <w:tr w:rsidR="00490273" w:rsidRPr="007653A4" w14:paraId="5C52A583" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
-          <w:trHeight w:val="359"/>
-[...50 lines deleted...]
-        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="195E93A3" w14:textId="5348B0C6" w:rsidR="00490273" w:rsidRPr="007653A4" w:rsidRDefault="00BC5D05" w:rsidP="00493A96">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>OTHER PROJECT INFORMATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1E28" w:rsidRPr="007653A4" w14:paraId="13AD5953" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="002C1E28" w:rsidRPr="007653A4" w14:paraId="13AD5953" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2125257189"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="740C7F4C" w14:textId="247DF8F0" w:rsidR="002C1E28" w:rsidRPr="007653A4" w:rsidRDefault="002C1E28" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2156" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E7C75BB" w14:textId="69AA24E5" w:rsidR="002C1E28" w:rsidRPr="007653A4" w:rsidRDefault="002C1E28" w:rsidP="002C1E28">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Human Subjects (HS)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1498846877"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="338" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3DA653D7" w14:textId="351F9E49" w:rsidR="002C1E28" w:rsidRPr="007653A4" w:rsidRDefault="002C1E28" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4622" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="21"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CFE4CEF" w14:textId="3C663EE2" w:rsidR="002C1E28" w:rsidRPr="007653A4" w:rsidRDefault="002C1E28" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IRB Pending? </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -5200,379 +5363,391 @@
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> provide IRB approval date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-525490515"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="447" w:type="dxa"/>
-                <w:gridSpan w:val="4"/>
+                <w:gridSpan w:val="5"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="62DA40AB" w14:textId="2F8E83E9" w:rsidR="002C1E28" w:rsidRPr="007653A4" w:rsidRDefault="002C1E28" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2849" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="239E86FD" w14:textId="11E47E0B" w:rsidR="002C1E28" w:rsidRPr="007653A4" w:rsidRDefault="002C1E28" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Subjects: </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>00003492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C1E28" w:rsidRPr="007653A4" w14:paraId="63E971C8" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="002C1E28" w:rsidRPr="007653A4" w14:paraId="63E971C8" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="161"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2534" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="579BEA8B" w14:textId="07FA0E62" w:rsidR="002C1E28" w:rsidRPr="007653A4" w:rsidRDefault="002C1E28" w:rsidP="002C1E28">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1824258329"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="338" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1381AD1E" w14:textId="1434E5FC" w:rsidR="002C1E28" w:rsidRPr="007653A4" w:rsidRDefault="002C1E28" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7918" w:type="dxa"/>
-            <w:gridSpan w:val="23"/>
+            <w:gridSpan w:val="31"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A8964B6" w14:textId="3733C5BE" w:rsidR="002C1E28" w:rsidRPr="007653A4" w:rsidRDefault="002C1E28" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>Exempt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-226771340"/>
                 <w:placeholder>
                   <w:docPart w:val="5885998FF22842219EA7D5123BDF783A"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">If yes, enter </w:t>
                 </w:r>
                 <w:hyperlink r:id="rId29" w:history="1">
                   <w:r w:rsidRPr="00817E66">
                     <w:rPr>
                       <w:rStyle w:val="Hyperlink"/>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>exemption #</w:t>
                   </w:r>
                 </w:hyperlink>
                 <w:r w:rsidR="00F06AEA" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="6EF0DA3F" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="6EF0DA3F" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
-          <w:trHeight w:val="530"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
+          <w:trHeight w:val="431"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1651594979"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="48D27E1C" w14:textId="2E62B4EB" w:rsidR="00DA331C" w:rsidRPr="007653A4" w:rsidRDefault="008D787B" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2156" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E3CDC93" w14:textId="0E571365" w:rsidR="00DA331C" w:rsidRPr="007653A4" w:rsidRDefault="00DA331C" w:rsidP="002C1E28">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vertebrate Animals?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1742516923"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="338" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0FE6DC88" w14:textId="1219B3AF" w:rsidR="00DA331C" w:rsidRPr="007653A4" w:rsidRDefault="008D787B" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4622" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="21"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28C5D6E0" w14:textId="04D088BF" w:rsidR="00DA331C" w:rsidRPr="007653A4" w:rsidRDefault="00DA331C" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IACUC Pending? </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -5586,409 +5761,419 @@
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> provide IACUC approval date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-149208991"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="447" w:type="dxa"/>
-                <w:gridSpan w:val="4"/>
+                <w:gridSpan w:val="5"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="48D1271E" w14:textId="04AE9E7B" w:rsidR="00DA331C" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2849" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26A6FAD1" w14:textId="54D15015" w:rsidR="00DA331C" w:rsidRPr="007653A4" w:rsidRDefault="00DA331C" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Subjects: </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>D16-00388</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="1C65B647" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="1C65B647" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1506245571"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="113E0732" w14:textId="6E85ECD4" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3303" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0128DD30" w14:textId="2DDA30AF" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proprietary/Privileged Info? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-397595463"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="442" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2ED147D7" w14:textId="459F2C10" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="511" w:hanging="511"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3371" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17BA30D7" w14:textId="46E3DE3B" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Potential Impact?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2117283555"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="447" w:type="dxa"/>
-                <w:gridSpan w:val="4"/>
+                <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5CF056A3" w14:textId="3F2D3E43" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="511" w:hanging="511"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2849" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4873C552" w14:textId="1F28C15F" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Historic Site?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="1DDE89EC" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="1DDE89EC" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="718713813"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1B3655E2" w14:textId="6747191B" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6898" w:type="dxa"/>
-            <w:gridSpan w:val="20"/>
+            <w:gridSpan w:val="26"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF56A13" w14:textId="17BAB048" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="008C7349">
+          <w:p w14:paraId="2CF56A13" w14:textId="705A6DA3" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="008C7349">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">International Activities? </w:t>
             </w:r>
             <w:r w:rsidR="000F70EB" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -5999,179 +6184,201 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: International conferences are </w:t>
             </w:r>
             <w:r w:rsidR="000F70EB" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidR="000F70EB" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> considered international collaboration</w:t>
+            </w:r>
+            <w:r w:rsidR="008B257E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-496653980"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="497C0F42" w14:textId="00E3CDEE" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3136" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF1FF5E" w14:textId="372C27D7" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
+          <w:p w14:paraId="4BF1FF5E" w14:textId="7483C3B0" w:rsidR="002753A8" w:rsidRPr="00FB59D3" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007653A4">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If yes, include Foreign Justification</w:t>
             </w:r>
+            <w:r w:rsidR="008B257E" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (see Other Attachments below)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="3A9F2044" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="3A9F2044" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1700694108"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="05B4F908" w14:textId="0987D323" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4783" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="4572" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04484E9B" w14:textId="47EA9C7A" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Project Summary/Abstract</w:t>
             </w:r>
@@ -6192,81 +6399,83 @@
             </w:r>
             <w:r w:rsidR="004B1804" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; description of proposed work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1397246297"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="450" w:type="dxa"/>
+                <w:tcW w:w="661" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="7B5A181D" w14:textId="0234947B" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="18"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64FC358C" w14:textId="0E81D9DA" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Project Narrative</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
@@ -6284,102 +6493,106 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> maximum</w:t>
             </w:r>
             <w:r w:rsidR="004B1804" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="004B1804" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>describe relevance to public health</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="47ABE56A" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="47ABE56A" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1970706595"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5B04F702" w14:textId="61F170ED" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4783" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="4572" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18C146A0" w14:textId="307D6E1E" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Bibliography &amp; References Cited</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
@@ -6458,108 +6671,130 @@
             <w:r w:rsidR="00BD63AD" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for all pubs authored</w:t>
             </w:r>
             <w:r w:rsidR="00A726A5" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r w:rsidR="00BD63AD" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>co-authored by applicant.</w:t>
+              <w:t xml:space="preserve">co-authored by </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00BD63AD" w:rsidRPr="007653A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>applicant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00BD63AD" w:rsidRPr="007653A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00BD63AD" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1723632211"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="450" w:type="dxa"/>
+                <w:tcW w:w="661" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="789C583C" w14:textId="6E52E5EF" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="00614384" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="18"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49BF36F3" w14:textId="22CF79E2" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Facilities &amp; Other Resources</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6612,102 +6847,106 @@
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidR="008C7349" w:rsidRPr="008C7349">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:t>CU template here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008C7349">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="5AA40E9D" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="002753A8" w:rsidRPr="007653A4" w14:paraId="5AA40E9D" w14:textId="77777777" w:rsidTr="008B257E">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-549463314"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3A2C5CEE" w14:textId="6A7957EA" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10412" w:type="dxa"/>
-            <w:gridSpan w:val="28"/>
+            <w:gridSpan w:val="38"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CFCD5D5" w14:textId="4456E229" w:rsidR="002753A8" w:rsidRPr="007653A4" w:rsidRDefault="002753A8" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Equipment</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
@@ -6781,420 +7020,486 @@
               </w:rPr>
               <w:t>stating</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> “No Equipment”</w:t>
             </w:r>
             <w:r w:rsidR="004B1804" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (or similar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6602" w:rsidRPr="007653A4" w14:paraId="7872996D" w14:textId="77777777" w:rsidTr="008371D9">
+      <w:tr w:rsidR="005B6602" w:rsidRPr="007653A4" w14:paraId="7872996D" w14:textId="77777777" w:rsidTr="008B257E">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="46F92B96" w14:textId="4FA4CCE4" w:rsidR="005B6602" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="002C1E28">
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F92B96" w14:textId="4FA4CCE4" w:rsidR="005B6602" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1092007635"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B6602" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10412" w:type="dxa"/>
-            <w:gridSpan w:val="28"/>
+            <w:gridSpan w:val="38"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6009F115" w14:textId="15AB9C80" w:rsidR="005B6602" w:rsidRPr="007653A4" w:rsidRDefault="005B6602" w:rsidP="002C1E28">
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6009F115" w14:textId="08A1DA95" w:rsidR="005B6602" w:rsidRPr="008B257E" w:rsidRDefault="005B6602" w:rsidP="00D102F5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="009448FE">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B257E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Other Attachments</w:t>
             </w:r>
-            <w:r w:rsidRPr="007653A4">
+            <w:r w:rsidRPr="008B257E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="007653A4">
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="008B257E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attach </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>file</w:t>
+            </w:r>
+            <w:r w:rsidR="000060FA" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000060FA" w:rsidRPr="007653A4">
+            <w:r w:rsidR="000060FA" w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>only</w:t>
             </w:r>
-            <w:r w:rsidRPr="007653A4">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> if </w:t>
             </w:r>
+            <w:r w:rsidR="00A85894" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> requests</w:t>
+            </w:r>
+            <w:r w:rsidR="00C9013A" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C9013A" w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> if </w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:anchor="6" w:history="1">
-              <w:r w:rsidRPr="00A63E85">
+              <w:r w:rsidRPr="00FB59D3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Foreign Justification</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="007653A4">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> is </w:t>
             </w:r>
-            <w:r w:rsidR="00A63E85">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00A63E85" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>required</w:t>
             </w:r>
-            <w:r w:rsidRPr="007653A4">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> due to international collaboration</w:t>
             </w:r>
-            <w:r w:rsidR="00C674A3" w:rsidRPr="007653A4">
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00C674A3" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or international research travel </w:t>
+            </w:r>
+            <w:r w:rsidR="0063505A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="008B257E" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>#6 question answered with “yes”</w:t>
+            </w:r>
+            <w:r w:rsidR="0063505A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00083C35" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00D102F5" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Foreign subawards are no longer allowed.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D102F5" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B55BF9" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NIH-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF728E" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>funded</w:t>
+            </w:r>
+            <w:r w:rsidR="00D102F5" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> foreign collabs are </w:t>
+            </w:r>
+            <w:r w:rsidR="00D102F5" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>only allowed</w:t>
+            </w:r>
+            <w:r w:rsidR="00D102F5" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on apps to a </w:t>
+            </w:r>
+            <w:r w:rsidR="009B6D9D" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOFO for funded foreign collaborations (e.g. PF5) requiring </w:t>
+            </w:r>
+            <w:r w:rsidR="0063505A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidR="009B6D9D" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Multi-Component app.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A67A7" w:rsidRPr="007653A4" w14:paraId="3C171000" w14:textId="77777777" w:rsidTr="000F70EB">
+      <w:tr w:rsidR="00BF669C" w:rsidRPr="007653A4" w14:paraId="426E7096" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
-          <w:trHeight w:val="341"/>
-[...50 lines deleted...]
-        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="29"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66F79079" w14:textId="026973D7" w:rsidR="00D11CE3" w:rsidRPr="007653A4" w:rsidRDefault="00654DA2" w:rsidP="00493A96">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>SENIOR/Key Personnel Profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...22 lines deleted...]
-      <w:tr w:rsidR="00833218" w:rsidRPr="007653A4" w14:paraId="4499A848" w14:textId="77777777" w:rsidTr="00654DA2">
+      <w:tr w:rsidR="00B60673" w:rsidRPr="007653A4" w14:paraId="6D0BCCA2" w14:textId="77777777" w:rsidTr="005623E7">
         <w:trPr>
-          <w:trHeight w:val="292"/>
+          <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="338" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="361" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="1063752376"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="68785B50" w14:textId="2E8A38CD" w:rsidR="00833218" w:rsidRPr="007653A4" w:rsidRDefault="008D787B" w:rsidP="002C1E28">
+              <w:p w14:paraId="2264FBF9" w14:textId="01707497" w:rsidR="00B60673" w:rsidRDefault="00B60673" w:rsidP="00B60673">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10452" w:type="dxa"/>
-[...12 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:tcW w:w="10451" w:type="dxa"/>
+            <w:gridSpan w:val="40"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9DA690" w14:textId="7C428560" w:rsidR="00B60673" w:rsidRPr="007653A4" w:rsidRDefault="00B60673" w:rsidP="00B60673">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete for all </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:anchor="Senior/KeyPersonnel" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Senior/Key Personnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7205,2132 +7510,3110 @@
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Other Significant Contributor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (OSC</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BE41EB" w:rsidRPr="007653A4">
+              <w:t xml:space="preserve"> (OSCs)</w:t>
+            </w:r>
+            <w:r w:rsidR="00227290">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>s</w:t>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007653A4">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="007D527A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Senior/Key Persons </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D527A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D527A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have measurable effort. OSCs contribute to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007D527A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>project</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007D527A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> but commit </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D527A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>must</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:t>no measurable effort</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D527A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
-                <w:sz w:val="19"/>
-[...19 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:anchor="/senior-key-personnel.htm" w:history="1">
-              <w:r w:rsidRPr="007653A4">
+              <w:r w:rsidRPr="007D527A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:iCs/>
-                  <w:sz w:val="19"/>
-                  <w:szCs w:val="19"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>FAQ here</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00A10B3E" w:rsidRPr="007653A4">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="007D527A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...32 lines deleted...]
-      <w:tr w:rsidR="008D787B" w:rsidRPr="007653A4" w14:paraId="68321571" w14:textId="77777777" w:rsidTr="00DB6AD3">
+      <w:tr w:rsidR="008D787B" w:rsidRPr="007653A4" w14:paraId="68321571" w14:textId="77777777" w:rsidTr="00A3009E">
         <w:trPr>
-          <w:trHeight w:val="215"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25514D1E" w14:textId="0381AECC" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="002C1E28">
+          <w:p w14:paraId="25514D1E" w14:textId="0381AECC" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1303538889"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2269D" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F2269D" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26BADCAC" w14:textId="491E9737" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00F2269D" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="69B086DA" w14:textId="667DC408" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="002C1E28">
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B086DA" w14:textId="667DC408" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-309706817"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2269D" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:tcW w:w="2756" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F6BADD1" w14:textId="01DBE91C" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00F2269D" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organization Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="338" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="174014EB" w14:textId="75B15AC5" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="002C1E28">
+          <w:p w14:paraId="174014EB" w14:textId="75B15AC5" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1517190631"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2269D" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2611" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0840B63C" w14:textId="4CDC3971" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00F2269D" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address Fields</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="458" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="359BC11D" w14:textId="0FFE600F" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="002C1E28">
+          <w:p w14:paraId="359BC11D" w14:textId="0FFE600F" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1609009108"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2269D" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1438" w:type="dxa"/>
+            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FD98E3A" w14:textId="214983D1" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00F2269D" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D787B" w:rsidRPr="007653A4" w14:paraId="5D29F443" w14:textId="77777777" w:rsidTr="00DB6AD3">
+      <w:tr w:rsidR="008D787B" w:rsidRPr="007653A4" w14:paraId="5D29F443" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05AF9C4A" w14:textId="7F14CD65" w:rsidR="008D787B" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="002C1E28">
+          <w:p w14:paraId="05AF9C4A" w14:textId="7F14CD65" w:rsidR="008D787B" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1686239255"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008D787B" w:rsidRPr="007653A4">
+                <w:r w:rsidR="008D787B" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4560E30E" w14:textId="75015B9F" w:rsidR="008D787B" w:rsidRPr="007653A4" w:rsidRDefault="008D787B" w:rsidP="002C1E28">
+          <w:p w14:paraId="4560E30E" w14:textId="75015B9F" w:rsidR="008D787B" w:rsidRPr="00FB59D3" w:rsidRDefault="008D787B" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007653A4">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Role </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9827" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="37"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31C49236" w14:textId="51FC75F6" w:rsidR="008D787B" w:rsidRPr="007653A4" w:rsidRDefault="008D787B" w:rsidP="002C1E28">
+          <w:p w14:paraId="31C49236" w14:textId="559BF02D" w:rsidR="008D787B" w:rsidRPr="00FB59D3" w:rsidRDefault="008D787B" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007653A4">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>No Co-PD/PI</w:t>
             </w:r>
-            <w:r w:rsidRPr="007653A4">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>, Use Co-Investigator only;</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007653A4">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Use Co-Investigator only;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> if Multiple PIs, choose “PI” role for all additional PIs. </w:t>
             </w:r>
+            <w:r w:rsidR="007D527A" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If “OSC”, must choose “Other (Specify)” role and enter “Other Significant Contributor”. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D787B" w:rsidRPr="007653A4" w14:paraId="0435C9A5" w14:textId="77777777" w:rsidTr="00654DA2">
+      <w:tr w:rsidR="00095804" w:rsidRPr="007653A4" w14:paraId="0435C9A5" w14:textId="77777777" w:rsidTr="00095804">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21BB4B14" w14:textId="353BA7DF" w:rsidR="008D787B" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="002C1E28">
+          <w:p w14:paraId="21BB4B14" w14:textId="353BA7DF" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1500345632"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008D787B" w:rsidRPr="007653A4">
+                <w:r w:rsidR="00095804" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5606" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2699" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="293C0573" w14:textId="5EC8734B" w:rsidR="008D787B" w:rsidRPr="007653A4" w:rsidRDefault="008D787B" w:rsidP="002C1E28">
+          <w:p w14:paraId="0B3671AA" w14:textId="262C09A8" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00095804" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007653A4">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Degree Type and Year of Highest Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="338" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="365762BF" w14:textId="267BA2D7" w:rsidR="008D787B" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="002C1E28">
+          <w:p w14:paraId="29C7B6A2" w14:textId="2414D8FC" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00095804">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="454063530"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008D787B" w:rsidRPr="007653A4">
+                <w:r w:rsidR="00095804" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4507" w:type="dxa"/>
+            <w:tcW w:w="4410" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F008B4F" w14:textId="27F65E39" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00095804" w:rsidP="002C1E28">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eRA Commons - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Required for every person listed</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2B47">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>; must look up in eRA Commons (no longer on Bio)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54776A4C" w14:textId="3C7DDADD" w:rsidR="008D787B" w:rsidRPr="007653A4" w:rsidRDefault="008D787B" w:rsidP="002C1E28">
+          <w:p w14:paraId="42ED34A2" w14:textId="5919F09D" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00095804">
             <w:pPr>
               <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007653A4">
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1589881681"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00095804" w:rsidRPr="00FB59D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54776A4C" w14:textId="59CCF492" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00095804" w:rsidP="002C1E28">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">eRA Commons ID </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00447621" w:rsidRPr="007653A4">
+            </w:pPr>
+            <w:r w:rsidRPr="00095804">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...42 lines deleted...]
-              <w:t>in Senior/Key Personnel Profile</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Do not flatten, leave digital signature intact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5158" w:rsidRPr="007653A4" w14:paraId="712F5979" w14:textId="77777777" w:rsidTr="003711D4">
+      <w:tr w:rsidR="00BA5158" w:rsidRPr="007653A4" w14:paraId="712F5979" w14:textId="77777777" w:rsidTr="0063505A">
         <w:trPr>
-          <w:trHeight w:val="566"/>
+          <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F97EBAF" w14:textId="74729CE2" w:rsidR="00BA5158" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="002C1E28">
+          <w:p w14:paraId="4F97EBAF" w14:textId="74729CE2" w:rsidR="00BA5158" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2129617588"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BA5158" w:rsidRPr="007653A4">
+                <w:r w:rsidR="00BA5158" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10451" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726B8F05" w14:textId="5552F3B0" w:rsidR="00DB6AD3" w:rsidRPr="007653A4" w:rsidRDefault="00BA5158" w:rsidP="002C1E28">
+          <w:p w14:paraId="563CAFC1" w14:textId="549A5458" w:rsidR="00BA5158" w:rsidRPr="0087088B" w:rsidRDefault="00BA5158" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009448FE">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Biosketch/es</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007653A4">
+              <w:t>Biosketch</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6FE1" w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00DB6AD3" w:rsidRPr="007653A4">
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Biosketch Supplement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="009C6FE1" w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>page limit</w:t>
+            </w:r>
+            <w:r w:rsidR="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="00E117C1" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>required for PI</w:t>
+            </w:r>
+            <w:r w:rsidR="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00E117C1" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Co-Is</w:t>
+            </w:r>
+            <w:r w:rsidR="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00E117C1" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OSCs</w:t>
+            </w:r>
+            <w:r w:rsidR="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6FE1" w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ownloaded as </w:t>
+            </w:r>
+            <w:r w:rsidR="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6FE1" w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="009C6FE1" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doc from SciENcv</w:t>
+            </w:r>
+            <w:r w:rsidR="000B7DCE" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7DCE" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uploaded as </w:t>
+            </w:r>
+            <w:r w:rsidR="0087088B" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000B7DCE" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> doc in </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000B7DCE" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ASSIST</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DB6AD3" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C6FE1" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bio</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF1BCB" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:r w:rsidR="009C6FE1" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bio. Supp</w:t>
+            </w:r>
+            <w:r w:rsidR="00E117C1" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F37CC8" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F37CC8" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidR="00F37CC8" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be created in </w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r w:rsidR="00DB6AD3" w:rsidRPr="007653A4">
+              <w:r w:rsidR="00F37CC8" w:rsidRPr="00E117C1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>Templates and detailed guidance found here</w:t>
+                <w:t>SciENcv</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00DB6AD3" w:rsidRPr="007653A4">
+            <w:r w:rsidR="0087088B" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> using “</w:t>
+            </w:r>
+            <w:r w:rsidR="0087088B" w:rsidRPr="0063774C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>NIH Biographical Sketch Common Form</w:t>
+            </w:r>
+            <w:r w:rsidR="0087088B" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidR="00E117C1" w:rsidRPr="00E117C1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00866683" w:rsidRPr="007653A4" w14:paraId="14FFE479" w14:textId="77777777" w:rsidTr="00E730D7">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4950" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDDC019" w14:textId="66C12B80" w:rsidR="00866683" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00866683">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Biosketch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Recommended</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="00890BED">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Instructions Here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:i/>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5862" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="024465BE" w14:textId="16FD3EC7" w:rsidR="00866683" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00866683">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:r w:rsidR="001F673D" w:rsidRPr="007653A4">
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00056BFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Biosketch Supplement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="00890BED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:i/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>SciENcv</w:t>
+                <w:t>Instructions Here</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="001F673D" w:rsidRPr="007653A4">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00EE4525">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> by PI to create Biosketch. Current </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F166D5" w:rsidRPr="007653A4" w14:paraId="75858505" w14:textId="77777777" w:rsidTr="004A1349">
+      <w:tr w:rsidR="00A75CB5" w:rsidRPr="007653A4" w14:paraId="78B8A3E3" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
-          <w:trHeight w:val="260"/>
+          <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4519D1AF" w14:textId="77777777" w:rsidR="00F166D5" w:rsidRPr="007653A4" w:rsidRDefault="00F166D5" w:rsidP="003711D4">
+          <w:p w14:paraId="73143A19" w14:textId="32DF7ABA" w:rsidR="00A75CB5" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00A75CB5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
-              <w:rPr>
-[...15 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1550569697"/>
+                <w:id w:val="-782807868"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F166D5" w:rsidRPr="007653A4">
+                <w:r w:rsidR="00A75CB5" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1982" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10451" w:type="dxa"/>
+            <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCB3847" w14:textId="56783526" w:rsidR="00F166D5" w:rsidRPr="007653A4" w:rsidRDefault="00F166D5" w:rsidP="003711D4">
+          <w:p w14:paraId="17D8F195" w14:textId="524E126E" w:rsidR="00A75CB5" w:rsidRPr="00FB59D3" w:rsidRDefault="00A75CB5" w:rsidP="00A75CB5">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...8 lines deleted...]
-            <w:tcW w:w="360" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Identifying Information, Organization and Location.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Must have </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3009E" w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ame</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ORCID ID</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Position Title</w:t>
+            </w:r>
+            <w:r w:rsidR="00600976" w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00600976" w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Org &amp; Location</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00517C25" w:rsidRPr="00AE4107">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ORCID </w:t>
+            </w:r>
+            <w:r w:rsidR="00517C25" w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
+            </w:r>
+            <w:r w:rsidR="00517C25" w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidR="00517C25" w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be linked to NIH eRA Common</w:t>
+            </w:r>
+            <w:r w:rsidR="00C6367A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>s &amp; MyNCBI/</w:t>
+            </w:r>
+            <w:r w:rsidR="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>SciENcv</w:t>
+            </w:r>
+            <w:r w:rsidR="00C6367A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>, and NIH eRA Commons must be linked to MyNCBI/SciENcv.</w:t>
+            </w:r>
+            <w:r w:rsidR="00517C25" w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A47E15">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00517C25" w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eRA Commons ID will </w:t>
+            </w:r>
+            <w:r w:rsidR="00517C25" w:rsidRPr="00C6367A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">not </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00517C25" w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>display</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00517C25" w:rsidRPr="003D2ABE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on Biosketch.</w:t>
+            </w:r>
+            <w:r w:rsidR="00517C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00240A3A" w:rsidRPr="007653A4" w14:paraId="7079A232" w14:textId="77777777" w:rsidTr="00E730D7">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="361" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3AB8DC" w14:textId="2ACD12E4" w:rsidR="00F166D5" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="004A1349">
-[...5 lines deleted...]
-                <w:color w:val="auto"/>
+          <w:p w14:paraId="41CF4DD2" w14:textId="4DB00114" w:rsidR="00240A3A" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00240A3A">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="325329359"/>
+                <w:id w:val="-1041126973"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="004A1349" w:rsidRPr="007653A4">
+                <w:r w:rsidR="00240A3A" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2907" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4589" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="274EE521" w14:textId="2D3F33F7" w:rsidR="00F166D5" w:rsidRPr="007653A4" w:rsidRDefault="004A1349" w:rsidP="003711D4">
+          <w:p w14:paraId="48E949A1" w14:textId="76EA3B9E" w:rsidR="00240A3A" w:rsidRPr="00FB59D3" w:rsidRDefault="00240A3A" w:rsidP="00240A3A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="007653A4">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="007653A4">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Professional Preparation.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> List Education/Training in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reverse chronological order</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by start date. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38BA93A2" w14:textId="12FE17F5" w:rsidR="00240A3A" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00240A3A">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="262580570"/>
+                <w:id w:val="-1340229872"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F166D5" w:rsidRPr="007653A4">
+                <w:r w:rsidR="00240A3A" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4507" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5502" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="348F38DF" w14:textId="460A6B78" w:rsidR="00F166D5" w:rsidRPr="007653A4" w:rsidRDefault="00F166D5" w:rsidP="003711D4">
+          <w:p w14:paraId="68BE8823" w14:textId="03B3D00C" w:rsidR="00240A3A" w:rsidRPr="00FB59D3" w:rsidRDefault="00240A3A" w:rsidP="00240A3A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>C. Contributions to Science</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A. Personal Statement.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D11D53" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3,500-character</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> limit. </w:t>
+            </w:r>
+            <w:r w:rsidR="00755F1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">escribe why </w:t>
+            </w:r>
+            <w:r w:rsidR="00755F1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>person</w:t>
+            </w:r>
+            <w:r w:rsidR="00D11D53" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> well-suited for </w:t>
+            </w:r>
+            <w:r w:rsidR="00755F1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">their </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">role/s in this project. May detail ongoing/completed research projects from past 3 years. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003711D4" w:rsidRPr="00BF669C" w14:paraId="369B40C4" w14:textId="77777777" w:rsidTr="003711D4">
+      <w:tr w:rsidR="002307DB" w:rsidRPr="007653A4" w14:paraId="2571A967" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
-          <w:trHeight w:val="836"/>
+          <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C760AFF" w14:textId="77777777" w:rsidR="003711D4" w:rsidRPr="007653A4" w:rsidRDefault="003711D4" w:rsidP="003711D4">
+          <w:p w14:paraId="05503F32" w14:textId="1624F14D" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00DA7371">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
-              <w:rPr>
-[...15 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1912728713"/>
+                <w:id w:val="-125857949"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003711D4" w:rsidRPr="007653A4">
+                <w:r w:rsidR="002307DB" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5249" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="4589" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76D40010" w14:textId="77777777" w:rsidR="003711D4" w:rsidRPr="007653A4" w:rsidRDefault="003711D4" w:rsidP="003711D4">
+          <w:p w14:paraId="72950B59" w14:textId="0153BBFB" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00DA7371">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B. Appointments and Positions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. List all academic, professional, or institutional appointments and positions in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reverse chronological order</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by start date. Appointments outside of the primary org must be identified for a period of up to 3 years from date of proposal submission. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE13949" w14:textId="045F31F4" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00DA7371">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>A. Personal Statement</w:t>
-[...325 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="2110845530"/>
+                <w:id w:val="-1006433082"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003711D4">
+                <w:r w:rsidR="002307DB" w:rsidRPr="00FB59D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5502" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5F8B5A" w14:textId="3260BB35" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00DA7371">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B. Honors</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>. 15-entry limit. List any relevant academic and professional achievements</w:t>
+            </w:r>
+            <w:r w:rsidR="0065325A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">honors. Clinicians should include info on any clinical licensures </w:t>
+            </w:r>
+            <w:r w:rsidR="0065325A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> specialty board certs that they</w:t>
+            </w:r>
+            <w:r w:rsidR="0065325A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ve achieved.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002307DB" w:rsidRPr="007653A4" w14:paraId="07890D20" w14:textId="77777777" w:rsidTr="00E730D7">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F45655" w14:textId="77777777" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00F377A4">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4589" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A0E08F" w14:textId="77777777" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00F377A4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD39428" w14:textId="363B227B" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00F377A4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:bCs/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="188803471"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B566DC" w:rsidRPr="00FB59D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5502" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE7A3F0" w14:textId="0DEBC438" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00F377A4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C. Contributions to Science.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2,000-character limit. </w:t>
+            </w:r>
+            <w:r w:rsidR="00417316" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">escribe up to 5 most significant contributions to science. Enter “N/A” in text field if no contributions. PI may </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00211A87">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>reference</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> up to 5 products from the Biosketch’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Other Significant Products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> section that are relevant. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do not provide </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F0232">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>citations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0092772A" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>n the NIH Biosketch Supplement.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Descriptions of contributions may mention research products under-development such as not-accepted manuscripts. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002307DB" w:rsidRPr="007653A4" w14:paraId="6F68282F" w14:textId="77777777" w:rsidTr="00E730D7">
+        <w:trPr>
+          <w:trHeight w:val="926"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B4F61D" w14:textId="005DE9F1" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00F377A4">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-559545746"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007D527A" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5249" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="4589" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7ABA7E" w14:textId="77777777" w:rsidR="003711D4" w:rsidRPr="00C844E3" w:rsidRDefault="003711D4" w:rsidP="003711D4">
+          <w:p w14:paraId="4A528882" w14:textId="6B68D574" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00F377A4">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C844E3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>B. Positions, Scientific Appointments, and Honors</w:t>
-[...26 lines deleted...]
-            <w:r w:rsidRPr="00C844E3">
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C844E3">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C. Products.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...8 lines deleted...]
-            <w:tcW w:w="338" w:type="dxa"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> List up to 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Closely Related Products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and up to 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Other Significant Products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that highlight Contribution to Science.</w:t>
+            </w:r>
+            <w:r w:rsidR="005B1492">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Citations</w:t>
+            </w:r>
+            <w:r w:rsidR="007F0232">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> may include SciENcv-generated hyperlinks (</w:t>
+            </w:r>
+            <w:r w:rsidR="00005FA1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>URL/</w:t>
+            </w:r>
+            <w:r w:rsidR="007F0232">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PMID/PMCID). </w:t>
+            </w:r>
+            <w:r w:rsidR="005B1492">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="261F2233" w14:textId="77777777" w:rsidR="003711D4" w:rsidRPr="00C844E3" w:rsidRDefault="003711D4" w:rsidP="003711D4">
+          <w:p w14:paraId="5B4BB220" w14:textId="67BABB48" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00F377A4">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:numPr>
-[...76 lines deleted...]
-                <w:i/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>not</w:t>
-[...4 lines deleted...]
-                <w:i/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5502" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FD59BC" w14:textId="6CD7D923" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00F377A4">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F86708" w:rsidRPr="007653A4" w14:paraId="59F1CB94" w14:textId="77777777" w:rsidTr="006A0057">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7BDAE9" w14:textId="455A6272" w:rsidR="00F86708" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00F86708">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="794256702"/>
+                <w15:color w:val="008000"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F86708" w:rsidRPr="00FB59D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10451" w:type="dxa"/>
+            <w:gridSpan w:val="40"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A271BB" w14:textId="0011E85C" w:rsidR="00F86708" w:rsidRPr="00FB59D3" w:rsidRDefault="00F86708" w:rsidP="00F86708">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D. Certifications.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Each Senior/Key Person</w:t>
+            </w:r>
+            <w:r w:rsidR="005C3B51">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and OSC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required to complete the following certifications in their Bio: Information is Current, Accurate, and Complete; Not a party to malign foreign talent recruitment program</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3F49" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>; M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">isrepresentations/omissions subject to prosecution/liability. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Date of signature must be within past 12 months.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003711D4" w:rsidRPr="00BF669C" w14:paraId="3344DD65" w14:textId="77777777" w:rsidTr="00E730D7">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10812" w:type="dxa"/>
+            <w:gridSpan w:val="41"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0E93B1" w14:textId="1C5BFFE6" w:rsidR="00861322" w:rsidRPr="00FB59D3" w:rsidRDefault="00AB13A8" w:rsidP="00D11D53">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other Support is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> required for NIH proposal submissions and will be requested at the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-              <w:r w:rsidRPr="00385920">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="00FB59D3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>J</w:t>
-[...39 lines deleted...]
-                <w:t xml:space="preserve"> phase</w:t>
+                <w:t>Just-in-Time (JIT) phase</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00385920">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00680715">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-              <w:r w:rsidRPr="00680715">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="00FB59D3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Detailed Other Support Instructions and Format page are found here</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00964CA2" w:rsidRPr="00C844E3">
+            <w:r w:rsidR="00964CA2" w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidR="00D11D53" w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:iCs/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D11D53" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve">Other Support must be created in </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidR="00D11D53" w:rsidRPr="00FB59D3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>SciENcv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00D11D53" w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
-[...57 lines deleted...]
-                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003711D4" w:rsidRPr="00BF669C" w14:paraId="36BF5ACB" w14:textId="77777777" w:rsidTr="00D0305E">
+      <w:tr w:rsidR="003711D4" w:rsidRPr="00BF669C" w14:paraId="36BF5ACB" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
-          <w:trHeight w:val="557"/>
+          <w:trHeight w:val="305"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1769143224"/>
             <w:placeholder>
               <w:docPart w:val="C5B14EBDF2484F28843BD390970E087B"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:sz w:val="24"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="10812" w:type="dxa"/>
-                <w:gridSpan w:val="12"/>
+                <w:gridSpan w:val="41"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="554AEEFE" w14:textId="427F443E" w:rsidR="003711D4" w:rsidRPr="00B14999" w:rsidRDefault="003711D4" w:rsidP="003711D4">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:i/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:u w:val="single"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007A7E0D">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Click here to enter comments if needed.</w:t>
                 </w:r>
               </w:p>
@@ -9350,59 +10633,58 @@
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="000B0466" w14:paraId="4DBDE896" w14:textId="77777777" w:rsidTr="001503B6">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="6BB65A95" w14:textId="66B5A7FD" w:rsidR="000B0466" w:rsidRDefault="000B0466" w:rsidP="000B0466">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF669C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>budget *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C42FE" w14:paraId="4319368B" w14:textId="77777777" w:rsidTr="00B505F0">
+      <w:tr w:rsidR="007C42FE" w14:paraId="4319368B" w14:textId="77777777" w:rsidTr="00C32E9D">
         <w:trPr>
-          <w:trHeight w:val="2947"/>
+          <w:trHeight w:val="3100"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32EBF977" w14:textId="31333C54" w:rsidR="004068C3" w:rsidRDefault="003B0C5D" w:rsidP="007C42FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -9438,348 +10720,388 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC75B3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">PIs may choose whether to inflate or flat-budget salaries because NIH is reducing awards by inflated amounts. PA to confirm PI’s preference. NIH recommends using inflated costs when possible. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E56FEA8" w14:textId="4D100538" w:rsidR="003534A0" w:rsidRPr="003534A0" w:rsidRDefault="003534A0" w:rsidP="003534A0">
+          <w:p w14:paraId="1E56FEA8" w14:textId="4D100538" w:rsidR="003534A0" w:rsidRPr="00FB59D3" w:rsidRDefault="003534A0" w:rsidP="003534A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003534A0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If personnel are over salary cap, use </w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">personnel are over salary cap, use </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r w:rsidRPr="003534A0">
+              <w:r w:rsidRPr="00FB59D3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>current NIH salary cap</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="003534A0">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for budgeting. 2025 cap of $225,700 for 12-month period (equates to $169,275 cap for 9-month appointment). </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E0F88C3" w14:textId="77777777" w:rsidR="002650A0" w:rsidRPr="002650A0" w:rsidRDefault="002650A0" w:rsidP="002650A0">
+          <w:p w14:paraId="7E0F88C3" w14:textId="77777777" w:rsidR="002650A0" w:rsidRPr="00FB59D3" w:rsidRDefault="002650A0" w:rsidP="002650A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="235" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002650A0">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contributed (unpaid) AY effort should be detailed on ESTTOOL.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34FE8FF6" w14:textId="77777777" w:rsidR="002650A0" w:rsidRPr="002650A0" w:rsidRDefault="002650A0" w:rsidP="002650A0">
+          <w:p w14:paraId="44D80A7B" w14:textId="77777777" w:rsidR="007B2EFD" w:rsidRPr="00FB59D3" w:rsidRDefault="0083232A" w:rsidP="007B2EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="235" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002650A0">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If research includes </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002650A0">
+              <w:t xml:space="preserve">Foreign Subawards are </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>HFT</w:t>
-[...83 lines deleted...]
-          <w:p w14:paraId="24E5923B" w14:textId="77777777" w:rsidR="002650A0" w:rsidRPr="002650A0" w:rsidRDefault="002650A0" w:rsidP="002650A0">
+              <w:t xml:space="preserve"> allowed. NOFOs allowing for funded foreign collaborations will have unique instructions.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C17A0F" w14:textId="6BE6D36B" w:rsidR="007B2EFD" w:rsidRPr="00FB59D3" w:rsidRDefault="007B2EFD" w:rsidP="007B2EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="235" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002650A0">
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If proposal includes a </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002650A0">
+              <w:t>Monetary foreign collaborations are only allowed on apps to a NOFO specifically designated for funded foreign collaborations</w:t>
+            </w:r>
+            <w:r w:rsidR="00B40742">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42344952" w14:textId="77777777" w:rsidR="0083232A" w:rsidRPr="00FB59D3" w:rsidRDefault="002650A0" w:rsidP="0083232A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:left="235" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If research includes </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>foreign subrecipient</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002650A0">
+              <w:t>HFT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, the foreign sub </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002650A0">
+              <w:t>use R&amp;R Detailed Budget and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>must</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002650A0">
+              <w:t>cannot</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> use a R&amp;R detailed budget (even if we use a Modular budget). Foreign subrecipients are also limited to an IDC rate of 8% of MTDC. </w:t>
+              <w:t>use modular.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BECB8B3" w14:textId="77777777" w:rsidR="007C42FE" w:rsidRPr="006F1A88" w:rsidRDefault="007C42FE" w:rsidP="007C42FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FB59D3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Select “R&amp;R Budget” or “</w:t>
+            </w:r>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Select “R&amp;R Budget” or “Modular Budget” after clicking the “Add Optional Form” button on far-left side of ASSIST</w:t>
+              <w:t>Modular Budget” after clicking the “Add Optional Form” button on far-left side of ASSIST</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09F2CFC4" w14:textId="2EE3B0D5" w:rsidR="00FC75B3" w:rsidRPr="00FC75B3" w:rsidRDefault="00FC75B3" w:rsidP="007C42FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -9849,65 +11171,66 @@
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more details on DMS requirements and allowable costs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00856DF8" w:rsidRPr="007653A4" w14:paraId="604E3F0A" w14:textId="77777777" w:rsidTr="004068C3">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0C602A95" w14:textId="56FD465A" w:rsidR="00856DF8" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00856DF8">
+          <w:p w14:paraId="0C602A95" w14:textId="56FD465A" w:rsidR="00856DF8" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00856DF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4660"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1220514897"/>
                 <w:placeholder>
                   <w:docPart w:val="462C128E92FC4AA7BE7FB456043ACFA6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856DF8" w:rsidRPr="00B505F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click here to enter comments.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5005" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
@@ -9976,88 +11299,89 @@
             <w:r w:rsidR="000B0466" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="000B0466" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidR="000B0466" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,001 or MORE Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D268BE" w:rsidRPr="007653A4" w14:paraId="77452A20" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00D268BE" w:rsidRPr="007653A4" w14:paraId="77452A20" w14:textId="77777777" w:rsidTr="00B40742">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12C7958F" w14:textId="2741811A" w:rsidR="007A7E0D" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00B14999">
+          <w:p w14:paraId="12C7958F" w14:textId="2741811A" w:rsidR="007A7E0D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1489156992"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A7E0D" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AF7666C" w14:textId="48E5C6F4" w:rsidR="007A7E0D" w:rsidRPr="005B717F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
@@ -10068,171 +11392,165 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Budget Periods:</w:t>
             </w:r>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Consecutive Dates, Match Cover Page</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2020ED1E" w14:textId="6D4ED13F" w:rsidR="007A7E0D" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00B14999">
+          <w:p w14:paraId="2020ED1E" w14:textId="6D4ED13F" w:rsidR="007A7E0D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2093895917"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A7E0D" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57BC8B9F" w14:textId="7D10FB58" w:rsidR="007A7E0D" w:rsidRPr="005B717F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
+          <w:p w14:paraId="57BC8B9F" w14:textId="197C9497" w:rsidR="007A7E0D" w:rsidRPr="005B717F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Budget Total:</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A7E0D" w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Matches Cover page</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C42FE" w:rsidRPr="007653A4" w14:paraId="6D3010CC" w14:textId="77777777" w:rsidTr="00FD4F90">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E588B28" w14:textId="630282F1" w:rsidR="007C42FE" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00B14999">
+          <w:p w14:paraId="7E588B28" w14:textId="630282F1" w:rsidR="007C42FE" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1491608025"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C42FE" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25DF6E73" w14:textId="4B583300" w:rsidR="007C42FE" w:rsidRPr="005B717F" w:rsidRDefault="007C42FE" w:rsidP="007A7E0D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
@@ -10253,220 +11571,236 @@
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>PD/PI</w:t>
             </w:r>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> every budget year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="079D016E" w14:textId="641C4AF6" w:rsidR="007C42FE" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00B14999">
+          <w:p w14:paraId="079D016E" w14:textId="641C4AF6" w:rsidR="007C42FE" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1157192110"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C42FE" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D4C8FA9" w14:textId="6467B77F" w:rsidR="007C42FE" w:rsidRPr="005B717F" w:rsidRDefault="007C42FE" w:rsidP="009E5AF7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Person Months listed (including unpaid effort)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00166C5A" w:rsidRPr="00BF669C" w14:paraId="42DD614F" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00166C5A" w:rsidRPr="00BF669C" w14:paraId="42DD614F" w14:textId="77777777" w:rsidTr="00B40742">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="701"/>
+          <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24808FD0" w14:textId="0BAF8617" w:rsidR="00166C5A" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00B14999">
+          <w:p w14:paraId="24808FD0" w14:textId="0BAF8617" w:rsidR="00166C5A" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1155716394"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F3E18" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10438" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7319E119" w14:textId="608CDFED" w:rsidR="00166C5A" w:rsidRPr="006F1A88" w:rsidRDefault="00166C5A" w:rsidP="00923B09">
+          <w:p w14:paraId="7319E119" w14:textId="6205F45E" w:rsidR="00166C5A" w:rsidRPr="006F1A88" w:rsidRDefault="00166C5A" w:rsidP="00923B09">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Data Management and Sharing Costs - </w:t>
             </w:r>
-            <w:r w:rsidR="00BF3D0A" w:rsidRPr="006F1A88">
+            <w:r w:rsidR="00BF3D0A" w:rsidRPr="00B40742">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">No longer a required separate budget line item for proposals due on/after 10/05; only include DMS costs in appropriate budget categories. DMS-related costs must be described in </w:t>
+              <w:t xml:space="preserve">DMS-related costs must be described in </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r w:rsidR="001503B6" w:rsidRPr="006F1A88">
+              <w:r w:rsidR="001503B6" w:rsidRPr="00B40742">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Justification</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00BF3D0A" w:rsidRPr="006F1A88">
+            <w:r w:rsidR="00B40742">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="00B40742" w:rsidRPr="00B40742">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>budgeted in appropriate cost categories</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF3D0A" w:rsidRPr="00B40742">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="002B4C1B" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidR="002B4C1B" w:rsidRPr="006F1A88">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
                   <w:szCs w:val="18"/>
@@ -10482,57 +11816,65 @@
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Cost Estimation Tool</w:t>
               </w:r>
               <w:r w:rsidR="002B4C1B" w:rsidRPr="006F1A88">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="002B4C1B" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00B40742">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
             <w:r w:rsidR="006650B2" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>and the</w:t>
+              <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidR="00F321DB" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidR="00F321DB" w:rsidRPr="006F1A88">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006650B2" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -10586,76 +11928,77 @@
             <w:r w:rsidR="00D55CDE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00923B09" w:rsidRPr="00BF669C" w14:paraId="7613EECC" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D04485B" w14:textId="42A72CDE" w:rsidR="00923B09" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00B14999">
+          <w:p w14:paraId="5D04485B" w14:textId="42A72CDE" w:rsidR="00923B09" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2143019034"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004F3E18">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10438" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="621FB948" w14:textId="37C93A73" w:rsidR="00923B09" w:rsidRPr="006F1A88" w:rsidRDefault="00923B09" w:rsidP="00923B09">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -10785,157 +12128,166 @@
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> but with “0” costs specified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018088F" w:rsidRPr="00BF669C" w14:paraId="09CE6D32" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4A4CFC" w14:textId="6E663354" w:rsidR="0018088F" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00B14999">
+          <w:p w14:paraId="2B4A4CFC" w14:textId="6E663354" w:rsidR="0018088F" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1770224285"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0018088F" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10438" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C782FCB" w14:textId="1850AB90" w:rsidR="0018088F" w:rsidRPr="006F1A88" w:rsidRDefault="0018088F" w:rsidP="00923B09">
+          <w:p w14:paraId="5C782FCB" w14:textId="04EBC2CC" w:rsidR="0018088F" w:rsidRPr="006F1A88" w:rsidRDefault="0018088F" w:rsidP="00923B09">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Cognizant Agency: Mr. Patrick J. Cogley, HHS, 816-426-3200</w:t>
+              <w:t xml:space="preserve">Cognizant Agency: </w:t>
+            </w:r>
+            <w:r w:rsidR="00331D6A" w:rsidRPr="00331D6A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HHS, Lucy Siow, 301-492-4891</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B14999" w:rsidRPr="00BF669C" w14:paraId="1FB52D60" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20EA5C40" w14:textId="2D9D4FFE" w:rsidR="00B14999" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00B14999">
+          <w:p w14:paraId="20EA5C40" w14:textId="2D9D4FFE" w:rsidR="00B14999" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="248936289"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B14999" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10438" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="351C74AF" w14:textId="3879E847" w:rsidR="00B14999" w:rsidRPr="009448FE" w:rsidRDefault="00B14999" w:rsidP="0068107B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -10968,77 +12320,78 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CB535A0" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E527159" w14:textId="4FEA32A6" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00B14999">
+          <w:p w14:paraId="7E527159" w14:textId="4FEA32A6" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="237361652"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00301F9B" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56B0A5C8" w14:textId="102449F6" w:rsidR="00301F9B" w:rsidRPr="006F1A88" w:rsidRDefault="00301F9B" w:rsidP="0068107B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -11071,76 +12424,77 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37FA97C0" w14:textId="77777777" w:rsidR="00106C30" w:rsidRPr="007C546F" w:rsidRDefault="00106C30" w:rsidP="00106C30">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="239C6E3A" w14:textId="31C3F3D0" w:rsidR="00106C30" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00106C30">
+          <w:p w14:paraId="239C6E3A" w14:textId="31C3F3D0" w:rsidR="00106C30" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00106C30">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1574010638"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00106C30" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="433D79DE" w14:textId="11FF65C4" w:rsidR="00106C30" w:rsidRPr="006F1A88" w:rsidRDefault="00106C30" w:rsidP="00106C30">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -11192,76 +12546,77 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4563DEE5" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="236AC079" w14:textId="738CF99A" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00301F9B">
+          <w:p w14:paraId="236AC079" w14:textId="738CF99A" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2032255701"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00301F9B" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B4853F2" w14:textId="2D8E2D8F" w:rsidR="00301F9B" w:rsidRPr="006F1A88" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -11287,268 +12642,270 @@
                 <w:iCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="001503B6" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Include if GRAs on project</w:t>
             </w:r>
             <w:r w:rsidR="00B8131B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00301F9B" w:rsidRPr="00BF669C" w14:paraId="530857B9" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00301F9B" w:rsidRPr="00BF669C" w14:paraId="530857B9" w14:textId="77777777" w:rsidTr="00B40742">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="084DAF6D" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="274FA85D" w14:textId="47903E5C" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00301F9B">
+          <w:p w14:paraId="274FA85D" w14:textId="47903E5C" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-850718894"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006E3A49" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71368139" w14:textId="15EEB80C" w:rsidR="00301F9B" w:rsidRPr="006F1A88" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If Materials &amp; Supplies are over $1,000, itemize and provide details on individual categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E3A49" w:rsidRPr="00BF669C" w14:paraId="44E76528" w14:textId="77777777" w:rsidTr="00FD4F90">
+      <w:tr w:rsidR="006E3A49" w:rsidRPr="00BF669C" w14:paraId="44E76528" w14:textId="77777777" w:rsidTr="00B40742">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="1709"/>
+          <w:trHeight w:val="1475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00958B86" w14:textId="77777777" w:rsidR="006E3A49" w:rsidRPr="007C546F" w:rsidRDefault="006E3A49" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04164DC1" w14:textId="72197F1B" w:rsidR="006E3A49" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00301F9B">
+          <w:p w14:paraId="04164DC1" w14:textId="72197F1B" w:rsidR="006E3A49" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1691760081"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006E3A49" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66B18FD2" w14:textId="43A46C0F" w:rsidR="006E3A49" w:rsidRPr="00001065" w:rsidRDefault="006E3A49" w:rsidP="00301F9B">
+          <w:p w14:paraId="66B18FD2" w14:textId="3499582B" w:rsidR="006E3A49" w:rsidRPr="00001065" w:rsidRDefault="006E3A49" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Data Management and Sharing Justification</w:t>
             </w:r>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="00AF0FDB" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Must be clearly labeled as “Data Management and Sharing Justification” within Other Direct Costs section.</w:t>
+              <w:t>Must be labeled as “Data Management and Sharing Justification” within Other Direct Costs section.</w:t>
             </w:r>
             <w:r w:rsidR="00C022F8" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AF0FDB" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidR="006C05C9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
@@ -11562,157 +12919,283 @@
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>ustification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00AF0FDB" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for requirements. </w:t>
             </w:r>
             <w:r w:rsidR="00136E41" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">PI must provide a brief summary of type &amp; amount of scientific data to be preserved/shared and name of the repositories. </w:t>
+              <w:t xml:space="preserve">PI must provide a summary of type &amp; amount of scientific data to be preserved/shared </w:t>
+            </w:r>
+            <w:r w:rsidR="00097D6F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="00136E41" w:rsidRPr="006F1A88">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> name of the repositories. </w:t>
             </w:r>
             <w:r w:rsidR="00136E41" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The total DMS cost estimate must be specified here. </w:t>
             </w:r>
             <w:r w:rsidR="005B717F" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">PI must briefly explain personnel effort/costs associated with general cost categories: curating data and developing supporting documentation, local data management activities, preserving and sharing data through established repositories, etc. </w:t>
+              <w:t>PI must briefly explain personnel effort</w:t>
+            </w:r>
+            <w:r w:rsidR="00B40742">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:r w:rsidR="005B717F" w:rsidRPr="006F1A88">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">costs associated with general cost categories: curating data </w:t>
+            </w:r>
+            <w:r w:rsidR="00097D6F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="005B717F" w:rsidRPr="006F1A88">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> developing supporting documentation, local data management activities, preserving </w:t>
+            </w:r>
+            <w:r w:rsidR="00097D6F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="005B717F" w:rsidRPr="006F1A88">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sharing data through established repositories, etc. </w:t>
             </w:r>
             <w:r w:rsidR="006C05C9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00136E41" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ust iterate in if no DMSP Costs.</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00D55CDE" w:rsidRPr="00393E14">
+              <w:t xml:space="preserve">ust iterate in if </w:t>
+            </w:r>
+            <w:r w:rsidR="00136E41" w:rsidRPr="00097D6F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">no </w:t>
+            </w:r>
+            <w:r w:rsidR="00136E41" w:rsidRPr="006F1A88">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DMSP Costs.</w:t>
+            </w:r>
+            <w:r w:rsidR="00001065">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D55CDE" w:rsidRPr="00393E14">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Genomic Data Sharing</w:t>
             </w:r>
             <w:r w:rsidR="00D55CDE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> costs</w:t>
             </w:r>
             <w:r w:rsidR="00393E14">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (including secure storage and access)</w:t>
+              <w:t xml:space="preserve"> (including secure storage </w:t>
+            </w:r>
+            <w:r w:rsidR="00097D6F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="00393E14">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> access)</w:t>
             </w:r>
             <w:r w:rsidR="00D55CDE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> must be a part of the DMS Costs total if </w:t>
             </w:r>
             <w:r w:rsidR="00393E14">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>applicable</w:t>
             </w:r>
             <w:r w:rsidR="00E86B07">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="00FD4F90" w:rsidRPr="00C4092D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>CU Research Computing can assist with Genomic Data Sharing Costs related to secure storage and access</w:t>
+              <w:t xml:space="preserve">CU Research Computing can </w:t>
+            </w:r>
+            <w:r w:rsidR="00B40742">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">help </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD4F90" w:rsidRPr="00C4092D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>with Genomic Data Sharing Costs</w:t>
             </w:r>
             <w:r w:rsidR="00C52A6B" w:rsidRPr="00C4092D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidR="00C52A6B" w:rsidRPr="00C4092D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rc-help@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00C52A6B" w:rsidRPr="00C4092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11753,76 +13236,77 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A74ACAD" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79113C64" w14:textId="7FA2E97E" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00301F9B">
+          <w:p w14:paraId="79113C64" w14:textId="7FA2E97E" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="77645802"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00301F9B" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2546B67A" w14:textId="4B961972" w:rsidR="00301F9B" w:rsidRPr="006F1A88" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -11912,76 +13396,77 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B3D8290" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31C6AD19" w14:textId="64BF56AF" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="00301F9B">
+          <w:p w14:paraId="31C6AD19" w14:textId="64BF56AF" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1829328029"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00301F9B" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DEB6961" w14:textId="4B3C08F4" w:rsidR="00301F9B" w:rsidRPr="005B717F" w:rsidRDefault="00301F9B" w:rsidP="00493A96">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -11990,171 +13475,173 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Justification of Budget Fluctuation</w:t>
             </w:r>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - if any significant increases/decreases in budget from Year 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856DF8" w:rsidRPr="00BF669C" w14:paraId="7FE748B8" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00856DF8" w:rsidRPr="00BF669C" w14:paraId="7FE748B8" w14:textId="77777777" w:rsidTr="00097D6F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5667" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="435C2964" w14:textId="6FE74F31" w:rsidR="00856DF8" w:rsidRPr="005B717F" w:rsidRDefault="00856DF8" w:rsidP="00C71C0D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide R&amp;R Budget for each Subaward Site:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5128" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3E73A5" w14:textId="7EE83112" w:rsidR="00856DF8" w:rsidRDefault="00000000" w:rsidP="00C71C0D">
+          <w:p w14:paraId="1D3E73A5" w14:textId="7EE83112" w:rsidR="00856DF8" w:rsidRDefault="00866683" w:rsidP="00C71C0D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1196659691"/>
                 <w:placeholder>
                   <w:docPart w:val="74ABF552E0D541E293A129FE336B1B90"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856DF8" w:rsidRPr="005B717F">
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click here to enter comments.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C42FE" w:rsidRPr="00BF669C" w14:paraId="74053E01" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6013B9" w14:textId="46F0E2B4" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00301F9B">
+          <w:p w14:paraId="0F6013B9" w14:textId="46F0E2B4" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2112781540"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856DF8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C13484D" w14:textId="6DF88DAC" w:rsidR="00301F9B" w:rsidRPr="00012E08" w:rsidRDefault="00301F9B" w:rsidP="007C42FE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -12209,77 +13696,78 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">T. Confirm UEI &amp; Cognizant Agency listed. </w:t>
             </w:r>
             <w:r w:rsidR="00E24CB4" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure DMS Justification is included in Sub Justification. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="253C9061" w14:textId="195C1773" w:rsidR="00301F9B" w:rsidRPr="00B14999" w:rsidRDefault="00000000" w:rsidP="00301F9B">
+          <w:p w14:paraId="253C9061" w14:textId="195C1773" w:rsidR="00301F9B" w:rsidRPr="00B14999" w:rsidRDefault="00866683" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-426034341"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A7E0D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ABBDC74" w14:textId="0D45D8AD" w:rsidR="00301F9B" w:rsidRPr="00B14999" w:rsidRDefault="00301F9B" w:rsidP="00C71C0D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -12401,77 +13889,78 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidR="004265D7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,000 or less Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="14C2B4FA" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CAD00E3" w14:textId="6A75C2FE" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="7CAD00E3" w14:textId="6A75C2FE" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="908351338"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="074D63A5" w14:textId="0FCF092F" w:rsidR="00D268BE" w:rsidRPr="005B717F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
@@ -12482,166 +13971,185 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Budget Periods: </w:t>
             </w:r>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Consecutive Dates, Match Cover Page</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF467FF" w14:textId="0B72CF27" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="3EF467FF" w14:textId="0B72CF27" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-626929927"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71DBB52F" w14:textId="0F092ECA" w:rsidR="00D268BE" w:rsidRPr="005B717F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Budget Total:</w:t>
-            </w:r>
+              <w:t>Budget Total</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:i/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">  Matches Cover page</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B717F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Matches</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005B717F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Cover page</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="1735927E" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5417F9B8" w14:textId="063FBA8E" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="5417F9B8" w14:textId="063FBA8E" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-536738324"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36D3EFD8" w14:textId="49B3CD61" w:rsidR="00D268BE" w:rsidRPr="005B717F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -12651,76 +14159,77 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sub’s DC is part of requested Module DC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA50FCD" w14:textId="5158BF27" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="7BA50FCD" w14:textId="5158BF27" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1668316073"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4046" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="065C1F9E" w14:textId="54AA12FC" w:rsidR="00D268BE" w:rsidRPr="005B717F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -12736,154 +14245,163 @@
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sub IDC listed under “Consortium Indirect”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B54D12" w:rsidRPr="00B14999" w14:paraId="152381AF" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34D23C49" w14:textId="26D3683E" w:rsidR="00B54D12" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="34D23C49" w14:textId="26D3683E" w:rsidR="00B54D12" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1761248472"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B54D12" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5942" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60AB73DF" w14:textId="77777777" w:rsidR="00B54D12" w:rsidRPr="005B717F" w:rsidRDefault="00B54D12" w:rsidP="00D268BE">
+          <w:p w14:paraId="60AB73DF" w14:textId="7EF71AA3" w:rsidR="00B54D12" w:rsidRPr="005B717F" w:rsidRDefault="00B54D12" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Cognizant Agency: Mr. Patrick J. Cogley, HHS, 816-426-3200</w:t>
+              <w:t xml:space="preserve">Cognizant Agency: </w:t>
+            </w:r>
+            <w:r w:rsidR="00331D6A" w:rsidRPr="00331D6A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HHS, Lucy Siow, 301-492-4891</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C892A0C" w14:textId="668F2066" w:rsidR="00B54D12" w:rsidRPr="00C844E3" w:rsidRDefault="00000000" w:rsidP="00B54D12">
+          <w:p w14:paraId="2C892A0C" w14:textId="668F2066" w:rsidR="00B54D12" w:rsidRPr="00C844E3" w:rsidRDefault="00866683" w:rsidP="00B54D12">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="930630115"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B54D12" w:rsidRPr="00C844E3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DBA74E7" w14:textId="37D98474" w:rsidR="00B54D12" w:rsidRPr="005B717F" w:rsidRDefault="00B54D12" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -12895,76 +14413,77 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F&amp;A Rate Agreement Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="20799090" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADF153E" w14:textId="084E78AF" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="3ADF153E" w14:textId="084E78AF" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="146403463"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DB6AD3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10438" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A39A4F1" w14:textId="51EFB4AF" w:rsidR="00D268BE" w:rsidRPr="009448FE" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -12995,272 +14514,291 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EF97B18" w14:textId="77777777" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00940E8F" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23F43E7B" w14:textId="720E154F" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="23F43E7B" w14:textId="720E154F" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-812560043"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940E8F" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6122" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54D85E0D" w14:textId="77777777" w:rsidR="00940E8F" w:rsidRPr="00012E08" w:rsidRDefault="00940E8F" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00012E08">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide all personnel effort, names, roles, and effort in person-months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08EC14E2" w14:textId="51FE26D6" w:rsidR="00940E8F" w:rsidRPr="00012E08" w:rsidRDefault="00000000" w:rsidP="00940E8F">
+          <w:p w14:paraId="08EC14E2" w14:textId="51FE26D6" w:rsidR="00940E8F" w:rsidRPr="00012E08" w:rsidRDefault="00866683" w:rsidP="00940E8F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2092463262"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940E8F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C0DCAB3" w14:textId="22C6C3D1" w:rsidR="00940E8F" w:rsidRPr="00012E08" w:rsidRDefault="00940E8F" w:rsidP="00D268BE">
+          <w:p w14:paraId="6C0DCAB3" w14:textId="1AECA9A7" w:rsidR="00940E8F" w:rsidRPr="00012E08" w:rsidRDefault="00940E8F" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00012E08">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Do not provide salary information; </w:t>
+              <w:t>Do not provide salary in</w:t>
+            </w:r>
+            <w:r w:rsidR="00097D6F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>fo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012E08">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00012E08">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>other rate information not necessary</w:t>
+              <w:t>other rate info not necessary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00940E8F" w:rsidRPr="00B14999" w14:paraId="32544CE9" w14:textId="4AE7F5A4" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00940E8F" w:rsidRPr="00B14999" w14:paraId="32544CE9" w14:textId="4AE7F5A4" w:rsidTr="00FC5CED">
         <w:trPr>
-          <w:trHeight w:val="116"/>
+          <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72ABA413" w14:textId="5FDB0FEB" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00940E8F" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69311347" w14:textId="2DCA36C4" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="69311347" w14:textId="2DCA36C4" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1617815475"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00940E8F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6122" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26AAE964" w14:textId="77777777" w:rsidR="00940E8F" w:rsidRPr="00012E08" w:rsidRDefault="00940E8F" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -13304,88 +14842,89 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5284238A" w14:textId="1D30980E" w:rsidR="00940E8F" w:rsidRPr="00012E08" w:rsidRDefault="00940E8F" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="77522372" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="77522372" w14:textId="77777777" w:rsidTr="00FC5CED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D269E3E" w14:textId="5DD0186F" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="2D269E3E" w14:textId="5DD0186F" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="119733860"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10438" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BD5E22A" w14:textId="79690BCB" w:rsidR="00D268BE" w:rsidRPr="005B717F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -13424,154 +14963,156 @@
             <w:tcW w:w="443" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53618DEA" w14:textId="5A0D6B76" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB9F599" w14:textId="11ECEBD9" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="4CB9F599" w14:textId="11ECEBD9" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1462385117"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5941" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77D4600F" w14:textId="4920B08F" w:rsidR="00D268BE" w:rsidRPr="00012E08" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00012E08">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide an estimate of total consortium/subaward costs (DC+IDC) for each budget period, rounded to the nearest $1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="655A347D" w14:textId="55243330" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00A47FF3">
+          <w:p w14:paraId="655A347D" w14:textId="55243330" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00A47FF3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1868669352"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="509C96FF" w14:textId="2A422BD5" w:rsidR="00D268BE" w:rsidRPr="00A47FF3" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -13604,77 +15145,78 @@
             <w:tcW w:w="443" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3943D374" w14:textId="0C80B2B5" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F113FF6" w14:textId="7FEA0364" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="4F113FF6" w14:textId="7FEA0364" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="500636688"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5941" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A13DF74" w14:textId="1D56C012" w:rsidR="00D268BE" w:rsidRPr="00012E08" w:rsidRDefault="00A47FF3" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -13685,171 +15227,191 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47FF3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>List the individuals/orgs of sub sites and indicate if domestic/foreign sit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e. I</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47FF3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>f a foreign sub is included, they must also provide a R&amp;R Subrecipient Budget Form (and detailed budget justification) for upload in ASSIST; foreign sub is capped to 8% of MTDC for IDC.</w:t>
+              <w:t xml:space="preserve">f a foreign sub is included, they must also provide a R&amp;R Subrecipient Budget Form (and detailed budget justification) for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A47FF3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>upload</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A47FF3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in ASSIST; foreign sub is capped to 8% of MTDC for IDC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="350DFA59" w14:textId="16ECAE9A" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00A47FF3">
+          <w:p w14:paraId="350DFA59" w14:textId="16ECAE9A" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00A47FF3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="400797488"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="744A0970" w14:textId="479853BC" w:rsidR="00D268BE" w:rsidRPr="00A47FF3" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47FF3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Do not provide salary information; other rate information is not necessary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="2B75389C" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="2B75389C" w14:textId="77777777" w:rsidTr="00FC5CED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E41B51D" w14:textId="48354836" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="3E41B51D" w14:textId="48354836" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="401344049"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D268BE" w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10438" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3439E0E3" w14:textId="70BE1CAB" w:rsidR="00D268BE" w:rsidRPr="009448FE" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -13882,76 +15444,77 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16159B0A" w14:textId="77777777" w:rsidR="00EF49BB" w:rsidRPr="007C546F" w:rsidRDefault="00EF49BB" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E97E70" w14:textId="4E7EC7A6" w:rsidR="00EF49BB" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="55E97E70" w14:textId="4E7EC7A6" w:rsidR="00EF49BB" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1703746049"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00457B85">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A4642D" w14:textId="27888E53" w:rsidR="00EF49BB" w:rsidRPr="004848F8" w:rsidRDefault="008236A0" w:rsidP="00AF0CE9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -14007,51 +15570,75 @@
             <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">PI must provide brief summary of type &amp; amount of scientific data to be preserved/shared and name of the repositories. </w:t>
             </w:r>
             <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>The total DMS cost estimate must be specified; must iterate in if no DMSP Costs</w:t>
+              <w:t xml:space="preserve">The total DMS cost estimate must be specified; must iterate in if </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DMSP Costs</w:t>
             </w:r>
             <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. PI must briefly explain personnel effort/costs associated with general cost categories: curating data and developing supporting documentation, local data management activities, preserving and sharing data through established repositories, etc. See OCG </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Additional Narrative Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
@@ -14084,265 +15671,302 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B0830C0" w14:textId="77777777" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="118BBC90" w14:textId="0A5837AF" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="118BBC90" w14:textId="0A5837AF" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1818535153"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00457B85">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44430CE4" w14:textId="4C9B8D74" w:rsidR="00D268BE" w:rsidRPr="00E42A0C" w:rsidRDefault="007065B9" w:rsidP="00D268BE">
+          <w:p w14:paraId="44430CE4" w14:textId="5C4782AE" w:rsidR="00D268BE" w:rsidRPr="00E42A0C" w:rsidRDefault="007065B9" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42A0C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Should explain any variation in number of modules requested annually unless FOA has DC limits that do not spread evenly across budget periods (example: R21s)</w:t>
+              <w:t xml:space="preserve">Should explain any variation in number of modules requested annually </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC5CED">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>unless</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E42A0C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A85894" w:rsidRPr="00A85894">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E42A0C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> has DC limits that do not spread evenly across budget periods (example: R21s)</w:t>
             </w:r>
             <w:r w:rsidR="00E42A0C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7896" w:rsidRPr="00B14999" w14:paraId="7E4E3EE3" w14:textId="77777777" w:rsidTr="00417DFB">
+      <w:tr w:rsidR="005A7896" w:rsidRPr="00B14999" w14:paraId="7E4E3EE3" w14:textId="77777777" w:rsidTr="00FC5CED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="233"/>
+          <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5924328A" w14:textId="77777777" w:rsidR="005A7896" w:rsidRPr="007C546F" w:rsidRDefault="005A7896" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB3C78D" w14:textId="7D38152B" w:rsidR="005A7896" w:rsidRPr="007C546F" w:rsidRDefault="00000000" w:rsidP="00D268BE">
+          <w:p w14:paraId="5CB3C78D" w14:textId="7D38152B" w:rsidR="005A7896" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1429773271"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A7896">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5941" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="367325FC" w14:textId="66E7C995" w:rsidR="005A7896" w:rsidRPr="00E42A0C" w:rsidRDefault="005A7896" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42A0C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quotes may be included here, but not required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A850577" w14:textId="627C51DA" w:rsidR="005A7896" w:rsidRPr="007653A4" w:rsidRDefault="00000000" w:rsidP="005A7896">
+          <w:p w14:paraId="7A850577" w14:textId="627C51DA" w:rsidR="005A7896" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="005A7896">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="331721480"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A7896" w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77FB49E1" w14:textId="61D41FD3" w:rsidR="005A7896" w:rsidRPr="00E42A0C" w:rsidRDefault="005A7896" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -14373,165 +15997,183 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="444D095C" w14:textId="0ED1D447" w:rsidR="00D268BE" w:rsidRPr="007653A4" w:rsidRDefault="00A053F1" w:rsidP="00D268BE">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS 398 RESEARCH PLAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="55A51340" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="55A51340" w14:textId="77777777" w:rsidTr="00F25436">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="485"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1238826407"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6C0149A5" w14:textId="7231E232" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1222A1C7" w14:textId="496F1E95" w:rsidR="00D268BE" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
+          <w:p w14:paraId="1222A1C7" w14:textId="00F0848B" w:rsidR="00D268BE" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Introduction to Application</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">* - </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1 page limit; summarizes substantial additions, deletions, and changes to the application; only applicable for resubmission or revision, or if FOA denotes requirement</w:t>
+              <w:t xml:space="preserve">1 page limit; summarizes substantial additions, deletions, and changes to the application; only applicable for resubmission or revision, or if </w:t>
+            </w:r>
+            <w:r w:rsidR="00A85894" w:rsidRPr="00A85894">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0CE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> denotes requirement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="4108CBC6" w14:textId="77777777" w:rsidTr="00417DFB">
+      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="4108CBC6" w14:textId="77777777" w:rsidTr="00F25436">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="431"/>
+          <w:trHeight w:val="350"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="591287206"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="117AB1E2" w14:textId="274B94C6" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -14590,70 +16232,71 @@
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>state concisely the goals of the proposed research and summarize the expected outcome</w:t>
             </w:r>
             <w:r w:rsidR="009C15A9" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="78423D21" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="78423D21" w14:textId="77777777" w:rsidTr="00F25436">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="296"/>
+          <w:trHeight w:val="341"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="858699421"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3C345872" w14:textId="06CED989" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -14719,91 +16362,92 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>R01</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: 12-page limit.</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="2076C0C8" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="2076C0C8" w14:textId="77777777" w:rsidTr="00F25436">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="395"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15233BE7" w14:textId="77777777" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-2090300923"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="707F4825" w14:textId="6B737F44" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00047827" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -14866,91 +16510,92 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2. Innovation</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3. Approach</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00047827" w:rsidRPr="00BF669C" w14:paraId="390023AB" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00047827" w:rsidRPr="00BF669C" w14:paraId="390023AB" w14:textId="77777777" w:rsidTr="00F25436">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="305"/>
+          <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EAC3C45" w14:textId="77777777" w:rsidR="00047827" w:rsidRPr="007C546F" w:rsidRDefault="00047827" w:rsidP="00047827">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="49116944"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5090D618" w14:textId="33AC40A8" w:rsidR="00047827" w:rsidRDefault="00047827" w:rsidP="00047827">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15010,50 +16655,51 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-909920124"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="665C882A" w14:textId="7EAE7172" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
@@ -15194,50 +16840,51 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-993337508"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="34F6C73B" w14:textId="49AD8CB7" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
@@ -15252,96 +16899,115 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A45F454" w14:textId="5723FAC3" w:rsidR="00D268BE" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>As applicable, also include preliminary studies for new applications and progress report for renewal and revision applications as part of the Research Strategy, keeping within the three sections listed above</w:t>
+              <w:t xml:space="preserve">As applicable, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AF0CE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>also include</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AF0CE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> preliminary studies for new applications and progress report for renewal and revision applications as part of the Research Strategy, keeping within the three sections listed above</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="060A049F" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38ABF578" w14:textId="77777777" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-432439359"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="37F4CE7E" w14:textId="7740BDA4" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="001910FA" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
@@ -15362,96 +17028,115 @@
           </w:tcPr>
           <w:p w14:paraId="45A27FB4" w14:textId="0502A402" w:rsidR="00D268BE" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress Report for Renewal and Revision Applications* - </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Section only required if a renewal application; must fall within Research Strategy page limits</w:t>
+              <w:t xml:space="preserve">Section only required if a renewal </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AF0CE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>application;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AF0CE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must fall within Research Strategy page limits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001910FA" w:rsidRPr="00BF669C" w14:paraId="510C8983" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70DBB756" w14:textId="77777777" w:rsidR="001910FA" w:rsidRPr="007C546F" w:rsidRDefault="001910FA" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="326168962"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="381547BE" w14:textId="0EC05587" w:rsidR="001910FA" w:rsidRDefault="001910FA" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15492,50 +17177,51 @@
               <w:t>For renewals changing from single PI to Multiple PI, changing number/makeup of Multiple PIs, or changing from Multiple PI to single PI, the Research Strategy must provide a rationale for the change.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="43E5FA24" w14:textId="77777777" w:rsidTr="00417DFB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1548686231"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5AED9F84" w14:textId="6A52C3CF" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -15613,50 +17299,51 @@
               <w:t>’ inclusion for all pubs listed in bio authored/co-authored by applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="77C8B3D8" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="140321311"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="68BA0394" w14:textId="27DF510C" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007C546F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -15763,50 +17450,51 @@
               <w:t>Minimization of Pain and Distress</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06AEA" w:rsidRPr="00BF669C" w14:paraId="01F7C864" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1865785508"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="36FCDF6C" w14:textId="0B6E7FC8" w:rsidR="00F06AEA" w:rsidRPr="007C546F" w:rsidRDefault="00F06AEA" w:rsidP="00F06AEA">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15877,50 +17565,51 @@
               <w:t>; no page limit; should identify select agents, registration status, and description of facilities to use select agents</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06AEA" w:rsidRPr="00BF669C" w14:paraId="36A21F0C" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-501822094"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="19CF4453" w14:textId="0F5829F6" w:rsidR="00F06AEA" w:rsidRPr="007C546F" w:rsidRDefault="00F06AEA" w:rsidP="00F06AEA">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -15999,50 +17688,51 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06AEA" w:rsidRPr="00BF669C" w14:paraId="6F77C14A" w14:textId="77777777" w:rsidTr="00417DFB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2011567615"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="048DE635" w14:textId="228387F9" w:rsidR="00F06AEA" w:rsidRPr="007C546F" w:rsidRDefault="00F06AEA" w:rsidP="00F06AEA">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -16114,50 +17804,51 @@
               <w:t>; explains the programmatic, fiscal, and administrative arrangements to be made between the applicant org and the consortium org/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06AEA" w:rsidRPr="00BF669C" w14:paraId="0E9DC67C" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="683"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="208379725"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6FADD8F6" w14:textId="2ED21295" w:rsidR="00F06AEA" w:rsidRPr="007C546F" w:rsidRDefault="00F06AEA" w:rsidP="00F06AEA">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
@@ -16363,91 +18054,90 @@
               <w:t xml:space="preserve"> contain data/figures/tables/graphs, preliminary data, methods, background and significance details that are expected to be found in Research Strategy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="3949DA57" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1994781462"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="55D44150" w14:textId="0DF900AE" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="0091799C" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4ADA71BA" w14:textId="2DBD42DF" w:rsidR="00D268BE" w:rsidRPr="006E2EFD" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADA71BA" w14:textId="22347960" w:rsidR="00D268BE" w:rsidRPr="006E2EFD" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Resource Sharing Plan(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00152653">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16486,51 +18176,69 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>only</w:t>
             </w:r>
             <w:r w:rsidR="00923681" w:rsidRPr="00152653">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009F2A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">if FOA requires, </w:t>
+              <w:t xml:space="preserve">if </w:t>
+            </w:r>
+            <w:r w:rsidR="00A85894" w:rsidRPr="00A85894">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidR="009F2A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> requires, </w:t>
             </w:r>
             <w:r w:rsidR="009F2A8B" w:rsidRPr="009F2A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r w:rsidR="009F2A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00923681" w:rsidRPr="00152653">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16637,90 +18345,91 @@
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008011CE" w:rsidRPr="00BF669C" w14:paraId="23AA68F7" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1228344831"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="7BB4FAF6" w14:textId="467D20DB" w:rsidR="008011CE" w:rsidRDefault="0091799C" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="690C9B30" w14:textId="1A69E671" w:rsidR="008011CE" w:rsidRPr="00AF0CE9" w:rsidRDefault="00AD04DA" w:rsidP="00D268BE">
+          <w:p w14:paraId="690C9B30" w14:textId="598C0C82" w:rsidR="008011CE" w:rsidRPr="00AF0CE9" w:rsidRDefault="00AD04DA" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Other Plan(s)</w:t>
             </w:r>
             <w:r w:rsidR="00376FEB" w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -16759,50 +18468,59 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2 pages max recommended; </w:t>
             </w:r>
             <w:r w:rsidR="00AC7B34" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSP </w:t>
             </w:r>
             <w:r w:rsidR="00946816" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">required for all research proposals. </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC5CED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">PIs should use the </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>DMPTool</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
@@ -16816,71 +18534,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to create plan and </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>consult CRDDS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> for recommendations on repository use. </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Refer to </w:t>
+              <w:t xml:space="preserve"> for recommendations on repository use. Refer to </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more info on policy.</w:t>
             </w:r>
           </w:p>
@@ -16906,50 +18604,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="260265076"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="21BCB4A8" w14:textId="275E588B" w:rsidR="00B7303D" w:rsidRPr="007653A4" w:rsidRDefault="000271C2" w:rsidP="00F06AEA">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -17164,50 +18863,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1555229278"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="7A1BEDB5" w14:textId="481AE386" w:rsidR="00F04404" w:rsidRPr="007653A4" w:rsidRDefault="00F04404" w:rsidP="00F04404">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
@@ -17306,50 +19006,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="824087314"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5C797327" w14:textId="3DFBF0E4" w:rsidR="00F04404" w:rsidRPr="007653A4" w:rsidRDefault="00F04404" w:rsidP="00F04404">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
@@ -17486,50 +19187,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1588806739"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="430" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4F2A15FF" w14:textId="3EE0D061" w:rsidR="00F06AEA" w:rsidRPr="007653A4" w:rsidRDefault="00F06AEA" w:rsidP="00F06AEA">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007653A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
@@ -17600,50 +19302,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="79767995" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1699926166"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="614A196A" w14:textId="7DC6A81D" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00F06AEA" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -17676,161 +19379,170 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Authentication of Key Biological and/or Chemical Resources</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">* - </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No page limit but 1 page recommended; describe methods to ensure the identity and validity of key biological and/or chemical resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="6C99144A" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="6C99144A" w14:textId="77777777" w:rsidTr="00FC5CED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="305"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="852460146"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="378" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2D7BF573" w14:textId="444BFE11" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00F06AEA" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0783F6A0" w14:textId="0D98E584" w:rsidR="00D268BE" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
+          <w:p w14:paraId="0783F6A0" w14:textId="741CF601" w:rsidR="00D268BE" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6171C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Appendix</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
+            <w:r w:rsidR="00A85894" w:rsidRPr="00A85894">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">FOA will specify if any special appendix instructions; carefully review </w:t>
+              <w:t xml:space="preserve"> will specify if any special appendix instructions; carefully review </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Appendix Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="57F53C37" w14:textId="77777777" w:rsidTr="00940E8F">
+      <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="57F53C37" w14:textId="77777777" w:rsidTr="00FC5CED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
-          <w:trHeight w:val="215"/>
+          <w:trHeight w:val="206"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="69E8A872" w14:textId="77777777" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
@@ -17856,56 +19568,56 @@
               <w:p w14:paraId="578D0492" w14:textId="6C112C98" w:rsidR="00D268BE" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
                 <w:pPr>
                   <w:pStyle w:val="Default"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00AF0CE9">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click here to enter comments if needed.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1EA3A6ED" w14:textId="217E1E48" w:rsidR="00C95193" w:rsidRPr="001503B6" w:rsidRDefault="00C95193" w:rsidP="00770140">
+    <w:p w14:paraId="1EA3A6ED" w14:textId="217E1E48" w:rsidR="00C95193" w:rsidRPr="00C00B37" w:rsidRDefault="00C95193" w:rsidP="00770140">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5039" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="360"/>
@@ -17959,88 +19671,87 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00903573" w:rsidRPr="00D03163" w14:paraId="01D2138C" w14:textId="77777777" w:rsidTr="007F036B">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-312405226"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="05F45D8F" w14:textId="52E21F7B" w:rsidR="00903573" w:rsidRPr="001F0DE9" w:rsidRDefault="00C72B4E" w:rsidP="001F0DE9">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="280132A5" w14:textId="77777777" w:rsidR="007C546F" w:rsidRPr="00AF0CE9" w:rsidRDefault="00903573" w:rsidP="004A51FD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="245" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Specimens </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67945B46" w14:textId="687B140D" w:rsidR="00903573" w:rsidRPr="00AF0CE9" w:rsidRDefault="007C546F" w:rsidP="007F036B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
@@ -18072,51 +19783,50 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="241" w:hanging="241"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If yes, include:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8714" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AB5F704" w14:textId="747FC799" w:rsidR="00903573" w:rsidRPr="00AF0CE9" w:rsidRDefault="00903573" w:rsidP="007F036B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="241" w:hanging="241"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
@@ -18249,119 +19959,117 @@
               </w:rPr>
               <w:t>If flowchart indicates human subjects research, then mark “no” to Human Specimens/Data</w:t>
             </w:r>
             <w:r w:rsidR="009C7AEE" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00903573" w:rsidRPr="00D03163" w14:paraId="5B9265B8" w14:textId="77777777" w:rsidTr="0075792A">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="519E16A9" w14:textId="77777777" w:rsidR="00903573" w:rsidRPr="001F0DE9" w:rsidRDefault="00903573" w:rsidP="001F0DE9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1322498990"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="38D832F4" w14:textId="135B6D41" w:rsidR="00903573" w:rsidRPr="00D03163" w:rsidRDefault="007C546F" w:rsidP="001F0DE9">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10154" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59278126" w14:textId="6139B37E" w:rsidR="00903573" w:rsidRPr="001503B6" w:rsidRDefault="00903573" w:rsidP="00903573">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E1ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Explanation for Use of Human Specimens and/or Data not considered to be Human Subjects Research</w:t>
             </w:r>
             <w:r w:rsidR="00AF503E" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -18448,50 +20156,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Research.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00903573" w:rsidRPr="00D03163" w14:paraId="07370EA5" w14:textId="77777777" w:rsidTr="001503B6">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1931188574"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="7EECD9EA" w14:textId="3594CE00" w:rsidR="00903573" w:rsidRPr="001F0DE9" w:rsidRDefault="00F06AEA" w:rsidP="001F0DE9">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:ind w:left="720" w:hanging="720"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -18520,51 +20229,69 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E1ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Human Subjects (HS) Study Record</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="00790CEC" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Required for all HS-research proposals; p</w:t>
+              <w:t xml:space="preserve">Required for all </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00790CEC" w:rsidRPr="00AF0CE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HS-research</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00790CEC" w:rsidRPr="00AF0CE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> proposals; p</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lease send the HS Study Record to the PI for PI to complete and upload all necessary documents</w:t>
             </w:r>
             <w:r w:rsidR="00790CEC" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> as</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> this </w:t>
             </w:r>
@@ -18603,50 +20330,51 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1413199395"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="788456CA" w14:textId="3E3B8A2B" w:rsidR="000B0BD6" w:rsidRPr="001F0DE9" w:rsidRDefault="000B0BD6" w:rsidP="004A2EBD">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -18678,50 +20406,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>File Names under 50 characters in length</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-57397688"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3B983CAE" w14:textId="650F7096" w:rsidR="000B0BD6" w:rsidRPr="007C546F" w:rsidRDefault="000B0BD6" w:rsidP="000B0BD6">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -18757,50 +20486,51 @@
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All HS Docs are PDF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="442509118"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2EAD9D24" w14:textId="1FDAE7B8" w:rsidR="000B0BD6" w:rsidRPr="00D03163" w:rsidRDefault="000B0BD6" w:rsidP="00132B8B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -18896,284 +20626,314 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3B50B0E6" w14:textId="77777777" w:rsidR="0075792A" w:rsidRPr="008906F8" w:rsidRDefault="0075792A" w:rsidP="007C546F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008906F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIs are encouraged to group studies that use the same HS population &amp; same research protocols into one Study Record; if more than one study, separate Study Records will need to be uploaded </w:t>
+              <w:t xml:space="preserve">PIs are encouraged </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008906F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008906F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> group studies that use the same HS population &amp; same research protocols into one Study Record; if more than one study, separate Study Records will need to be uploaded </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CBE9A49" w14:textId="48E95AE4" w:rsidR="0075792A" w:rsidRPr="008906F8" w:rsidRDefault="0075792A" w:rsidP="007C546F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008906F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4 Clinical Trial Questionnaire responses: If all yes, then research is considered to be a CT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05EF7706" w14:textId="77FAB07E" w:rsidR="0075792A" w:rsidRPr="008906F8" w:rsidRDefault="0075792A" w:rsidP="007C546F">
+          <w:p w14:paraId="05EF7706" w14:textId="1277D0F9" w:rsidR="0075792A" w:rsidRPr="008906F8" w:rsidRDefault="0075792A" w:rsidP="007C546F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008906F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Ensure FOA matches HS requirements</w:t>
+              <w:t xml:space="preserve">Ensure </w:t>
+            </w:r>
+            <w:r w:rsidR="00A85894" w:rsidRPr="00A85894">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008906F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> matches HS requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C7AEE" w:rsidRPr="00D03163" w14:paraId="54CDDF02" w14:textId="77777777" w:rsidTr="00D7427C">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D395D82" w14:textId="24A99C3F" w:rsidR="009C7AEE" w:rsidRPr="00D03163" w:rsidRDefault="009C7AEE" w:rsidP="00790CEC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D03163">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Required Study Record Sections based on Type of Research: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E319913" w14:textId="4CC877B0" w:rsidR="009C7AEE" w:rsidRPr="00D03163" w:rsidRDefault="009C7AEE" w:rsidP="00790CEC">
+          <w:p w14:paraId="2E319913" w14:textId="4CC877B0" w:rsidR="009C7AEE" w:rsidRPr="00C00B37" w:rsidRDefault="009C7AEE" w:rsidP="00790CEC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03163">
+            <w:r w:rsidRPr="00C00B37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Human Subjects, Exemption 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCA299F" w14:textId="68715766" w:rsidR="009C7AEE" w:rsidRPr="00D03163" w:rsidRDefault="009C7AEE" w:rsidP="00790CEC">
+          <w:p w14:paraId="3FCA299F" w14:textId="68715766" w:rsidR="009C7AEE" w:rsidRPr="00C00B37" w:rsidRDefault="009C7AEE" w:rsidP="00790CEC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03163">
+            <w:r w:rsidRPr="00C00B37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Subjects, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03163">
+            <w:r w:rsidRPr="00C00B37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:br/>
               <w:t>no Clinical Trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49AB89AF" w14:textId="5FEE6968" w:rsidR="009C7AEE" w:rsidRPr="00D03163" w:rsidRDefault="009C7AEE" w:rsidP="00790CEC">
+          <w:p w14:paraId="49AB89AF" w14:textId="5FEE6968" w:rsidR="009C7AEE" w:rsidRPr="00C00B37" w:rsidRDefault="009C7AEE" w:rsidP="00790CEC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03163">
+            <w:r w:rsidRPr="00C00B37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Clinical Trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D7427C" w:rsidRPr="00D03163" w14:paraId="752CEE8C" w14:textId="77777777" w:rsidTr="00D7427C">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1746644140"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="60B0DA6E" w14:textId="2C3B9997" w:rsidR="00D7427C" w:rsidRPr="00D03163" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -19295,50 +21055,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D7427C" w:rsidRPr="00D03163" w14:paraId="37A38F3B" w14:textId="77777777" w:rsidTr="00D7427C">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1788728291"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="669BA709" w14:textId="4F38F5D8" w:rsidR="00D7427C" w:rsidRPr="00D03163" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -19480,50 +21241,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1722086625"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="18898CE8" w14:textId="64463CE0" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -19678,50 +21440,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1903742679"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="15E40889" w14:textId="766A8B09" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -19876,50 +21639,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="176160450"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="722C7335" w14:textId="7064D0D4" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -20037,89 +21801,90 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EDE1D1F" w14:textId="47E4608F" w:rsidR="00D7427C" w:rsidRPr="00D7427C" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7427C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D7427C" w:rsidRPr="007C546F" w14:paraId="1B5E432A" w14:textId="77777777" w:rsidTr="00D7427C">
+      <w:tr w:rsidR="00D7427C" w:rsidRPr="007C546F" w14:paraId="1B5E432A" w14:textId="77777777" w:rsidTr="00FC5CED">
         <w:trPr>
-          <w:trHeight w:val="440"/>
+          <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7178FEA7" w14:textId="77777777" w:rsidR="00D7427C" w:rsidRPr="00D03163" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-28119685"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="49CE30D9" w14:textId="66AC38E5" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -20275,139 +22040,124 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1989215226"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0F0C6CA1" w14:textId="780F87F9" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5120" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED46EBC" w14:textId="39BEB889" w:rsidR="00D7427C" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
+          <w:p w14:paraId="7ED46EBC" w14:textId="5F86C5C5" w:rsidR="00D7427C" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="151" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E1ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Inclusion Enrollment Report</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">PI will need to select button to have Inclusion Enrollment Report appear </w:t>
-            </w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">n record </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for editing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36A92C2A" w14:textId="696D48C5" w:rsidR="00D7427C" w:rsidRPr="00D7427C" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
@@ -20476,50 +22226,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D7427C" w:rsidRPr="007C546F" w14:paraId="29AFB95E" w14:textId="77777777" w:rsidTr="00D7427C">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1930725916"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5FEBB4E5" w14:textId="78C28323" w:rsidR="00D7427C" w:rsidRPr="00D03163" w:rsidRDefault="00D7427C" w:rsidP="00F06AEA">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -20661,179 +22412,223 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="299434824"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="45613D3C" w14:textId="74F252A4" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5120" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="464B8D6B" w14:textId="77777777" w:rsidR="00D7427C" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
+          <w:p w14:paraId="464B8D6B" w14:textId="0C85DC5A" w:rsidR="00D7427C" w:rsidRPr="00F25436" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E1ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Protection of Human Subjects</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- No page limit; Sections include: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF0CE9">
+            <w:r w:rsidR="00F25436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00F25436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F25436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Risks to Human Subjects </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF0CE9">
+            <w:r w:rsidRPr="00F25436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">   2. Adequacy of Protection Against Risks</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF0CE9">
+            <w:r w:rsidRPr="00F25436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">   3. Potential Benefits of the Proposed Research to   </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E7708BB" w14:textId="344A21EE" w:rsidR="00D7427C" w:rsidRPr="00AF0CE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF0CE9">
+            <w:r w:rsidRPr="00F25436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   Research Participants and Others</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF0CE9">
+            <w:r w:rsidRPr="00F25436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">   4. Importance of the Knowledge to be Gained</w:t>
+              <w:t xml:space="preserve">   4. Importance of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F25436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>the Knowledge</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F25436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to be Gained</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7796B0EB" w14:textId="180A5767" w:rsidR="00D7427C" w:rsidRPr="00D7427C" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7427C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -20915,50 +22710,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1160121026"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0F94CCF0" w14:textId="4EEBE6EB" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -21218,50 +23014,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="143868892"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6D9ECC55" w14:textId="4B0697CB" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -21415,50 +23212,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1694841153"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="473F8119" w14:textId="56FA1917" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -21591,50 +23389,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D7427C" w:rsidRPr="007C546F" w14:paraId="3B4C7630" w14:textId="77777777" w:rsidTr="00D7427C">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="923075934"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="7497938D" w14:textId="4AE8634B" w:rsidR="00D7427C" w:rsidRPr="00D03163" w:rsidRDefault="00D7427C" w:rsidP="009D1D0B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -21778,50 +23577,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="559595051"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="7539B0B5" w14:textId="6565722B" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -21962,50 +23762,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1078099962"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2D18F152" w14:textId="62630FE0" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -22196,50 +23997,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1914502136"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               </w:tcPr>
               <w:p w14:paraId="64A7CA67" w14:textId="75F20481" w:rsidR="00D7427C" w:rsidRPr="001F0DE9" w:rsidRDefault="00D7427C" w:rsidP="00D7427C">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -22359,50 +24161,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C1414" w:rsidRPr="007C546F" w14:paraId="458D22F6" w14:textId="77777777" w:rsidTr="00D7427C">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="208698051"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="7D8D3405" w14:textId="3F01944C" w:rsidR="000C1414" w:rsidRPr="00D03163" w:rsidRDefault="008E1ACB" w:rsidP="009D1D0B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -22507,111 +24310,119 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7427C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Do not complete</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18711707" w14:textId="53B9D55D" w:rsidR="000C1414" w:rsidRPr="00D7427C" w:rsidRDefault="000C1414" w:rsidP="009D1D0B">
+          <w:p w14:paraId="18711707" w14:textId="5D0F981C" w:rsidR="000C1414" w:rsidRPr="00D7427C" w:rsidRDefault="000C1414" w:rsidP="009D1D0B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D7427C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>As Required by FOA</w:t>
+              <w:t xml:space="preserve">As Required by </w:t>
+            </w:r>
+            <w:r w:rsidR="00A85894">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E1ACB" w:rsidRPr="007C546F" w14:paraId="7229E7F5" w14:textId="77777777" w:rsidTr="00257A35">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EC8BD82" w14:textId="77777777" w:rsidR="008E1ACB" w:rsidRPr="00D03163" w:rsidRDefault="008E1ACB" w:rsidP="009D1D0B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-555553665"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="461ADF0C" w14:textId="1D2F11A8" w:rsidR="008E1ACB" w:rsidRPr="001F0DE9" w:rsidRDefault="008E1ACB" w:rsidP="009D1D0B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -22715,50 +24526,51 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D1D0B" w:rsidRPr="00D03163" w14:paraId="2E3E7140" w14:textId="77777777" w:rsidTr="001503B6">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1176298041"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="360" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6E1DED83" w14:textId="0168BFC5" w:rsidR="009D1D0B" w:rsidRPr="00D03163" w:rsidRDefault="009D1D0B" w:rsidP="009D1D0B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="19"/>
                     <w:szCs w:val="19"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
@@ -22852,50 +24664,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2116708062"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="577" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2669C035" w14:textId="397B0256" w:rsidR="009D1D0B" w:rsidRPr="001F0DE9" w:rsidRDefault="009D1D0B" w:rsidP="009D1D0B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001F0DE9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -22926,50 +24739,51 @@
             </w:pPr>
             <w:r w:rsidRPr="001503B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add Study Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1989751006"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="24502701" w14:textId="27ED3786" w:rsidR="009D1D0B" w:rsidRPr="001F0DE9" w:rsidRDefault="009D1D0B" w:rsidP="009D1D0B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
@@ -23000,50 +24814,51 @@
             </w:pPr>
             <w:r w:rsidRPr="001503B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indicate if Clinical Trial anticipated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-1096707825"/>
             <w15:color w:val="008000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="447" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="674A9E45" w14:textId="7CDF37A5" w:rsidR="009D1D0B" w:rsidRPr="001F0DE9" w:rsidRDefault="009D1D0B" w:rsidP="009D1D0B">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
@@ -23079,152 +24894,86 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Delayed Onset Study Justification - </w:t>
             </w:r>
             <w:r w:rsidRPr="001503B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Info for a delayed onset study is not available at the time of proposal, so no full Study Record </w:t>
             </w:r>
             <w:r w:rsidRPr="007C546F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>allowed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D1D0B" w:rsidRPr="00D03163" w14:paraId="1A32DD5F" w14:textId="77777777" w:rsidTr="007F036B">
-[...68 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="0931E8B0" w14:textId="3D3ED627" w:rsidR="00770140" w:rsidRPr="00F06AEA" w:rsidRDefault="00770140" w:rsidP="00D03163">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00770140" w:rsidRPr="00F06AEA" w:rsidSect="00D03163">
-      <w:headerReference w:type="default" r:id="rId74"/>
-      <w:footerReference w:type="default" r:id="rId75"/>
+      <w:headerReference w:type="even" r:id="rId74"/>
+      <w:headerReference w:type="default" r:id="rId75"/>
+      <w:footerReference w:type="even" r:id="rId76"/>
+      <w:footerReference w:type="default" r:id="rId77"/>
+      <w:headerReference w:type="first" r:id="rId78"/>
+      <w:footerReference w:type="first" r:id="rId79"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="288" w:right="720" w:bottom="360" w:left="720" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58D6E37D" w14:textId="77777777" w:rsidR="00836C12" w:rsidRDefault="00836C12">
+    <w:p w14:paraId="42C80C67" w14:textId="77777777" w:rsidR="001D2BB5" w:rsidRDefault="001D2BB5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6ADFAF31" w14:textId="77777777" w:rsidR="00836C12" w:rsidRDefault="00836C12">
+    <w:p w14:paraId="397A19A9" w14:textId="77777777" w:rsidR="001D2BB5" w:rsidRDefault="001D2BB5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -23267,51 +25016,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68605CB3" w14:textId="4E15FF89" w:rsidR="00A10B3E" w:rsidRPr="003742D8" w:rsidRDefault="00A10B3E" w:rsidP="00AB159E">
+  <w:p w14:paraId="7DE31056" w14:textId="77777777" w:rsidR="00850479" w:rsidRDefault="00850479">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68605CB3" w14:textId="2BE004E1" w:rsidR="00A10B3E" w:rsidRPr="003742D8" w:rsidRDefault="00A10B3E" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">* INDICATES DOCUMENT/SECTION IS REQUIRED </w:t>
     </w:r>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="single"/>
       </w:rPr>
@@ -23335,133 +25094,155 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>OCG-104</w:t>
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> NIH Proposal Submission Review Checklist </w:t>
     </w:r>
     <w:r w:rsidR="00FB0267">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="002F1FCD">
+    <w:r w:rsidR="00850479">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
-      <w:t>4</w:t>
-[...7 lines deleted...]
-      <w:t>25</w:t>
+      <w:t>126</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="66B2363C" w14:textId="7B719B15" w:rsidR="00A10B3E" w:rsidRPr="00B938AB" w:rsidRDefault="00A10B3E" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="25D90960" w14:textId="77777777" w:rsidR="00850479" w:rsidRDefault="00850479">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47A32E24" w14:textId="77777777" w:rsidR="00836C12" w:rsidRDefault="00836C12">
+    <w:p w14:paraId="7908A09C" w14:textId="77777777" w:rsidR="001D2BB5" w:rsidRDefault="001D2BB5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30812863" w14:textId="77777777" w:rsidR="00836C12" w:rsidRDefault="00836C12">
+    <w:p w14:paraId="207A2681" w14:textId="77777777" w:rsidR="001D2BB5" w:rsidRDefault="001D2BB5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33315453" w14:textId="77777777" w:rsidR="00850479" w:rsidRDefault="00850479">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CEBD515" w14:textId="08045E0C" w:rsidR="00A10B3E" w:rsidRPr="003742D8" w:rsidRDefault="00A10B3E" w:rsidP="00980DC7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:ind w:right="-360"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36576244" w14:textId="77777777" w:rsidR="00850479" w:rsidRDefault="00850479">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="38D84356"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1FD0F63A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
@@ -24090,50 +25871,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B8C75EC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4332447E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20D42770"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70CEEFA0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -24216,51 +26110,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5218"/>
         </w:tabs>
         <w:ind w:left="5218" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5938"/>
         </w:tabs>
         <w:ind w:left="5938" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25A84DAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59CE9028"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="781" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1501" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24329,51 +26223,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5821" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6541" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26CC149B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6494DC94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -24447,51 +26341,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B470526"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="899A7970"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -24560,51 +26454,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E7D1D7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BC6A740"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24700,51 +26594,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32C7293E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A774884A"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -24789,51 +26683,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="395824E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72A0BFBC"/>
     <w:lvl w:ilvl="0" w:tplc="E904D80A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1193" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -24879,51 +26773,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4793" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5513" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6233" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39AC4476"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="807A393A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -24999,51 +26893,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C7760DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4692CF7A"/>
     <w:lvl w:ilvl="0" w:tplc="C16E5348">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -25119,51 +27013,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40FB265D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B9A6A8BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -25239,51 +27133,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45725EAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3AE011E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25352,51 +27246,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49E239A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FD203F0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -25492,51 +27386,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B2F7C9E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="78A48C3C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -25606,51 +27500,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DC1183E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA708BD0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -25746,51 +27640,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DC6714A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E348F16C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -25859,51 +27753,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="521957D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C74E8B4E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -25948,51 +27842,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54050394"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFAC83D2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26061,51 +27955,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54144D61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3580D6C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26174,51 +28068,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="597640E7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8F7E3C64"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -26301,51 +28195,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AA37206"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AA23832"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -26428,51 +28322,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C3A6B9D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="102CB7A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -26548,51 +28442,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D2C2343"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4692CF7A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -26668,51 +28562,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F6904F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="333AADD0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B62A0D64">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -26782,51 +28676,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="614434CB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6494DC94"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -26900,51 +28794,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61CB7129"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1FB4A1FA"/>
     <w:lvl w:ilvl="0" w:tplc="5D7276C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -27020,51 +28914,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62326273"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F7E3C64"/>
     <w:lvl w:ilvl="0" w:tplc="54026804">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -27147,51 +29041,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62675DF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C240BA1E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="945" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1665" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27260,51 +29154,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5985" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6705" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="647E7DB0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="513A9C1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -27380,51 +29274,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BF90EB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F202FF6E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27493,51 +29387,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74497888"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C66A122"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -27613,51 +29507,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76AB54AD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1FB4A1FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -27733,51 +29627,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A1132DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8F7E3C64"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -27861,913 +29755,1031 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1656839746">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1316909485">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="485318190">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2018530657">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2018530657">
+  <w:num w:numId="5" w16cid:durableId="1847135316">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1847135316">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="410857987">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1538618129">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1711876449">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="498934543">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1619991867">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2003242837">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="57023972">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1251281619">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="763186730">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1619991867">
+  <w:num w:numId="15" w16cid:durableId="1415470604">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="349767400">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="822543492">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1809858082">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2003242837">
-[...20 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="1809858082">
+  <w:num w:numId="19" w16cid:durableId="1802530450">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1802530450">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="20" w16cid:durableId="1351027974">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="716665196">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="421149214">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1206984890">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="618416619">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="833182072">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1604918806">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="372341537">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="286476909">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1619485743">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1016733152">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1427311825">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1449930490">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1543981124">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="733503001">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1051805160">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1049383947">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1049383947">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="37" w16cid:durableId="963389013">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1376201350">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1458179517">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="222450849">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1582178004">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="793595500">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="175923725">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="477918133">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="125398970">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1873611737">
     <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="2062055668">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="7F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0028228C"/>
     <w:rsid w:val="000006EB"/>
     <w:rsid w:val="00001065"/>
     <w:rsid w:val="00001132"/>
     <w:rsid w:val="000013B5"/>
     <w:rsid w:val="000016E1"/>
     <w:rsid w:val="00004C76"/>
+    <w:rsid w:val="00005FA1"/>
     <w:rsid w:val="000060FA"/>
     <w:rsid w:val="00007576"/>
     <w:rsid w:val="00012E08"/>
     <w:rsid w:val="000271C2"/>
     <w:rsid w:val="00034557"/>
+    <w:rsid w:val="00040E87"/>
     <w:rsid w:val="00047827"/>
     <w:rsid w:val="000517E7"/>
+    <w:rsid w:val="0005299F"/>
     <w:rsid w:val="00053162"/>
     <w:rsid w:val="00054FF5"/>
     <w:rsid w:val="00055625"/>
     <w:rsid w:val="00062C5B"/>
     <w:rsid w:val="00074DCB"/>
     <w:rsid w:val="00080433"/>
     <w:rsid w:val="00082A67"/>
     <w:rsid w:val="00082F86"/>
+    <w:rsid w:val="00083C35"/>
     <w:rsid w:val="00086801"/>
     <w:rsid w:val="00086C63"/>
     <w:rsid w:val="00090054"/>
     <w:rsid w:val="00094192"/>
     <w:rsid w:val="00094C46"/>
+    <w:rsid w:val="00095804"/>
+    <w:rsid w:val="00097D6F"/>
     <w:rsid w:val="000A3197"/>
     <w:rsid w:val="000A5CC5"/>
     <w:rsid w:val="000A7D87"/>
     <w:rsid w:val="000B0466"/>
     <w:rsid w:val="000B08F4"/>
     <w:rsid w:val="000B0BD6"/>
     <w:rsid w:val="000B348D"/>
     <w:rsid w:val="000B3BB6"/>
     <w:rsid w:val="000B4B96"/>
     <w:rsid w:val="000B78F8"/>
+    <w:rsid w:val="000B7DCE"/>
     <w:rsid w:val="000C050F"/>
     <w:rsid w:val="000C1414"/>
     <w:rsid w:val="000C4DA6"/>
     <w:rsid w:val="000C616C"/>
     <w:rsid w:val="000D1FEF"/>
     <w:rsid w:val="000D4FDE"/>
     <w:rsid w:val="000D7D67"/>
     <w:rsid w:val="000E275A"/>
     <w:rsid w:val="000E3913"/>
     <w:rsid w:val="000F3B2D"/>
     <w:rsid w:val="000F70EB"/>
     <w:rsid w:val="001001B1"/>
     <w:rsid w:val="001003E1"/>
     <w:rsid w:val="00104368"/>
     <w:rsid w:val="00106058"/>
     <w:rsid w:val="00106C30"/>
     <w:rsid w:val="0010716C"/>
+    <w:rsid w:val="00116146"/>
     <w:rsid w:val="00120762"/>
     <w:rsid w:val="00125CCB"/>
     <w:rsid w:val="00132B8B"/>
     <w:rsid w:val="00136E41"/>
     <w:rsid w:val="00137DF3"/>
     <w:rsid w:val="001503B6"/>
     <w:rsid w:val="00152653"/>
     <w:rsid w:val="00157CA0"/>
     <w:rsid w:val="00157EA3"/>
     <w:rsid w:val="00160B86"/>
     <w:rsid w:val="00163D19"/>
     <w:rsid w:val="00166857"/>
     <w:rsid w:val="00166C5A"/>
     <w:rsid w:val="00172448"/>
     <w:rsid w:val="00173622"/>
     <w:rsid w:val="0018088F"/>
     <w:rsid w:val="001851C4"/>
     <w:rsid w:val="001910FA"/>
+    <w:rsid w:val="0019170B"/>
     <w:rsid w:val="00192DDC"/>
     <w:rsid w:val="001A5A5A"/>
     <w:rsid w:val="001A67A7"/>
     <w:rsid w:val="001B381A"/>
     <w:rsid w:val="001B45B4"/>
     <w:rsid w:val="001B5C06"/>
     <w:rsid w:val="001C069E"/>
     <w:rsid w:val="001D00D4"/>
+    <w:rsid w:val="001D2BB5"/>
     <w:rsid w:val="001D6CED"/>
     <w:rsid w:val="001E3406"/>
     <w:rsid w:val="001E75A7"/>
     <w:rsid w:val="001F025B"/>
     <w:rsid w:val="001F0DE9"/>
     <w:rsid w:val="001F673D"/>
+    <w:rsid w:val="00211A87"/>
     <w:rsid w:val="00212949"/>
     <w:rsid w:val="002170CA"/>
     <w:rsid w:val="002219F2"/>
     <w:rsid w:val="002243DF"/>
+    <w:rsid w:val="00227290"/>
     <w:rsid w:val="002300D1"/>
+    <w:rsid w:val="002307DB"/>
     <w:rsid w:val="002318FF"/>
     <w:rsid w:val="00231934"/>
     <w:rsid w:val="00235AAE"/>
+    <w:rsid w:val="00237D50"/>
+    <w:rsid w:val="00240A3A"/>
     <w:rsid w:val="002414F8"/>
     <w:rsid w:val="0024335B"/>
     <w:rsid w:val="002449CB"/>
     <w:rsid w:val="002520AB"/>
     <w:rsid w:val="00252A40"/>
     <w:rsid w:val="00253E01"/>
+    <w:rsid w:val="00260340"/>
     <w:rsid w:val="002650A0"/>
     <w:rsid w:val="00267DF9"/>
     <w:rsid w:val="0027091D"/>
     <w:rsid w:val="00272766"/>
     <w:rsid w:val="00274F05"/>
     <w:rsid w:val="002753A8"/>
     <w:rsid w:val="00276DD0"/>
     <w:rsid w:val="0028013A"/>
+    <w:rsid w:val="00280AC4"/>
     <w:rsid w:val="0028228C"/>
     <w:rsid w:val="00286930"/>
     <w:rsid w:val="002906E7"/>
     <w:rsid w:val="00291EDC"/>
     <w:rsid w:val="002925D3"/>
     <w:rsid w:val="00294CE2"/>
+    <w:rsid w:val="002A164B"/>
     <w:rsid w:val="002A1754"/>
     <w:rsid w:val="002A2915"/>
     <w:rsid w:val="002A3524"/>
     <w:rsid w:val="002A3F76"/>
     <w:rsid w:val="002A615F"/>
     <w:rsid w:val="002B3AB2"/>
     <w:rsid w:val="002B4C1B"/>
     <w:rsid w:val="002B5C5D"/>
     <w:rsid w:val="002B6E10"/>
     <w:rsid w:val="002C1E28"/>
     <w:rsid w:val="002C2CBE"/>
     <w:rsid w:val="002C39EC"/>
     <w:rsid w:val="002D3DE6"/>
     <w:rsid w:val="002D492C"/>
     <w:rsid w:val="002D5E69"/>
     <w:rsid w:val="002F029F"/>
     <w:rsid w:val="002F1FCD"/>
     <w:rsid w:val="002F6283"/>
     <w:rsid w:val="00301F9B"/>
+    <w:rsid w:val="003034A3"/>
     <w:rsid w:val="003119FB"/>
     <w:rsid w:val="00311B83"/>
     <w:rsid w:val="0031256D"/>
     <w:rsid w:val="0031485E"/>
     <w:rsid w:val="003165FE"/>
     <w:rsid w:val="00320630"/>
+    <w:rsid w:val="00331D6A"/>
     <w:rsid w:val="00342E79"/>
     <w:rsid w:val="003444D6"/>
     <w:rsid w:val="003519EE"/>
     <w:rsid w:val="00352104"/>
     <w:rsid w:val="003534A0"/>
     <w:rsid w:val="00354FD9"/>
     <w:rsid w:val="00355CAB"/>
     <w:rsid w:val="003618B9"/>
     <w:rsid w:val="0036296D"/>
     <w:rsid w:val="00364364"/>
     <w:rsid w:val="003711D4"/>
     <w:rsid w:val="00371FC6"/>
     <w:rsid w:val="003742D8"/>
     <w:rsid w:val="003761C5"/>
     <w:rsid w:val="00376FEB"/>
     <w:rsid w:val="003835DD"/>
     <w:rsid w:val="003902E9"/>
+    <w:rsid w:val="00391F95"/>
     <w:rsid w:val="00393E14"/>
     <w:rsid w:val="003961A0"/>
     <w:rsid w:val="003A1BC2"/>
     <w:rsid w:val="003A1E8A"/>
     <w:rsid w:val="003B0C5D"/>
     <w:rsid w:val="003B571E"/>
     <w:rsid w:val="003B7EC2"/>
+    <w:rsid w:val="003D2ABE"/>
+    <w:rsid w:val="003D50F0"/>
     <w:rsid w:val="003D61CE"/>
     <w:rsid w:val="003E2DD8"/>
     <w:rsid w:val="003E7995"/>
     <w:rsid w:val="003F04D9"/>
     <w:rsid w:val="003F1064"/>
     <w:rsid w:val="003F4F7B"/>
     <w:rsid w:val="004068C3"/>
     <w:rsid w:val="00407240"/>
     <w:rsid w:val="0041607A"/>
     <w:rsid w:val="00416B05"/>
+    <w:rsid w:val="00417316"/>
     <w:rsid w:val="00417DFB"/>
     <w:rsid w:val="004216DE"/>
     <w:rsid w:val="004265D7"/>
     <w:rsid w:val="0042666E"/>
     <w:rsid w:val="0043454D"/>
     <w:rsid w:val="00434F6C"/>
     <w:rsid w:val="00435118"/>
     <w:rsid w:val="00436127"/>
     <w:rsid w:val="004379BA"/>
     <w:rsid w:val="00447621"/>
     <w:rsid w:val="004476B9"/>
     <w:rsid w:val="00454615"/>
     <w:rsid w:val="00455D12"/>
     <w:rsid w:val="004567F4"/>
     <w:rsid w:val="00457B85"/>
     <w:rsid w:val="0046148E"/>
     <w:rsid w:val="00462B23"/>
     <w:rsid w:val="00464875"/>
     <w:rsid w:val="00477804"/>
+    <w:rsid w:val="00477E01"/>
     <w:rsid w:val="0048031C"/>
     <w:rsid w:val="00481947"/>
+    <w:rsid w:val="004820F7"/>
     <w:rsid w:val="004841FA"/>
     <w:rsid w:val="004848F8"/>
     <w:rsid w:val="00490092"/>
     <w:rsid w:val="00490273"/>
     <w:rsid w:val="00493A96"/>
     <w:rsid w:val="004A1349"/>
     <w:rsid w:val="004A2DED"/>
     <w:rsid w:val="004A2EBD"/>
     <w:rsid w:val="004A51FD"/>
     <w:rsid w:val="004A61C4"/>
     <w:rsid w:val="004A79B0"/>
     <w:rsid w:val="004B0AE9"/>
     <w:rsid w:val="004B1804"/>
+    <w:rsid w:val="004B60B3"/>
+    <w:rsid w:val="004B6FDB"/>
     <w:rsid w:val="004C1488"/>
     <w:rsid w:val="004C2558"/>
     <w:rsid w:val="004D1DF8"/>
     <w:rsid w:val="004D5706"/>
     <w:rsid w:val="004D6146"/>
+    <w:rsid w:val="004D76A2"/>
     <w:rsid w:val="004E1F75"/>
     <w:rsid w:val="004F13CB"/>
     <w:rsid w:val="004F3E18"/>
     <w:rsid w:val="004F3F49"/>
     <w:rsid w:val="004F797C"/>
     <w:rsid w:val="00503B14"/>
     <w:rsid w:val="005051DC"/>
     <w:rsid w:val="00511B5C"/>
     <w:rsid w:val="00511C0F"/>
     <w:rsid w:val="00515A7A"/>
     <w:rsid w:val="00516B9E"/>
     <w:rsid w:val="005171C5"/>
     <w:rsid w:val="005174C7"/>
+    <w:rsid w:val="00517C25"/>
     <w:rsid w:val="00522532"/>
     <w:rsid w:val="005236C9"/>
+    <w:rsid w:val="00523EDA"/>
     <w:rsid w:val="00534127"/>
     <w:rsid w:val="00536173"/>
     <w:rsid w:val="00536494"/>
     <w:rsid w:val="005366CD"/>
     <w:rsid w:val="00541C86"/>
     <w:rsid w:val="00542E8A"/>
     <w:rsid w:val="00543799"/>
     <w:rsid w:val="0054494D"/>
     <w:rsid w:val="0055342A"/>
     <w:rsid w:val="00553D66"/>
     <w:rsid w:val="00555EE1"/>
     <w:rsid w:val="00560949"/>
     <w:rsid w:val="005636E1"/>
     <w:rsid w:val="00567987"/>
     <w:rsid w:val="00571A53"/>
     <w:rsid w:val="00571F01"/>
     <w:rsid w:val="00577DB5"/>
     <w:rsid w:val="00581A1A"/>
     <w:rsid w:val="0058218C"/>
     <w:rsid w:val="0058432A"/>
+    <w:rsid w:val="00585307"/>
     <w:rsid w:val="005863EA"/>
     <w:rsid w:val="005913B7"/>
     <w:rsid w:val="005A743A"/>
     <w:rsid w:val="005A7896"/>
+    <w:rsid w:val="005B1492"/>
     <w:rsid w:val="005B32B7"/>
     <w:rsid w:val="005B43AF"/>
     <w:rsid w:val="005B6602"/>
     <w:rsid w:val="005B717F"/>
+    <w:rsid w:val="005C3B51"/>
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
+    <w:rsid w:val="005C6ABC"/>
     <w:rsid w:val="005D2534"/>
     <w:rsid w:val="005E29C8"/>
     <w:rsid w:val="005E5D9C"/>
     <w:rsid w:val="005F21A2"/>
     <w:rsid w:val="005F25AE"/>
+    <w:rsid w:val="005F7FC1"/>
+    <w:rsid w:val="00600976"/>
     <w:rsid w:val="00604E99"/>
     <w:rsid w:val="00607BCE"/>
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="00614384"/>
     <w:rsid w:val="0062196F"/>
     <w:rsid w:val="006221ED"/>
     <w:rsid w:val="00622A27"/>
     <w:rsid w:val="006238C8"/>
     <w:rsid w:val="00626DF6"/>
     <w:rsid w:val="00626FB6"/>
     <w:rsid w:val="0063099E"/>
+    <w:rsid w:val="0063505A"/>
+    <w:rsid w:val="0063774C"/>
     <w:rsid w:val="006410A0"/>
     <w:rsid w:val="00643BDC"/>
     <w:rsid w:val="00645F34"/>
     <w:rsid w:val="0064793D"/>
     <w:rsid w:val="00651E46"/>
+    <w:rsid w:val="0065325A"/>
     <w:rsid w:val="00653A40"/>
     <w:rsid w:val="00654DA2"/>
     <w:rsid w:val="00655D18"/>
     <w:rsid w:val="00660427"/>
     <w:rsid w:val="006650B2"/>
     <w:rsid w:val="006736CB"/>
     <w:rsid w:val="00674FB6"/>
     <w:rsid w:val="0068107B"/>
     <w:rsid w:val="006810D6"/>
     <w:rsid w:val="006833BC"/>
     <w:rsid w:val="00687130"/>
     <w:rsid w:val="00691522"/>
     <w:rsid w:val="0069266F"/>
     <w:rsid w:val="006A2FB8"/>
     <w:rsid w:val="006B52F0"/>
     <w:rsid w:val="006B6CA5"/>
     <w:rsid w:val="006C05C9"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006C2103"/>
     <w:rsid w:val="006C25C0"/>
     <w:rsid w:val="006C57BB"/>
     <w:rsid w:val="006D0878"/>
     <w:rsid w:val="006D4BD8"/>
     <w:rsid w:val="006D523E"/>
     <w:rsid w:val="006E095F"/>
     <w:rsid w:val="006E2EFD"/>
     <w:rsid w:val="006E3A49"/>
     <w:rsid w:val="006E5961"/>
     <w:rsid w:val="006F1A88"/>
     <w:rsid w:val="006F598B"/>
+    <w:rsid w:val="0070002E"/>
+    <w:rsid w:val="0070143E"/>
     <w:rsid w:val="007039AB"/>
     <w:rsid w:val="007065B9"/>
     <w:rsid w:val="007077FD"/>
     <w:rsid w:val="00711BFC"/>
     <w:rsid w:val="007136B8"/>
     <w:rsid w:val="00713D96"/>
     <w:rsid w:val="00727040"/>
+    <w:rsid w:val="007353E1"/>
     <w:rsid w:val="00745FF7"/>
     <w:rsid w:val="00754382"/>
+    <w:rsid w:val="0075555E"/>
+    <w:rsid w:val="00755F1F"/>
     <w:rsid w:val="0075792A"/>
     <w:rsid w:val="007653A4"/>
     <w:rsid w:val="00770140"/>
     <w:rsid w:val="00772571"/>
     <w:rsid w:val="00772CA1"/>
     <w:rsid w:val="00773370"/>
     <w:rsid w:val="00774EB4"/>
     <w:rsid w:val="007765DD"/>
     <w:rsid w:val="00780FCD"/>
     <w:rsid w:val="0078313D"/>
     <w:rsid w:val="00790CEC"/>
     <w:rsid w:val="00793819"/>
+    <w:rsid w:val="00794255"/>
     <w:rsid w:val="00794D4E"/>
     <w:rsid w:val="00795C10"/>
     <w:rsid w:val="00796754"/>
+    <w:rsid w:val="00796F0B"/>
     <w:rsid w:val="00797484"/>
     <w:rsid w:val="00797844"/>
     <w:rsid w:val="007A58CD"/>
     <w:rsid w:val="007A6235"/>
     <w:rsid w:val="007A6427"/>
     <w:rsid w:val="007A7E0D"/>
+    <w:rsid w:val="007B2EFD"/>
     <w:rsid w:val="007C01F0"/>
     <w:rsid w:val="007C42A8"/>
     <w:rsid w:val="007C42FE"/>
     <w:rsid w:val="007C546F"/>
+    <w:rsid w:val="007D527A"/>
     <w:rsid w:val="007E5553"/>
     <w:rsid w:val="007E7F74"/>
+    <w:rsid w:val="007F0232"/>
     <w:rsid w:val="007F036B"/>
+    <w:rsid w:val="007F1F28"/>
     <w:rsid w:val="007F50AB"/>
     <w:rsid w:val="008011CE"/>
     <w:rsid w:val="008014A9"/>
     <w:rsid w:val="00804B44"/>
     <w:rsid w:val="00816CB6"/>
     <w:rsid w:val="00817E66"/>
+    <w:rsid w:val="00817F8D"/>
     <w:rsid w:val="008236A0"/>
     <w:rsid w:val="00824ADF"/>
     <w:rsid w:val="00830E62"/>
     <w:rsid w:val="008313E5"/>
     <w:rsid w:val="00831E9C"/>
+    <w:rsid w:val="0083232A"/>
     <w:rsid w:val="00833036"/>
     <w:rsid w:val="00833218"/>
     <w:rsid w:val="00834456"/>
     <w:rsid w:val="00834539"/>
     <w:rsid w:val="00836A5E"/>
     <w:rsid w:val="00836C12"/>
     <w:rsid w:val="008371D9"/>
     <w:rsid w:val="00841BB7"/>
+    <w:rsid w:val="00850479"/>
     <w:rsid w:val="00852FA8"/>
     <w:rsid w:val="00856DF8"/>
     <w:rsid w:val="0085787B"/>
     <w:rsid w:val="00861322"/>
     <w:rsid w:val="0086196A"/>
     <w:rsid w:val="00862E5D"/>
+    <w:rsid w:val="008640F9"/>
     <w:rsid w:val="00865A4C"/>
+    <w:rsid w:val="00866683"/>
+    <w:rsid w:val="0087088B"/>
     <w:rsid w:val="00873BB8"/>
     <w:rsid w:val="008902ED"/>
     <w:rsid w:val="008906F8"/>
     <w:rsid w:val="00891FD6"/>
     <w:rsid w:val="00892C15"/>
     <w:rsid w:val="00893FEF"/>
+    <w:rsid w:val="008957AB"/>
     <w:rsid w:val="008A3741"/>
     <w:rsid w:val="008A505C"/>
     <w:rsid w:val="008A67F6"/>
+    <w:rsid w:val="008B257E"/>
     <w:rsid w:val="008B3F3D"/>
     <w:rsid w:val="008B4C0B"/>
     <w:rsid w:val="008C04C0"/>
     <w:rsid w:val="008C0920"/>
     <w:rsid w:val="008C1287"/>
     <w:rsid w:val="008C7349"/>
+    <w:rsid w:val="008D27C8"/>
     <w:rsid w:val="008D787B"/>
     <w:rsid w:val="008D7F12"/>
     <w:rsid w:val="008E1ACB"/>
+    <w:rsid w:val="008E2B47"/>
     <w:rsid w:val="008E4B42"/>
     <w:rsid w:val="008F07EB"/>
     <w:rsid w:val="008F3E9F"/>
     <w:rsid w:val="008F5B33"/>
     <w:rsid w:val="008F6A2E"/>
     <w:rsid w:val="00903573"/>
     <w:rsid w:val="00913645"/>
     <w:rsid w:val="009142CB"/>
     <w:rsid w:val="0091799C"/>
     <w:rsid w:val="00923681"/>
     <w:rsid w:val="00923B09"/>
     <w:rsid w:val="00925594"/>
+    <w:rsid w:val="0092772A"/>
     <w:rsid w:val="009300BF"/>
     <w:rsid w:val="009338B9"/>
     <w:rsid w:val="00940E8F"/>
     <w:rsid w:val="009426C8"/>
     <w:rsid w:val="009448FE"/>
     <w:rsid w:val="0094558C"/>
     <w:rsid w:val="00946816"/>
     <w:rsid w:val="0095515C"/>
     <w:rsid w:val="00955639"/>
     <w:rsid w:val="00957DD0"/>
     <w:rsid w:val="0096077E"/>
     <w:rsid w:val="00964CA2"/>
     <w:rsid w:val="00970715"/>
     <w:rsid w:val="009711DA"/>
     <w:rsid w:val="00976143"/>
     <w:rsid w:val="00976A19"/>
     <w:rsid w:val="00980A6C"/>
     <w:rsid w:val="00980DC7"/>
     <w:rsid w:val="00990689"/>
     <w:rsid w:val="00991979"/>
     <w:rsid w:val="009924ED"/>
     <w:rsid w:val="00995223"/>
     <w:rsid w:val="009A2983"/>
+    <w:rsid w:val="009A4FB0"/>
     <w:rsid w:val="009A7954"/>
     <w:rsid w:val="009B0D5E"/>
     <w:rsid w:val="009B1DDE"/>
     <w:rsid w:val="009B22E7"/>
     <w:rsid w:val="009B2759"/>
     <w:rsid w:val="009B4688"/>
+    <w:rsid w:val="009B6D9D"/>
     <w:rsid w:val="009C0F7C"/>
     <w:rsid w:val="009C15A9"/>
     <w:rsid w:val="009C2767"/>
     <w:rsid w:val="009C6423"/>
+    <w:rsid w:val="009C6FE1"/>
     <w:rsid w:val="009C768C"/>
     <w:rsid w:val="009C7AEE"/>
     <w:rsid w:val="009D099D"/>
     <w:rsid w:val="009D1D0B"/>
     <w:rsid w:val="009E37E6"/>
     <w:rsid w:val="009E5AF7"/>
     <w:rsid w:val="009F2A8B"/>
     <w:rsid w:val="00A00EDC"/>
     <w:rsid w:val="00A02563"/>
     <w:rsid w:val="00A053F1"/>
     <w:rsid w:val="00A07AA8"/>
     <w:rsid w:val="00A10B3E"/>
     <w:rsid w:val="00A11B91"/>
     <w:rsid w:val="00A12CB8"/>
     <w:rsid w:val="00A13C61"/>
     <w:rsid w:val="00A20B52"/>
     <w:rsid w:val="00A26377"/>
     <w:rsid w:val="00A2669A"/>
     <w:rsid w:val="00A26A36"/>
+    <w:rsid w:val="00A3009E"/>
     <w:rsid w:val="00A34250"/>
     <w:rsid w:val="00A4477C"/>
     <w:rsid w:val="00A45100"/>
     <w:rsid w:val="00A45F9E"/>
+    <w:rsid w:val="00A47E15"/>
     <w:rsid w:val="00A47FF3"/>
     <w:rsid w:val="00A50321"/>
     <w:rsid w:val="00A5063F"/>
     <w:rsid w:val="00A50A8C"/>
     <w:rsid w:val="00A51E9F"/>
     <w:rsid w:val="00A63E85"/>
     <w:rsid w:val="00A64405"/>
     <w:rsid w:val="00A71E30"/>
     <w:rsid w:val="00A7246B"/>
     <w:rsid w:val="00A726A5"/>
     <w:rsid w:val="00A73E9E"/>
     <w:rsid w:val="00A73FBA"/>
+    <w:rsid w:val="00A75CB5"/>
     <w:rsid w:val="00A76352"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A76F0B"/>
     <w:rsid w:val="00A82BB3"/>
+    <w:rsid w:val="00A85894"/>
     <w:rsid w:val="00A85917"/>
     <w:rsid w:val="00A90460"/>
     <w:rsid w:val="00A9141D"/>
     <w:rsid w:val="00A9364E"/>
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95384"/>
     <w:rsid w:val="00A95A1A"/>
+    <w:rsid w:val="00AA3F49"/>
     <w:rsid w:val="00AA5EF7"/>
     <w:rsid w:val="00AB13A8"/>
     <w:rsid w:val="00AB159E"/>
     <w:rsid w:val="00AC7B34"/>
     <w:rsid w:val="00AD04DA"/>
     <w:rsid w:val="00AD1CFA"/>
     <w:rsid w:val="00AD578F"/>
     <w:rsid w:val="00AD731D"/>
     <w:rsid w:val="00AE3219"/>
+    <w:rsid w:val="00AE4107"/>
     <w:rsid w:val="00AE5703"/>
     <w:rsid w:val="00AF0CE9"/>
     <w:rsid w:val="00AF0FDB"/>
     <w:rsid w:val="00AF503E"/>
     <w:rsid w:val="00B018B3"/>
     <w:rsid w:val="00B0240A"/>
     <w:rsid w:val="00B11EE0"/>
     <w:rsid w:val="00B1254C"/>
     <w:rsid w:val="00B14999"/>
     <w:rsid w:val="00B24FBF"/>
     <w:rsid w:val="00B2564A"/>
     <w:rsid w:val="00B30C96"/>
     <w:rsid w:val="00B33281"/>
     <w:rsid w:val="00B35C21"/>
+    <w:rsid w:val="00B40742"/>
     <w:rsid w:val="00B448E6"/>
     <w:rsid w:val="00B505F0"/>
     <w:rsid w:val="00B53838"/>
     <w:rsid w:val="00B54B8B"/>
     <w:rsid w:val="00B54D12"/>
     <w:rsid w:val="00B55772"/>
+    <w:rsid w:val="00B55BF9"/>
+    <w:rsid w:val="00B566DC"/>
+    <w:rsid w:val="00B60673"/>
     <w:rsid w:val="00B6401C"/>
     <w:rsid w:val="00B64E41"/>
     <w:rsid w:val="00B671A4"/>
     <w:rsid w:val="00B67C5A"/>
     <w:rsid w:val="00B7303D"/>
     <w:rsid w:val="00B75A27"/>
     <w:rsid w:val="00B75FDA"/>
     <w:rsid w:val="00B8131B"/>
     <w:rsid w:val="00B82FB6"/>
     <w:rsid w:val="00B91506"/>
     <w:rsid w:val="00B938AB"/>
     <w:rsid w:val="00B971ED"/>
     <w:rsid w:val="00B97760"/>
     <w:rsid w:val="00BA1948"/>
     <w:rsid w:val="00BA5158"/>
+    <w:rsid w:val="00BA70B0"/>
     <w:rsid w:val="00BB0A5F"/>
     <w:rsid w:val="00BC4A6A"/>
     <w:rsid w:val="00BC5D05"/>
     <w:rsid w:val="00BD63AD"/>
     <w:rsid w:val="00BD64C5"/>
     <w:rsid w:val="00BE41EB"/>
+    <w:rsid w:val="00BF1BCB"/>
     <w:rsid w:val="00BF3D0A"/>
     <w:rsid w:val="00BF669C"/>
     <w:rsid w:val="00BF7CC9"/>
+    <w:rsid w:val="00C00B37"/>
     <w:rsid w:val="00C022F8"/>
     <w:rsid w:val="00C02B50"/>
     <w:rsid w:val="00C04014"/>
     <w:rsid w:val="00C05396"/>
     <w:rsid w:val="00C056A5"/>
     <w:rsid w:val="00C06A21"/>
     <w:rsid w:val="00C11BA3"/>
     <w:rsid w:val="00C167F1"/>
     <w:rsid w:val="00C16870"/>
     <w:rsid w:val="00C2321A"/>
     <w:rsid w:val="00C232B0"/>
     <w:rsid w:val="00C278BE"/>
+    <w:rsid w:val="00C32E9D"/>
     <w:rsid w:val="00C33023"/>
+    <w:rsid w:val="00C34880"/>
     <w:rsid w:val="00C34FB6"/>
     <w:rsid w:val="00C35718"/>
     <w:rsid w:val="00C36E89"/>
     <w:rsid w:val="00C4092D"/>
     <w:rsid w:val="00C4126C"/>
+    <w:rsid w:val="00C44F5C"/>
     <w:rsid w:val="00C4561B"/>
     <w:rsid w:val="00C45FDC"/>
+    <w:rsid w:val="00C461F1"/>
     <w:rsid w:val="00C47B08"/>
     <w:rsid w:val="00C52A6B"/>
     <w:rsid w:val="00C535DA"/>
+    <w:rsid w:val="00C56C1B"/>
+    <w:rsid w:val="00C6367A"/>
     <w:rsid w:val="00C6414D"/>
     <w:rsid w:val="00C6463E"/>
     <w:rsid w:val="00C65FB2"/>
     <w:rsid w:val="00C66ADA"/>
     <w:rsid w:val="00C674A3"/>
     <w:rsid w:val="00C71C0D"/>
     <w:rsid w:val="00C72B4E"/>
     <w:rsid w:val="00C744BD"/>
     <w:rsid w:val="00C75E04"/>
     <w:rsid w:val="00C76EC3"/>
     <w:rsid w:val="00C77B42"/>
     <w:rsid w:val="00C8190D"/>
     <w:rsid w:val="00C844E3"/>
     <w:rsid w:val="00C84513"/>
     <w:rsid w:val="00C84B83"/>
     <w:rsid w:val="00C8579F"/>
     <w:rsid w:val="00C863E6"/>
     <w:rsid w:val="00C9013A"/>
     <w:rsid w:val="00C90947"/>
     <w:rsid w:val="00C95193"/>
     <w:rsid w:val="00C95B68"/>
     <w:rsid w:val="00CA3573"/>
+    <w:rsid w:val="00CA378B"/>
+    <w:rsid w:val="00CB0904"/>
     <w:rsid w:val="00CB2A22"/>
     <w:rsid w:val="00CB4770"/>
     <w:rsid w:val="00CB47FD"/>
     <w:rsid w:val="00CC59BB"/>
     <w:rsid w:val="00CC774E"/>
     <w:rsid w:val="00CD4C67"/>
     <w:rsid w:val="00CD4D67"/>
     <w:rsid w:val="00CE39DC"/>
     <w:rsid w:val="00CF2152"/>
     <w:rsid w:val="00D007A0"/>
     <w:rsid w:val="00D0305E"/>
     <w:rsid w:val="00D03163"/>
+    <w:rsid w:val="00D032F0"/>
     <w:rsid w:val="00D049DD"/>
     <w:rsid w:val="00D04CE7"/>
     <w:rsid w:val="00D04CFD"/>
+    <w:rsid w:val="00D102F5"/>
+    <w:rsid w:val="00D10A9A"/>
     <w:rsid w:val="00D11CE3"/>
+    <w:rsid w:val="00D11D53"/>
     <w:rsid w:val="00D150A4"/>
     <w:rsid w:val="00D2248C"/>
+    <w:rsid w:val="00D241AB"/>
     <w:rsid w:val="00D268BE"/>
     <w:rsid w:val="00D36A80"/>
     <w:rsid w:val="00D37AC8"/>
+    <w:rsid w:val="00D37E25"/>
     <w:rsid w:val="00D5543B"/>
     <w:rsid w:val="00D55CDE"/>
+    <w:rsid w:val="00D60710"/>
     <w:rsid w:val="00D7427C"/>
     <w:rsid w:val="00D75F0D"/>
     <w:rsid w:val="00D777FB"/>
     <w:rsid w:val="00D827D3"/>
     <w:rsid w:val="00D969A2"/>
+    <w:rsid w:val="00DA13F6"/>
     <w:rsid w:val="00DA21A2"/>
     <w:rsid w:val="00DA2C32"/>
     <w:rsid w:val="00DA331C"/>
+    <w:rsid w:val="00DA7371"/>
     <w:rsid w:val="00DB0C25"/>
     <w:rsid w:val="00DB6AD3"/>
     <w:rsid w:val="00DC00DC"/>
     <w:rsid w:val="00DC4118"/>
     <w:rsid w:val="00DD0DA1"/>
     <w:rsid w:val="00DD232F"/>
     <w:rsid w:val="00DE5986"/>
     <w:rsid w:val="00DE662D"/>
     <w:rsid w:val="00DF1C9F"/>
     <w:rsid w:val="00DF3620"/>
     <w:rsid w:val="00DF607F"/>
+    <w:rsid w:val="00DF728E"/>
     <w:rsid w:val="00E10BC3"/>
+    <w:rsid w:val="00E117C1"/>
     <w:rsid w:val="00E1603B"/>
     <w:rsid w:val="00E177D5"/>
     <w:rsid w:val="00E24CB4"/>
+    <w:rsid w:val="00E310F5"/>
     <w:rsid w:val="00E32229"/>
     <w:rsid w:val="00E324EF"/>
+    <w:rsid w:val="00E33B56"/>
     <w:rsid w:val="00E37280"/>
     <w:rsid w:val="00E408A0"/>
     <w:rsid w:val="00E408B9"/>
     <w:rsid w:val="00E41884"/>
     <w:rsid w:val="00E426F2"/>
     <w:rsid w:val="00E42A0C"/>
     <w:rsid w:val="00E42D78"/>
     <w:rsid w:val="00E4321F"/>
     <w:rsid w:val="00E432C2"/>
+    <w:rsid w:val="00E46D79"/>
     <w:rsid w:val="00E51E21"/>
     <w:rsid w:val="00E54797"/>
     <w:rsid w:val="00E60296"/>
     <w:rsid w:val="00E63B12"/>
     <w:rsid w:val="00E65FE2"/>
+    <w:rsid w:val="00E7108A"/>
+    <w:rsid w:val="00E730D7"/>
     <w:rsid w:val="00E85999"/>
     <w:rsid w:val="00E86B07"/>
     <w:rsid w:val="00E87939"/>
     <w:rsid w:val="00EA3E64"/>
     <w:rsid w:val="00EA792B"/>
     <w:rsid w:val="00EB1D8F"/>
     <w:rsid w:val="00EB241C"/>
     <w:rsid w:val="00EC715D"/>
     <w:rsid w:val="00EE0224"/>
     <w:rsid w:val="00EE40E1"/>
+    <w:rsid w:val="00EE5569"/>
+    <w:rsid w:val="00EE6F9D"/>
     <w:rsid w:val="00EF45ED"/>
     <w:rsid w:val="00EF49BB"/>
     <w:rsid w:val="00F03B50"/>
     <w:rsid w:val="00F04404"/>
+    <w:rsid w:val="00F05A46"/>
     <w:rsid w:val="00F06AEA"/>
     <w:rsid w:val="00F076B4"/>
     <w:rsid w:val="00F157F3"/>
     <w:rsid w:val="00F166D5"/>
     <w:rsid w:val="00F2269D"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F252B2"/>
+    <w:rsid w:val="00F25436"/>
+    <w:rsid w:val="00F25E10"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27F76"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F321DB"/>
+    <w:rsid w:val="00F377A4"/>
+    <w:rsid w:val="00F37CC8"/>
     <w:rsid w:val="00F37FD9"/>
     <w:rsid w:val="00F41EAF"/>
     <w:rsid w:val="00F44767"/>
     <w:rsid w:val="00F526AB"/>
     <w:rsid w:val="00F54325"/>
     <w:rsid w:val="00F54598"/>
+    <w:rsid w:val="00F57AA6"/>
     <w:rsid w:val="00F60AB6"/>
     <w:rsid w:val="00F6171C"/>
     <w:rsid w:val="00F67E42"/>
     <w:rsid w:val="00F70EB3"/>
     <w:rsid w:val="00F76259"/>
     <w:rsid w:val="00F7757F"/>
     <w:rsid w:val="00F8657E"/>
+    <w:rsid w:val="00F86708"/>
     <w:rsid w:val="00F86A05"/>
     <w:rsid w:val="00F90CB7"/>
     <w:rsid w:val="00F91D2D"/>
     <w:rsid w:val="00F971FD"/>
     <w:rsid w:val="00FA203D"/>
     <w:rsid w:val="00FA7A52"/>
     <w:rsid w:val="00FB0267"/>
     <w:rsid w:val="00FB49B4"/>
+    <w:rsid w:val="00FB59D3"/>
     <w:rsid w:val="00FC29F6"/>
+    <w:rsid w:val="00FC5CED"/>
     <w:rsid w:val="00FC6D26"/>
     <w:rsid w:val="00FC75B3"/>
     <w:rsid w:val="00FD0023"/>
     <w:rsid w:val="00FD099B"/>
+    <w:rsid w:val="00FD48E0"/>
     <w:rsid w:val="00FD4C59"/>
     <w:rsid w:val="00FD4F90"/>
     <w:rsid w:val="00FD7E21"/>
+    <w:rsid w:val="00FE0002"/>
     <w:rsid w:val="00FE537D"/>
     <w:rsid w:val="00FE7457"/>
     <w:rsid w:val="00FF297E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -29846,97 +31858,64 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1885094497">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.era.nih.gov/assist" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/biosketch.htm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncbi.nlm.nih.gov/books/NBK53595/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/competing-revisions.htm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-002.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/administrative-supplements.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/how-to-apply-application-guide/prepare-to-apply-and-register/type-of-application-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.230-project-performance-site-location(s)-form.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v8_508c_1-15-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/faqs" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/31" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v8_508c_1-15-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.era.nih.gov/assist" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/competing-revisions.htm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/Common%20Form%20NIH%20Biographical%20Sketch_FINAL.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-002.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/administrative-supplements.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/how-to-apply-application-guide/prepare-to-apply-and-register/type-of-application-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.230-project-performance-site-location(s)-form.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v8_508c_1-15-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/faqs" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/31" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/NIH%20Biographical%20Sketch%20Supplement_FINAL.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v8_508c_1-15-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\amho8416\AppData\Roaming\Microsoft\Templates\New%20company%20setup%20checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...31 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="49F9F280080945728A3F51C65CA3EB45"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1D5EF1E7-9036-4F5F-A0ED-D7E824D2B206}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E33EF" w:rsidRDefault="005E33EF" w:rsidP="005E33EF">
           <w:pPr>
             <w:pStyle w:val="49F9F280080945728A3F51C65CA3EB45"/>
           </w:pPr>
           <w:r w:rsidRPr="00BF669C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="auto"/>
             </w:rPr>
@@ -29955,83 +31934,50 @@
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="86A0DCBD29814760963F60993902677A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6C4184B8-1E9E-45FC-9A1B-819023CFDCC3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="005E33EF" w:rsidRDefault="005E33EF" w:rsidP="005E33EF">
           <w:pPr>
             <w:pStyle w:val="86A0DCBD29814760963F60993902677A"/>
-          </w:pPr>
-[...31 lines deleted...]
-            <w:pStyle w:val="AC327BA0D2454A61A9D7FAEDC7451F0B"/>
           </w:pPr>
           <w:r w:rsidRPr="00BF669C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Click here to enter comments.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AE88FCE51602446CA16D4F026FF8F0E7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
@@ -30328,83 +32274,50 @@
           <w:r w:rsidRPr="00BF669C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">Click here to </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>list title instructions</w:t>
           </w:r>
           <w:r w:rsidRPr="00BF669C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="99AC425FC6EE4061A0FE727F1550EE78"/>
-[...31 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="C5B14EBDF2484F28843BD390970E087B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{16EC4BDF-1904-4D5B-B7A5-29B563545A03}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00236B77" w:rsidRDefault="005C5C13" w:rsidP="005C5C13">
           <w:pPr>
             <w:pStyle w:val="C5B14EBDF2484F28843BD390970E087B"/>
           </w:pPr>
           <w:r w:rsidRPr="00BF669C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
@@ -30501,86 +32414,104 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:markup="0" w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E75AC0"/>
+    <w:rsid w:val="00040E87"/>
+    <w:rsid w:val="00070E2B"/>
     <w:rsid w:val="001279FB"/>
     <w:rsid w:val="0015399E"/>
     <w:rsid w:val="001B20BA"/>
     <w:rsid w:val="001B67AA"/>
     <w:rsid w:val="001C233F"/>
     <w:rsid w:val="00236B77"/>
+    <w:rsid w:val="00260340"/>
     <w:rsid w:val="0027254E"/>
+    <w:rsid w:val="002A164B"/>
     <w:rsid w:val="002D5F11"/>
+    <w:rsid w:val="002E6FC2"/>
     <w:rsid w:val="003272E7"/>
+    <w:rsid w:val="00391F95"/>
     <w:rsid w:val="003D37B9"/>
     <w:rsid w:val="003D3C6B"/>
+    <w:rsid w:val="003D50F0"/>
     <w:rsid w:val="00405587"/>
     <w:rsid w:val="005265F3"/>
     <w:rsid w:val="00534CC7"/>
+    <w:rsid w:val="005B5F95"/>
     <w:rsid w:val="005C5C13"/>
     <w:rsid w:val="005E33EF"/>
+    <w:rsid w:val="005F7FC1"/>
     <w:rsid w:val="00650DE1"/>
+    <w:rsid w:val="00663564"/>
     <w:rsid w:val="008D093D"/>
+    <w:rsid w:val="008D27C8"/>
     <w:rsid w:val="00935BE6"/>
+    <w:rsid w:val="00980C28"/>
     <w:rsid w:val="00A02563"/>
     <w:rsid w:val="00B40846"/>
+    <w:rsid w:val="00B65FF0"/>
     <w:rsid w:val="00C035E7"/>
     <w:rsid w:val="00C42BA7"/>
+    <w:rsid w:val="00C461F1"/>
+    <w:rsid w:val="00C47D97"/>
     <w:rsid w:val="00C501F7"/>
     <w:rsid w:val="00CB40E2"/>
+    <w:rsid w:val="00D032F0"/>
     <w:rsid w:val="00D42E50"/>
     <w:rsid w:val="00D610B1"/>
     <w:rsid w:val="00E24E0C"/>
     <w:rsid w:val="00E25CE5"/>
     <w:rsid w:val="00E408A0"/>
     <w:rsid w:val="00E62888"/>
     <w:rsid w:val="00E75AC0"/>
     <w:rsid w:val="00F526AB"/>
+    <w:rsid w:val="00F57AA6"/>
     <w:rsid w:val="00F66871"/>
     <w:rsid w:val="00F913EB"/>
     <w:rsid w:val="00FD4470"/>
+    <w:rsid w:val="00FD48E0"/>
     <w:rsid w:val="00FD735D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -30996,64 +32927,56 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00534CC7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C15AE02B53254011B4CF02AABB127ECA">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="49F9F280080945728A3F51C65CA3EB45">
     <w:name w:val="49F9F280080945728A3F51C65CA3EB45"/>
     <w:rsid w:val="005E33EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="86A0DCBD29814760963F60993902677A">
     <w:name w:val="86A0DCBD29814760963F60993902677A"/>
-    <w:rsid w:val="005E33EF"/>
-[...2 lines deleted...]
-    <w:name w:val="AC327BA0D2454A61A9D7FAEDC7451F0B"/>
     <w:rsid w:val="005E33EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE88FCE51602446CA16D4F026FF8F0E7">
     <w:name w:val="AE88FCE51602446CA16D4F026FF8F0E7"/>
     <w:rsid w:val="005E33EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="64C4ABCC7E51435FBFD224405B6BBA56">
     <w:name w:val="64C4ABCC7E51435FBFD224405B6BBA56"/>
     <w:rsid w:val="005E33EF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F6EC95FBA784CE0B2094FD089768CEB">
     <w:name w:val="3F6EC95FBA784CE0B2094FD089768CEB"/>
     <w:rsid w:val="008D093D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5885998FF22842219EA7D5123BDF783A">
     <w:name w:val="5885998FF22842219EA7D5123BDF783A"/>
     <w:rsid w:val="008D093D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F55BC7B75D994492BD606876F696E2ED">
     <w:name w:val="F55BC7B75D994492BD606876F696E2ED"/>
     <w:rsid w:val="008D093D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E265C97AF5C471ABE3AFE4351472A68">
     <w:name w:val="7E265C97AF5C471ABE3AFE4351472A68"/>
     <w:rsid w:val="005265F3"/>
@@ -31063,54 +32986,50 @@
     <w:rsid w:val="005265F3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="462C128E92FC4AA7BE7FB456043ACFA61">
     <w:name w:val="462C128E92FC4AA7BE7FB456043ACFA61"/>
     <w:rsid w:val="005265F3"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="74ABF552E0D541E293A129FE336B1B901">
     <w:name w:val="74ABF552E0D541E293A129FE336B1B901"/>
     <w:rsid w:val="005265F3"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:rsid w:val="001B67AA"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5B14EBDF2484F28843BD390970E087B">
     <w:name w:val="C5B14EBDF2484F28843BD390970E087B"/>
     <w:rsid w:val="005C5C13"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -31616,75 +33535,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2448A74-D900-4089-8435-B1880F3E0313}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>4157</Words>
-  <Characters>23697</Characters>
+  <Words>4271</Words>
+  <Characters>24992</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>197</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>694</Lines>
+  <Paragraphs>532</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27799</CharactersWithSpaces>
+  <CharactersWithSpaces>28731</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Melissa Dunivant</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>