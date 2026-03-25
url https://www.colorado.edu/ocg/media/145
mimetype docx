--- v1 (2026-02-06)
+++ v2 (2026-03-25)
@@ -1,93 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="766A92CF" w14:textId="5B4BB839" w:rsidR="003742D8" w:rsidRPr="006F1A88" w:rsidRDefault="003742D8" w:rsidP="00C72B4E">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:right="-360" w:firstLine="5760"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007653A4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="41EA12BF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E752BB" wp14:editId="3E40001F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-31750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-44450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2090708" cy="313690"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -1449,51 +1445,51 @@
             </w:r>
             <w:r w:rsidRPr="00EE6F9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> button before submission to check for errors/warnings</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB159E" w:rsidRPr="007653A4" w14:paraId="0888D48B" w14:textId="77777777" w:rsidTr="000F70EB">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="433D5D00" w14:textId="77777777" w:rsidR="00AB159E" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00A85917">
+          <w:p w14:paraId="433D5D00" w14:textId="77777777" w:rsidR="00AB159E" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00A85917">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5366"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2090040714"/>
                 <w:placeholder>
                   <w:docPart w:val="AE88FCE51602446CA16D4F026FF8F0E7"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
@@ -2044,51 +2040,51 @@
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Type of Application</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8270" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF07531" w14:textId="77777777" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="000517E7">
+          <w:p w14:paraId="3DF07531" w14:textId="77777777" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="000517E7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-665475982"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
@@ -2204,51 +2200,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:anchor="RenewalApplication" w:history="1">
               <w:r w:rsidR="000517E7" w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Renewal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7EE500B6" w14:textId="6298AAEB" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="000517E7">
+          <w:p w14:paraId="7EE500B6" w14:textId="6298AAEB" w:rsidR="000517E7" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="000517E7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="511" w:hanging="511"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1697657500"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3350,51 +3346,51 @@
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>: Do not request assignment of proposal here; address in Assignment Request Form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B53838" w:rsidRPr="007653A4" w14:paraId="47F225E7" w14:textId="77777777" w:rsidTr="00EE5569">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE49133" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00A85917">
+          <w:p w14:paraId="6CE49133" w14:textId="77777777" w:rsidR="00B53838" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00A85917">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5366"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="103999179"/>
                 <w:placeholder>
                   <w:docPart w:val="86A0DCBD29814760963F60993902677A"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
@@ -3861,51 +3857,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide information on subaward sites including DUNS and Congressional District. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F41EAF" w:rsidRPr="007653A4" w14:paraId="67DE6CE2" w14:textId="77777777" w:rsidTr="00EE5569">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD4917F" w14:textId="32F105D3" w:rsidR="00BA1948" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00BA1948">
+          <w:p w14:paraId="1AD4917F" w14:textId="32F105D3" w:rsidR="00BA1948" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00BA1948">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6580"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1193303464"/>
                 <w:placeholder>
                   <w:docPart w:val="3F6EC95FBA784CE0B2094FD089768CEB"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
@@ -7036,51 +7032,51 @@
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (or similar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B6602" w:rsidRPr="007653A4" w14:paraId="7872996D" w14:textId="77777777" w:rsidTr="008B257E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46F92B96" w14:textId="4FA4CCE4" w:rsidR="005B6602" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
+          <w:p w14:paraId="46F92B96" w14:textId="4FA4CCE4" w:rsidR="005B6602" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1092007635"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B6602" w:rsidRPr="007653A4">
@@ -7378,66 +7374,137 @@
             </w:r>
             <w:r w:rsidR="009B6D9D" w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Multi-Component app.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF669C" w:rsidRPr="007653A4" w14:paraId="426E7096" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="22" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66F79079" w14:textId="026973D7" w:rsidR="00D11CE3" w:rsidRPr="007653A4" w:rsidRDefault="00654DA2" w:rsidP="00493A96">
+          <w:p w14:paraId="66F79079" w14:textId="4BBC8E1A" w:rsidR="00D11CE3" w:rsidRPr="007653A4" w:rsidRDefault="00654DA2" w:rsidP="00493A96">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>SENIOR/Key Personnel Profile</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="003D7E60">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C12278">
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA22DA">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>If submitting a proposals due on or before 05/24/26, u</w:t>
+            </w:r>
+            <w:r w:rsidR="00C12278" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">se either the below “Common Form” Biosketch Checklist </w:t>
+            </w:r>
+            <w:r w:rsidR="00C12278" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidR="00C12278" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C12278" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">use former </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidR="00C12278" w:rsidRPr="00447E76">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:caps w:val="0"/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>“Old” Biosketch Checklist available here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00C12278" w:rsidRPr="00447E76">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B60673" w:rsidRPr="007653A4" w14:paraId="6D0BCCA2" w14:textId="77777777" w:rsidTr="005623E7">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:id w:val="1063752376"/>
               <w15:color w:val="008000"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
@@ -7465,70 +7532,70 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10451" w:type="dxa"/>
             <w:gridSpan w:val="40"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A9DA690" w14:textId="7C428560" w:rsidR="00B60673" w:rsidRPr="007653A4" w:rsidRDefault="00B60673" w:rsidP="00B60673">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete for all </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:anchor="Senior/KeyPersonnel" w:history="1">
+            <w:hyperlink r:id="rId35" w:anchor="Senior/KeyPersonnel" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Senior/Key Personnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (PI/Co-I/etc.) and </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:anchor="OtherSignificantContributors(OSCs)" w:history="1">
+            <w:hyperlink r:id="rId36" w:anchor="OtherSignificantContributors(OSCs)" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Other Significant Contributor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7595,84 +7662,84 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> but commit </w:t>
             </w:r>
             <w:r w:rsidRPr="007D527A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>no measurable effort</w:t>
             </w:r>
             <w:r w:rsidRPr="007D527A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:anchor="/senior-key-personnel.htm" w:history="1">
+            <w:hyperlink r:id="rId37" w:anchor="/senior-key-personnel.htm" w:history="1">
               <w:r w:rsidRPr="007D527A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:iCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>FAQ here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007D527A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D787B" w:rsidRPr="007653A4" w14:paraId="68321571" w14:textId="77777777" w:rsidTr="00A3009E">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25514D1E" w14:textId="0381AECC" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
+          <w:p w14:paraId="25514D1E" w14:textId="0381AECC" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1303538889"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2269D" w:rsidRPr="007653A4">
@@ -7705,51 +7772,51 @@
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="459" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B086DA" w14:textId="667DC408" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
+          <w:p w14:paraId="69B086DA" w14:textId="667DC408" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-309706817"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7776,51 +7843,51 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organization Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="338" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="174014EB" w14:textId="75B15AC5" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
+          <w:p w14:paraId="174014EB" w14:textId="75B15AC5" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1517190631"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2269D" w:rsidRPr="007653A4">
@@ -7846,51 +7913,51 @@
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address Fields</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="458" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="359BC11D" w14:textId="0FFE600F" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="002C1E28">
+          <w:p w14:paraId="359BC11D" w14:textId="0FFE600F" w:rsidR="00F2269D" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1609009108"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -7927,51 +7994,51 @@
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D787B" w:rsidRPr="007653A4" w14:paraId="5D29F443" w14:textId="77777777" w:rsidTr="00B60673">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05AF9C4A" w14:textId="7F14CD65" w:rsidR="008D787B" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="002C1E28">
+          <w:p w14:paraId="05AF9C4A" w14:textId="7F14CD65" w:rsidR="008D787B" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1686239255"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008D787B" w:rsidRPr="00FB59D3">
@@ -8079,51 +8146,51 @@
             <w:r w:rsidR="007D527A" w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If “OSC”, must choose “Other (Specify)” role and enter “Other Significant Contributor”. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00095804" w:rsidRPr="007653A4" w14:paraId="0435C9A5" w14:textId="77777777" w:rsidTr="00095804">
         <w:trPr>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21BB4B14" w14:textId="353BA7DF" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="002C1E28">
+          <w:p w14:paraId="21BB4B14" w14:textId="353BA7DF" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1500345632"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00095804" w:rsidRPr="00FB59D3">
@@ -8155,51 +8222,51 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Degree Type and Year of Highest Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29C7B6A2" w14:textId="2414D8FC" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00095804">
+          <w:p w14:paraId="29C7B6A2" w14:textId="2414D8FC" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00095804">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="454063530"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8253,51 +8320,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Required for every person listed</w:t>
             </w:r>
             <w:r w:rsidR="008E2B47">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; must look up in eRA Commons (no longer on Bio)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="458" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42ED34A2" w14:textId="5919F09D" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00095804">
+          <w:p w14:paraId="42ED34A2" w14:textId="5919F09D" w:rsidR="00095804" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00095804">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1589881681"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8333,486 +8400,434 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00095804">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Do not flatten, leave digital signature intact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5158" w:rsidRPr="007653A4" w14:paraId="712F5979" w14:textId="77777777" w:rsidTr="0063505A">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F97EBAF" w14:textId="74729CE2" w:rsidR="00BA5158" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="002C1E28">
+          <w:p w14:paraId="4F97EBAF" w14:textId="74729CE2" w:rsidR="00BA5158" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="002C1E28">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2129617588"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA5158" w:rsidRPr="00FB59D3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10451" w:type="dxa"/>
             <w:gridSpan w:val="40"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="563CAFC1" w14:textId="549A5458" w:rsidR="00BA5158" w:rsidRPr="0087088B" w:rsidRDefault="00BA5158" w:rsidP="002C1E28">
+          <w:p w14:paraId="563CAFC1" w14:textId="5F02F4E4" w:rsidR="0007727D" w:rsidRPr="00231213" w:rsidRDefault="00BA5158" w:rsidP="002C1E28">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:color w:val="auto"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Biosketch</w:t>
             </w:r>
             <w:r w:rsidR="009C6FE1" w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Biosketch Supplement</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidR="009C6FE1" w:rsidRPr="0063505A">
+            <w:r w:rsidR="008A51DE" w:rsidRPr="0063505A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">No </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0063505A">
+              <w:t>No page limit</w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>page limit</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E117C1">
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="0087088B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E117C1" w:rsidRPr="0087088B">
+              <w:t xml:space="preserve">required for </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>required for PI</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E117C1">
+              <w:t>PI (Fellow)/Sponsors/</w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="0087088B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E117C1" w:rsidRPr="0087088B">
+              <w:t>OSCs</w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Co-Is</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E117C1">
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="0063505A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E117C1" w:rsidRPr="0087088B">
+              <w:t xml:space="preserve">ownloaded as </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>OSCs</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0087088B">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="0063505A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">doc from SciENcv and </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>uploaded as 1 doc in ASSIST</w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="0087088B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00105380">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="0087088B">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00DA22DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:color w:val="auto"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009C6FE1" w:rsidRPr="0063505A">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>submitting a proposal due on/before 05/24/26</w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00DA22DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="0087088B">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, you may use either </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00BF1A93">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...154 lines deleted...]
-              <w:r w:rsidR="00F37CC8" w:rsidRPr="00E117C1">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidR="008A51DE" w:rsidRPr="00BF1A93">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t>SciENcv</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0087088B" w:rsidRPr="00E117C1">
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00BF1A93">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="0087088B" w:rsidRPr="0063774C">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “NIH Biographical </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="0063774C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>NIH Biographical Sketch Common Form</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0087088B" w:rsidRPr="00E117C1">
+              <w:t xml:space="preserve">Sketch Common </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00105380">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00E117C1" w:rsidRPr="00E117C1">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Form” </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00DA22DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(and Checklist below) </w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00BF1A93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you may use the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidR="008A51DE" w:rsidRPr="00DA22DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:highlight w:val="yellow"/>
+                </w:rPr>
+                <w:t>“Old” Biosketch Checklist available here</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="008A51DE" w:rsidRPr="00DA22DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00866683" w:rsidRPr="007653A4" w14:paraId="14FFE479" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DDDC019" w14:textId="66C12B80" w:rsidR="00866683" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00866683">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Biosketch</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4525">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00890BED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Instructions Here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EE4525">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8831,86 +8846,86 @@
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056BFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Biosketch Supplement</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4525">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidRPr="00890BED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Instructions Here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EE4525">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A75CB5" w:rsidRPr="007653A4" w14:paraId="78B8A3E3" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73143A19" w14:textId="32DF7ABA" w:rsidR="00A75CB5" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00A75CB5">
+          <w:p w14:paraId="73143A19" w14:textId="32DF7ABA" w:rsidR="00A75CB5" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00A75CB5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-782807868"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A75CB5" w:rsidRPr="00FB59D3">
                   <w:rPr>
@@ -9168,98 +9183,85 @@
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00517C25" w:rsidRPr="003D2ABE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">eRA Commons ID will </w:t>
             </w:r>
             <w:r w:rsidR="00517C25" w:rsidRPr="00C6367A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">not </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00517C25" w:rsidRPr="003D2ABE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>display</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> on Biosketch.</w:t>
+              <w:t>display on Biosketch.</w:t>
             </w:r>
             <w:r w:rsidR="00517C25">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00240A3A" w:rsidRPr="007653A4" w14:paraId="7079A232" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41CF4DD2" w14:textId="4DB00114" w:rsidR="00240A3A" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00240A3A">
+          <w:p w14:paraId="41CF4DD2" w14:textId="4DB00114" w:rsidR="00240A3A" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00240A3A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1041126973"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00240A3A" w:rsidRPr="00FB59D3">
                   <w:rPr>
@@ -9321,51 +9323,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>reverse chronological order</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> by start date. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38BA93A2" w14:textId="12FE17F5" w:rsidR="00240A3A" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00240A3A">
+          <w:p w14:paraId="38BA93A2" w14:textId="12FE17F5" w:rsidR="00240A3A" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00240A3A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1340229872"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -9502,51 +9504,51 @@
             </w:r>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">role/s in this project. May detail ongoing/completed research projects from past 3 years. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002307DB" w:rsidRPr="007653A4" w14:paraId="2571A967" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05503F32" w14:textId="1624F14D" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00DA7371">
+          <w:p w14:paraId="05503F32" w14:textId="1624F14D" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00DA7371">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-125857949"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002307DB" w:rsidRPr="00FB59D3">
                   <w:rPr>
@@ -9609,51 +9611,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>reverse chronological order</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> by start date. Appointments outside of the primary org must be identified for a period of up to 3 years from date of proposal submission. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE13949" w14:textId="045F31F4" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00DA7371">
+          <w:p w14:paraId="5AE13949" w14:textId="045F31F4" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00DA7371">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1006433082"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -9801,51 +9803,51 @@
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39A0E08F" w14:textId="77777777" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00F377A4">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD39428" w14:textId="363B227B" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00F377A4">
+          <w:p w14:paraId="6BD39428" w14:textId="363B227B" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00F377A4">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="188803471"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10016,51 +10018,51 @@
               <w:t>n the NIH Biosketch Supplement.</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Descriptions of contributions may mention research products under-development such as not-accepted manuscripts. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002307DB" w:rsidRPr="007653A4" w14:paraId="6F68282F" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
           <w:trHeight w:val="926"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45B4F61D" w14:textId="005DE9F1" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00F377A4">
+          <w:p w14:paraId="45B4F61D" w14:textId="005DE9F1" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00F377A4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-559545746"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007D527A" w:rsidRPr="00FB59D3">
                   <w:rPr>
@@ -10239,51 +10241,51 @@
           </w:tcPr>
           <w:p w14:paraId="01FD59BC" w14:textId="6CD7D923" w:rsidR="002307DB" w:rsidRPr="00FB59D3" w:rsidRDefault="002307DB" w:rsidP="00F377A4">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F86708" w:rsidRPr="007653A4" w14:paraId="59F1CB94" w14:textId="77777777" w:rsidTr="006A0057">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E7BDAE9" w14:textId="455A6272" w:rsidR="00F86708" w:rsidRPr="00FB59D3" w:rsidRDefault="00866683" w:rsidP="00F86708">
+          <w:p w14:paraId="1E7BDAE9" w14:textId="455A6272" w:rsidR="00F86708" w:rsidRPr="00FB59D3" w:rsidRDefault="00B5457B" w:rsidP="00F86708">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="794256702"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F86708" w:rsidRPr="00FB59D3">
                   <w:rPr>
@@ -10398,189 +10400,180 @@
               <w:t xml:space="preserve">isrepresentations/omissions subject to prosecution/liability. </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date of signature must be within past 12 months.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003711D4" w:rsidRPr="00BF669C" w14:paraId="3344DD65" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10812" w:type="dxa"/>
             <w:gridSpan w:val="41"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D0E93B1" w14:textId="1C5BFFE6" w:rsidR="00861322" w:rsidRPr="00FB59D3" w:rsidRDefault="00AB13A8" w:rsidP="00D11D53">
+          <w:p w14:paraId="7D0E93B1" w14:textId="1C5BFFE6" w:rsidR="00861322" w:rsidRPr="00C12278" w:rsidRDefault="00AB13A8" w:rsidP="00D11D53">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FB59D3">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C12278">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Other Support is </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB59D3">
+            <w:r w:rsidRPr="00C12278">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB59D3">
+            <w:r w:rsidRPr="00C12278">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> required for NIH proposal submissions and will be requested at the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-              <w:r w:rsidRPr="00FB59D3">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="00C12278">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Just-in-Time (JIT) phase</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00FB59D3">
+            <w:r w:rsidRPr="00C12278">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB59D3">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00C12278">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-              <w:r w:rsidRPr="00FB59D3">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="00C12278">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Detailed Other Support Instructions and Format page are found here</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00964CA2" w:rsidRPr="00FB59D3">
+            <w:r w:rsidR="00964CA2" w:rsidRPr="00C12278">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00D11D53" w:rsidRPr="00FB59D3">
+            <w:r w:rsidR="00D11D53" w:rsidRPr="00C12278">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="19"/>
-[...15 lines deleted...]
-              <w:r w:rsidR="00D11D53" w:rsidRPr="00FB59D3">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Other Support must be created in </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidR="00D11D53" w:rsidRPr="00C12278">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>SciENcv</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00D11D53" w:rsidRPr="00FB59D3">
+            <w:r w:rsidR="00D11D53" w:rsidRPr="00C12278">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003711D4" w:rsidRPr="00BF669C" w14:paraId="36BF5ACB" w14:textId="77777777" w:rsidTr="00E730D7">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:color w:val="auto"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1769143224"/>
             <w:placeholder>
               <w:docPart w:val="C5B14EBDF2484F28843BD390970E087B"/>
             </w:placeholder>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10600,54 +10593,58 @@
                   <w:pStyle w:val="Default"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:i/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:u w:val="single"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007A7E0D">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Click here to enter comments if needed.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14632597" w14:textId="148FE404" w:rsidR="00A85917" w:rsidRDefault="00A85917" w:rsidP="004D5706">
+    <w:p w14:paraId="14632597" w14:textId="148FE404" w:rsidR="00A85917" w:rsidRPr="00DA22DA" w:rsidRDefault="00A85917" w:rsidP="004D5706">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="000B0466" w14:paraId="4DBDE896" w14:textId="77777777" w:rsidTr="001503B6">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="6BB65A95" w14:textId="66B5A7FD" w:rsidR="000B0466" w:rsidRDefault="000B0466" w:rsidP="000B0466">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
@@ -10673,51 +10670,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="240" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidR="000A3197" w:rsidRPr="00B505F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH Cost Estimation Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000A3197">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for budgeting purposes. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AA50789" w14:textId="77777777" w:rsidR="003534A0" w:rsidRDefault="00355CAB" w:rsidP="003534A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
@@ -10757,51 +10754,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003534A0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">personnel are over salary cap, use </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidRPr="00FB59D3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>current NIH salary cap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00FB59D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for budgeting. 2025 cap of $225,700 for 12-month period (equates to $169,275 cap for 9-month appointment). </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E0F88C3" w14:textId="77777777" w:rsidR="002650A0" w:rsidRPr="00FB59D3" w:rsidRDefault="002650A0" w:rsidP="002650A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -11137,85 +11134,85 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="009E37E6" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> DMS Justification must still be included; see DMS Justification requirements below. </w:t>
             </w:r>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="006F1A88">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more details on DMS requirements and allowable costs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00856DF8" w:rsidRPr="007653A4" w14:paraId="604E3F0A" w14:textId="77777777" w:rsidTr="004068C3">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0C602A95" w14:textId="56FD465A" w:rsidR="00856DF8" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00856DF8">
+          <w:p w14:paraId="0C602A95" w14:textId="56FD465A" w:rsidR="00856DF8" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00856DF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4660"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1220514897"/>
                 <w:placeholder>
                   <w:docPart w:val="462C128E92FC4AA7BE7FB456043ACFA6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856DF8" w:rsidRPr="00B505F0">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click here to enter comments.</w:t>
                 </w:r>
@@ -11259,102 +11256,102 @@
         <w:gridCol w:w="6"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B14999" w:rsidRPr="007653A4" w14:paraId="12437633" w14:textId="77777777" w:rsidTr="009E37E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="708AA75C" w14:textId="047231C7" w:rsidR="00B14999" w:rsidRPr="007653A4" w:rsidRDefault="00B14999" w:rsidP="00435118">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:br w:type="page"/>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidR="003D61CE" w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>R&amp;R DETAILED budget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000B0466" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> * </w:t>
             </w:r>
             <w:r w:rsidR="000B0466" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="000B0466" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidR="000B0466" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,001 or MORE Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="007653A4" w14:paraId="77452A20" w14:textId="77777777" w:rsidTr="00B40742">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12C7958F" w14:textId="2741811A" w:rsidR="007A7E0D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
+          <w:p w14:paraId="12C7958F" w14:textId="2741811A" w:rsidR="007A7E0D" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1489156992"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -11392,51 +11389,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Budget Periods:</w:t>
             </w:r>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Consecutive Dates, Match Cover Page</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2020ED1E" w14:textId="6D4ED13F" w:rsidR="007A7E0D" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
+          <w:p w14:paraId="2020ED1E" w14:textId="6D4ED13F" w:rsidR="007A7E0D" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2093895917"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -11480,51 +11477,51 @@
               </w:rPr>
               <w:t>Budget Total:</w:t>
             </w:r>
             <w:r w:rsidR="007A7E0D" w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Matches Cover page</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C42FE" w:rsidRPr="007653A4" w14:paraId="6D3010CC" w14:textId="77777777" w:rsidTr="00FD4F90">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E588B28" w14:textId="630282F1" w:rsidR="007C42FE" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
+          <w:p w14:paraId="7E588B28" w14:textId="630282F1" w:rsidR="007C42FE" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1491608025"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -11571,51 +11568,51 @@
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>PD/PI</w:t>
             </w:r>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> every budget year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="079D016E" w14:textId="641C4AF6" w:rsidR="007C42FE" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
+          <w:p w14:paraId="079D016E" w14:textId="641C4AF6" w:rsidR="007C42FE" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1157192110"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -11654,51 +11651,51 @@
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Person Months listed (including unpaid effort)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00166C5A" w:rsidRPr="00BF669C" w14:paraId="42DD614F" w14:textId="77777777" w:rsidTr="00B40742">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24808FD0" w14:textId="0BAF8617" w:rsidR="00166C5A" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
+          <w:p w14:paraId="24808FD0" w14:textId="0BAF8617" w:rsidR="00166C5A" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1155716394"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -11730,94 +11727,94 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Data Management and Sharing Costs - </w:t>
             </w:r>
             <w:r w:rsidR="00BF3D0A" w:rsidRPr="00B40742">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">DMS-related costs must be described in </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidR="001503B6" w:rsidRPr="00B40742">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Justification</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00B40742">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="00B40742" w:rsidRPr="00B40742">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>budgeted in appropriate cost categories</w:t>
             </w:r>
             <w:r w:rsidR="00BF3D0A" w:rsidRPr="00B40742">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="002B4C1B" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidR="002B4C1B" w:rsidRPr="006F1A88">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NIH </w:t>
               </w:r>
               <w:r w:rsidR="00253E01">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Cost Estimation Tool</w:t>
               </w:r>
               <w:r w:rsidR="002B4C1B" w:rsidRPr="006F1A88">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -11840,51 +11837,51 @@
             </w:r>
             <w:r w:rsidR="00B40742">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&amp;</w:t>
             </w:r>
             <w:r w:rsidR="006650B2" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidR="00F321DB" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidR="00F321DB" w:rsidRPr="006F1A88">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006650B2" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002B4C1B" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
@@ -11928,51 +11925,51 @@
             <w:r w:rsidR="00D55CDE">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00923B09" w:rsidRPr="00BF669C" w14:paraId="7613EECC" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D04485B" w14:textId="42A72CDE" w:rsidR="00923B09" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00B14999">
+          <w:p w14:paraId="5D04485B" w14:textId="42A72CDE" w:rsidR="00923B09" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2143019034"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -12128,51 +12125,51 @@
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> but with “0” costs specified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0018088F" w:rsidRPr="00BF669C" w14:paraId="09CE6D32" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4A4CFC" w14:textId="6E663354" w:rsidR="0018088F" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00B14999">
+          <w:p w14:paraId="2B4A4CFC" w14:textId="6E663354" w:rsidR="0018088F" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1770224285"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -12217,51 +12214,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Cognizant Agency: </w:t>
             </w:r>
             <w:r w:rsidR="00331D6A" w:rsidRPr="00331D6A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>HHS, Lucy Siow, 301-492-4891</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B14999" w:rsidRPr="00BF669C" w14:paraId="1FB52D60" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20EA5C40" w14:textId="2D9D4FFE" w:rsidR="00B14999" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00B14999">
+          <w:p w14:paraId="20EA5C40" w14:textId="2D9D4FFE" w:rsidR="00B14999" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="248936289"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -12320,51 +12317,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CB535A0" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E527159" w14:textId="4FEA32A6" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00B14999">
+          <w:p w14:paraId="7E527159" w14:textId="4FEA32A6" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00B14999">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="237361652"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -12424,51 +12421,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37FA97C0" w14:textId="77777777" w:rsidR="00106C30" w:rsidRPr="007C546F" w:rsidRDefault="00106C30" w:rsidP="00106C30">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="239C6E3A" w14:textId="31C3F3D0" w:rsidR="00106C30" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00106C30">
+          <w:p w14:paraId="239C6E3A" w14:textId="31C3F3D0" w:rsidR="00106C30" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00106C30">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1574010638"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -12491,51 +12488,51 @@
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="433D79DE" w14:textId="11FF65C4" w:rsidR="00106C30" w:rsidRPr="006F1A88" w:rsidRDefault="00106C30" w:rsidP="00106C30">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If Personnel have institutional base salary (IBS) over </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="006F1A88">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>current NIH salary cap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, include statement that person is over cap and provide current IBS (refer to Justification template)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00301F9B" w:rsidRPr="00BF669C" w14:paraId="30C941C2" w14:textId="77777777" w:rsidTr="00B8131B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
@@ -12546,51 +12543,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4563DEE5" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="236AC079" w14:textId="738CF99A" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
+          <w:p w14:paraId="236AC079" w14:textId="738CF99A" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2032255701"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -12675,51 +12672,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="084DAF6D" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="274FA85D" w14:textId="47903E5C" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
+          <w:p w14:paraId="274FA85D" w14:textId="47903E5C" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-850718894"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -12778,51 +12775,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00958B86" w14:textId="77777777" w:rsidR="006E3A49" w:rsidRPr="007C546F" w:rsidRDefault="006E3A49" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04164DC1" w14:textId="72197F1B" w:rsidR="006E3A49" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
+          <w:p w14:paraId="04164DC1" w14:textId="72197F1B" w:rsidR="006E3A49" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1691760081"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -12881,51 +12878,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Must be labeled as “Data Management and Sharing Justification” within Other Direct Costs section.</w:t>
             </w:r>
             <w:r w:rsidR="00C022F8" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AF0FDB" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r w:rsidR="006C05C9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Budget J</w:t>
               </w:r>
               <w:r w:rsidR="00AF0FDB" w:rsidRPr="006F1A88">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>ustification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00AF0FDB" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
@@ -13162,51 +13159,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">help </w:t>
             </w:r>
             <w:r w:rsidR="00FD4F90" w:rsidRPr="00C4092D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>with Genomic Data Sharing Costs</w:t>
             </w:r>
             <w:r w:rsidR="00C52A6B" w:rsidRPr="00C4092D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidR="00C52A6B" w:rsidRPr="00C4092D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rc-help@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00C52A6B" w:rsidRPr="00C4092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00D55CDE" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
@@ -13236,51 +13233,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A74ACAD" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79113C64" w14:textId="7FA2E97E" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
+          <w:p w14:paraId="79113C64" w14:textId="7FA2E97E" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="77645802"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -13396,51 +13393,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B3D8290" w14:textId="77777777" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00301F9B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31C6AD19" w14:textId="64BF56AF" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="00301F9B">
+          <w:p w14:paraId="31C6AD19" w14:textId="64BF56AF" w:rsidR="00301F9B" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1829328029"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -13521,101 +13518,101 @@
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide R&amp;R Budget for each Subaward Site:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5128" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3E73A5" w14:textId="7EE83112" w:rsidR="00856DF8" w:rsidRDefault="00866683" w:rsidP="00C71C0D">
+          <w:p w14:paraId="1D3E73A5" w14:textId="7EE83112" w:rsidR="00856DF8" w:rsidRDefault="00B5457B" w:rsidP="00C71C0D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1196659691"/>
                 <w:placeholder>
                   <w:docPart w:val="74ABF552E0D541E293A129FE336B1B90"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00856DF8" w:rsidRPr="005B717F">
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click here to enter comments.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C42FE" w:rsidRPr="00BF669C" w14:paraId="74053E01" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6013B9" w14:textId="46F0E2B4" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00301F9B">
+          <w:p w14:paraId="0F6013B9" w14:textId="46F0E2B4" w:rsidR="00301F9B" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2112781540"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -13696,51 +13693,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">T. Confirm UEI &amp; Cognizant Agency listed. </w:t>
             </w:r>
             <w:r w:rsidR="00E24CB4" w:rsidRPr="006F1A88">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure DMS Justification is included in Sub Justification. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="253C9061" w14:textId="195C1773" w:rsidR="00301F9B" w:rsidRPr="00B14999" w:rsidRDefault="00866683" w:rsidP="00301F9B">
+          <w:p w14:paraId="253C9061" w14:textId="195C1773" w:rsidR="00301F9B" w:rsidRPr="00B14999" w:rsidRDefault="00B5457B" w:rsidP="00301F9B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-426034341"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -13832,51 +13829,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E275A" w:rsidRPr="00BF669C" w14:paraId="057A6858" w14:textId="77777777" w:rsidTr="009E37E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="753B7813" w14:textId="59DDCF22" w:rsidR="000E275A" w:rsidRPr="007653A4" w:rsidRDefault="0068107B" w:rsidP="00F06AEA">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007653A4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidR="00EF49BB" w:rsidRPr="005F25AE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>MODULAR BUDGET</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00F06AEA" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
             <w:r w:rsidR="004265D7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004265D7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
@@ -13889,51 +13886,51 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Only</w:t>
             </w:r>
             <w:r w:rsidR="004265D7" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Use if $250,000 or less Direct Costs per year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="14C2B4FA" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CAD00E3" w14:textId="6A75C2FE" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="7CAD00E3" w14:textId="6A75C2FE" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="908351338"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -13971,51 +13968,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Budget Periods: </w:t>
             </w:r>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Consecutive Dates, Match Cover Page</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF467FF" w14:textId="0B72CF27" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="3EF467FF" w14:textId="0B72CF27" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-626929927"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -14079,51 +14076,51 @@
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cover page</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="1735927E" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5417F9B8" w14:textId="063FBA8E" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="5417F9B8" w14:textId="063FBA8E" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-536738324"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -14159,51 +14156,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sub’s DC is part of requested Module DC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1082" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA50FCD" w14:textId="5158BF27" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="7BA50FCD" w14:textId="5158BF27" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1668316073"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -14245,51 +14242,51 @@
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sub IDC listed under “Consortium Indirect”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B54D12" w:rsidRPr="00B14999" w14:paraId="152381AF" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34D23C49" w14:textId="26D3683E" w:rsidR="00B54D12" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="34D23C49" w14:textId="26D3683E" w:rsidR="00B54D12" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1761248472"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -14330,51 +14327,51 @@
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognizant Agency: </w:t>
             </w:r>
             <w:r w:rsidR="00331D6A" w:rsidRPr="00331D6A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>HHS, Lucy Siow, 301-492-4891</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C892A0C" w14:textId="668F2066" w:rsidR="00B54D12" w:rsidRPr="00C844E3" w:rsidRDefault="00866683" w:rsidP="00B54D12">
+          <w:p w14:paraId="2C892A0C" w14:textId="668F2066" w:rsidR="00B54D12" w:rsidRPr="00C844E3" w:rsidRDefault="00B5457B" w:rsidP="00B54D12">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="930630115"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -14413,51 +14410,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B717F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F&amp;A Rate Agreement Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="20799090" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADF153E" w14:textId="084E78AF" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="3ADF153E" w14:textId="084E78AF" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="146403463"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -14514,51 +14511,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EF97B18" w14:textId="77777777" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00940E8F" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23F43E7B" w14:textId="720E154F" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="23F43E7B" w14:textId="720E154F" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-812560043"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -14591,51 +14588,51 @@
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00012E08">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide all personnel effort, names, roles, and effort in person-months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08EC14E2" w14:textId="51FE26D6" w:rsidR="00940E8F" w:rsidRPr="00012E08" w:rsidRDefault="00866683" w:rsidP="00940E8F">
+          <w:p w14:paraId="08EC14E2" w14:textId="51FE26D6" w:rsidR="00940E8F" w:rsidRPr="00012E08" w:rsidRDefault="00B5457B" w:rsidP="00940E8F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2092463262"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -14726,51 +14723,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72ABA413" w14:textId="5FDB0FEB" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00940E8F" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69311347" w14:textId="2DCA36C4" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="69311347" w14:textId="2DCA36C4" w:rsidR="00940E8F" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1617815475"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -14854,51 +14851,51 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="77522372" w14:textId="77777777" w:rsidTr="00FC5CED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D269E3E" w14:textId="5DD0186F" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="2D269E3E" w14:textId="5DD0186F" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="119733860"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -14963,51 +14960,51 @@
             <w:tcW w:w="443" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53618DEA" w14:textId="5A0D6B76" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB9F599" w14:textId="11ECEBD9" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="4CB9F599" w14:textId="11ECEBD9" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1462385117"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -15040,51 +15037,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00012E08">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide an estimate of total consortium/subaward costs (DC+IDC) for each budget period, rounded to the nearest $1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="655A347D" w14:textId="55243330" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00A47FF3">
+          <w:p w14:paraId="655A347D" w14:textId="55243330" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00A47FF3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1868669352"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -15145,51 +15142,51 @@
             <w:tcW w:w="443" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3943D374" w14:textId="0C80B2B5" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F113FF6" w14:textId="7FEA0364" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="4F113FF6" w14:textId="7FEA0364" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="500636688"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -15256,51 +15253,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>upload</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A47FF3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> in ASSIST; foreign sub is capped to 8% of MTDC for IDC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="350DFA59" w14:textId="16ECAE9A" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00A47FF3">
+          <w:p w14:paraId="350DFA59" w14:textId="16ECAE9A" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00A47FF3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="400797488"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -15340,51 +15337,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47FF3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Do not provide salary information; other rate information is not necessary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00B14999" w14:paraId="2B75389C" w14:textId="77777777" w:rsidTr="00FC5CED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E41B51D" w14:textId="48354836" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="3E41B51D" w14:textId="48354836" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="401344049"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -15444,51 +15441,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16159B0A" w14:textId="77777777" w:rsidR="00EF49BB" w:rsidRPr="007C546F" w:rsidRDefault="00EF49BB" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E97E70" w14:textId="4E7EC7A6" w:rsidR="00EF49BB" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="55E97E70" w14:textId="4E7EC7A6" w:rsidR="00EF49BB" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1703746049"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -15605,51 +15602,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> DMSP Costs</w:t>
             </w:r>
             <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. PI must briefly explain personnel effort/costs associated with general cost categories: curating data and developing supporting documentation, local data management activities, preserving and sharing data through established repositories, etc. See OCG </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Additional Narrative Justification Template</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for required description.</w:t>
             </w:r>
             <w:r w:rsidR="00AF0CE9" w:rsidRPr="004848F8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -15671,51 +15668,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B0830C0" w14:textId="77777777" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00D268BE" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="118BBC90" w14:textId="0A5837AF" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="118BBC90" w14:textId="0A5837AF" w:rsidR="00D268BE" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1818535153"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -15817,51 +15814,51 @@
             <w:tcW w:w="357" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5924328A" w14:textId="77777777" w:rsidR="005A7896" w:rsidRPr="007C546F" w:rsidRDefault="005A7896" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB3C78D" w14:textId="7D38152B" w:rsidR="005A7896" w:rsidRPr="007C546F" w:rsidRDefault="00866683" w:rsidP="00D268BE">
+          <w:p w14:paraId="5CB3C78D" w14:textId="7D38152B" w:rsidR="005A7896" w:rsidRPr="007C546F" w:rsidRDefault="00B5457B" w:rsidP="00D268BE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1429773271"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -15894,51 +15891,51 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42A0C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quotes may be included here, but not required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A850577" w14:textId="627C51DA" w:rsidR="005A7896" w:rsidRPr="007653A4" w:rsidRDefault="00866683" w:rsidP="005A7896">
+          <w:p w14:paraId="7A850577" w14:textId="627C51DA" w:rsidR="005A7896" w:rsidRPr="007653A4" w:rsidRDefault="00B5457B" w:rsidP="005A7896">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="331721480"/>
                 <w15:color w:val="008000"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -15985,51 +15982,51 @@
               </w:rPr>
               <w:t xml:space="preserve">List any IDC-excludable costs </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="5A6CEA0F" w14:textId="77777777" w:rsidTr="009E37E6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="444D095C" w14:textId="0ED1D447" w:rsidR="00D268BE" w:rsidRPr="007653A4" w:rsidRDefault="00A053F1" w:rsidP="00D268BE">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS 398 RESEARCH PLAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="55A51340" w14:textId="77777777" w:rsidTr="00F25436">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1238826407"/>
             <w15:color w:val="008000"/>
@@ -16755,51 +16752,51 @@
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Human Fetal Tissue Research Approach</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>“; details included</w:t>
             </w:r>
             <w:r w:rsidR="00C77B42" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> under </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:anchor="3" w:history="1">
+            <w:hyperlink r:id="rId58" w:anchor="3" w:history="1">
               <w:r w:rsidR="00745FF7" w:rsidRPr="00976A19">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>“</w:t>
               </w:r>
               <w:r w:rsidR="00745FF7" w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Special Instructions” section of Approach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00976A19" w:rsidRPr="00976A19">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -17257,51 +17254,51 @@
               <w:t>Progress Report Publication List</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">* - </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Required for renewal applications; no page limit; </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">recommend </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PMCIDs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>’ inclusion for all pubs listed in bio authored/co-authored by applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="77C8B3D8" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
@@ -17523,51 +17520,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Select Agent Research</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">* - </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Required if </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>activities involve use of select agents</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; no page limit; should identify select agents, registration status, and description of facilities to use select agents</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06AEA" w:rsidRPr="00BF669C" w14:paraId="36A21F0C" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
@@ -17646,51 +17643,51 @@
               <w:t>Multiple PD/PI Leadership Plan</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">* - </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Required only if more than 1 PI, not applicable to Co-Is; no page limit; should describe rationale for choosing a multiple PD/PI approach</w:t>
             </w:r>
             <w:r w:rsidR="00C65FB2" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidR="00C65FB2" w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Multiple PI Leadership Plan Sample here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00C65FB2" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06AEA" w:rsidRPr="00BF669C" w14:paraId="6F77C14A" w14:textId="77777777" w:rsidTr="00417DFB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
@@ -17762,51 +17759,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009448FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Consortium/Contractual Arrangements</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">* - </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Required if there is a subcontract; no page limit; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG template here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; explains the programmatic, fiscal, and administrative arrangements to be made between the applicant org and the consortium org/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06AEA" w:rsidRPr="00BF669C" w14:paraId="0E9DC67C" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
@@ -18235,51 +18232,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00923681" w:rsidRPr="00152653">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">when </w:t>
             </w:r>
             <w:r w:rsidR="006E2EFD" w:rsidRPr="00B971ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>resources/</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidR="006E2EFD" w:rsidRPr="00B971ED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>research tools</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006E2EFD" w:rsidRPr="00B971ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> will be developed by NIH funds (and the associated research findings published or provided to NIH)</w:t>
             </w:r>
             <w:r w:rsidR="006E2EFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -18488,99 +18485,99 @@
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">required for all research proposals. </w:t>
             </w:r>
             <w:r w:rsidR="00FC5CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">PIs should use the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>DMPTool</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to create plan and </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>consult CRDDS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for recommendations on repository use. Refer to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>OCG’s NIH DMSP page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FA203D" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for more info on policy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -18795,51 +18792,51 @@
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009A7954" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Oversight of Data Management and Sharing</w:t>
             </w:r>
             <w:r w:rsidR="00865A4C" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:anchor="sample-plans" w:history="1">
+            <w:hyperlink r:id="rId67" w:anchor="sample-plans" w:history="1">
               <w:r w:rsidR="00865A4C" w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Sample plans available here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00865A4C" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -18916,51 +18913,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9987" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="481E37AA" w14:textId="54470950" w:rsidR="00F04404" w:rsidRPr="007653A4" w:rsidRDefault="00F04404" w:rsidP="00F04404">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Please review Data Sharing Policy a</w:t>
               </w:r>
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">nd any required repositories </w:t>
               </w:r>
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -19085,89 +19082,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If applying to </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NIAAA</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> with human subjects please review </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIAAA Data-Sharing Policy here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. NIH DMSP should adhere to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>additional NIAAA requirements here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. The NIAAA </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NDA Cost Estimation Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for data sharing is used for estimates.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06AEA" w:rsidRPr="00BF669C" w14:paraId="75D98404" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
@@ -19267,51 +19264,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If app includes: Genomic Data Sharing (GWAS)</w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>instructions for describing Genomic Summary Results in Data Management and Sharing Plans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="79767995" w14:textId="77777777" w:rsidTr="00940E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
@@ -19480,51 +19477,51 @@
               <w:t>Appendix</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="00A85894" w:rsidRPr="00A85894">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOFO</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> will specify if any special appendix instructions; carefully review </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>NIH Appendix Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D268BE" w:rsidRPr="00BF669C" w14:paraId="57F53C37" w14:textId="77777777" w:rsidTr="00FC5CED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="206"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
@@ -19635,51 +19632,51 @@
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="1514"/>
       </w:tblGrid>
       <w:tr w:rsidR="00790CEC" w:rsidRPr="00BF669C" w14:paraId="517EBBB8" w14:textId="77777777" w:rsidTr="001F0DE9">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10874" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="4CB1866C" w14:textId="337320EC" w:rsidR="00790CEC" w:rsidRPr="007653A4" w:rsidRDefault="002B5C5D" w:rsidP="00903573">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r w:rsidRPr="007653A4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:t>PHS Human Subjects and Clinical Trials Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00790CEC" w:rsidRPr="007653A4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00903573" w:rsidRPr="00D03163" w14:paraId="01D2138C" w14:textId="77777777" w:rsidTr="007F036B">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
@@ -19903,51 +19900,51 @@
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="004A51FD" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>use</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="00AF0CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Research Involving Private Information or Biological Specimens flowchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007F036B" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="007F036B" w:rsidRPr="00AF0CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -24904,76 +24901,72 @@
               </w:rPr>
               <w:t xml:space="preserve">Info for a delayed onset study is not available at the time of proposal, so no full Study Record </w:t>
             </w:r>
             <w:r w:rsidRPr="007C546F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>allowed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0931E8B0" w14:textId="3D3ED627" w:rsidR="00770140" w:rsidRPr="00F06AEA" w:rsidRDefault="00770140" w:rsidP="00D03163">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00770140" w:rsidRPr="00F06AEA" w:rsidSect="00D03163">
-      <w:headerReference w:type="even" r:id="rId74"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="even" r:id="rId76"/>
+      <w:headerReference w:type="default" r:id="rId76"/>
       <w:footerReference w:type="default" r:id="rId77"/>
-      <w:headerReference w:type="first" r:id="rId78"/>
-      <w:footerReference w:type="first" r:id="rId79"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="288" w:right="720" w:bottom="360" w:left="720" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42C80C67" w14:textId="77777777" w:rsidR="001D2BB5" w:rsidRDefault="001D2BB5">
+    <w:p w14:paraId="36C8A48A" w14:textId="77777777" w:rsidR="00CB25B8" w:rsidRDefault="00CB25B8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="397A19A9" w14:textId="77777777" w:rsidR="001D2BB5" w:rsidRDefault="001D2BB5">
+    <w:p w14:paraId="70D05395" w14:textId="77777777" w:rsidR="00CB25B8" w:rsidRDefault="00CB25B8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -25016,61 +25009,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7DE31056" w14:textId="77777777" w:rsidR="00850479" w:rsidRDefault="00850479">
-[...9 lines deleted...]
-  <w:p w14:paraId="68605CB3" w14:textId="2BE004E1" w:rsidR="00A10B3E" w:rsidRPr="003742D8" w:rsidRDefault="00A10B3E" w:rsidP="00AB159E">
+  <w:p w14:paraId="68605CB3" w14:textId="0EB46378" w:rsidR="00A10B3E" w:rsidRPr="003742D8" w:rsidRDefault="00A10B3E" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">* INDICATES DOCUMENT/SECTION IS REQUIRED </w:t>
     </w:r>
     <w:r w:rsidRPr="003742D8">
       <w:rPr>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="single"/>
       </w:rPr>
@@ -25094,150 +25077,128 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>OCG-104</w:t>
     </w:r>
     <w:r w:rsidRPr="00AB159E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t xml:space="preserve"> NIH Proposal Submission Review Checklist </w:t>
     </w:r>
     <w:r w:rsidR="00FB0267">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
+    <w:r w:rsidR="007B0446">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
     <w:r w:rsidR="00850479">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
-      <w:t>126</w:t>
+      <w:t>26</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="66B2363C" w14:textId="7B719B15" w:rsidR="00A10B3E" w:rsidRPr="00B938AB" w:rsidRDefault="00A10B3E" w:rsidP="00AB159E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7908A09C" w14:textId="77777777" w:rsidR="001D2BB5" w:rsidRDefault="001D2BB5">
+    <w:p w14:paraId="4F46887A" w14:textId="77777777" w:rsidR="00CB25B8" w:rsidRDefault="00CB25B8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="207A2681" w14:textId="77777777" w:rsidR="001D2BB5" w:rsidRDefault="001D2BB5">
+    <w:p w14:paraId="5B570E2A" w14:textId="77777777" w:rsidR="00CB25B8" w:rsidRDefault="00CB25B8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CEBD515" w14:textId="08045E0C" w:rsidR="00A10B3E" w:rsidRPr="003742D8" w:rsidRDefault="00A10B3E" w:rsidP="00980DC7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10620"/>
       </w:tabs>
       <w:ind w:right="-360"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="38D84356"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -29949,132 +29910,136 @@
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0028228C"/>
     <w:rsid w:val="000006EB"/>
     <w:rsid w:val="00001065"/>
     <w:rsid w:val="00001132"/>
     <w:rsid w:val="000013B5"/>
     <w:rsid w:val="000016E1"/>
     <w:rsid w:val="00004C76"/>
     <w:rsid w:val="00005FA1"/>
     <w:rsid w:val="000060FA"/>
     <w:rsid w:val="00007576"/>
     <w:rsid w:val="00012E08"/>
     <w:rsid w:val="000271C2"/>
     <w:rsid w:val="00034557"/>
     <w:rsid w:val="00040E87"/>
     <w:rsid w:val="00047827"/>
     <w:rsid w:val="000517E7"/>
     <w:rsid w:val="0005299F"/>
     <w:rsid w:val="00053162"/>
     <w:rsid w:val="00054FF5"/>
     <w:rsid w:val="00055625"/>
     <w:rsid w:val="00062C5B"/>
     <w:rsid w:val="00074DCB"/>
+    <w:rsid w:val="0007727D"/>
     <w:rsid w:val="00080433"/>
     <w:rsid w:val="00082A67"/>
     <w:rsid w:val="00082F86"/>
     <w:rsid w:val="00083C35"/>
     <w:rsid w:val="00086801"/>
     <w:rsid w:val="00086C63"/>
     <w:rsid w:val="00090054"/>
     <w:rsid w:val="00094192"/>
     <w:rsid w:val="00094C46"/>
     <w:rsid w:val="00095804"/>
     <w:rsid w:val="00097D6F"/>
     <w:rsid w:val="000A3197"/>
     <w:rsid w:val="000A5CC5"/>
     <w:rsid w:val="000A7D87"/>
     <w:rsid w:val="000B0466"/>
     <w:rsid w:val="000B08F4"/>
     <w:rsid w:val="000B0BD6"/>
     <w:rsid w:val="000B348D"/>
     <w:rsid w:val="000B3BB6"/>
     <w:rsid w:val="000B4B96"/>
     <w:rsid w:val="000B78F8"/>
     <w:rsid w:val="000B7DCE"/>
     <w:rsid w:val="000C050F"/>
     <w:rsid w:val="000C1414"/>
     <w:rsid w:val="000C4DA6"/>
     <w:rsid w:val="000C616C"/>
     <w:rsid w:val="000D1FEF"/>
     <w:rsid w:val="000D4FDE"/>
     <w:rsid w:val="000D7D67"/>
     <w:rsid w:val="000E275A"/>
     <w:rsid w:val="000E3913"/>
     <w:rsid w:val="000F3B2D"/>
     <w:rsid w:val="000F70EB"/>
     <w:rsid w:val="001001B1"/>
     <w:rsid w:val="001003E1"/>
     <w:rsid w:val="00104368"/>
     <w:rsid w:val="00106058"/>
     <w:rsid w:val="00106C30"/>
     <w:rsid w:val="0010716C"/>
     <w:rsid w:val="00116146"/>
     <w:rsid w:val="00120762"/>
     <w:rsid w:val="00125CCB"/>
     <w:rsid w:val="00132B8B"/>
     <w:rsid w:val="00136E41"/>
     <w:rsid w:val="00137DF3"/>
     <w:rsid w:val="001503B6"/>
     <w:rsid w:val="00152653"/>
+    <w:rsid w:val="00155D9C"/>
     <w:rsid w:val="00157CA0"/>
     <w:rsid w:val="00157EA3"/>
     <w:rsid w:val="00160B86"/>
     <w:rsid w:val="00163D19"/>
     <w:rsid w:val="00166857"/>
     <w:rsid w:val="00166C5A"/>
     <w:rsid w:val="00172448"/>
     <w:rsid w:val="00173622"/>
     <w:rsid w:val="0018088F"/>
     <w:rsid w:val="001851C4"/>
+    <w:rsid w:val="00190A33"/>
     <w:rsid w:val="001910FA"/>
     <w:rsid w:val="0019170B"/>
     <w:rsid w:val="00192DDC"/>
     <w:rsid w:val="001A5A5A"/>
     <w:rsid w:val="001A67A7"/>
     <w:rsid w:val="001B381A"/>
     <w:rsid w:val="001B45B4"/>
     <w:rsid w:val="001B5C06"/>
     <w:rsid w:val="001C069E"/>
     <w:rsid w:val="001D00D4"/>
     <w:rsid w:val="001D2BB5"/>
     <w:rsid w:val="001D6CED"/>
     <w:rsid w:val="001E3406"/>
     <w:rsid w:val="001E75A7"/>
     <w:rsid w:val="001F025B"/>
     <w:rsid w:val="001F0DE9"/>
     <w:rsid w:val="001F673D"/>
     <w:rsid w:val="00211A87"/>
     <w:rsid w:val="00212949"/>
     <w:rsid w:val="002170CA"/>
     <w:rsid w:val="002219F2"/>
     <w:rsid w:val="002243DF"/>
     <w:rsid w:val="00227290"/>
     <w:rsid w:val="002300D1"/>
     <w:rsid w:val="002307DB"/>
+    <w:rsid w:val="00231213"/>
     <w:rsid w:val="002318FF"/>
     <w:rsid w:val="00231934"/>
     <w:rsid w:val="00235AAE"/>
     <w:rsid w:val="00237D50"/>
     <w:rsid w:val="00240A3A"/>
     <w:rsid w:val="002414F8"/>
     <w:rsid w:val="0024335B"/>
     <w:rsid w:val="002449CB"/>
     <w:rsid w:val="002520AB"/>
     <w:rsid w:val="00252A40"/>
     <w:rsid w:val="00253E01"/>
     <w:rsid w:val="00260340"/>
     <w:rsid w:val="002650A0"/>
     <w:rsid w:val="00267DF9"/>
     <w:rsid w:val="0027091D"/>
     <w:rsid w:val="00272766"/>
     <w:rsid w:val="00274F05"/>
     <w:rsid w:val="002753A8"/>
     <w:rsid w:val="00276DD0"/>
     <w:rsid w:val="0028013A"/>
     <w:rsid w:val="00280AC4"/>
     <w:rsid w:val="0028228C"/>
     <w:rsid w:val="00286930"/>
     <w:rsid w:val="002906E7"/>
     <w:rsid w:val="00291EDC"/>
@@ -30114,149 +30079,152 @@
     <w:rsid w:val="00352104"/>
     <w:rsid w:val="003534A0"/>
     <w:rsid w:val="00354FD9"/>
     <w:rsid w:val="00355CAB"/>
     <w:rsid w:val="003618B9"/>
     <w:rsid w:val="0036296D"/>
     <w:rsid w:val="00364364"/>
     <w:rsid w:val="003711D4"/>
     <w:rsid w:val="00371FC6"/>
     <w:rsid w:val="003742D8"/>
     <w:rsid w:val="003761C5"/>
     <w:rsid w:val="00376FEB"/>
     <w:rsid w:val="003835DD"/>
     <w:rsid w:val="003902E9"/>
     <w:rsid w:val="00391F95"/>
     <w:rsid w:val="00393E14"/>
     <w:rsid w:val="003961A0"/>
     <w:rsid w:val="003A1BC2"/>
     <w:rsid w:val="003A1E8A"/>
     <w:rsid w:val="003B0C5D"/>
     <w:rsid w:val="003B571E"/>
     <w:rsid w:val="003B7EC2"/>
     <w:rsid w:val="003D2ABE"/>
     <w:rsid w:val="003D50F0"/>
     <w:rsid w:val="003D61CE"/>
+    <w:rsid w:val="003D7E60"/>
     <w:rsid w:val="003E2DD8"/>
     <w:rsid w:val="003E7995"/>
     <w:rsid w:val="003F04D9"/>
     <w:rsid w:val="003F1064"/>
     <w:rsid w:val="003F4F7B"/>
     <w:rsid w:val="004068C3"/>
     <w:rsid w:val="00407240"/>
     <w:rsid w:val="0041607A"/>
     <w:rsid w:val="00416B05"/>
     <w:rsid w:val="00417316"/>
     <w:rsid w:val="00417DFB"/>
     <w:rsid w:val="004216DE"/>
     <w:rsid w:val="004265D7"/>
     <w:rsid w:val="0042666E"/>
     <w:rsid w:val="0043454D"/>
     <w:rsid w:val="00434F6C"/>
     <w:rsid w:val="00435118"/>
     <w:rsid w:val="00436127"/>
     <w:rsid w:val="004379BA"/>
     <w:rsid w:val="00447621"/>
     <w:rsid w:val="004476B9"/>
     <w:rsid w:val="00454615"/>
     <w:rsid w:val="00455D12"/>
     <w:rsid w:val="004567F4"/>
     <w:rsid w:val="00457B85"/>
     <w:rsid w:val="0046148E"/>
     <w:rsid w:val="00462B23"/>
     <w:rsid w:val="00464875"/>
     <w:rsid w:val="00477804"/>
     <w:rsid w:val="00477E01"/>
     <w:rsid w:val="0048031C"/>
     <w:rsid w:val="00481947"/>
     <w:rsid w:val="004820F7"/>
     <w:rsid w:val="004841FA"/>
     <w:rsid w:val="004848F8"/>
     <w:rsid w:val="00490092"/>
     <w:rsid w:val="00490273"/>
     <w:rsid w:val="00493A96"/>
     <w:rsid w:val="004A1349"/>
     <w:rsid w:val="004A2DED"/>
     <w:rsid w:val="004A2EBD"/>
     <w:rsid w:val="004A51FD"/>
     <w:rsid w:val="004A61C4"/>
     <w:rsid w:val="004A79B0"/>
     <w:rsid w:val="004B0AE9"/>
     <w:rsid w:val="004B1804"/>
     <w:rsid w:val="004B60B3"/>
     <w:rsid w:val="004B6FDB"/>
     <w:rsid w:val="004C1488"/>
     <w:rsid w:val="004C2558"/>
+    <w:rsid w:val="004C7FCE"/>
     <w:rsid w:val="004D1DF8"/>
     <w:rsid w:val="004D5706"/>
     <w:rsid w:val="004D6146"/>
     <w:rsid w:val="004D76A2"/>
     <w:rsid w:val="004E1F75"/>
     <w:rsid w:val="004F13CB"/>
     <w:rsid w:val="004F3E18"/>
     <w:rsid w:val="004F3F49"/>
     <w:rsid w:val="004F797C"/>
     <w:rsid w:val="00503B14"/>
     <w:rsid w:val="005051DC"/>
     <w:rsid w:val="00511B5C"/>
     <w:rsid w:val="00511C0F"/>
     <w:rsid w:val="00515A7A"/>
     <w:rsid w:val="00516B9E"/>
     <w:rsid w:val="005171C5"/>
     <w:rsid w:val="005174C7"/>
     <w:rsid w:val="00517C25"/>
     <w:rsid w:val="00522532"/>
     <w:rsid w:val="005236C9"/>
     <w:rsid w:val="00523EDA"/>
     <w:rsid w:val="00534127"/>
     <w:rsid w:val="00536173"/>
     <w:rsid w:val="00536494"/>
     <w:rsid w:val="005366CD"/>
     <w:rsid w:val="00541C86"/>
     <w:rsid w:val="00542E8A"/>
     <w:rsid w:val="00543799"/>
     <w:rsid w:val="0054494D"/>
     <w:rsid w:val="0055342A"/>
     <w:rsid w:val="00553D66"/>
     <w:rsid w:val="00555EE1"/>
     <w:rsid w:val="00560949"/>
     <w:rsid w:val="005636E1"/>
     <w:rsid w:val="00567987"/>
     <w:rsid w:val="00571A53"/>
     <w:rsid w:val="00571F01"/>
     <w:rsid w:val="00577DB5"/>
     <w:rsid w:val="00581A1A"/>
     <w:rsid w:val="0058218C"/>
     <w:rsid w:val="0058432A"/>
     <w:rsid w:val="00585307"/>
     <w:rsid w:val="005863EA"/>
     <w:rsid w:val="005913B7"/>
     <w:rsid w:val="005A743A"/>
     <w:rsid w:val="005A7896"/>
     <w:rsid w:val="005B1492"/>
     <w:rsid w:val="005B32B7"/>
     <w:rsid w:val="005B43AF"/>
+    <w:rsid w:val="005B4DAE"/>
     <w:rsid w:val="005B6602"/>
     <w:rsid w:val="005B717F"/>
     <w:rsid w:val="005C3B51"/>
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005C6ABC"/>
     <w:rsid w:val="005D2534"/>
     <w:rsid w:val="005E29C8"/>
     <w:rsid w:val="005E5D9C"/>
     <w:rsid w:val="005F21A2"/>
     <w:rsid w:val="005F25AE"/>
     <w:rsid w:val="005F7FC1"/>
     <w:rsid w:val="00600976"/>
     <w:rsid w:val="00604E99"/>
     <w:rsid w:val="00607BCE"/>
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="00614384"/>
     <w:rsid w:val="0062196F"/>
     <w:rsid w:val="006221ED"/>
     <w:rsid w:val="00622A27"/>
     <w:rsid w:val="006238C8"/>
     <w:rsid w:val="00626DF6"/>
     <w:rsid w:val="00626FB6"/>
     <w:rsid w:val="0063099E"/>
     <w:rsid w:val="0063505A"/>
@@ -30312,50 +30280,51 @@
     <w:rsid w:val="0075555E"/>
     <w:rsid w:val="00755F1F"/>
     <w:rsid w:val="0075792A"/>
     <w:rsid w:val="007653A4"/>
     <w:rsid w:val="00770140"/>
     <w:rsid w:val="00772571"/>
     <w:rsid w:val="00772CA1"/>
     <w:rsid w:val="00773370"/>
     <w:rsid w:val="00774EB4"/>
     <w:rsid w:val="007765DD"/>
     <w:rsid w:val="00780FCD"/>
     <w:rsid w:val="0078313D"/>
     <w:rsid w:val="00790CEC"/>
     <w:rsid w:val="00793819"/>
     <w:rsid w:val="00794255"/>
     <w:rsid w:val="00794D4E"/>
     <w:rsid w:val="00795C10"/>
     <w:rsid w:val="00796754"/>
     <w:rsid w:val="00796F0B"/>
     <w:rsid w:val="00797484"/>
     <w:rsid w:val="00797844"/>
     <w:rsid w:val="007A58CD"/>
     <w:rsid w:val="007A6235"/>
     <w:rsid w:val="007A6427"/>
     <w:rsid w:val="007A7E0D"/>
+    <w:rsid w:val="007B0446"/>
     <w:rsid w:val="007B2EFD"/>
     <w:rsid w:val="007C01F0"/>
     <w:rsid w:val="007C42A8"/>
     <w:rsid w:val="007C42FE"/>
     <w:rsid w:val="007C546F"/>
     <w:rsid w:val="007D527A"/>
     <w:rsid w:val="007E5553"/>
     <w:rsid w:val="007E7F74"/>
     <w:rsid w:val="007F0232"/>
     <w:rsid w:val="007F036B"/>
     <w:rsid w:val="007F1F28"/>
     <w:rsid w:val="007F50AB"/>
     <w:rsid w:val="008011CE"/>
     <w:rsid w:val="008014A9"/>
     <w:rsid w:val="00804B44"/>
     <w:rsid w:val="00816CB6"/>
     <w:rsid w:val="00817E66"/>
     <w:rsid w:val="00817F8D"/>
     <w:rsid w:val="008236A0"/>
     <w:rsid w:val="00824ADF"/>
     <w:rsid w:val="00830E62"/>
     <w:rsid w:val="008313E5"/>
     <w:rsid w:val="00831E9C"/>
     <w:rsid w:val="0083232A"/>
     <w:rsid w:val="00833036"/>
@@ -30364,50 +30333,51 @@
     <w:rsid w:val="00834539"/>
     <w:rsid w:val="00836A5E"/>
     <w:rsid w:val="00836C12"/>
     <w:rsid w:val="008371D9"/>
     <w:rsid w:val="00841BB7"/>
     <w:rsid w:val="00850479"/>
     <w:rsid w:val="00852FA8"/>
     <w:rsid w:val="00856DF8"/>
     <w:rsid w:val="0085787B"/>
     <w:rsid w:val="00861322"/>
     <w:rsid w:val="0086196A"/>
     <w:rsid w:val="00862E5D"/>
     <w:rsid w:val="008640F9"/>
     <w:rsid w:val="00865A4C"/>
     <w:rsid w:val="00866683"/>
     <w:rsid w:val="0087088B"/>
     <w:rsid w:val="00873BB8"/>
     <w:rsid w:val="008902ED"/>
     <w:rsid w:val="008906F8"/>
     <w:rsid w:val="00891FD6"/>
     <w:rsid w:val="00892C15"/>
     <w:rsid w:val="00893FEF"/>
     <w:rsid w:val="008957AB"/>
     <w:rsid w:val="008A3741"/>
     <w:rsid w:val="008A505C"/>
+    <w:rsid w:val="008A51DE"/>
     <w:rsid w:val="008A67F6"/>
     <w:rsid w:val="008B257E"/>
     <w:rsid w:val="008B3F3D"/>
     <w:rsid w:val="008B4C0B"/>
     <w:rsid w:val="008C04C0"/>
     <w:rsid w:val="008C0920"/>
     <w:rsid w:val="008C1287"/>
     <w:rsid w:val="008C7349"/>
     <w:rsid w:val="008D27C8"/>
     <w:rsid w:val="008D787B"/>
     <w:rsid w:val="008D7F12"/>
     <w:rsid w:val="008E1ACB"/>
     <w:rsid w:val="008E2B47"/>
     <w:rsid w:val="008E4B42"/>
     <w:rsid w:val="008F07EB"/>
     <w:rsid w:val="008F3E9F"/>
     <w:rsid w:val="008F5B33"/>
     <w:rsid w:val="008F6A2E"/>
     <w:rsid w:val="00903573"/>
     <w:rsid w:val="00913645"/>
     <w:rsid w:val="009142CB"/>
     <w:rsid w:val="0091799C"/>
     <w:rsid w:val="00923681"/>
     <w:rsid w:val="00923B09"/>
     <w:rsid w:val="00925594"/>
@@ -30446,50 +30416,51 @@
     <w:rsid w:val="009C0F7C"/>
     <w:rsid w:val="009C15A9"/>
     <w:rsid w:val="009C2767"/>
     <w:rsid w:val="009C6423"/>
     <w:rsid w:val="009C6FE1"/>
     <w:rsid w:val="009C768C"/>
     <w:rsid w:val="009C7AEE"/>
     <w:rsid w:val="009D099D"/>
     <w:rsid w:val="009D1D0B"/>
     <w:rsid w:val="009E37E6"/>
     <w:rsid w:val="009E5AF7"/>
     <w:rsid w:val="009F2A8B"/>
     <w:rsid w:val="00A00EDC"/>
     <w:rsid w:val="00A02563"/>
     <w:rsid w:val="00A053F1"/>
     <w:rsid w:val="00A07AA8"/>
     <w:rsid w:val="00A10B3E"/>
     <w:rsid w:val="00A11B91"/>
     <w:rsid w:val="00A12CB8"/>
     <w:rsid w:val="00A13C61"/>
     <w:rsid w:val="00A20B52"/>
     <w:rsid w:val="00A26377"/>
     <w:rsid w:val="00A2669A"/>
     <w:rsid w:val="00A26A36"/>
     <w:rsid w:val="00A3009E"/>
+    <w:rsid w:val="00A331ED"/>
     <w:rsid w:val="00A34250"/>
     <w:rsid w:val="00A4477C"/>
     <w:rsid w:val="00A45100"/>
     <w:rsid w:val="00A45F9E"/>
     <w:rsid w:val="00A47E15"/>
     <w:rsid w:val="00A47FF3"/>
     <w:rsid w:val="00A50321"/>
     <w:rsid w:val="00A5063F"/>
     <w:rsid w:val="00A50A8C"/>
     <w:rsid w:val="00A51E9F"/>
     <w:rsid w:val="00A63E85"/>
     <w:rsid w:val="00A64405"/>
     <w:rsid w:val="00A71E30"/>
     <w:rsid w:val="00A7246B"/>
     <w:rsid w:val="00A726A5"/>
     <w:rsid w:val="00A73E9E"/>
     <w:rsid w:val="00A73FBA"/>
     <w:rsid w:val="00A75CB5"/>
     <w:rsid w:val="00A76352"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A76F0B"/>
     <w:rsid w:val="00A82BB3"/>
     <w:rsid w:val="00A85894"/>
     <w:rsid w:val="00A85917"/>
     <w:rsid w:val="00A90460"/>
@@ -30498,191 +30469,198 @@
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95384"/>
     <w:rsid w:val="00A95A1A"/>
     <w:rsid w:val="00AA3F49"/>
     <w:rsid w:val="00AA5EF7"/>
     <w:rsid w:val="00AB13A8"/>
     <w:rsid w:val="00AB159E"/>
     <w:rsid w:val="00AC7B34"/>
     <w:rsid w:val="00AD04DA"/>
     <w:rsid w:val="00AD1CFA"/>
     <w:rsid w:val="00AD578F"/>
     <w:rsid w:val="00AD731D"/>
     <w:rsid w:val="00AE3219"/>
     <w:rsid w:val="00AE4107"/>
     <w:rsid w:val="00AE5703"/>
     <w:rsid w:val="00AF0CE9"/>
     <w:rsid w:val="00AF0FDB"/>
     <w:rsid w:val="00AF503E"/>
     <w:rsid w:val="00B018B3"/>
     <w:rsid w:val="00B0240A"/>
     <w:rsid w:val="00B11EE0"/>
     <w:rsid w:val="00B1254C"/>
     <w:rsid w:val="00B14999"/>
     <w:rsid w:val="00B24FBF"/>
     <w:rsid w:val="00B2564A"/>
+    <w:rsid w:val="00B26957"/>
     <w:rsid w:val="00B30C96"/>
     <w:rsid w:val="00B33281"/>
     <w:rsid w:val="00B35C21"/>
     <w:rsid w:val="00B40742"/>
     <w:rsid w:val="00B448E6"/>
     <w:rsid w:val="00B505F0"/>
     <w:rsid w:val="00B53838"/>
+    <w:rsid w:val="00B5457B"/>
     <w:rsid w:val="00B54B8B"/>
     <w:rsid w:val="00B54D12"/>
     <w:rsid w:val="00B55772"/>
     <w:rsid w:val="00B55BF9"/>
     <w:rsid w:val="00B566DC"/>
     <w:rsid w:val="00B60673"/>
     <w:rsid w:val="00B6401C"/>
     <w:rsid w:val="00B64E41"/>
     <w:rsid w:val="00B671A4"/>
     <w:rsid w:val="00B67C5A"/>
     <w:rsid w:val="00B7303D"/>
     <w:rsid w:val="00B75A27"/>
     <w:rsid w:val="00B75FDA"/>
     <w:rsid w:val="00B8131B"/>
     <w:rsid w:val="00B82FB6"/>
     <w:rsid w:val="00B91506"/>
     <w:rsid w:val="00B938AB"/>
     <w:rsid w:val="00B971ED"/>
     <w:rsid w:val="00B97760"/>
     <w:rsid w:val="00BA1948"/>
     <w:rsid w:val="00BA5158"/>
     <w:rsid w:val="00BA70B0"/>
     <w:rsid w:val="00BB0A5F"/>
     <w:rsid w:val="00BC4A6A"/>
     <w:rsid w:val="00BC5D05"/>
     <w:rsid w:val="00BD63AD"/>
     <w:rsid w:val="00BD64C5"/>
     <w:rsid w:val="00BE41EB"/>
     <w:rsid w:val="00BF1BCB"/>
     <w:rsid w:val="00BF3D0A"/>
     <w:rsid w:val="00BF669C"/>
     <w:rsid w:val="00BF7CC9"/>
     <w:rsid w:val="00C00B37"/>
     <w:rsid w:val="00C022F8"/>
     <w:rsid w:val="00C02B50"/>
     <w:rsid w:val="00C04014"/>
     <w:rsid w:val="00C05396"/>
     <w:rsid w:val="00C056A5"/>
     <w:rsid w:val="00C06A21"/>
     <w:rsid w:val="00C11BA3"/>
+    <w:rsid w:val="00C12278"/>
     <w:rsid w:val="00C167F1"/>
     <w:rsid w:val="00C16870"/>
     <w:rsid w:val="00C2321A"/>
     <w:rsid w:val="00C232B0"/>
     <w:rsid w:val="00C278BE"/>
     <w:rsid w:val="00C32E9D"/>
     <w:rsid w:val="00C33023"/>
     <w:rsid w:val="00C34880"/>
     <w:rsid w:val="00C34FB6"/>
     <w:rsid w:val="00C35718"/>
     <w:rsid w:val="00C36E89"/>
     <w:rsid w:val="00C4092D"/>
     <w:rsid w:val="00C4126C"/>
     <w:rsid w:val="00C44F5C"/>
     <w:rsid w:val="00C4561B"/>
     <w:rsid w:val="00C45FDC"/>
     <w:rsid w:val="00C461F1"/>
     <w:rsid w:val="00C47B08"/>
     <w:rsid w:val="00C52A6B"/>
     <w:rsid w:val="00C535DA"/>
     <w:rsid w:val="00C56C1B"/>
     <w:rsid w:val="00C6367A"/>
     <w:rsid w:val="00C6414D"/>
     <w:rsid w:val="00C6463E"/>
     <w:rsid w:val="00C65FB2"/>
     <w:rsid w:val="00C66ADA"/>
     <w:rsid w:val="00C674A3"/>
     <w:rsid w:val="00C71C0D"/>
     <w:rsid w:val="00C72B4E"/>
     <w:rsid w:val="00C744BD"/>
     <w:rsid w:val="00C75E04"/>
     <w:rsid w:val="00C76EC3"/>
     <w:rsid w:val="00C77B42"/>
     <w:rsid w:val="00C8190D"/>
     <w:rsid w:val="00C844E3"/>
     <w:rsid w:val="00C84513"/>
     <w:rsid w:val="00C84B83"/>
     <w:rsid w:val="00C8579F"/>
     <w:rsid w:val="00C863E6"/>
     <w:rsid w:val="00C9013A"/>
     <w:rsid w:val="00C90947"/>
     <w:rsid w:val="00C95193"/>
     <w:rsid w:val="00C95B68"/>
     <w:rsid w:val="00CA3573"/>
     <w:rsid w:val="00CA378B"/>
     <w:rsid w:val="00CB0904"/>
+    <w:rsid w:val="00CB25B8"/>
     <w:rsid w:val="00CB2A22"/>
     <w:rsid w:val="00CB4770"/>
     <w:rsid w:val="00CB47FD"/>
     <w:rsid w:val="00CC59BB"/>
     <w:rsid w:val="00CC774E"/>
     <w:rsid w:val="00CD4C67"/>
     <w:rsid w:val="00CD4D67"/>
     <w:rsid w:val="00CE39DC"/>
     <w:rsid w:val="00CF2152"/>
     <w:rsid w:val="00D007A0"/>
     <w:rsid w:val="00D0305E"/>
     <w:rsid w:val="00D03163"/>
     <w:rsid w:val="00D032F0"/>
     <w:rsid w:val="00D049DD"/>
     <w:rsid w:val="00D04CE7"/>
     <w:rsid w:val="00D04CFD"/>
     <w:rsid w:val="00D102F5"/>
     <w:rsid w:val="00D10A9A"/>
     <w:rsid w:val="00D11CE3"/>
     <w:rsid w:val="00D11D53"/>
     <w:rsid w:val="00D150A4"/>
     <w:rsid w:val="00D2248C"/>
     <w:rsid w:val="00D241AB"/>
     <w:rsid w:val="00D268BE"/>
     <w:rsid w:val="00D36A80"/>
     <w:rsid w:val="00D37AC8"/>
     <w:rsid w:val="00D37E25"/>
+    <w:rsid w:val="00D47797"/>
     <w:rsid w:val="00D5543B"/>
     <w:rsid w:val="00D55CDE"/>
     <w:rsid w:val="00D60710"/>
     <w:rsid w:val="00D7427C"/>
     <w:rsid w:val="00D75F0D"/>
     <w:rsid w:val="00D777FB"/>
     <w:rsid w:val="00D827D3"/>
     <w:rsid w:val="00D969A2"/>
     <w:rsid w:val="00DA13F6"/>
     <w:rsid w:val="00DA21A2"/>
+    <w:rsid w:val="00DA22DA"/>
     <w:rsid w:val="00DA2C32"/>
     <w:rsid w:val="00DA331C"/>
     <w:rsid w:val="00DA7371"/>
     <w:rsid w:val="00DB0C25"/>
     <w:rsid w:val="00DB6AD3"/>
     <w:rsid w:val="00DC00DC"/>
     <w:rsid w:val="00DC4118"/>
     <w:rsid w:val="00DD0DA1"/>
     <w:rsid w:val="00DD232F"/>
     <w:rsid w:val="00DE5986"/>
     <w:rsid w:val="00DE662D"/>
+    <w:rsid w:val="00DE6EE6"/>
     <w:rsid w:val="00DF1C9F"/>
     <w:rsid w:val="00DF3620"/>
     <w:rsid w:val="00DF607F"/>
     <w:rsid w:val="00DF728E"/>
     <w:rsid w:val="00E10BC3"/>
     <w:rsid w:val="00E117C1"/>
     <w:rsid w:val="00E1603B"/>
     <w:rsid w:val="00E177D5"/>
     <w:rsid w:val="00E24CB4"/>
     <w:rsid w:val="00E310F5"/>
     <w:rsid w:val="00E32229"/>
     <w:rsid w:val="00E324EF"/>
     <w:rsid w:val="00E33B56"/>
     <w:rsid w:val="00E37280"/>
     <w:rsid w:val="00E408A0"/>
     <w:rsid w:val="00E408B9"/>
     <w:rsid w:val="00E41884"/>
     <w:rsid w:val="00E426F2"/>
     <w:rsid w:val="00E42A0C"/>
     <w:rsid w:val="00E42D78"/>
     <w:rsid w:val="00E4321F"/>
     <w:rsid w:val="00E432C2"/>
     <w:rsid w:val="00E46D79"/>
     <w:rsid w:val="00E51E21"/>
     <w:rsid w:val="00E54797"/>
@@ -30710,50 +30688,51 @@
     <w:rsid w:val="00F05A46"/>
     <w:rsid w:val="00F06AEA"/>
     <w:rsid w:val="00F076B4"/>
     <w:rsid w:val="00F157F3"/>
     <w:rsid w:val="00F166D5"/>
     <w:rsid w:val="00F2269D"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F252B2"/>
     <w:rsid w:val="00F25436"/>
     <w:rsid w:val="00F25E10"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F27F76"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F321DB"/>
     <w:rsid w:val="00F377A4"/>
     <w:rsid w:val="00F37CC8"/>
     <w:rsid w:val="00F37FD9"/>
     <w:rsid w:val="00F41EAF"/>
     <w:rsid w:val="00F44767"/>
     <w:rsid w:val="00F526AB"/>
     <w:rsid w:val="00F54325"/>
     <w:rsid w:val="00F54598"/>
     <w:rsid w:val="00F57AA6"/>
     <w:rsid w:val="00F60AB6"/>
     <w:rsid w:val="00F6171C"/>
+    <w:rsid w:val="00F6727A"/>
     <w:rsid w:val="00F67E42"/>
     <w:rsid w:val="00F70EB3"/>
     <w:rsid w:val="00F76259"/>
     <w:rsid w:val="00F7757F"/>
     <w:rsid w:val="00F8657E"/>
     <w:rsid w:val="00F86708"/>
     <w:rsid w:val="00F86A05"/>
     <w:rsid w:val="00F90CB7"/>
     <w:rsid w:val="00F91D2D"/>
     <w:rsid w:val="00F971FD"/>
     <w:rsid w:val="00FA203D"/>
     <w:rsid w:val="00FA7A52"/>
     <w:rsid w:val="00FB0267"/>
     <w:rsid w:val="00FB49B4"/>
     <w:rsid w:val="00FB59D3"/>
     <w:rsid w:val="00FC29F6"/>
     <w:rsid w:val="00FC5CED"/>
     <w:rsid w:val="00FC6D26"/>
     <w:rsid w:val="00FC75B3"/>
     <w:rsid w:val="00FD0023"/>
     <w:rsid w:val="00FD099B"/>
     <w:rsid w:val="00FD48E0"/>
     <w:rsid w:val="00FD4C59"/>
     <w:rsid w:val="00FD4F90"/>
     <w:rsid w:val="00FD7E21"/>
@@ -31858,51 +31837,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1885094497">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.era.nih.gov/assist" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/competing-revisions.htm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/Common%20Form%20NIH%20Biographical%20Sketch_FINAL.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-002.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/administrative-supplements.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/how-to-apply-application-guide/prepare-to-apply-and-register/type-of-application-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.230-project-performance-site-location(s)-form.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v8_508c_1-15-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/faqs" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/31" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/NIH%20Biographical%20Sketch%20Supplement_FINAL.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v8_508c_1-15-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/policy/peer/continuous-submission.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/nihgps/HTML5/section_2/2.5.1_just-in-time_procedures.htm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/research-tools-policy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/other-sharing-policies/nih-institute-and-center-data-sharing-policies" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public.era.nih.gov/assist" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.600-phs-assignment-request-form.htm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/faqs" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/Common%20Form%20NIH%20Biographical%20Sketch_FINAL.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm?Highlight=Special%20Instructions%20for%20Applications%20Proposing%20the%20Use%20of%20Human%20Fetal%20Tissue" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.500-phs-human-subjects-and-clinical-trials-information.htm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/multi_pi/sample_leadership_plans.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/competing-revisions.htm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.niaid.nih.gov/research/notice-special-interest-nosi-sop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-15-039.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.220-r&amp;r-other-project-information-form.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/forms/othersupport.htm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.300-r&amp;r-budget-form.htm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/128" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dmptool.org/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-002.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/NIH-DMSP" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/genomic-data-sharing-policy/developing-genomic-data-sharing-plans" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/format-and-write/format-attachments.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.210-phs-398-cover-page-supplement-form.htm?Highlight=human%20fetal%20tissue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.240-r&amp;r-seniorkey-person-profile-(expanded)-form.htm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicaccess.nih.gov/policy.htm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sharing.nih.gov/data-management-and-sharing-policy/planning-and-budgeting-for-data-management-and-sharing/writing-a-data-management-and-sharing-plan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/administrative-supplements.htm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/NIH%20Biographical%20Sketch%20Supplement_FINAL.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rc-help@colorado.edu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/31" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-AA-23-001.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/hs/private-information-biospecimens-flowchart.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grants.nih.gov/grants/how-to-apply-application-guide/prepare-to-apply-and-register/type-of-application-submission.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.230-project-performance-site-location(s)-form.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v8_508c_1-15-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/169" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.400-phs-398-research-plan-form.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/92" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/sciencv/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/policy/salcap_summary.htm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.selectagents.gov/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/crdds/what-we-do/grant-support" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/guide/notice-files/NOT-OD-17-098.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.200-sf-424-(r&amp;r)-form.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/720" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/720" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/ocg/media/166" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/how-to-apply-application-guide/forms-i/general/g.320-phs-398-modular-budget-form.htm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nda.nih.gov/niaaa/forms.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/sites/default/files/exemption_infographic_v8_508c_1-15-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\amho8416\AppData\Roaming\Microsoft\Templates\New%20company%20setup%20checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="49F9F280080945728A3F51C65CA3EB45"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -32418,67 +32397,71 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:markup="0" w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E75AC0"/>
     <w:rsid w:val="00040E87"/>
     <w:rsid w:val="00070E2B"/>
     <w:rsid w:val="001279FB"/>
     <w:rsid w:val="0015399E"/>
+    <w:rsid w:val="00155D9C"/>
     <w:rsid w:val="001B20BA"/>
     <w:rsid w:val="001B67AA"/>
     <w:rsid w:val="001C233F"/>
     <w:rsid w:val="00236B77"/>
     <w:rsid w:val="00260340"/>
     <w:rsid w:val="0027254E"/>
     <w:rsid w:val="002A164B"/>
     <w:rsid w:val="002D5F11"/>
     <w:rsid w:val="002E6FC2"/>
     <w:rsid w:val="003272E7"/>
     <w:rsid w:val="00391F95"/>
     <w:rsid w:val="003D37B9"/>
     <w:rsid w:val="003D3C6B"/>
     <w:rsid w:val="003D50F0"/>
     <w:rsid w:val="00405587"/>
+    <w:rsid w:val="004C7FCE"/>
+    <w:rsid w:val="004D7181"/>
     <w:rsid w:val="005265F3"/>
     <w:rsid w:val="00534CC7"/>
+    <w:rsid w:val="005B4DAE"/>
     <w:rsid w:val="005B5F95"/>
     <w:rsid w:val="005C5C13"/>
     <w:rsid w:val="005E33EF"/>
     <w:rsid w:val="005F7FC1"/>
     <w:rsid w:val="00650DE1"/>
     <w:rsid w:val="00663564"/>
     <w:rsid w:val="008D093D"/>
     <w:rsid w:val="008D27C8"/>
     <w:rsid w:val="00935BE6"/>
     <w:rsid w:val="00980C28"/>
     <w:rsid w:val="00A02563"/>
     <w:rsid w:val="00B40846"/>
     <w:rsid w:val="00B65FF0"/>
     <w:rsid w:val="00C035E7"/>
     <w:rsid w:val="00C42BA7"/>
     <w:rsid w:val="00C461F1"/>
     <w:rsid w:val="00C47D97"/>
     <w:rsid w:val="00C501F7"/>
     <w:rsid w:val="00CB40E2"/>
     <w:rsid w:val="00D032F0"/>
     <w:rsid w:val="00D42E50"/>
     <w:rsid w:val="00D610B1"/>
     <w:rsid w:val="00E24E0C"/>
     <w:rsid w:val="00E25CE5"/>
     <w:rsid w:val="00E408A0"/>
@@ -33535,75 +33518,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2448A74-D900-4089-8435-B1880F3E0313}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>4271</Words>
-  <Characters>24992</Characters>
+  <Words>4387</Words>
+  <Characters>25274</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>694</Lines>
-  <Paragraphs>532</Paragraphs>
+  <Lines>902</Lines>
+  <Paragraphs>706</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28731</CharactersWithSpaces>
+  <CharactersWithSpaces>28955</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Melissa Dunivant</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>