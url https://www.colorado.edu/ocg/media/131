--- v0 (2025-10-01)
+++ v1 (2026-01-24)
@@ -331,51 +331,51 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:bookmarkStart w:id="0" w:name="PI" w:colFirst="1" w:colLast="1"/>
                   <w:r w:rsidRPr="00E93EF2">
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                     </w:rPr>
                     <w:t xml:space="preserve">PI Name </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5580" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7E3DEC08" w14:textId="77777777" w:rsidR="00202206" w:rsidRPr="00134EEF" w:rsidRDefault="00BF62B0" w:rsidP="0002541D">
+                <w:p w14:paraId="7E3DEC08" w14:textId="77777777" w:rsidR="00202206" w:rsidRPr="00134EEF" w:rsidRDefault="00F933F9" w:rsidP="0002541D">
                   <w:pPr>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                       </w:rPr>
                       <w:id w:val="332764"/>
                       <w:placeholder>
                         <w:docPart w:val="6D7FF8A7C3DD4E51AF886D610CE57EDA"/>
                       </w:placeholder>
                       <w:showingPlcHdr/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="0002541D">
                         <w:rPr>
                           <w:rStyle w:val="PlaceholderText"/>
                           <w:i/>
@@ -420,51 +420,51 @@
                   <w:pPr>
                     <w:ind w:left="61" w:right="113"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00E93EF2">
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                     </w:rPr>
                     <w:t>Due Date</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1716" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="751E917C" w14:textId="77777777" w:rsidR="00202206" w:rsidRPr="005236C9" w:rsidRDefault="00BF62B0" w:rsidP="0002541D">
+                <w:p w14:paraId="751E917C" w14:textId="77777777" w:rsidR="00202206" w:rsidRPr="005236C9" w:rsidRDefault="00F933F9" w:rsidP="0002541D">
                   <w:pPr>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:cstheme="minorHAnsi"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                       </w:rPr>
                       <w:id w:val="-806777586"/>
                       <w:placeholder>
                         <w:docPart w:val="21CD5CA649834BF4AA5DA71F8093485C"/>
                       </w:placeholder>
                       <w:showingPlcHdr/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="0002541D">
                         <w:rPr>
                           <w:rStyle w:val="PlaceholderText"/>
                           <w:i/>
                           <w:color w:val="0070C0"/>
                         </w:rPr>
@@ -520,51 +520,51 @@
                   <w:bookmarkEnd w:id="0"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                     </w:rPr>
                     <w:t>Co-I N</w:t>
                   </w:r>
                   <w:r w:rsidR="00202206" w:rsidRPr="00E93EF2">
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                     </w:rPr>
                     <w:t>ames</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5580" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="594F6E42" w14:textId="77777777" w:rsidR="00202206" w:rsidRPr="005236C9" w:rsidRDefault="00BF62B0" w:rsidP="0002541D">
+                <w:p w14:paraId="594F6E42" w14:textId="77777777" w:rsidR="00202206" w:rsidRPr="005236C9" w:rsidRDefault="00F933F9" w:rsidP="0002541D">
                   <w:pPr>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:cstheme="minorHAnsi"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                       </w:rPr>
                       <w:id w:val="1414585363"/>
                       <w:placeholder>
                         <w:docPart w:val="A4F7DE9EE4B94E5FB3DB7D36076594E7"/>
                       </w:placeholder>
                       <w:showingPlcHdr/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="0002541D">
                         <w:rPr>
                           <w:rStyle w:val="PlaceholderText"/>
                           <w:i/>
                           <w:color w:val="0070C0"/>
                         </w:rPr>
@@ -708,51 +708,51 @@
                           <w:i/>
                           <w:color w:val="0070C0"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> tag.</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="009A771C" w14:paraId="3E702743" w14:textId="77777777" w:rsidTr="00290669">
               <w:trPr>
                 <w:trHeight w:val="360"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10885" w:type="dxa"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="0134D938" w14:textId="77777777" w:rsidR="00435B7A" w:rsidRDefault="00BF62B0" w:rsidP="0002541D">
+                <w:p w14:paraId="0134D938" w14:textId="77777777" w:rsidR="00435B7A" w:rsidRDefault="00F933F9" w:rsidP="0002541D">
                   <w:pPr>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                       </w:rPr>
                       <w:id w:val="-907764309"/>
                       <w:placeholder>
                         <w:docPart w:val="1E8F1C6D8AF041C486E58384052756A6"/>
                       </w:placeholder>
                       <w:showingPlcHdr/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="0002541D">
                         <w:rPr>
                           <w:rStyle w:val="PlaceholderText"/>
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                           <w:i/>
                           <w:color w:val="0070C0"/>
@@ -806,51 +806,51 @@
                   <w:tcW w:w="10885" w:type="dxa"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="6F9F17DE" w14:textId="77777777" w:rsidR="009A771C" w:rsidRPr="00B45E91" w:rsidRDefault="009A771C" w:rsidP="00702C1E">
                   <w:pPr>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B45E91">
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Is the program element using Dual Anonymous Peer Review (DAPR)?</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="0ED8E8F7" w14:textId="4B799F80" w:rsidR="00BE44E5" w:rsidRPr="00435B7A" w:rsidRDefault="00BF62B0" w:rsidP="00435B7A">
+                <w:p w14:paraId="0ED8E8F7" w14:textId="4B799F80" w:rsidR="00BE44E5" w:rsidRPr="00435B7A" w:rsidRDefault="00F933F9" w:rsidP="00435B7A">
                   <w:pPr>
                     <w:ind w:left="113" w:right="113"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                       <w:i/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:color w:val="0070C0"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-371001491"/>
                       <w15:color w:val="0000FF"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="009A771C">
@@ -1507,69 +1507,58 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ideally t</w:t>
             </w:r>
             <w:r w:rsidR="00F1158D" w:rsidRPr="00F1158D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>hese problems should be fixed before proceeding. For example, t</w:t>
             </w:r>
             <w:r w:rsidR="0059055B" w:rsidRPr="00F1158D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">he NASA grants policy instructions tell proposers to digitally sign </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009360BB" w:rsidRPr="00F1158D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>biosketch</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> &amp; cps </w:t>
+              <w:t xml:space="preserve">biosketch &amp; cps </w:t>
             </w:r>
             <w:r w:rsidR="0059055B" w:rsidRPr="00F1158D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">documents, but </w:t>
             </w:r>
             <w:r w:rsidR="00F1158D" w:rsidRPr="00F1158D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the method for doing so </w:t>
             </w:r>
             <w:r w:rsidR="0059055B" w:rsidRPr="00F1158D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5048,94 +5037,78 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00955DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>optional questions unanswered</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> OK.</w:t>
+              <w:t xml:space="preserve"> is OK.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="350047F6" w14:textId="77777777" w:rsidR="00B30151" w:rsidRDefault="00A45B0E" w:rsidP="00B30151">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:right="113" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- If applicable, team members not listed in Proposal Team section are listed </w:t>
             </w:r>
             <w:r w:rsidR="00B30151">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">here. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49F7BD44" w14:textId="2B8EFA65" w:rsidR="00277AD5" w:rsidRPr="00BE7499" w:rsidRDefault="00A45B0E" w:rsidP="00B30151">
+          <w:p w14:paraId="49F7BD44" w14:textId="7F8A13AD" w:rsidR="00277AD5" w:rsidRPr="00BE7499" w:rsidRDefault="00A45B0E" w:rsidP="00B30151">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:right="113" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C04CB6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- If H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">igh </w:t>
             </w:r>
             <w:r w:rsidRPr="00C04CB6">
               <w:rPr>
@@ -5191,100 +5164,107 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>request number is</w:t>
             </w:r>
             <w:r w:rsidRPr="00C04CB6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B30151">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>entered</w:t>
             </w:r>
             <w:r w:rsidRPr="00C04CB6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00277AD5" w14:paraId="3C9AF3BE" w14:textId="77777777" w:rsidTr="00AA6D06">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="0070C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58F7C4F6" w14:textId="77777777" w:rsidR="00277AD5" w:rsidRPr="00B97460" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
+          <w:p w14:paraId="62B4969E" w14:textId="77777777" w:rsidR="00A16A3C" w:rsidRPr="00A16A3C" w:rsidRDefault="00A16A3C" w:rsidP="00277AD5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
-                <w:sz w:val="12"/>
-                <w:szCs w:val="12"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:id w:val="-74046555"/>
               <w15:color w:val="0000FF"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w14:paraId="344C0821" w14:textId="77777777" w:rsidR="00277AD5" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
+              <w:p w14:paraId="344C0821" w14:textId="2CB2CECF" w:rsidR="00277AD5" w:rsidRDefault="00A16A3C" w:rsidP="00277AD5">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:id w:val="-1126156504"/>
               <w15:color w:val="0000FF"/>
               <w14:checkbox>
@@ -5295,50 +5275,59 @@
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:p w14:paraId="63E0B001" w14:textId="77777777" w:rsidR="00277AD5" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
                 <w:pPr>
                   <w:spacing w:before="0" w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
+          <w:p w14:paraId="666E5D68" w14:textId="77777777" w:rsidR="00A16A3C" w:rsidRDefault="00A16A3C" w:rsidP="00277AD5">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Style3"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:id w:val="1463692539"/>
               <w15:color w:val="0000FF"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:p w14:paraId="3DCD0449" w14:textId="77777777" w:rsidR="00277AD5" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
@@ -5419,197 +5408,255 @@
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:right="115" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section X - </w:t>
             </w:r>
             <w:r w:rsidR="00277AD5" w:rsidRPr="00C04CB6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Budget</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A2DABE9" w14:textId="77777777" w:rsidR="00277AD5" w:rsidRPr="00BE7499" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
+          <w:p w14:paraId="7A2DABE9" w14:textId="212AB303" w:rsidR="00277AD5" w:rsidRPr="00BE7499" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:right="113" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7499">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- Budget </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BE7499">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>matches</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00BE7499">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> internal budget.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4528F9F6" w14:textId="2935657A" w:rsidR="00277AD5" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:right="113" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00336079">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00336079">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>irect distribution (JPL, NASA Centers, FFRDCs)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, costs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00336079">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B30151">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00336079">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>entered in O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ther </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00336079">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">irect </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00336079">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>osts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00336079">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>redacted rows</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00336079">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EE86F6A" w14:textId="48D4F9DC" w:rsidR="00A16A3C" w:rsidRPr="00A16A3C" w:rsidRDefault="00A16A3C" w:rsidP="00277AD5">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="241" w:right="113" w:hanging="180"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00336079">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16A3C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
-                <w:szCs w:val="18"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(See HEC instructions below if </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
-                <w:szCs w:val="18"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00336079">
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appendix A </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16A3C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
-                <w:szCs w:val="18"/>
-[...1 lines deleted...]
-              <w:t>irect distribution (JPL, NASA Centers, FFRDCs)</w:t>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NASA Center for Climate Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
-                <w:szCs w:val="18"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00336079">
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (NCCS)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16A3C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
-                <w:szCs w:val="18"/>
-[...71 lines deleted...]
-              <w:t>.</w:t>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> facility is requested.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="500A36FF" w14:textId="2671B9FE" w:rsidR="00277AD5" w:rsidRPr="00ED55FA" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:right="113" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- If </w:t>
             </w:r>
             <w:r w:rsidR="00302B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
@@ -5887,100 +5934,100 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="0070C0"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="0070C0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4ECDE019" w14:textId="77777777" w:rsidR="00277AD5" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:right="115" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Step 1 to Step 2 Proposals</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B1B0A4E" w14:textId="34E5BD57" w:rsidR="00277AD5" w:rsidRPr="004A7B12" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
+          <w:p w14:paraId="4B1B0A4E" w14:textId="1D31FCCF" w:rsidR="00277AD5" w:rsidRPr="004A7B12" w:rsidRDefault="00277AD5" w:rsidP="00277AD5">
             <w:pPr>
               <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="245" w:right="115" w:hanging="187"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="004A7B12">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If applicable, Step 2 sections match Step 1, e.g., title, goals, team members, </w:t>
             </w:r>
             <w:r w:rsidR="00E67C6D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">etc., </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">as </w:t>
             </w:r>
             <w:r w:rsidR="00E67C6D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">required by </w:t>
+              <w:t>required</w:t>
             </w:r>
             <w:r w:rsidRPr="004A7B12">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Program Element.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64F1EF84" w14:textId="77777777" w:rsidR="00A95A1A" w:rsidRDefault="00A95A1A"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5836" w:type="pct"/>
         <w:tblInd w:w="-735" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -6268,86 +6315,85 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00796646" w:rsidRPr="002F1167">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>author or organization.</w:t>
             </w:r>
             <w:r w:rsidR="002F1167" w:rsidRPr="002F1167">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14B1F331" w14:textId="605CCC05" w:rsidR="00B30151" w:rsidRPr="002F1167" w:rsidRDefault="002E37F6" w:rsidP="002F1167">
+          <w:p w14:paraId="14B1F331" w14:textId="0CCE0DAE" w:rsidR="00B30151" w:rsidRPr="002F1167" w:rsidRDefault="00822FFB" w:rsidP="002F1167">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003C2F14">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:szCs w:val="18"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="002F1167" w:rsidRPr="002F1167">
+                <w:color w:val="C00000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PDF Portfolios are noncompliant. </w:t>
+            </w:r>
+            <w:r w:rsidR="002E37F6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>rder</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>O</w:t>
+            </w:r>
             <w:r w:rsidR="002F1167" w:rsidRPr="002F1167">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> listed below is recommended but not mandatory.</w:t>
+              <w:t>rder listed below is recommended but not mandatory.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B30151" w:rsidRPr="000B3BB6" w14:paraId="0C81722F" w14:textId="77777777" w:rsidTr="00CB35D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
@@ -7199,87 +7245,85 @@
               </w:rPr>
               <w:t>o claim of ownership</w:t>
             </w:r>
             <w:r w:rsidR="00CB35D1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve"> e.g., we, my, our, etc.</w:t>
             </w:r>
             <w:r w:rsidR="00CB35D1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>; use third person neutral.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A53C59E" w14:textId="77777777" w:rsidR="00B30151" w:rsidRDefault="00B30151" w:rsidP="00161F8C">
+          <w:p w14:paraId="2A53C59E" w14:textId="74E1A059" w:rsidR="00B30151" w:rsidRDefault="00B30151" w:rsidP="00161F8C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">- References written in </w:t>
+              <w:t xml:space="preserve">- References written in form of number in bracket, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C43A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>e.g. [1], with third person neutral wording to cite, i.e., no ownership when self-</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>form</w:t>
+            <w:r w:rsidRPr="003C43A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+              </w:rPr>
+              <w:t>referencing</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="003C43A9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
-              <w:t>e.g. [1], with third person neutral wording to cite, i.e., no ownership when self-referencing.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57E66AD8" w14:textId="2CC369FD" w:rsidR="001620D6" w:rsidRPr="003C43A9" w:rsidRDefault="001620D6" w:rsidP="00161F8C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001620D6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>- If and only if acronyms are defined within the S/T/M section may an acronym list also be provided outside of the S/T/M section.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AD101AF" w14:textId="77777777" w:rsidR="00B30151" w:rsidRDefault="00B30151" w:rsidP="00161F8C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
@@ -7372,51 +7416,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> for</w:t>
             </w:r>
             <w:r w:rsidR="00B30151" w:rsidRPr="00CF0D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> facilities and equipment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> in proposed research</w:t>
             </w:r>
             <w:r w:rsidR="00B30151" w:rsidRPr="00CF0D5A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="309E1CC1" w14:textId="56831427" w:rsidR="00B30151" w:rsidRPr="00C04CB6" w:rsidRDefault="00BF62B0" w:rsidP="00161F8C">
+          <w:p w14:paraId="309E1CC1" w14:textId="56831427" w:rsidR="00B30151" w:rsidRPr="00C04CB6" w:rsidRDefault="00F933F9" w:rsidP="00161F8C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
                 </w:rPr>
                 <w:id w:val="964700733"/>
                 <w:placeholder>
                   <w:docPart w:val="8643F36B5D1D43829A96D43F0C250CE4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B30151" w:rsidRPr="00CB35D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -9250,79 +9294,96 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00943F00">
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="003D87"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1717B478" w14:textId="1B626EC1" w:rsidR="00943F00" w:rsidRPr="00943F00" w:rsidRDefault="00943F00" w:rsidP="00943F00">
+          <w:p w14:paraId="1717B478" w14:textId="57EF7366" w:rsidR="00943F00" w:rsidRPr="00943F00" w:rsidRDefault="00943F00" w:rsidP="00943F00">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C04CB6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 PDF file uploaded</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Team Member List first, but remaining order is not mandatory. </w:t>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00822FFB" w:rsidRPr="00822FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PDF Portfolios are noncompliant. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Team Member List first, but remaining order is not mandatory. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00943F00" w:rsidRPr="000B3BB6" w14:paraId="3D62A851" w14:textId="77777777" w:rsidTr="00432317">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41EE0D77" w14:textId="77777777" w:rsidR="00780505" w:rsidRPr="00A64A88" w:rsidRDefault="00780505" w:rsidP="00B00893">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="41"/>
@@ -10537,120 +10598,153 @@
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:after="0"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5. Current &amp; Pending support</w:t>
             </w:r>
             <w:r w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79484100" w14:textId="63F28872" w:rsidR="00C700E5" w:rsidRDefault="00943F00" w:rsidP="00EA0F4D">
+          <w:p w14:paraId="79484100" w14:textId="60C4FAA7" w:rsidR="00C700E5" w:rsidRDefault="00943F00" w:rsidP="00EA0F4D">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:after="0"/>
               <w:ind w:left="270" w:hanging="209"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– PI</w:t>
             </w:r>
             <w:r w:rsidR="00C700E5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:r w:rsidR="00405FAA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00405FAA" w:rsidRPr="00405FAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Include this proposal as pending</w:t>
+            </w:r>
+            <w:r w:rsidR="00405FAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (new for ROSES 2025)</w:t>
+            </w:r>
+            <w:r w:rsidR="00405FAA" w:rsidRPr="00405FAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="22339CFF" w14:textId="58879A34" w:rsidR="00C700E5" w:rsidRDefault="00C700E5" w:rsidP="00EA0F4D">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:after="0"/>
               <w:ind w:left="270" w:hanging="209"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="00A64A88">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
             <w:r w:rsidR="00943F00" w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nless otherwise indicated</w:t>
             </w:r>
             <w:r w:rsidR="00A64A88">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00943F00" w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for any funded senior/key team members who would devote ≥10% of their time in any year to the proposed work. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5169737A" w14:textId="77777777" w:rsidR="00C700E5" w:rsidRDefault="00C700E5" w:rsidP="00EA0F4D">
+          <w:p w14:paraId="5169737A" w14:textId="40BC03A0" w:rsidR="00C700E5" w:rsidRDefault="00C700E5" w:rsidP="00EA0F4D">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:after="0"/>
               <w:ind w:left="270" w:hanging="209"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="00943F00" w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do not include for collaborators; discouraged for students &amp; foreign co-Is. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="675711F3" w14:textId="06AB949F" w:rsidR="00C700E5" w:rsidRPr="00C700E5" w:rsidRDefault="00C700E5" w:rsidP="00EA0F4D">
             <w:pPr>
@@ -11263,65 +11357,51 @@
               <w:ind w:left="241" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="007E210D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Letters of Affirmation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
-              <w:t xml:space="preserve"> from the community only </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> explicitly allowed by the Program Element.</w:t>
+              <w:t xml:space="preserve"> from the community only where explicitly allowed by the Program Element.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00943F00" w:rsidRPr="000B3BB6" w14:paraId="31FB6BE3" w14:textId="77777777" w:rsidTr="00432317">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="00B050"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0CDFEEDD" w14:textId="77777777" w:rsidR="00943F00" w:rsidRPr="00244035" w:rsidRDefault="00943F00" w:rsidP="00161F8C">
             <w:pPr>
               <w:ind w:right="41"/>
               <w:jc w:val="center"/>
@@ -11615,51 +11695,50 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B86E43">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:caps w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>– Applies to all ROSES proposals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B6136" w:rsidRPr="001D00D4" w14:paraId="7780A9D5" w14:textId="77777777" w:rsidTr="00943F00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="0070C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="044D63CC" w14:textId="77777777" w:rsidR="00244035" w:rsidRPr="00244035" w:rsidRDefault="00244035" w:rsidP="00C9482B">
             <w:pPr>
               <w:ind w:right="41"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
               </w:rPr>
               <w:id w:val="-1173489638"/>
               <w15:color w:val="0000FF"/>
@@ -11729,115 +11808,121 @@
                   <w:rPr>
                     <w:color w:val="0070C0"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="0070C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5923733B" w14:textId="77777777" w:rsidR="003B6136" w:rsidRDefault="003B6136" w:rsidP="006F64A3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Total Budget Document</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33CE89EC" w14:textId="77777777" w:rsidR="00943F00" w:rsidRDefault="003B6136" w:rsidP="00943F00">
+          <w:p w14:paraId="33CE89EC" w14:textId="6BD24316" w:rsidR="00943F00" w:rsidRDefault="003B6136" w:rsidP="00943F00">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="151" w:right="113" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B6136">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- 1 PDF file uploaded. </w:t>
             </w:r>
             <w:r w:rsidR="00244035">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Includes </w:t>
             </w:r>
             <w:r w:rsidR="0032298C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">PDF print of </w:t>
             </w:r>
             <w:r w:rsidR="00244035">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CU total budget</w:t>
             </w:r>
             <w:r w:rsidR="0032298C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> spreadsheet</w:t>
+            </w:r>
+            <w:r w:rsidR="002461D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and the total budget justification</w:t>
             </w:r>
             <w:r w:rsidR="00F24C4F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00A52FBD" w:rsidRPr="00A52FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">This "Total Budget" includes </w:t>
             </w:r>
             <w:r w:rsidR="00A52FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">all costs, including </w:t>
             </w:r>
             <w:r w:rsidR="00A52FBD" w:rsidRPr="00A52FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
@@ -12030,133 +12115,334 @@
                 <w:rStyle w:val="Style1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
               </w:rPr>
               <w:id w:val="2078631801"/>
               <w15:color w:val="0000FF"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w14:paraId="0B62A9DA" w14:textId="77777777" w:rsidR="003B6136" w:rsidRDefault="009D5B18" w:rsidP="009D5B18">
+              <w:p w14:paraId="3FD5181F" w14:textId="77777777" w:rsidR="003B6136" w:rsidRDefault="009D5B18" w:rsidP="009D5B18">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:ind w:right="41"/>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Style1"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Style1"/>
+              </w:rPr>
+              <w:id w:val="-636107748"/>
+              <w15:color w:val="0000FF"/>
+              <w14:checkbox>
+                <w14:checked w14:val="0"/>
+                <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+              </w14:checkbox>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Style1"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:p w14:paraId="0B62A9DA" w14:textId="62175022" w:rsidR="00A16A3C" w:rsidRPr="00A16A3C" w:rsidRDefault="00A16A3C" w:rsidP="00A16A3C">
+                <w:pPr>
+                  <w:spacing w:after="0"/>
+                  <w:ind w:right="41"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:color w:val="0070C0"/>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="0070C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="631AB5CF" w14:textId="77777777" w:rsidR="003B6136" w:rsidRPr="00C04CB6" w:rsidRDefault="003B6136" w:rsidP="007050F7">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>High End Computing (HEC) Request</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12BDA716" w14:textId="4EBD3643" w:rsidR="003B6136" w:rsidRPr="00C04CB6" w:rsidRDefault="003B6136" w:rsidP="00943F00">
+          <w:p w14:paraId="333F3D2F" w14:textId="77777777" w:rsidR="003B6136" w:rsidRDefault="003B6136" w:rsidP="00943F00">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="66"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>– 1 PDF document provided by PI if HEC is requested.</w:t>
             </w:r>
             <w:r w:rsidR="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidR="00943F00" w:rsidRPr="00943F00">
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                   <w:bCs/>
                   <w:noProof/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://request.hec.nasa.gov/</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6FF96DEB" w14:textId="659AA335" w:rsidR="00A16A3C" w:rsidRPr="00A16A3C" w:rsidRDefault="00A16A3C" w:rsidP="00943F00">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C2F14">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="C00000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If Appendix A, NASA Center for Climate Simulation </w:t>
+            </w:r>
+            <w:r w:rsidR="0073594F" w:rsidRPr="003C2F14">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="C00000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(NCCS)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, include a direct distribution budget line</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the Nspires electronic budget pages, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>total cost per</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>year, based on $0.09/Standard Billing Unit (SBU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Section F: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C06555" w14:textId="7D3FC3C3" w:rsidR="00A16A3C" w:rsidRDefault="00A16A3C" w:rsidP="00A16A3C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="512"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Budget Period 1 – F. Other Direct Costs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12BDA716" w14:textId="46F567C2" w:rsidR="00A16A3C" w:rsidRPr="00A16A3C" w:rsidRDefault="00A16A3C" w:rsidP="00A16A3C">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="512"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. NCCS HEC </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>costs at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A16A3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> $.09/SBU. Internal to NASA.       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                            $</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxxx.xx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F703C" w:rsidRPr="000B3BB6" w14:paraId="7B68D24E" w14:textId="77777777" w:rsidTr="00943F00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="0070C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0125B790" w14:textId="77777777" w:rsidR="000F703C" w:rsidRPr="00244035" w:rsidRDefault="000F703C" w:rsidP="000F703C">
             <w:pPr>
               <w:ind w:right="41"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -12248,69 +12534,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Quad </w:t>
             </w:r>
             <w:r w:rsidRPr="000F703C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Chart</w:t>
             </w:r>
             <w:r w:rsidR="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>, Summary Chart,</w:t>
             </w:r>
             <w:r w:rsidRPr="000F703C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> required </w:t>
+              <w:t xml:space="preserve"> or other required </w:t>
             </w:r>
             <w:r w:rsidR="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Chart</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="779DCA5A" w14:textId="27C054B2" w:rsidR="000F703C" w:rsidRDefault="000F703C" w:rsidP="000F703C">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>–Prepared by PI from template if required by element (e.g., Appendix C - PICASSO, Matisse, DALI).</w:t>
             </w:r>
           </w:p>
@@ -12359,51 +12627,50 @@
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A6C1F1F" w14:textId="1EF602AD" w:rsidR="00334329" w:rsidRPr="001620D6" w:rsidRDefault="00334329" w:rsidP="00334329">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:ind w:right="-195"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001620D6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>V.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="177649EC" w14:textId="02956795" w:rsidR="00334329" w:rsidRPr="001620D6" w:rsidRDefault="00334329" w:rsidP="00C075EE">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:ind w:right="-195"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:caps w:val="0"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
@@ -12526,93 +12793,92 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C16AFF">
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="003D87"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="0070C0"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="647D5EBB" w14:textId="77777777" w:rsidR="00E67C6D" w:rsidRPr="00C04CB6" w:rsidRDefault="00E67C6D" w:rsidP="00161F8C">
+          <w:p w14:paraId="647D5EBB" w14:textId="1A84A48B" w:rsidR="00E67C6D" w:rsidRPr="00C04CB6" w:rsidRDefault="00E67C6D" w:rsidP="00161F8C">
             <w:pPr>
               <w:ind w:right="113"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C04CB6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 PDF file uploaded</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidR="003C2F14" w:rsidRPr="003C2F14">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:szCs w:val="18"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:color w:val="C00000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PDF Portfolios are noncompliant. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> listed below is recommended but not mandatory. 20 MB size limit.</w:t>
+              <w:t>Order listed below is recommended but not mandatory. 20 MB size limit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E67C6D" w:rsidRPr="000B3BB6" w14:paraId="56EE2F7F" w14:textId="77777777" w:rsidTr="00DD47D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="20EC8EDD" w14:textId="77777777" w:rsidR="00E67C6D" w:rsidRPr="00FE26E1" w:rsidRDefault="00E67C6D" w:rsidP="00161F8C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -13090,51 +13356,51 @@
             <w:r w:rsidRPr="004C45EB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If and only if acronyms are d</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>efined within the S/T/M section</w:t>
             </w:r>
             <w:r w:rsidRPr="004C45EB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> may an acronym list also be provided outside of the S/T/M section.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31ACAC40" w14:textId="5693F342" w:rsidR="00BF7F2D" w:rsidRPr="00A64A88" w:rsidRDefault="00BF62B0" w:rsidP="00A64A88">
+          <w:p w14:paraId="31ACAC40" w14:textId="5693F342" w:rsidR="00BF7F2D" w:rsidRPr="00A64A88" w:rsidRDefault="00F933F9" w:rsidP="00A64A88">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 </w:rPr>
                 <w:id w:val="1450431603"/>
                 <w:placeholder>
                   <w:docPart w:val="C58D5E544A4F40F18B7973AA40F29448"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BF7F2D" w:rsidRPr="00CB35D1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:i/>
@@ -14199,60 +14465,52 @@
           </w:p>
           <w:p w14:paraId="0C5F6EED" w14:textId="223D6F36" w:rsidR="00943F00" w:rsidRDefault="00943F00" w:rsidP="00943F00">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>- C</w:t>
             </w:r>
             <w:r w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>ollaborator</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> biosketch</w:t>
+            </w:r>
             <w:r w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> optional. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7464E0FD" w14:textId="0E29C89F" w:rsidR="00E67C6D" w:rsidRPr="00943F00" w:rsidRDefault="00943F00" w:rsidP="00943F00">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
@@ -14478,75 +14736,96 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41ADA1B6" w14:textId="77777777" w:rsidR="00E67C6D" w:rsidRDefault="00E67C6D" w:rsidP="00161F8C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7. Current &amp; Pending Support</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="747EB90E" w14:textId="77777777" w:rsidR="00A64A88" w:rsidRDefault="00A64A88" w:rsidP="00A64A88">
+          <w:p w14:paraId="747EB90E" w14:textId="64D2AB8C" w:rsidR="00A64A88" w:rsidRPr="00180C1A" w:rsidRDefault="00A64A88" w:rsidP="00A64A88">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:after="0"/>
               <w:ind w:left="270" w:hanging="209"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00180C1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00180C1A" w:rsidRPr="00180C1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Include this proposal as pending (new for ROSES 2025).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C8E321E" w14:textId="77340B0A" w:rsidR="00A64A88" w:rsidRDefault="00A64A88" w:rsidP="00A64A88">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:after="0"/>
               <w:ind w:left="270" w:hanging="209"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="00740474">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Required </w:t>
             </w:r>
@@ -14557,50 +14836,51 @@
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">unless otherwise indicated) for any funded senior/key team members who would devote ≥10% of their time in any year to the proposed work. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36256F42" w14:textId="77777777" w:rsidR="00A64A88" w:rsidRDefault="00A64A88" w:rsidP="00A64A88">
             <w:pPr>
               <w:spacing w:beforeLines="40" w:before="96" w:after="0"/>
               <w:ind w:left="270" w:hanging="209"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00943F00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do not include for collaborators; discouraged for students &amp; foreign co-Is. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04B42748" w14:textId="432A50C4" w:rsidR="00E67C6D" w:rsidRPr="00E60C6F" w:rsidRDefault="00A64A88" w:rsidP="00A64A88">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="270" w:hanging="209"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64A88">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
@@ -15176,65 +15456,51 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="241" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="007E210D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Letters of Affirmation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
-              <w:t xml:space="preserve"> from the community only </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> explicitly allowed by the Program Element.</w:t>
+              <w:t xml:space="preserve"> from the community only where explicitly allowed by the Program Element.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E67C6D" w:rsidRPr="000B3BB6" w14:paraId="74551AF2" w14:textId="77777777" w:rsidTr="005C7B03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="nil"/>
               <w:left w:w="0" w:type="nil"/>
               <w:bottom w:w="0" w:type="nil"/>
               <w:right w:w="0" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="57917B2D" w14:textId="77777777" w:rsidR="00E67C6D" w:rsidRDefault="00E67C6D" w:rsidP="00161F8C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
@@ -15777,65 +16043,51 @@
             </w:r>
             <w:r w:rsidR="00491832">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>JPL, etc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A0BE0CA" w14:textId="77777777" w:rsidR="00740474" w:rsidRDefault="00780505" w:rsidP="00780505">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E67C6D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
-              <w:t xml:space="preserve">- No SOWs for subs are permitted in this section. If included in </w:t>
-[...13 lines deleted...]
-              <w:t>, they belong in the S/T/M section</w:t>
+              <w:t>- No SOWs for subs are permitted in this section. If included in proposal, they belong in the S/T/M section</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A2036D2" w14:textId="68471560" w:rsidR="00780505" w:rsidRDefault="00E67C6D" w:rsidP="00780505">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="036E28F2" w14:textId="127FA512" w:rsidR="00E67C6D" w:rsidRPr="00780505" w:rsidRDefault="00E67C6D" w:rsidP="00780505">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
@@ -16212,111 +16464,105 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7FB1FAB2" w14:textId="6A4A6CC7" w:rsidR="002F2E45" w:rsidRPr="003C014C" w:rsidRDefault="002F2E45" w:rsidP="003C014C">
+  <w:p w14:paraId="7FB1FAB2" w14:textId="103173E4" w:rsidR="002F2E45" w:rsidRPr="003C014C" w:rsidRDefault="002F2E45" w:rsidP="003C014C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
       </w:pBdr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="003C014C">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t>O</w:t>
     </w:r>
     <w:r w:rsidR="00CC2040">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t xml:space="preserve">CG guidance </w:t>
     </w:r>
-    <w:r w:rsidR="00277AD5">
+    <w:r w:rsidR="002F0DF2">
       <w:rPr>
         <w:i/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00CC2040">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00865972">
+    <w:r w:rsidR="002F0DF2">
       <w:rPr>
         <w:i/>
       </w:rPr>
-      <w:t>2</w:t>
-[...5 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>05</w:t>
     </w:r>
     <w:r w:rsidR="00865972">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidRPr="003C014C">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00C16AFF">
+    <w:r w:rsidR="002F0DF2">
       <w:rPr>
         <w:i/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">                                                                                                                               </w:t>
     </w:r>
     <w:r w:rsidR="001748E3">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1704746103"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
           <w:spacing w:val="60"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
@@ -19987,210 +20233,220 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1477189583">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1085148938">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1095444377">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="359279047">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1911115133">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="887033849">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="7F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0028228C"/>
     <w:rsid w:val="000013B5"/>
     <w:rsid w:val="00002034"/>
     <w:rsid w:val="00020E1E"/>
     <w:rsid w:val="000234B2"/>
     <w:rsid w:val="0002541D"/>
     <w:rsid w:val="00034557"/>
     <w:rsid w:val="0005459A"/>
     <w:rsid w:val="00055625"/>
     <w:rsid w:val="00060D7D"/>
     <w:rsid w:val="000658FA"/>
     <w:rsid w:val="000778E3"/>
     <w:rsid w:val="00080433"/>
     <w:rsid w:val="00082F86"/>
     <w:rsid w:val="00086801"/>
     <w:rsid w:val="00086A9B"/>
     <w:rsid w:val="00090054"/>
     <w:rsid w:val="0009523A"/>
     <w:rsid w:val="000A5CC5"/>
     <w:rsid w:val="000B3BB6"/>
     <w:rsid w:val="000B663E"/>
     <w:rsid w:val="000B78F8"/>
     <w:rsid w:val="000C293C"/>
     <w:rsid w:val="000C300E"/>
     <w:rsid w:val="000C6D73"/>
     <w:rsid w:val="000D2CDC"/>
     <w:rsid w:val="000D7D67"/>
     <w:rsid w:val="000F3B2D"/>
     <w:rsid w:val="000F703C"/>
     <w:rsid w:val="001001B1"/>
     <w:rsid w:val="001003E1"/>
     <w:rsid w:val="0010716C"/>
     <w:rsid w:val="00120490"/>
+    <w:rsid w:val="001250F9"/>
     <w:rsid w:val="00125CCB"/>
     <w:rsid w:val="00127011"/>
     <w:rsid w:val="00134EEF"/>
     <w:rsid w:val="00137DF3"/>
     <w:rsid w:val="001406FF"/>
     <w:rsid w:val="00141CBF"/>
     <w:rsid w:val="00157CA0"/>
     <w:rsid w:val="001620D6"/>
     <w:rsid w:val="00167129"/>
     <w:rsid w:val="001672D8"/>
     <w:rsid w:val="00172448"/>
     <w:rsid w:val="001748E3"/>
+    <w:rsid w:val="00180C1A"/>
     <w:rsid w:val="00192DDC"/>
     <w:rsid w:val="001936D8"/>
     <w:rsid w:val="001939E1"/>
     <w:rsid w:val="001A2530"/>
     <w:rsid w:val="001B16FA"/>
     <w:rsid w:val="001B45B4"/>
     <w:rsid w:val="001B5C06"/>
     <w:rsid w:val="001C4D11"/>
     <w:rsid w:val="001D00D4"/>
     <w:rsid w:val="001E299A"/>
     <w:rsid w:val="001E3406"/>
     <w:rsid w:val="001F41EB"/>
     <w:rsid w:val="001F6115"/>
     <w:rsid w:val="001F67F2"/>
     <w:rsid w:val="00202206"/>
     <w:rsid w:val="0020516F"/>
     <w:rsid w:val="002058AA"/>
     <w:rsid w:val="00206F2A"/>
     <w:rsid w:val="002129B3"/>
     <w:rsid w:val="002170CA"/>
     <w:rsid w:val="002201A9"/>
     <w:rsid w:val="00221414"/>
     <w:rsid w:val="00230F00"/>
     <w:rsid w:val="002318FF"/>
     <w:rsid w:val="00231C0E"/>
     <w:rsid w:val="00234A6C"/>
     <w:rsid w:val="002414F8"/>
     <w:rsid w:val="00244035"/>
     <w:rsid w:val="00245818"/>
+    <w:rsid w:val="002461D1"/>
     <w:rsid w:val="00252A40"/>
     <w:rsid w:val="0025576B"/>
     <w:rsid w:val="00257F37"/>
     <w:rsid w:val="00265D16"/>
     <w:rsid w:val="00267DF9"/>
     <w:rsid w:val="00274E92"/>
+    <w:rsid w:val="0027503A"/>
     <w:rsid w:val="00276034"/>
     <w:rsid w:val="00277AD5"/>
     <w:rsid w:val="0028228C"/>
     <w:rsid w:val="00283C00"/>
     <w:rsid w:val="002862D5"/>
     <w:rsid w:val="0028733E"/>
     <w:rsid w:val="002906E7"/>
     <w:rsid w:val="00297522"/>
     <w:rsid w:val="002A3C98"/>
     <w:rsid w:val="002A3F76"/>
     <w:rsid w:val="002B3AB2"/>
     <w:rsid w:val="002C0E6D"/>
     <w:rsid w:val="002C1377"/>
     <w:rsid w:val="002C2873"/>
     <w:rsid w:val="002D5E69"/>
     <w:rsid w:val="002E37F6"/>
+    <w:rsid w:val="002F0DF2"/>
     <w:rsid w:val="002F1167"/>
     <w:rsid w:val="002F2E45"/>
     <w:rsid w:val="002F6283"/>
     <w:rsid w:val="00300129"/>
     <w:rsid w:val="00300C88"/>
     <w:rsid w:val="00302B3D"/>
     <w:rsid w:val="00304607"/>
     <w:rsid w:val="003119FB"/>
     <w:rsid w:val="00311B83"/>
     <w:rsid w:val="0031256D"/>
     <w:rsid w:val="003134DE"/>
     <w:rsid w:val="00320630"/>
     <w:rsid w:val="0032298C"/>
     <w:rsid w:val="00327BAC"/>
     <w:rsid w:val="0033232D"/>
     <w:rsid w:val="003324EF"/>
     <w:rsid w:val="0033300E"/>
     <w:rsid w:val="00334329"/>
     <w:rsid w:val="00336079"/>
     <w:rsid w:val="003360EE"/>
     <w:rsid w:val="003444D6"/>
     <w:rsid w:val="00344656"/>
     <w:rsid w:val="003604A3"/>
     <w:rsid w:val="003618B9"/>
     <w:rsid w:val="003761C5"/>
     <w:rsid w:val="00380DB9"/>
     <w:rsid w:val="0038564A"/>
     <w:rsid w:val="0038608F"/>
     <w:rsid w:val="0039030A"/>
     <w:rsid w:val="0039533D"/>
     <w:rsid w:val="003A1BC2"/>
     <w:rsid w:val="003B6136"/>
     <w:rsid w:val="003C014C"/>
     <w:rsid w:val="003C0AB8"/>
+    <w:rsid w:val="003C2F14"/>
     <w:rsid w:val="003C43A9"/>
     <w:rsid w:val="003D6C75"/>
     <w:rsid w:val="003E30A8"/>
     <w:rsid w:val="003F04D9"/>
     <w:rsid w:val="003F684F"/>
     <w:rsid w:val="003F6CC3"/>
+    <w:rsid w:val="00405FAA"/>
     <w:rsid w:val="00407240"/>
     <w:rsid w:val="00407FAA"/>
     <w:rsid w:val="0041607A"/>
     <w:rsid w:val="00424100"/>
     <w:rsid w:val="00426057"/>
     <w:rsid w:val="0042666E"/>
     <w:rsid w:val="00426F5F"/>
     <w:rsid w:val="00432317"/>
     <w:rsid w:val="0043454D"/>
     <w:rsid w:val="00434F6C"/>
     <w:rsid w:val="004358B2"/>
     <w:rsid w:val="00435B7A"/>
     <w:rsid w:val="00446218"/>
     <w:rsid w:val="00454615"/>
     <w:rsid w:val="00454D8B"/>
     <w:rsid w:val="00454E2F"/>
     <w:rsid w:val="004564A6"/>
     <w:rsid w:val="004567F4"/>
     <w:rsid w:val="00464875"/>
     <w:rsid w:val="00473DDD"/>
     <w:rsid w:val="0047756A"/>
     <w:rsid w:val="00477804"/>
     <w:rsid w:val="0048031C"/>
     <w:rsid w:val="00490092"/>
     <w:rsid w:val="00491832"/>
@@ -20227,130 +20483,135 @@
     <w:rsid w:val="00581A1A"/>
     <w:rsid w:val="005830F3"/>
     <w:rsid w:val="0059055B"/>
     <w:rsid w:val="00590C04"/>
     <w:rsid w:val="00597E50"/>
     <w:rsid w:val="005B2C1B"/>
     <w:rsid w:val="005B31A0"/>
     <w:rsid w:val="005B43AF"/>
     <w:rsid w:val="005C3C75"/>
     <w:rsid w:val="005C426C"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005C7B03"/>
     <w:rsid w:val="005D5222"/>
     <w:rsid w:val="005E29C8"/>
     <w:rsid w:val="005F21A2"/>
     <w:rsid w:val="006028C3"/>
     <w:rsid w:val="00606373"/>
     <w:rsid w:val="00607BCE"/>
     <w:rsid w:val="00610858"/>
     <w:rsid w:val="00622A27"/>
     <w:rsid w:val="006238C8"/>
     <w:rsid w:val="006364E1"/>
     <w:rsid w:val="00643B83"/>
     <w:rsid w:val="00643BDC"/>
     <w:rsid w:val="00653A40"/>
+    <w:rsid w:val="00655B74"/>
     <w:rsid w:val="006616E2"/>
     <w:rsid w:val="0066171C"/>
     <w:rsid w:val="0066370E"/>
     <w:rsid w:val="00667C7A"/>
     <w:rsid w:val="00691522"/>
     <w:rsid w:val="006937CA"/>
     <w:rsid w:val="006A09CC"/>
     <w:rsid w:val="006C1BD5"/>
     <w:rsid w:val="006D0878"/>
     <w:rsid w:val="006D2F9D"/>
     <w:rsid w:val="006D568E"/>
     <w:rsid w:val="006E5961"/>
     <w:rsid w:val="006F64A3"/>
     <w:rsid w:val="00702C1E"/>
     <w:rsid w:val="00704938"/>
     <w:rsid w:val="007050F7"/>
     <w:rsid w:val="007158CA"/>
     <w:rsid w:val="00723BDD"/>
     <w:rsid w:val="00727040"/>
     <w:rsid w:val="00731591"/>
     <w:rsid w:val="00732222"/>
     <w:rsid w:val="00734F54"/>
+    <w:rsid w:val="0073594F"/>
     <w:rsid w:val="00740474"/>
     <w:rsid w:val="007452CF"/>
     <w:rsid w:val="00751457"/>
     <w:rsid w:val="00754382"/>
     <w:rsid w:val="007544B3"/>
     <w:rsid w:val="00765B03"/>
     <w:rsid w:val="00765FDF"/>
     <w:rsid w:val="00773ED2"/>
     <w:rsid w:val="007765DD"/>
     <w:rsid w:val="00780505"/>
     <w:rsid w:val="00782F50"/>
     <w:rsid w:val="0078313D"/>
     <w:rsid w:val="00783E61"/>
     <w:rsid w:val="00795C10"/>
     <w:rsid w:val="00796646"/>
     <w:rsid w:val="00797844"/>
     <w:rsid w:val="007A28F9"/>
     <w:rsid w:val="007A6235"/>
     <w:rsid w:val="007C1DC9"/>
     <w:rsid w:val="007C42A8"/>
     <w:rsid w:val="007E210D"/>
     <w:rsid w:val="007F176B"/>
     <w:rsid w:val="007F6A61"/>
     <w:rsid w:val="007F7D14"/>
     <w:rsid w:val="008007DA"/>
     <w:rsid w:val="008014A9"/>
     <w:rsid w:val="008064E6"/>
     <w:rsid w:val="00816846"/>
     <w:rsid w:val="008218A1"/>
     <w:rsid w:val="00821DF4"/>
+    <w:rsid w:val="00822FFB"/>
     <w:rsid w:val="00823137"/>
     <w:rsid w:val="00823931"/>
     <w:rsid w:val="00824ADF"/>
     <w:rsid w:val="00830E62"/>
     <w:rsid w:val="00833528"/>
     <w:rsid w:val="00834456"/>
     <w:rsid w:val="00835A75"/>
     <w:rsid w:val="0085043B"/>
     <w:rsid w:val="008523DC"/>
     <w:rsid w:val="00865972"/>
     <w:rsid w:val="00875054"/>
     <w:rsid w:val="00882708"/>
     <w:rsid w:val="00884F04"/>
     <w:rsid w:val="00886E82"/>
     <w:rsid w:val="00891FD6"/>
     <w:rsid w:val="00895571"/>
     <w:rsid w:val="0089765A"/>
     <w:rsid w:val="00897D80"/>
     <w:rsid w:val="008A3741"/>
+    <w:rsid w:val="008A440C"/>
     <w:rsid w:val="008A7D09"/>
     <w:rsid w:val="008A7EBE"/>
     <w:rsid w:val="008B3F3D"/>
     <w:rsid w:val="008B5D61"/>
     <w:rsid w:val="008C1287"/>
     <w:rsid w:val="008D261F"/>
     <w:rsid w:val="008D4F35"/>
     <w:rsid w:val="008D7F12"/>
     <w:rsid w:val="008F6FAD"/>
+    <w:rsid w:val="0090736B"/>
     <w:rsid w:val="009142CB"/>
     <w:rsid w:val="009146C5"/>
     <w:rsid w:val="00914AB4"/>
     <w:rsid w:val="00915FCB"/>
     <w:rsid w:val="00916565"/>
     <w:rsid w:val="00920DFD"/>
     <w:rsid w:val="00922266"/>
     <w:rsid w:val="009338B9"/>
     <w:rsid w:val="00934B9E"/>
     <w:rsid w:val="00935886"/>
     <w:rsid w:val="009360BB"/>
     <w:rsid w:val="009360F8"/>
     <w:rsid w:val="0093754A"/>
     <w:rsid w:val="00943F00"/>
     <w:rsid w:val="00944B92"/>
     <w:rsid w:val="00947B9B"/>
     <w:rsid w:val="00955DAB"/>
     <w:rsid w:val="0096077E"/>
     <w:rsid w:val="00960880"/>
     <w:rsid w:val="00961A61"/>
     <w:rsid w:val="00966D6A"/>
     <w:rsid w:val="00970715"/>
     <w:rsid w:val="00970901"/>
     <w:rsid w:val="00972A2C"/>
     <w:rsid w:val="009751AC"/>
@@ -20359,50 +20620,51 @@
     <w:rsid w:val="00980A6C"/>
     <w:rsid w:val="00983A1D"/>
     <w:rsid w:val="009866B2"/>
     <w:rsid w:val="00987C69"/>
     <w:rsid w:val="00991BA5"/>
     <w:rsid w:val="00995223"/>
     <w:rsid w:val="009A0855"/>
     <w:rsid w:val="009A2983"/>
     <w:rsid w:val="009A771C"/>
     <w:rsid w:val="009B11D2"/>
     <w:rsid w:val="009B1DDE"/>
     <w:rsid w:val="009B2759"/>
     <w:rsid w:val="009B32F6"/>
     <w:rsid w:val="009B5D0D"/>
     <w:rsid w:val="009C0F7C"/>
     <w:rsid w:val="009C36D7"/>
     <w:rsid w:val="009D2BAC"/>
     <w:rsid w:val="009D2FE9"/>
     <w:rsid w:val="009D5B18"/>
     <w:rsid w:val="009D6352"/>
     <w:rsid w:val="009D7ED0"/>
     <w:rsid w:val="009E3294"/>
     <w:rsid w:val="009E77D2"/>
     <w:rsid w:val="009F41CF"/>
     <w:rsid w:val="00A05FB9"/>
+    <w:rsid w:val="00A16A3C"/>
     <w:rsid w:val="00A2437D"/>
     <w:rsid w:val="00A30674"/>
     <w:rsid w:val="00A367A2"/>
     <w:rsid w:val="00A42436"/>
     <w:rsid w:val="00A43ED3"/>
     <w:rsid w:val="00A44C00"/>
     <w:rsid w:val="00A45B0E"/>
     <w:rsid w:val="00A45F9E"/>
     <w:rsid w:val="00A50321"/>
     <w:rsid w:val="00A51E9F"/>
     <w:rsid w:val="00A52FBD"/>
     <w:rsid w:val="00A53842"/>
     <w:rsid w:val="00A64A88"/>
     <w:rsid w:val="00A768B0"/>
     <w:rsid w:val="00A76C23"/>
     <w:rsid w:val="00A85CF6"/>
     <w:rsid w:val="00A90460"/>
     <w:rsid w:val="00A91782"/>
     <w:rsid w:val="00A9364E"/>
     <w:rsid w:val="00A93C2A"/>
     <w:rsid w:val="00A95A1A"/>
     <w:rsid w:val="00AA6D06"/>
     <w:rsid w:val="00AB03AB"/>
     <w:rsid w:val="00AC0C6C"/>
     <w:rsid w:val="00AD578F"/>
@@ -20529,76 +20791,77 @@
     <w:rsid w:val="00ED757B"/>
     <w:rsid w:val="00EE282F"/>
     <w:rsid w:val="00EE40E1"/>
     <w:rsid w:val="00EF081A"/>
     <w:rsid w:val="00EF36A5"/>
     <w:rsid w:val="00F0205D"/>
     <w:rsid w:val="00F03B50"/>
     <w:rsid w:val="00F043C4"/>
     <w:rsid w:val="00F1158D"/>
     <w:rsid w:val="00F20EFA"/>
     <w:rsid w:val="00F22FCE"/>
     <w:rsid w:val="00F24C4F"/>
     <w:rsid w:val="00F27301"/>
     <w:rsid w:val="00F3153F"/>
     <w:rsid w:val="00F35F25"/>
     <w:rsid w:val="00F538C8"/>
     <w:rsid w:val="00F54598"/>
     <w:rsid w:val="00F54DAD"/>
     <w:rsid w:val="00F627E5"/>
     <w:rsid w:val="00F72055"/>
     <w:rsid w:val="00F82B96"/>
     <w:rsid w:val="00F8619E"/>
     <w:rsid w:val="00F86A05"/>
     <w:rsid w:val="00F86CB6"/>
     <w:rsid w:val="00F932EA"/>
+    <w:rsid w:val="00F933F9"/>
     <w:rsid w:val="00FA624A"/>
     <w:rsid w:val="00FA7A52"/>
     <w:rsid w:val="00FB1EB8"/>
     <w:rsid w:val="00FD099B"/>
     <w:rsid w:val="00FE1A85"/>
     <w:rsid w:val="00FE26E1"/>
     <w:rsid w:val="00FF297E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="280807EF"/>
   <w15:docId w15:val="{0C7AD82A-DFFE-49F3-896D-B86805CFE7E7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -21042,51 +21305,50 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002A3F76"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="10"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Logo">
     <w:name w:val="Logo"/>
@@ -21409,394 +21671,394 @@
           <w:r w:rsidRPr="00A258C0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1E8F1C6D8AF041C486E58384052756A6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B6455ED0-E958-4020-A738-76EEC6C33579}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009B40B9" w:rsidRDefault="00D24FEB" w:rsidP="00D24FEB">
+        <w:p w:rsidR="009B40B9" w:rsidRDefault="00690583" w:rsidP="00690583">
           <w:pPr>
-            <w:pStyle w:val="1E8F1C6D8AF041C486E58384052756A61"/>
+            <w:pStyle w:val="1E8F1C6D8AF041C486E58384052756A6"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>En</w:t>
           </w:r>
           <w:r w:rsidRPr="00424100">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>ter program element specific requirements as needed.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6D7FF8A7C3DD4E51AF886D610CE57EDA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{86EAA401-C73A-4E8E-9EA7-45D2026EF69E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00980748" w:rsidRDefault="00D24FEB" w:rsidP="00D24FEB">
+        <w:p w:rsidR="00980748" w:rsidRDefault="00690583" w:rsidP="00690583">
           <w:pPr>
-            <w:pStyle w:val="6D7FF8A7C3DD4E51AF886D610CE57EDA1"/>
+            <w:pStyle w:val="6D7FF8A7C3DD4E51AF886D610CE57EDA"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>Enter P</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>I name</w:t>
           </w:r>
           <w:r w:rsidRPr="00424100">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="21CD5CA649834BF4AA5DA71F8093485C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F3733D0C-B5CE-413F-A458-416F22FDAAF1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00980748" w:rsidRDefault="00D24FEB" w:rsidP="00D24FEB">
+        <w:p w:rsidR="00980748" w:rsidRDefault="00690583" w:rsidP="00690583">
           <w:pPr>
-            <w:pStyle w:val="21CD5CA649834BF4AA5DA71F8093485C1"/>
+            <w:pStyle w:val="21CD5CA649834BF4AA5DA71F8093485C"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>Enter d</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>ue date</w:t>
           </w:r>
           <w:r w:rsidRPr="00424100">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="100460CF7A244CC997463AA0D3131EA0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{443C08AA-1045-4326-8356-6277A81143B2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00980748" w:rsidRDefault="00D24FEB" w:rsidP="00D24FEB">
+        <w:p w:rsidR="00980748" w:rsidRDefault="00690583" w:rsidP="00690583">
           <w:pPr>
-            <w:pStyle w:val="100460CF7A244CC997463AA0D3131EA01"/>
+            <w:pStyle w:val="100460CF7A244CC997463AA0D3131EA0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>E</w:t>
           </w:r>
           <w:r w:rsidRPr="00424100">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>nter</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t xml:space="preserve"> tag.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A4F7DE9EE4B94E5FB3DB7D36076594E7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6513DDC8-37ED-46C9-815F-321FDEA84528}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00980748" w:rsidRDefault="00D24FEB" w:rsidP="00D24FEB">
+        <w:p w:rsidR="00980748" w:rsidRDefault="00690583" w:rsidP="00690583">
           <w:pPr>
-            <w:pStyle w:val="A4F7DE9EE4B94E5FB3DB7D36076594E71"/>
+            <w:pStyle w:val="A4F7DE9EE4B94E5FB3DB7D36076594E7"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>Enter C</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>o-I names if desired</w:t>
           </w:r>
           <w:r w:rsidRPr="00424100">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="0070C0"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="27A05C8225A244F2B883FD1704D7E7FD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBAC3478-B6CF-45DC-9FB4-D4426E9F6A32}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BB7E4E" w:rsidRDefault="00D24FEB" w:rsidP="00D24FEB">
+        <w:p w:rsidR="00BB7E4E" w:rsidRDefault="00690583" w:rsidP="00690583">
           <w:pPr>
-            <w:pStyle w:val="27A05C8225A244F2B883FD1704D7E7FD1"/>
+            <w:pStyle w:val="27A05C8225A244F2B883FD1704D7E7FD"/>
           </w:pPr>
           <w:r w:rsidRPr="00CB35D1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:u w:val="single"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>___</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="91ACF5D510B4415DBBCAB06F32EC5D3E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3749E09D-58B7-413B-AA57-A619C69A60F2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BB7E4E" w:rsidRDefault="00D24FEB" w:rsidP="00D24FEB">
+        <w:p w:rsidR="00BB7E4E" w:rsidRDefault="00690583" w:rsidP="00690583">
           <w:pPr>
-            <w:pStyle w:val="91ACF5D510B4415DBBCAB06F32EC5D3E1"/>
+            <w:pStyle w:val="91ACF5D510B4415DBBCAB06F32EC5D3E"/>
           </w:pPr>
           <w:r w:rsidRPr="00CB35D1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:u w:val="single"/>
               <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>___</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8643F36B5D1D43829A96D43F0C250CE4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C2A0B25C-1D95-4CB7-A601-C2E9A4F9A276}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BB7E4E" w:rsidRDefault="00D24FEB" w:rsidP="00D24FEB">
+        <w:p w:rsidR="00BB7E4E" w:rsidRDefault="00690583" w:rsidP="00690583">
           <w:pPr>
-            <w:pStyle w:val="8643F36B5D1D43829A96D43F0C250CE41"/>
+            <w:pStyle w:val="8643F36B5D1D43829A96D43F0C250CE4"/>
           </w:pPr>
           <w:r w:rsidRPr="00CB35D1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:i/>
               <w:color w:val="002F75"/>
               <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>E</w:t>
           </w:r>
           <w:r w:rsidRPr="00CB35D1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:color w:val="002F75"/>
               <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>nter additional requirements/comments as needed.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C58D5E544A4F40F18B7973AA40F29448"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BADCF096-CC25-4BC0-8060-5A630A726735}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003872E6" w:rsidRDefault="00D24FEB" w:rsidP="00D24FEB">
+        <w:p w:rsidR="003872E6" w:rsidRDefault="00690583" w:rsidP="00690583">
           <w:pPr>
-            <w:pStyle w:val="C58D5E544A4F40F18B7973AA40F294481"/>
+            <w:pStyle w:val="C58D5E544A4F40F18B7973AA40F29448"/>
           </w:pPr>
           <w:r w:rsidRPr="00CB35D1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:i/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>E</w:t>
           </w:r>
           <w:r w:rsidRPr="00CB35D1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               <w:i/>
               <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
             </w:rPr>
             <w:t>nter additional requirements/comments as needed.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
@@ -21885,76 +22147,81 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:markup="0" w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E75AC0"/>
     <w:rsid w:val="00027319"/>
     <w:rsid w:val="000C300E"/>
+    <w:rsid w:val="001250F9"/>
     <w:rsid w:val="001259B6"/>
     <w:rsid w:val="001A5EB9"/>
     <w:rsid w:val="00206F2A"/>
     <w:rsid w:val="00244449"/>
     <w:rsid w:val="002F2FAD"/>
     <w:rsid w:val="003272E7"/>
     <w:rsid w:val="003324EF"/>
     <w:rsid w:val="003360EE"/>
     <w:rsid w:val="00371653"/>
     <w:rsid w:val="0038244A"/>
     <w:rsid w:val="003872E6"/>
     <w:rsid w:val="003D3C6B"/>
     <w:rsid w:val="00405587"/>
     <w:rsid w:val="00411084"/>
     <w:rsid w:val="004E4001"/>
     <w:rsid w:val="004F48FC"/>
     <w:rsid w:val="005830F3"/>
     <w:rsid w:val="00650DE1"/>
+    <w:rsid w:val="00655B74"/>
     <w:rsid w:val="00657B01"/>
+    <w:rsid w:val="00690583"/>
     <w:rsid w:val="00782F50"/>
     <w:rsid w:val="007971D8"/>
     <w:rsid w:val="007A28F9"/>
     <w:rsid w:val="00803781"/>
     <w:rsid w:val="00821DF4"/>
     <w:rsid w:val="00833528"/>
+    <w:rsid w:val="008A440C"/>
     <w:rsid w:val="008B3DB9"/>
+    <w:rsid w:val="0090736B"/>
     <w:rsid w:val="00952BAE"/>
     <w:rsid w:val="00980748"/>
     <w:rsid w:val="009916BC"/>
     <w:rsid w:val="009B40B9"/>
     <w:rsid w:val="00A01222"/>
     <w:rsid w:val="00AC0C6C"/>
     <w:rsid w:val="00B97D9C"/>
     <w:rsid w:val="00BB7E4E"/>
     <w:rsid w:val="00C0337E"/>
     <w:rsid w:val="00C075A1"/>
     <w:rsid w:val="00C92BF6"/>
     <w:rsid w:val="00CE2B4C"/>
     <w:rsid w:val="00CF7638"/>
     <w:rsid w:val="00D24FEB"/>
     <w:rsid w:val="00D33CA1"/>
     <w:rsid w:val="00D969AA"/>
     <w:rsid w:val="00E44BC3"/>
     <w:rsid w:val="00E47E2B"/>
     <w:rsid w:val="00E74B31"/>
     <w:rsid w:val="00E75AC0"/>
     <w:rsid w:val="00ED14E7"/>
     <w:rsid w:val="00EE282F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -22386,154 +22653,154 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D24FEB"/>
+    <w:rsid w:val="00690583"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6D7FF8A7C3DD4E51AF886D610CE57EDA1">
-[...1 lines deleted...]
-    <w:rsid w:val="00D24FEB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6D7FF8A7C3DD4E51AF886D610CE57EDA">
+    <w:name w:val="6D7FF8A7C3DD4E51AF886D610CE57EDA"/>
+    <w:rsid w:val="00690583"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21CD5CA649834BF4AA5DA71F8093485C1">
-[...1 lines deleted...]
-    <w:rsid w:val="00D24FEB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21CD5CA649834BF4AA5DA71F8093485C">
+    <w:name w:val="21CD5CA649834BF4AA5DA71F8093485C"/>
+    <w:rsid w:val="00690583"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4F7DE9EE4B94E5FB3DB7D36076594E71">
-[...1 lines deleted...]
-    <w:rsid w:val="00D24FEB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4F7DE9EE4B94E5FB3DB7D36076594E7">
+    <w:name w:val="A4F7DE9EE4B94E5FB3DB7D36076594E7"/>
+    <w:rsid w:val="00690583"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="100460CF7A244CC997463AA0D3131EA01">
-[...1 lines deleted...]
-    <w:rsid w:val="00D24FEB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="100460CF7A244CC997463AA0D3131EA0">
+    <w:name w:val="100460CF7A244CC997463AA0D3131EA0"/>
+    <w:rsid w:val="00690583"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E8F1C6D8AF041C486E58384052756A61">
-[...1 lines deleted...]
-    <w:rsid w:val="00D24FEB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E8F1C6D8AF041C486E58384052756A6">
+    <w:name w:val="1E8F1C6D8AF041C486E58384052756A6"/>
+    <w:rsid w:val="00690583"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91ACF5D510B4415DBBCAB06F32EC5D3E1">
-[...1 lines deleted...]
-    <w:rsid w:val="00D24FEB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91ACF5D510B4415DBBCAB06F32EC5D3E">
+    <w:name w:val="91ACF5D510B4415DBBCAB06F32EC5D3E"/>
+    <w:rsid w:val="00690583"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8643F36B5D1D43829A96D43F0C250CE41">
-[...1 lines deleted...]
-    <w:rsid w:val="00D24FEB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8643F36B5D1D43829A96D43F0C250CE4">
+    <w:name w:val="8643F36B5D1D43829A96D43F0C250CE4"/>
+    <w:rsid w:val="00690583"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27A05C8225A244F2B883FD1704D7E7FD1">
-[...1 lines deleted...]
-    <w:rsid w:val="00D24FEB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27A05C8225A244F2B883FD1704D7E7FD">
+    <w:name w:val="27A05C8225A244F2B883FD1704D7E7FD"/>
+    <w:rsid w:val="00690583"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C58D5E544A4F40F18B7973AA40F294481">
-[...1 lines deleted...]
-    <w:rsid w:val="00D24FEB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C58D5E544A4F40F18B7973AA40F29448">
+    <w:name w:val="C58D5E544A4F40F18B7973AA40F29448"/>
+    <w:rsid w:val="00690583"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -22840,75 +23107,75 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB36CC7C-DA53-4DD8-A70B-E32CA10BAAD9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>New company setup checklist</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2558</Words>
-  <Characters>15610</Characters>
+  <Words>2658</Words>
+  <Characters>16225</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>130</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>345</Lines>
+  <Paragraphs>224</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>New company setup checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18132</CharactersWithSpaces>
+  <CharactersWithSpaces>18659</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>New company setup checklist</dc:title>
   <dc:creator>Amy Susan Hoak</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC100310681033</vt:lpwstr>
   </property>