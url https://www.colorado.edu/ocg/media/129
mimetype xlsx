--- v0 (2025-10-01)
+++ v1 (2026-01-21)
@@ -1,167 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26626"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr date1904="1" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://o365coloradoedu-my.sharepoint.com/personal/medu6796_colorado_edu/Documents/UCB/Documents/Website/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://o365coloradoedu-my.sharepoint.com/personal/medu6796_colorado_edu/Documents/UCB/Documents/!! Website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="54" documentId="11_8ED4252CF1259AFB2D44110B9953F94F4DC93CA9" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9DF2715F-F452-45F9-B612-B1D330E7F0DF}"/>
+  <xr:revisionPtr revIDLastSave="119" documentId="11_8ED4252CF1259AFB2D44110B9953F94F4DC93CA9" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{841DBDEB-9CC5-45DA-A331-2404DEA85B14}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Estimation-NIH Modular Budget" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Estimation-NIH Modular Budget'!$A$1:$R$56</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Estimation-NIH Modular Budget'!$15:$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Estimation-NIH Modular Budget'!$A$1:$R$55</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Estimation-NIH Modular Budget'!$16:$16</definedName>
   </definedNames>
   <calcPr calcId="191029" fullPrecision="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="R36" i="1" l="1"/>
+  <c r="H44" i="1" l="1"/>
+  <c r="R37" i="1" l="1"/>
+  <c r="R39" i="1"/>
   <c r="R38" i="1"/>
-  <c r="R37" i="1"/>
-[...17 lines deleted...]
-  <c r="J22" i="1"/>
+  <c r="R36" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="H35" i="1" s="1"/>
+  <c r="J30" i="1"/>
+  <c r="J35" i="1" s="1"/>
+  <c r="L30" i="1"/>
+  <c r="L35" i="1" s="1"/>
+  <c r="L41" i="1" s="1"/>
+  <c r="N30" i="1"/>
+  <c r="N35" i="1" s="1"/>
+  <c r="N41" i="1" s="1"/>
+  <c r="P30" i="1"/>
+  <c r="P35" i="1" s="1"/>
+  <c r="P41" i="1" s="1"/>
+  <c r="P23" i="1"/>
+  <c r="N23" i="1"/>
+  <c r="L23" i="1"/>
+  <c r="J23" i="1"/>
+  <c r="R28" i="1"/>
   <c r="R27" i="1"/>
   <c r="R26" i="1"/>
-  <c r="R25" i="1"/>
-  <c r="H22" i="1"/>
+  <c r="H23" i="1"/>
+  <c r="R21" i="1"/>
   <c r="R20" i="1"/>
   <c r="R19" i="1"/>
   <c r="R18" i="1"/>
-  <c r="R17" i="1"/>
-[...3 lines deleted...]
-  <c r="O45" i="1"/>
+  <c r="I46" i="1"/>
+  <c r="K46" i="1"/>
+  <c r="M46" i="1"/>
+  <c r="O46" i="1"/>
+  <c r="F28" i="1"/>
   <c r="F27" i="1"/>
   <c r="F26" i="1"/>
-  <c r="F25" i="1"/>
-[...36 lines deleted...]
-  <c r="H55" i="1"/>
+  <c r="J32" i="1" l="1"/>
+  <c r="L32" i="1"/>
+  <c r="P32" i="1"/>
+  <c r="J41" i="1"/>
+  <c r="R23" i="1"/>
+  <c r="R30" i="1"/>
+  <c r="H32" i="1"/>
+  <c r="R35" i="1"/>
+  <c r="H41" i="1"/>
+  <c r="N32" i="1"/>
+  <c r="N44" i="1" s="1"/>
+  <c r="N50" i="1" s="1"/>
+  <c r="R41" i="1" l="1"/>
+  <c r="J44" i="1"/>
+  <c r="H50" i="1"/>
+  <c r="P44" i="1"/>
+  <c r="P46" i="1" s="1"/>
+  <c r="L44" i="1"/>
+  <c r="L46" i="1" s="1"/>
+  <c r="N52" i="1"/>
+  <c r="R32" i="1"/>
+  <c r="J50" i="1" l="1"/>
+  <c r="J52" i="1" s="1"/>
+  <c r="J46" i="1"/>
+  <c r="L50" i="1"/>
+  <c r="L52" i="1" s="1"/>
+  <c r="P50" i="1"/>
+  <c r="P52" i="1" s="1"/>
+  <c r="H46" i="1"/>
+  <c r="N46" i="1"/>
+  <c r="R44" i="1"/>
+  <c r="R46" i="1" s="1"/>
+  <c r="H52" i="1"/>
+  <c r="R50" i="1" l="1"/>
+  <c r="R52" i="1"/>
+  <c r="H54" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="61">
   <si>
     <t>Duration:</t>
   </si>
   <si>
     <t>A.</t>
   </si>
   <si>
     <t>C.</t>
   </si>
   <si>
     <t>D.</t>
   </si>
   <si>
     <t>E.</t>
   </si>
   <si>
     <t>Total Direct Costs</t>
   </si>
   <si>
     <t>Total Costs</t>
   </si>
   <si>
     <t>Year 1</t>
   </si>
   <si>
@@ -209,220 +210,203 @@
   <si>
     <t>Total Requested:</t>
   </si>
   <si>
     <t>Facilities and Administration (F&amp;A) Costs</t>
   </si>
   <si>
     <t>F&amp;A Exempt Direct Costs</t>
   </si>
   <si>
     <t>Total F&amp;A Exempt Direct Costs</t>
   </si>
   <si>
     <t xml:space="preserve">CU Proposal Number: </t>
   </si>
   <si>
     <t>Proposal Analyst:</t>
   </si>
   <si>
     <t xml:space="preserve">Date Prepared: </t>
   </si>
   <si>
     <t xml:space="preserve">                                 INTERNAL COST ESTIMATION - NIH MODULAR BUDGET</t>
   </si>
   <si>
-    <t>Capital Equipment</t>
-[...1 lines deleted...]
-  <si>
     <t>IDC Exclusions</t>
   </si>
   <si>
     <t>Subrecipent 1 Direct Costs</t>
   </si>
   <si>
     <t>&lt;Enter Sub Name&gt;</t>
   </si>
   <si>
     <t>Subrecipent 2 Direct Costs</t>
   </si>
   <si>
     <t>Subrecipent 3 Direct Costs</t>
   </si>
   <si>
     <t>Subrecipent 1 Indirect Costs</t>
   </si>
   <si>
     <t>Subrecipent 2 Indirect Costs</t>
   </si>
   <si>
     <t>Subrecipent 3 Indirect Costs</t>
   </si>
   <si>
     <t>Subrecipient Total Costs</t>
-  </si>
-[...13 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Modified Total Direct Costs*</t>
   </si>
   <si>
     <t xml:space="preserve">* Modified total direct costs equals total direct costs less any items in "D. F&amp;A Exempt Direct Costs" plus the addition of the first $25,000 of each subreceipient. 
 **Edit calculation accordingly if subs are included; If the amount for the subrecipient is less than$25,000, add in the applicable amount.  </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Subrecipient Indirect Costs </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(AKA: Consortium Indirect)</t>
     </r>
   </si>
   <si>
     <t>Total Modular Direct Costs (NIH request)</t>
   </si>
   <si>
-    <t>Predetermined for the period 7/1/21-6/30/23:</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CU Direct Costs </t>
   </si>
   <si>
-    <t>On Campus: MTDC Base</t>
-[...1 lines deleted...]
-  <si>
     <t>Graduate Student Fees</t>
   </si>
   <si>
     <t>Number of Subs</t>
-  </si>
-[...4 lines deleted...]
-    <t>Template Updated 10/02/2023</t>
   </si>
   <si>
     <t>Sponsor:</t>
   </si>
   <si>
     <t>NIH</t>
   </si>
   <si>
     <t>NIH Budgeting Notes:</t>
   </si>
   <si>
     <t>- If Human Fetal Tissue (HFT) Costs are in the budget, then the detailed R&amp;R budget must be used</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">- PIs may contribute unpaid AY effort to project (not considered Cost Share); </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>must</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> specify unpaid AY effort in Personnel Justification</t>
     </r>
   </si>
   <si>
+    <t>Predetermined for the period 7/1/25-6/30/28:</t>
+  </si>
+  <si>
+    <t>Provisional thereafter per HHS agreement dated 09/30/2025</t>
+  </si>
+  <si>
+    <t>Research</t>
+  </si>
+  <si>
+    <t>IDC Base:</t>
+  </si>
+  <si>
+    <t>MTDC</t>
+  </si>
+  <si>
+    <t>Template Updated 01/06/2026</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">- </t>
+      <t>Total Direct Costs less excluded costs,</t>
     </r>
     <r>
       <rPr>
-        <b/>
-        <i/>
         <u/>
         <sz val="11"/>
-        <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>UPDATE FOR PROPOSALS DUE ON/AFTER 10/05/23</t>
+      <t xml:space="preserve"> first $50,000 of each sub**</t>
     </r>
-    <r>
-[...10 lines deleted...]
-    </r>
+  </si>
+  <si>
+    <t>Capital Equipment (Grant &amp; Cooperative Agreement Threshold: $10K)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- If Direct Costs (DC) are $250,000 or less per year, DC must total a modular increment amount (increments of $25k) and must submit a Modular Budget in ASSIST (exception: HCT research, see above). May use OCG NIH Modular Budget template in place of NIH Detailed Cost Estimation Tool. </t>
+  </si>
+  <si>
+    <t>- DMS estimated costs (including total DMS cost estimate) must be described in the Budget Justification (see OCG Budget Justification / Additional Narrative Justification templates and OCG NIH Checklists on the OCG Forms webpage).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="13">
     <font>
       <sz val="12"/>
       <name val="Times"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Geneva"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -467,119 +451,103 @@
       <b/>
       <i/>
       <u/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1" tint="0.14999847407452621"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1" tint="0.14999847407452621"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="8" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
@@ -590,88 +558,98 @@
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="10" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DD0806"/>
       <rgbColor rgb="001FB714"/>
       <rgbColor rgb="000000D4"/>
       <rgbColor rgb="00FCF305"/>
       <rgbColor rgb="00F20884"/>
@@ -716,51 +694,55 @@
       <rgbColor rgb="00996666"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="003333CC"/>
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1013,1361 +995,1415 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BC64"/>
+  <dimension ref="A1:BC63"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="U10" sqref="U10"/>
+      <selection activeCell="P38" sqref="P38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="3" width="2.75" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.375" style="1" customWidth="1"/>
     <col min="5" max="5" width="32.25" style="2" customWidth="1"/>
     <col min="6" max="6" width="15.375" style="2" customWidth="1"/>
     <col min="7" max="7" width="1.875" style="3" customWidth="1"/>
     <col min="8" max="8" width="10.125" style="3" customWidth="1"/>
     <col min="9" max="9" width="1.625" style="3" customWidth="1"/>
     <col min="10" max="10" width="10.125" style="3" customWidth="1"/>
     <col min="11" max="11" width="1.625" style="4" customWidth="1"/>
     <col min="12" max="12" width="10.125" style="3" customWidth="1"/>
     <col min="13" max="13" width="1.625" style="4" customWidth="1"/>
     <col min="14" max="14" width="10.125" style="3" customWidth="1"/>
     <col min="15" max="15" width="1.625" style="4" customWidth="1"/>
     <col min="16" max="16" width="10.125" style="4" customWidth="1"/>
     <col min="17" max="17" width="2" style="4" customWidth="1"/>
     <col min="18" max="18" width="10.125" style="4" customWidth="1"/>
     <col min="19" max="19" width="11" style="4"/>
     <col min="20" max="20" width="11" style="5"/>
     <col min="21" max="21" width="11" style="4"/>
     <col min="22" max="22" width="9" style="4" customWidth="1"/>
     <col min="23" max="23" width="1.875" style="4" customWidth="1"/>
     <col min="24" max="24" width="9" style="4" customWidth="1"/>
     <col min="25" max="25" width="1.875" style="4" customWidth="1"/>
     <col min="26" max="26" width="9" style="4" customWidth="1"/>
     <col min="27" max="27" width="1.875" style="4" customWidth="1"/>
     <col min="28" max="28" width="9" style="4" customWidth="1"/>
     <col min="29" max="29" width="1.875" style="4" customWidth="1"/>
     <col min="30" max="30" width="9" style="4" customWidth="1"/>
     <col min="31" max="16384" width="11" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:55">
       <c r="A1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E1" s="22"/>
-      <c r="J1" s="32" t="s">
-[...17 lines deleted...]
-      <c r="Z1" s="35"/>
+      <c r="J1" s="29" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1" s="32"/>
+      <c r="L1" s="33"/>
+      <c r="M1" s="32"/>
+      <c r="N1" s="33"/>
+      <c r="O1" s="32"/>
+      <c r="P1" s="32"/>
+      <c r="Q1" s="32"/>
+      <c r="R1" s="32"/>
+      <c r="S1" s="32"/>
+      <c r="T1" s="34"/>
+      <c r="U1" s="32"/>
+      <c r="V1" s="32"/>
+      <c r="W1" s="32"/>
+      <c r="X1" s="32"/>
+      <c r="Y1" s="32"/>
+      <c r="Z1" s="32"/>
     </row>
     <row r="2" spans="1:55">
       <c r="A2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E2" s="22"/>
-      <c r="J2" s="33" t="s">
-[...17 lines deleted...]
-      <c r="Z2" s="35"/>
+      <c r="J2" s="30" t="s">
+        <v>50</v>
+      </c>
+      <c r="K2" s="32"/>
+      <c r="L2" s="33"/>
+      <c r="M2" s="32"/>
+      <c r="N2" s="33"/>
+      <c r="O2" s="32"/>
+      <c r="P2" s="32"/>
+      <c r="Q2" s="32"/>
+      <c r="R2" s="32"/>
+      <c r="S2" s="32"/>
+      <c r="T2" s="34"/>
+      <c r="U2" s="32"/>
+      <c r="V2" s="32"/>
+      <c r="W2" s="32"/>
+      <c r="X2" s="32"/>
+      <c r="Y2" s="32"/>
+      <c r="Z2" s="32"/>
     </row>
     <row r="3" spans="1:55">
       <c r="A3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="22"/>
-      <c r="J3" s="34" t="s">
-[...17 lines deleted...]
-      <c r="Z3" s="35"/>
+      <c r="J3" s="31" t="s">
+        <v>49</v>
+      </c>
+      <c r="K3" s="32"/>
+      <c r="L3" s="33"/>
+      <c r="M3" s="32"/>
+      <c r="N3" s="33"/>
+      <c r="O3" s="32"/>
+      <c r="P3" s="32"/>
+      <c r="Q3" s="32"/>
+      <c r="R3" s="32"/>
+      <c r="S3" s="32"/>
+      <c r="T3" s="34"/>
+      <c r="U3" s="32"/>
+      <c r="V3" s="32"/>
+      <c r="W3" s="32"/>
+      <c r="X3" s="32"/>
+      <c r="Y3" s="32"/>
+      <c r="Z3" s="32"/>
     </row>
     <row r="4" spans="1:55" ht="15.75" customHeight="1">
       <c r="A4" s="1" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E4" s="22" t="s">
-        <v>53</v>
-[...19 lines deleted...]
-      <c r="Z4" s="39"/>
+        <v>47</v>
+      </c>
+      <c r="J4" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="K4" s="44"/>
+      <c r="L4" s="44"/>
+      <c r="M4" s="44"/>
+      <c r="N4" s="44"/>
+      <c r="O4" s="44"/>
+      <c r="P4" s="44"/>
+      <c r="Q4" s="44"/>
+      <c r="R4" s="44"/>
+      <c r="S4" s="44"/>
+      <c r="T4" s="44"/>
+      <c r="U4" s="44"/>
+      <c r="V4" s="44"/>
+      <c r="W4" s="44"/>
+      <c r="X4" s="44"/>
+      <c r="Y4" s="44"/>
+      <c r="Z4" s="44"/>
     </row>
     <row r="5" spans="1:55">
       <c r="E5" s="1"/>
-      <c r="J5" s="39"/>
-[...46 lines deleted...]
-    <row r="6" spans="1:55">
+      <c r="J5" s="44"/>
+      <c r="K5" s="44"/>
+      <c r="L5" s="44"/>
+      <c r="M5" s="44"/>
+      <c r="N5" s="44"/>
+      <c r="O5" s="44"/>
+      <c r="P5" s="44"/>
+      <c r="Q5" s="44"/>
+      <c r="R5" s="44"/>
+      <c r="S5" s="44"/>
+      <c r="T5" s="44"/>
+      <c r="U5" s="44"/>
+      <c r="V5" s="44"/>
+      <c r="W5" s="44"/>
+      <c r="X5" s="44"/>
+      <c r="Y5" s="44"/>
+      <c r="Z5" s="44"/>
+      <c r="AA5" s="35"/>
+      <c r="AB5" s="35"/>
+      <c r="AC5" s="35"/>
+      <c r="AD5" s="35"/>
+      <c r="AE5" s="35"/>
+      <c r="AF5" s="35"/>
+      <c r="AG5" s="35"/>
+      <c r="AH5" s="35"/>
+      <c r="AI5" s="35"/>
+      <c r="AJ5" s="35"/>
+      <c r="AK5" s="35"/>
+      <c r="AL5" s="35"/>
+      <c r="AM5" s="35"/>
+      <c r="AN5" s="35"/>
+      <c r="AO5" s="35"/>
+      <c r="AP5" s="35"/>
+      <c r="AQ5" s="35"/>
+      <c r="AR5" s="35"/>
+      <c r="AS5" s="35"/>
+      <c r="AT5" s="35"/>
+      <c r="AU5" s="35"/>
+      <c r="AV5" s="35"/>
+      <c r="AW5" s="35"/>
+      <c r="AX5" s="35"/>
+      <c r="AY5" s="35"/>
+      <c r="AZ5" s="35"/>
+      <c r="BA5" s="35"/>
+      <c r="BB5" s="35"/>
+      <c r="BC5" s="35"/>
+    </row>
+    <row r="6" spans="1:55" ht="15" customHeight="1">
       <c r="E6" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="F6" s="6"/>
-[...45 lines deleted...]
-      <c r="BC6" s="38"/>
+      <c r="J6" s="44" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" s="44"/>
+      <c r="L6" s="44"/>
+      <c r="M6" s="44"/>
+      <c r="N6" s="44"/>
+      <c r="O6" s="44"/>
+      <c r="P6" s="44"/>
+      <c r="Q6" s="44"/>
+      <c r="R6" s="44"/>
+      <c r="S6" s="44"/>
+      <c r="T6" s="44"/>
+      <c r="U6" s="44"/>
+      <c r="V6" s="44"/>
+      <c r="W6" s="44"/>
+      <c r="X6" s="44"/>
+      <c r="Y6" s="44"/>
+      <c r="Z6" s="44"/>
+      <c r="AA6" s="35"/>
+      <c r="AB6" s="35"/>
+      <c r="AC6" s="35"/>
+      <c r="AD6" s="35"/>
+      <c r="AE6" s="35"/>
+      <c r="AF6" s="35"/>
+      <c r="AG6" s="35"/>
+      <c r="AH6" s="35"/>
+      <c r="AI6" s="35"/>
+      <c r="AJ6" s="35"/>
+      <c r="AK6" s="35"/>
+      <c r="AL6" s="35"/>
+      <c r="AM6" s="35"/>
+      <c r="AN6" s="35"/>
+      <c r="AO6" s="35"/>
+      <c r="AP6" s="35"/>
+      <c r="AQ6" s="35"/>
+      <c r="AR6" s="35"/>
+      <c r="AS6" s="35"/>
+      <c r="AT6" s="35"/>
+      <c r="AU6" s="35"/>
+      <c r="AV6" s="35"/>
+      <c r="AW6" s="35"/>
+      <c r="AX6" s="35"/>
+      <c r="AY6" s="35"/>
+      <c r="AZ6" s="35"/>
+      <c r="BA6" s="35"/>
+      <c r="BB6" s="35"/>
+      <c r="BC6" s="35"/>
     </row>
     <row r="7" spans="1:55">
-      <c r="E7" s="4"/>
-[...46 lines deleted...]
-      <c r="BC7" s="38"/>
+      <c r="E7" s="1"/>
+      <c r="J7" s="44"/>
+      <c r="K7" s="44"/>
+      <c r="L7" s="44"/>
+      <c r="M7" s="44"/>
+      <c r="N7" s="44"/>
+      <c r="O7" s="44"/>
+      <c r="P7" s="44"/>
+      <c r="Q7" s="44"/>
+      <c r="R7" s="44"/>
+      <c r="S7" s="44"/>
+      <c r="T7" s="44"/>
+      <c r="U7" s="44"/>
+      <c r="V7" s="44"/>
+      <c r="W7" s="44"/>
+      <c r="X7" s="44"/>
+      <c r="Y7" s="44"/>
+      <c r="Z7" s="44"/>
+      <c r="AA7" s="35"/>
+      <c r="AB7" s="35"/>
+      <c r="AC7" s="35"/>
+      <c r="AD7" s="35"/>
+      <c r="AE7" s="35"/>
+      <c r="AF7" s="35"/>
+      <c r="AG7" s="35"/>
+      <c r="AH7" s="35"/>
+      <c r="AI7" s="35"/>
+      <c r="AJ7" s="35"/>
+      <c r="AK7" s="35"/>
+      <c r="AL7" s="35"/>
+      <c r="AM7" s="35"/>
+      <c r="AN7" s="35"/>
+      <c r="AO7" s="35"/>
+      <c r="AP7" s="35"/>
+      <c r="AQ7" s="35"/>
+      <c r="AR7" s="35"/>
+      <c r="AS7" s="35"/>
+      <c r="AT7" s="35"/>
+      <c r="AU7" s="35"/>
+      <c r="AV7" s="35"/>
+      <c r="AW7" s="35"/>
+      <c r="AX7" s="35"/>
+      <c r="AY7" s="35"/>
+      <c r="AZ7" s="35"/>
+      <c r="BA7" s="35"/>
+      <c r="BB7" s="35"/>
+      <c r="BC7" s="35"/>
     </row>
     <row r="8" spans="1:55">
-      <c r="G8" s="4"/>
-[...10 lines deleted...]
-      <c r="P8" s="30"/>
+      <c r="E8" s="4"/>
+      <c r="F8" s="4"/>
+      <c r="J8" s="36"/>
+      <c r="K8" s="36"/>
+      <c r="L8" s="36"/>
+      <c r="M8" s="36"/>
+      <c r="N8" s="36"/>
+      <c r="O8" s="36"/>
+      <c r="P8" s="36"/>
+      <c r="Q8" s="36"/>
+      <c r="R8" s="36"/>
+      <c r="S8" s="36"/>
+      <c r="T8" s="36"/>
+      <c r="U8" s="36"/>
+      <c r="V8" s="36"/>
+      <c r="W8" s="36"/>
+      <c r="X8" s="36"/>
+      <c r="Y8" s="36"/>
+      <c r="Z8" s="36"/>
+      <c r="AA8" s="35"/>
+      <c r="AB8" s="35"/>
+      <c r="AC8" s="35"/>
+      <c r="AD8" s="35"/>
+      <c r="AE8" s="35"/>
+      <c r="AF8" s="35"/>
+      <c r="AG8" s="35"/>
+      <c r="AH8" s="35"/>
+      <c r="AI8" s="35"/>
+      <c r="AJ8" s="35"/>
+      <c r="AK8" s="35"/>
+      <c r="AL8" s="35"/>
+      <c r="AM8" s="35"/>
+      <c r="AN8" s="35"/>
+      <c r="AO8" s="35"/>
+      <c r="AP8" s="35"/>
+      <c r="AQ8" s="35"/>
+      <c r="AR8" s="35"/>
+      <c r="AS8" s="35"/>
+      <c r="AT8" s="35"/>
+      <c r="AU8" s="35"/>
+      <c r="AV8" s="35"/>
+      <c r="AW8" s="35"/>
+      <c r="AX8" s="35"/>
+      <c r="AY8" s="35"/>
+      <c r="AZ8" s="35"/>
+      <c r="BA8" s="35"/>
+      <c r="BB8" s="35"/>
+      <c r="BC8" s="35"/>
     </row>
     <row r="9" spans="1:55">
       <c r="G9" s="4"/>
-      <c r="I9" s="30"/>
-[...6 lines deleted...]
-      <c r="P9" s="30"/>
+      <c r="H9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" s="41"/>
+      <c r="J9" s="41"/>
+      <c r="K9" s="41"/>
+      <c r="L9" s="41"/>
+      <c r="M9" s="41"/>
+      <c r="N9" s="41"/>
+      <c r="O9" s="41"/>
+      <c r="P9" s="41"/>
     </row>
     <row r="10" spans="1:55">
       <c r="G10" s="4"/>
-      <c r="I10" s="30"/>
-[...6 lines deleted...]
-      <c r="P10" s="30"/>
+      <c r="I10" s="41"/>
+      <c r="J10" s="41"/>
+      <c r="K10" s="41"/>
+      <c r="L10" s="41"/>
+      <c r="M10" s="41"/>
+      <c r="N10" s="41"/>
+      <c r="O10" s="41"/>
+      <c r="P10" s="41"/>
     </row>
     <row r="11" spans="1:55">
       <c r="G11" s="4"/>
-      <c r="I11" s="30"/>
-[...9 lines deleted...]
-      <c r="A13" s="1" t="s">
+      <c r="I11" s="41"/>
+      <c r="J11" s="41"/>
+      <c r="K11" s="41"/>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="41"/>
+      <c r="P11" s="41"/>
+    </row>
+    <row r="12" spans="1:55">
+      <c r="G12" s="4"/>
+      <c r="I12" s="41"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="41"/>
+      <c r="L12" s="41"/>
+      <c r="M12" s="41"/>
+      <c r="N12" s="41"/>
+      <c r="O12" s="41"/>
+      <c r="P12" s="41"/>
+    </row>
+    <row r="14" spans="1:55">
+      <c r="A14" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E13" s="22"/>
-[...11 lines deleted...]
-      <c r="H15" s="8" t="s">
+      <c r="E14" s="22"/>
+      <c r="G14" s="4"/>
+      <c r="H14" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="I14" s="23"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="23"/>
+      <c r="L14" s="24"/>
+      <c r="M14" s="23"/>
+    </row>
+    <row r="16" spans="1:55">
+      <c r="H16" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="I15" s="8"/>
-      <c r="J15" s="8" t="s">
+      <c r="I16" s="8"/>
+      <c r="J16" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="K15" s="8"/>
-      <c r="L15" s="8" t="s">
+      <c r="K16" s="8"/>
+      <c r="L16" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="M15" s="8"/>
-      <c r="N15" s="8" t="s">
+      <c r="M16" s="8"/>
+      <c r="N16" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="O15" s="9"/>
-      <c r="P15" s="8" t="s">
+      <c r="O16" s="9"/>
+      <c r="P16" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="Q15" s="9"/>
-      <c r="R15" s="8" t="s">
+      <c r="Q16" s="9"/>
+      <c r="R16" s="8" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="16" spans="1:55">
-      <c r="A16" s="10" t="s">
+    <row r="17" spans="1:21">
+      <c r="A17" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B16" s="10" t="s">
+      <c r="B17" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="I16" s="11"/>
-[...13 lines deleted...]
-      </c>
       <c r="I17" s="11"/>
-      <c r="J17" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="K17" s="11"/>
-      <c r="L17" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="M17" s="11"/>
-      <c r="N17" s="3">
-[...9 lines deleted...]
-      </c>
+      <c r="P17" s="3"/>
+      <c r="R17" s="3"/>
+      <c r="T17" s="4"/>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" s="10"/>
       <c r="C18" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="H18" s="3">
-        <v>0</v>
+        <v>250000</v>
       </c>
       <c r="I18" s="11"/>
       <c r="J18" s="3">
-        <v>0</v>
+        <v>250000</v>
       </c>
       <c r="K18" s="11"/>
       <c r="L18" s="3">
-        <v>0</v>
+        <v>250000</v>
       </c>
       <c r="M18" s="11"/>
       <c r="N18" s="3">
-        <v>0</v>
+        <v>250000</v>
       </c>
       <c r="O18" s="2"/>
       <c r="P18" s="3">
-        <v>0</v>
+        <v>250000</v>
       </c>
       <c r="R18" s="3">
         <f>SUM(H18:P18)</f>
-        <v>0</v>
+        <v>1250000</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" s="10"/>
       <c r="C19" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H19" s="3">
         <v>0</v>
       </c>
       <c r="I19" s="11"/>
       <c r="J19" s="3">
         <v>0</v>
       </c>
       <c r="K19" s="11"/>
       <c r="L19" s="3">
         <v>0</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="3">
         <v>0</v>
       </c>
       <c r="O19" s="2"/>
       <c r="P19" s="3">
         <v>0</v>
       </c>
       <c r="R19" s="3">
         <f>SUM(H19:P19)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" s="10"/>
       <c r="C20" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H20" s="3">
         <v>0</v>
       </c>
       <c r="I20" s="11"/>
       <c r="J20" s="3">
         <v>0</v>
       </c>
       <c r="K20" s="11"/>
       <c r="L20" s="3">
         <v>0</v>
       </c>
       <c r="M20" s="11"/>
       <c r="N20" s="3">
         <v>0</v>
       </c>
       <c r="O20" s="2"/>
       <c r="P20" s="3">
         <v>0</v>
       </c>
       <c r="R20" s="3">
         <f>SUM(H20:P20)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:21" ht="8.25" customHeight="1">
-      <c r="H21" s="13"/>
+    <row r="21" spans="1:21">
+      <c r="A21" s="10"/>
+      <c r="C21" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H21" s="3">
+        <v>0</v>
+      </c>
       <c r="I21" s="11"/>
-      <c r="J21" s="13"/>
+      <c r="J21" s="3">
+        <v>0</v>
+      </c>
       <c r="K21" s="11"/>
-      <c r="L21" s="13"/>
+      <c r="L21" s="3">
+        <v>0</v>
+      </c>
       <c r="M21" s="11"/>
-      <c r="N21" s="13"/>
-[...8 lines deleted...]
-        <f>SUM(H17:H20)</f>
+      <c r="N21" s="3">
+        <v>0</v>
+      </c>
+      <c r="O21" s="2"/>
+      <c r="P21" s="3">
+        <v>0</v>
+      </c>
+      <c r="R21" s="3">
+        <f>SUM(H21:P21)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21" ht="8.25" customHeight="1">
+      <c r="H22" s="13"/>
+      <c r="I22" s="11"/>
+      <c r="J22" s="13"/>
+      <c r="K22" s="11"/>
+      <c r="L22" s="13"/>
+      <c r="M22" s="11"/>
+      <c r="N22" s="13"/>
+      <c r="P22" s="13"/>
+      <c r="R22" s="13"/>
+    </row>
+    <row r="23" spans="1:21">
+      <c r="B23" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H23" s="3">
+        <f>SUM(H18:H21)</f>
         <v>250000</v>
       </c>
-      <c r="I22" s="11"/>
-[...1 lines deleted...]
-        <f>SUM(J17:J20)</f>
+      <c r="I23" s="11"/>
+      <c r="J23" s="3">
+        <f>SUM(J18:J21)</f>
         <v>250000</v>
       </c>
-      <c r="K22" s="11"/>
-[...1 lines deleted...]
-        <f>SUM(L17:L20)</f>
+      <c r="K23" s="11"/>
+      <c r="L23" s="3">
+        <f>SUM(L18:L21)</f>
         <v>250000</v>
       </c>
-      <c r="M22" s="11"/>
-[...1 lines deleted...]
-        <f>SUM(N17:N20)</f>
+      <c r="M23" s="11"/>
+      <c r="N23" s="3">
+        <f>SUM(N18:N21)</f>
         <v>250000</v>
       </c>
-      <c r="O22" s="2"/>
-[...1 lines deleted...]
-        <f>SUM(P17:P20)</f>
+      <c r="O23" s="2"/>
+      <c r="P23" s="3">
+        <f>SUM(P18:P21)</f>
         <v>250000</v>
       </c>
-      <c r="Q22" s="2"/>
-[...1 lines deleted...]
-        <f>SUM(H22:P22)</f>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="3">
+        <f>SUM(H23:P23)</f>
         <v>1250000</v>
       </c>
     </row>
-    <row r="23" spans="1:21">
-[...6 lines deleted...]
-    </row>
     <row r="24" spans="1:21">
-      <c r="A24" s="10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B24" s="10"/>
       <c r="I24" s="11"/>
       <c r="K24" s="11"/>
       <c r="M24" s="11"/>
       <c r="P24" s="3"/>
       <c r="R24" s="3"/>
-      <c r="U24" s="17"/>
     </row>
     <row r="25" spans="1:21">
-      <c r="A25" s="10"/>
-[...8 lines deleted...]
-        <v>0</v>
+      <c r="A25" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>41</v>
       </c>
       <c r="I25" s="11"/>
-      <c r="J25" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="K25" s="11"/>
-      <c r="L25" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="M25" s="11"/>
-      <c r="N25" s="3">
-[...9 lines deleted...]
-      </c>
+      <c r="P25" s="3"/>
+      <c r="R25" s="3"/>
+      <c r="U25" s="17"/>
     </row>
     <row r="26" spans="1:21">
+      <c r="A26" s="10"/>
       <c r="C26" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F26" s="2" t="str">
         <f>F19</f>
         <v>&lt;Enter Sub Name&gt;</v>
       </c>
       <c r="H26" s="3">
         <v>0</v>
       </c>
       <c r="I26" s="11"/>
       <c r="J26" s="3">
         <v>0</v>
       </c>
       <c r="K26" s="11"/>
       <c r="L26" s="3">
         <v>0</v>
       </c>
       <c r="M26" s="11"/>
       <c r="N26" s="3">
         <v>0</v>
       </c>
       <c r="O26" s="2"/>
       <c r="P26" s="3">
         <v>0</v>
       </c>
       <c r="R26" s="3">
         <f>SUM(H26:P26)</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="C27" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F27" s="2" t="str">
         <f>F20</f>
         <v>&lt;Enter Sub Name&gt;</v>
       </c>
       <c r="H27" s="3">
         <v>0</v>
       </c>
       <c r="I27" s="11"/>
       <c r="J27" s="3">
         <v>0</v>
       </c>
       <c r="K27" s="11"/>
       <c r="L27" s="3">
         <v>0</v>
       </c>
       <c r="M27" s="11"/>
       <c r="N27" s="3">
         <v>0</v>
       </c>
       <c r="O27" s="2"/>
       <c r="P27" s="3">
         <v>0</v>
       </c>
       <c r="R27" s="3">
         <f>SUM(H27:P27)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:21" ht="9" customHeight="1">
-      <c r="H28" s="13"/>
+    <row r="28" spans="1:21">
+      <c r="C28" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="F28" s="2" t="str">
+        <f>F21</f>
+        <v>&lt;Enter Sub Name&gt;</v>
+      </c>
+      <c r="H28" s="3">
+        <v>0</v>
+      </c>
       <c r="I28" s="11"/>
-      <c r="J28" s="13"/>
+      <c r="J28" s="3">
+        <v>0</v>
+      </c>
       <c r="K28" s="11"/>
-      <c r="L28" s="13"/>
+      <c r="L28" s="3">
+        <v>0</v>
+      </c>
       <c r="M28" s="11"/>
-      <c r="N28" s="13"/>
-[...4 lines deleted...]
-      <c r="B29" s="10" t="s">
+      <c r="N28" s="3">
+        <v>0</v>
+      </c>
+      <c r="O28" s="2"/>
+      <c r="P28" s="3">
+        <v>0</v>
+      </c>
+      <c r="R28" s="3">
+        <f>SUM(H28:P28)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21" ht="9" customHeight="1">
+      <c r="H29" s="13"/>
+      <c r="I29" s="11"/>
+      <c r="J29" s="13"/>
+      <c r="K29" s="11"/>
+      <c r="L29" s="13"/>
+      <c r="M29" s="11"/>
+      <c r="N29" s="13"/>
+      <c r="P29" s="13"/>
+      <c r="R29" s="13"/>
+    </row>
+    <row r="30" spans="1:21">
+      <c r="B30" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="H29" s="3">
-[...34 lines deleted...]
-      <c r="R30" s="3"/>
+      <c r="H30" s="3">
+        <f>SUM(H26:H28)</f>
+        <v>0</v>
+      </c>
+      <c r="J30" s="3">
+        <f>SUM(J26:J28)</f>
+        <v>0</v>
+      </c>
+      <c r="K30" s="3"/>
+      <c r="L30" s="3">
+        <f>SUM(L26:L28)</f>
+        <v>0</v>
+      </c>
+      <c r="M30" s="3"/>
+      <c r="N30" s="3">
+        <f>SUM(N26:N28)</f>
+        <v>0</v>
+      </c>
+      <c r="O30" s="3"/>
+      <c r="P30" s="3">
+        <f>SUM(P26:P28)</f>
+        <v>0</v>
+      </c>
+      <c r="Q30" s="2"/>
+      <c r="R30" s="3">
+        <f>SUM(H30:P30)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="31" spans="1:21">
-      <c r="A31" s="10" t="s">
+      <c r="B31" s="10"/>
+      <c r="I31" s="11"/>
+      <c r="K31" s="11"/>
+      <c r="M31" s="11"/>
+      <c r="P31" s="3"/>
+      <c r="R31" s="3"/>
+    </row>
+    <row r="32" spans="1:21">
+      <c r="A32" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="B31" s="10" t="s">
+      <c r="B32" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="H31" s="3">
-        <f>H22+H29</f>
+      <c r="H32" s="3">
+        <f>H23+H30</f>
         <v>250000</v>
       </c>
-      <c r="I31" s="11"/>
-[...1 lines deleted...]
-        <f>J22+J29</f>
+      <c r="I32" s="11"/>
+      <c r="J32" s="3">
+        <f>J23+J30</f>
         <v>250000</v>
       </c>
-      <c r="K31" s="3"/>
-[...1 lines deleted...]
-        <f>L22+L29</f>
+      <c r="K32" s="3"/>
+      <c r="L32" s="3">
+        <f>L23+L30</f>
         <v>250000</v>
       </c>
-      <c r="M31" s="3"/>
-[...1 lines deleted...]
-        <f>N22+N29</f>
+      <c r="M32" s="3"/>
+      <c r="N32" s="3">
+        <f>N23+N30</f>
         <v>250000</v>
       </c>
-      <c r="O31" s="3"/>
-[...1 lines deleted...]
-        <f>P22+P29</f>
+      <c r="O32" s="3"/>
+      <c r="P32" s="3">
+        <f>P23+P30</f>
         <v>250000</v>
       </c>
-      <c r="R31" s="3">
-        <f>SUM(H31:P31)</f>
+      <c r="R32" s="3">
+        <f>SUM(H32:P32)</f>
         <v>1250000</v>
       </c>
     </row>
-    <row r="32" spans="1:21">
-[...15 lines deleted...]
-      <c r="F33" s="4"/>
+    <row r="33" spans="1:19">
+      <c r="A33" s="10"/>
+      <c r="B33" s="10"/>
       <c r="I33" s="11"/>
       <c r="K33" s="11"/>
       <c r="M33" s="11"/>
       <c r="P33" s="3"/>
       <c r="R33" s="3"/>
     </row>
-    <row r="34" spans="1:18">
-[...6 lines deleted...]
-      </c>
+    <row r="34" spans="1:19">
+      <c r="A34" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="4"/>
       <c r="I34" s="11"/>
-      <c r="J34" s="3">
-[...2 lines deleted...]
-      </c>
       <c r="K34" s="11"/>
-      <c r="L34" s="3">
-[...2 lines deleted...]
-      </c>
       <c r="M34" s="11"/>
-      <c r="N34" s="3">
-[...13 lines deleted...]
-    <row r="35" spans="1:18">
+      <c r="P34" s="3"/>
+      <c r="R34" s="3"/>
+    </row>
+    <row r="35" spans="1:19">
       <c r="B35" s="1" t="s">
-        <v>30</v>
-[...16 lines deleted...]
-      <c r="P35" s="2">
+        <v>38</v>
+      </c>
+      <c r="H35" s="3">
+        <f>H30+SUM(H19:H21)</f>
+        <v>0</v>
+      </c>
+      <c r="I35" s="11"/>
+      <c r="J35" s="3">
+        <f>J30+SUM(J19:J21)</f>
+        <v>0</v>
+      </c>
+      <c r="K35" s="11"/>
+      <c r="L35" s="3">
+        <f>L30+SUM(L19:L21)</f>
+        <v>0</v>
+      </c>
+      <c r="M35" s="11"/>
+      <c r="N35" s="3">
+        <f>N30+SUM(N19:N21)</f>
+        <v>0</v>
+      </c>
+      <c r="O35" s="2"/>
+      <c r="P35" s="3">
+        <f>P30+SUM(P19:P21)</f>
         <v>0</v>
       </c>
       <c r="R35" s="3">
         <f>SUM(H35:P35)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:18">
-      <c r="A36" s="10"/>
+    <row r="36" spans="1:19">
       <c r="B36" s="1" t="s">
-        <v>18</v>
-[...17 lines deleted...]
-      <c r="P36" s="3">
+        <v>58</v>
+      </c>
+      <c r="H36" s="2">
+        <v>0</v>
+      </c>
+      <c r="J36" s="2">
+        <v>0</v>
+      </c>
+      <c r="K36" s="3"/>
+      <c r="L36" s="2">
+        <v>0</v>
+      </c>
+      <c r="M36" s="3"/>
+      <c r="N36" s="2">
+        <v>0</v>
+      </c>
+      <c r="O36" s="3"/>
+      <c r="P36" s="2">
         <v>0</v>
       </c>
       <c r="R36" s="3">
         <f>SUM(H36:P36)</f>
         <v>0</v>
       </c>
-    </row>
-    <row r="37" spans="1:18">
+      <c r="S36" s="40"/>
+    </row>
+    <row r="37" spans="1:19">
       <c r="A37" s="10"/>
       <c r="B37" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H37" s="3">
         <v>0</v>
       </c>
       <c r="I37" s="11"/>
       <c r="J37" s="3">
         <v>0</v>
       </c>
       <c r="K37" s="11"/>
       <c r="L37" s="3">
         <v>0</v>
       </c>
       <c r="M37" s="11"/>
       <c r="N37" s="3">
         <v>0</v>
       </c>
       <c r="O37" s="2"/>
       <c r="P37" s="3">
         <v>0</v>
       </c>
       <c r="R37" s="3">
         <f>SUM(H37:P37)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:18">
+    <row r="38" spans="1:19">
       <c r="A38" s="10"/>
       <c r="B38" s="1" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="H38" s="3">
         <v>0</v>
       </c>
       <c r="I38" s="11"/>
       <c r="J38" s="3">
         <v>0</v>
       </c>
       <c r="K38" s="11"/>
       <c r="L38" s="3">
         <v>0</v>
       </c>
       <c r="M38" s="11"/>
       <c r="N38" s="3">
         <v>0</v>
       </c>
       <c r="O38" s="2"/>
       <c r="P38" s="3">
         <v>0</v>
       </c>
       <c r="R38" s="3">
         <f>SUM(H38:P38)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:18" ht="8.25" customHeight="1">
-      <c r="H39" s="13"/>
+    <row r="39" spans="1:19">
+      <c r="A39" s="10"/>
+      <c r="B39" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39" s="3">
+        <v>0</v>
+      </c>
       <c r="I39" s="11"/>
-      <c r="J39" s="13"/>
+      <c r="J39" s="3">
+        <v>0</v>
+      </c>
       <c r="K39" s="11"/>
-      <c r="L39" s="13"/>
+      <c r="L39" s="3">
+        <v>0</v>
+      </c>
       <c r="M39" s="11"/>
-      <c r="N39" s="13"/>
-[...4 lines deleted...]
-      <c r="B40" s="10" t="s">
+      <c r="N39" s="3">
+        <v>0</v>
+      </c>
+      <c r="O39" s="2"/>
+      <c r="P39" s="3">
+        <v>0</v>
+      </c>
+      <c r="R39" s="3">
+        <f>SUM(H39:P39)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19" ht="8.25" customHeight="1">
+      <c r="H40" s="13"/>
+      <c r="I40" s="11"/>
+      <c r="J40" s="13"/>
+      <c r="K40" s="11"/>
+      <c r="L40" s="13"/>
+      <c r="M40" s="11"/>
+      <c r="N40" s="13"/>
+      <c r="P40" s="13"/>
+      <c r="R40" s="13"/>
+    </row>
+    <row r="41" spans="1:19">
+      <c r="B41" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="H40" s="3">
-[...29 lines deleted...]
-    <row r="41" spans="1:18">
+      <c r="H41" s="3">
+        <f>SUM(H35:H39)</f>
+        <v>0</v>
+      </c>
       <c r="I41" s="11"/>
+      <c r="J41" s="3">
+        <f>SUM(J35:J39)</f>
+        <v>0</v>
+      </c>
       <c r="K41" s="11"/>
+      <c r="L41" s="3">
+        <f>SUM(L35:L39)</f>
+        <v>0</v>
+      </c>
       <c r="M41" s="11"/>
-      <c r="P41" s="3"/>
-[...8 lines deleted...]
-      </c>
+      <c r="N41" s="3">
+        <f>SUM(N35:N39)</f>
+        <v>0</v>
+      </c>
+      <c r="O41" s="2"/>
+      <c r="P41" s="3">
+        <f>SUM(P35:P39)</f>
+        <v>0</v>
+      </c>
+      <c r="Q41" s="2"/>
+      <c r="R41" s="3">
+        <f>SUM(H41:P41)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19">
       <c r="I42" s="11"/>
       <c r="K42" s="11"/>
       <c r="M42" s="11"/>
-      <c r="O42" s="3"/>
       <c r="P42" s="3"/>
       <c r="R42" s="3"/>
     </row>
-    <row r="43" spans="1:18">
-[...4 lines deleted...]
-        <f>H31-H40+25000*F44</f>
+    <row r="43" spans="1:19">
+      <c r="A43" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="I43" s="11"/>
+      <c r="K43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="O43" s="3"/>
+      <c r="P43" s="3"/>
+      <c r="R43" s="3"/>
+    </row>
+    <row r="44" spans="1:19">
+      <c r="B44" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H44" s="19">
+        <f>H32-H41+50000*$F45</f>
         <v>250000</v>
       </c>
-      <c r="J43" s="19">
-        <f>J31-J40</f>
+      <c r="J44" s="19">
+        <f>J32-J41</f>
         <v>250000</v>
       </c>
-      <c r="K43" s="3"/>
-[...1 lines deleted...]
-        <f>L31-L40</f>
+      <c r="K44" s="3"/>
+      <c r="L44" s="19">
+        <f>L32-L41</f>
         <v>250000</v>
       </c>
-      <c r="M43" s="3"/>
-[...1 lines deleted...]
-        <f>N31-N40</f>
+      <c r="M44" s="3"/>
+      <c r="N44" s="19">
+        <f>N32-N41</f>
         <v>250000</v>
       </c>
-      <c r="O43" s="3"/>
-[...1 lines deleted...]
-        <f>P31-P40</f>
+      <c r="O44" s="3"/>
+      <c r="P44" s="19">
+        <f>P32-P41</f>
         <v>250000</v>
       </c>
-      <c r="R43" s="19">
-        <f>SUM(H43:P43)</f>
+      <c r="R44" s="19">
+        <f>SUM(H44:P44)</f>
         <v>1250000</v>
       </c>
     </row>
-    <row r="44" spans="1:18">
-[...20 lines deleted...]
-      <c r="I45" s="20">
+    <row r="45" spans="1:19">
+      <c r="E45" s="27" t="s">
+        <v>45</v>
+      </c>
+      <c r="F45" s="28">
+        <v>0</v>
+      </c>
+      <c r="K45" s="3"/>
+      <c r="M45" s="3"/>
+      <c r="O45" s="3"/>
+      <c r="P45" s="3"/>
+      <c r="R45" s="3"/>
+    </row>
+    <row r="46" spans="1:19">
+      <c r="F46" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="H46" s="20">
+        <f t="shared" ref="H46:P46" si="0">H32-H44</f>
+        <v>0</v>
+      </c>
+      <c r="I46" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="J45" s="20">
+      <c r="J46" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K45" s="20">
+      <c r="K46" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L45" s="20">
+      <c r="L46" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="M45" s="20">
+      <c r="M46" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="N45" s="20">
+      <c r="N46" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="O45" s="20">
+      <c r="O46" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="P45" s="20">
+      <c r="P46" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="Q45" s="21"/>
-[...6 lines deleted...]
-      <c r="A46" s="10" t="s">
+      <c r="Q46" s="21"/>
+      <c r="R46" s="20">
+        <f>R32-R44</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19">
+      <c r="A47" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="B46" s="10" t="s">
+      <c r="B47" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="K46" s="3"/>
-[...6 lines deleted...]
-      <c r="F48" s="26"/>
+      <c r="K47" s="3"/>
+      <c r="M47" s="3"/>
+      <c r="N47" s="4"/>
+    </row>
+    <row r="48" spans="1:19">
+      <c r="C48" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="D48" s="43"/>
+      <c r="E48" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F48" s="37" t="s">
+        <v>55</v>
+      </c>
       <c r="K48" s="3"/>
       <c r="M48" s="3"/>
       <c r="P48" s="3"/>
       <c r="R48" s="3"/>
     </row>
     <row r="49" spans="1:19">
       <c r="B49" s="25" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="F49" s="26"/>
+        <v>51</v>
+      </c>
+      <c r="F49" s="38">
+        <v>0.57499999999999996</v>
+      </c>
       <c r="K49" s="3"/>
       <c r="M49" s="3"/>
       <c r="P49" s="3"/>
       <c r="R49" s="3"/>
     </row>
     <row r="50" spans="1:19">
-      <c r="B50" s="25" t="s">
-[...8 lines deleted...]
-      <c r="R50" s="3"/>
+      <c r="B50" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G50" s="39"/>
+      <c r="H50" s="14">
+        <f>H44*$F49</f>
+        <v>143750</v>
+      </c>
+      <c r="I50" s="15"/>
+      <c r="J50" s="14">
+        <f>J44*$F49</f>
+        <v>143750</v>
+      </c>
+      <c r="K50" s="15"/>
+      <c r="L50" s="14">
+        <f>L44*$F49</f>
+        <v>143750</v>
+      </c>
+      <c r="M50" s="15"/>
+      <c r="N50" s="14">
+        <f>N44*$F49</f>
+        <v>143750</v>
+      </c>
+      <c r="O50" s="2"/>
+      <c r="P50" s="14">
+        <f>P44*$F49</f>
+        <v>143750</v>
+      </c>
+      <c r="Q50" s="2"/>
+      <c r="R50" s="3">
+        <f>SUM(H50:P50)</f>
+        <v>718750</v>
+      </c>
     </row>
     <row r="51" spans="1:19">
-      <c r="B51" s="1" t="s">
-[...30 lines deleted...]
-      </c>
+      <c r="K51" s="3"/>
+      <c r="M51" s="3"/>
+      <c r="P51" s="3"/>
+      <c r="R51" s="13"/>
     </row>
     <row r="52" spans="1:19">
-      <c r="K52" s="3"/>
-[...2 lines deleted...]
-      <c r="R52" s="13"/>
+      <c r="A52" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="H52" s="11">
+        <f>H32+H50</f>
+        <v>393750</v>
+      </c>
+      <c r="I52" s="11"/>
+      <c r="J52" s="11">
+        <f>J32+J50</f>
+        <v>393750</v>
+      </c>
+      <c r="K52" s="11"/>
+      <c r="L52" s="11">
+        <f>L32+L50</f>
+        <v>393750</v>
+      </c>
+      <c r="M52" s="11"/>
+      <c r="N52" s="11">
+        <f>N32+N50</f>
+        <v>393750</v>
+      </c>
+      <c r="O52" s="11"/>
+      <c r="P52" s="11">
+        <f>P32+P50</f>
+        <v>393750</v>
+      </c>
+      <c r="Q52" s="2"/>
+      <c r="R52" s="11">
+        <f>SUM(H52:P52)</f>
+        <v>1968750</v>
+      </c>
     </row>
     <row r="53" spans="1:19">
-      <c r="A53" s="10" t="s">
-[...33 lines deleted...]
-      </c>
+      <c r="A53" s="4"/>
+      <c r="B53" s="4"/>
+      <c r="H53" s="12"/>
+      <c r="J53" s="12"/>
+      <c r="K53" s="3"/>
+      <c r="S53" s="2"/>
     </row>
     <row r="54" spans="1:19">
-      <c r="A54" s="4"/>
-[...4 lines deleted...]
-      <c r="S54" s="2"/>
+      <c r="A54" s="10"/>
+      <c r="B54" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54" s="12">
+        <f>H52+J52+L52+N52+P52</f>
+        <v>1968750</v>
+      </c>
     </row>
     <row r="55" spans="1:19">
-      <c r="A55" s="10"/>
-[...35 lines deleted...]
-      <c r="F60" s="31"/>
+      <c r="B55" s="4"/>
+    </row>
+    <row r="57" spans="1:19" ht="15.75" customHeight="1">
+      <c r="A57" s="42" t="s">
+        <v>40</v>
+      </c>
+      <c r="B57" s="42"/>
+      <c r="C57" s="42"/>
+      <c r="D57" s="42"/>
+      <c r="E57" s="42"/>
+      <c r="F57" s="42"/>
+    </row>
+    <row r="58" spans="1:19">
+      <c r="A58" s="42"/>
+      <c r="B58" s="42"/>
+      <c r="C58" s="42"/>
+      <c r="D58" s="42"/>
+      <c r="E58" s="42"/>
+      <c r="F58" s="42"/>
+    </row>
+    <row r="59" spans="1:19" ht="15" customHeight="1">
+      <c r="A59" s="42"/>
+      <c r="B59" s="42"/>
+      <c r="C59" s="42"/>
+      <c r="D59" s="42"/>
+      <c r="E59" s="42"/>
+      <c r="F59" s="42"/>
+    </row>
+    <row r="60" spans="1:19">
+      <c r="A60" s="42"/>
+      <c r="B60" s="42"/>
+      <c r="C60" s="42"/>
+      <c r="D60" s="42"/>
+      <c r="E60" s="42"/>
+      <c r="F60" s="42"/>
     </row>
     <row r="61" spans="1:19">
-      <c r="A61" s="31"/>
-[...4 lines deleted...]
-      <c r="F61" s="31"/>
+      <c r="A61" s="42"/>
+      <c r="B61" s="42"/>
+      <c r="C61" s="42"/>
+      <c r="D61" s="42"/>
+      <c r="E61" s="42"/>
+      <c r="F61" s="42"/>
+      <c r="G61" s="16"/>
+      <c r="H61" s="16"/>
+      <c r="I61" s="16"/>
+      <c r="J61" s="16"/>
+      <c r="K61" s="5"/>
+      <c r="L61" s="16"/>
     </row>
     <row r="62" spans="1:19">
-      <c r="A62" s="31"/>
-[...10 lines deleted...]
-      <c r="L62" s="16"/>
+      <c r="A62" s="42"/>
+      <c r="B62" s="42"/>
+      <c r="C62" s="42"/>
+      <c r="D62" s="42"/>
+      <c r="E62" s="42"/>
+      <c r="F62" s="42"/>
     </row>
     <row r="63" spans="1:19">
-      <c r="A63" s="31"/>
-[...8 lines deleted...]
-        <v>51</v>
+      <c r="A63" s="26" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="3">
+  <mergeCells count="5">
     <mergeCell ref="J4:Z5"/>
-    <mergeCell ref="I8:P11"/>
-    <mergeCell ref="A58:F63"/>
+    <mergeCell ref="I9:P12"/>
+    <mergeCell ref="A57:F62"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="J6:Z7"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
+  <dataValidations count="1">
+    <dataValidation allowBlank="1" showInputMessage="1" sqref="F49" xr:uid="{01B7B35D-8CAD-4166-B262-6DAB1059ACD8}"/>
+  </dataValidations>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="86" fitToHeight="0" orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
-    <ignoredError sqref="H34 J34:P34" formulaRange="1"/>
+    <ignoredError sqref="J35:P35" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 