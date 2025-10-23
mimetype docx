--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -50,149 +50,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00BC503A" w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624B2498" w14:textId="6F924284" w:rsidR="004E4E9E" w:rsidRPr="002A65B0" w:rsidRDefault="004E4E9E" w:rsidP="002A65B0">
-[...97 lines deleted...]
-    </w:p>
     <w:p w14:paraId="01BC31E4" w14:textId="25BE7A2E" w:rsidR="005D0B70" w:rsidRPr="002A65B0" w:rsidRDefault="005978F2" w:rsidP="002A65B0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -717,179 +618,172 @@
               <w:pStyle w:val="xmsonormal"/>
               <w:spacing w:before="40" w:after="40" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Project Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="004E5506" w:rsidRPr="002A65B0" w14:paraId="11B5B29E" w14:textId="77777777" w:rsidTr="002A3593">
+        <w:trPr>
+          <w:trHeight w:val="620"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C778EFE" w14:textId="77777777" w:rsidR="004E5506" w:rsidRPr="002A65B0" w:rsidRDefault="004E5506" w:rsidP="002A3593">
+            <w:pPr>
+              <w:pStyle w:val="xmsonormal"/>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Third Party Partners at Off-campus/Off-site Location</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[Third party partners are partners not affiliated with CU Boulder as an employee or student who is present in the off-campus/off-site </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>research working</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> environment.]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00C556D8" w:rsidRPr="002A65B0" w14:paraId="6630DA24" w14:textId="77777777" w:rsidTr="008E5EFD">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71C9CFAB" w14:textId="28EF4A9A" w:rsidR="00671A7F" w:rsidRPr="002A65B0" w:rsidRDefault="000A4634" w:rsidP="002A65B0">
             <w:pPr>
               <w:pStyle w:val="xmsonormal"/>
               <w:spacing w:before="40" w:after="40" w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Brief description of field setting and unique challenges of the team:</w:t>
             </w:r>
             <w:r w:rsidR="001A1440" w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...85 lines deleted...]
-              <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3B8A495C" w14:textId="3F774434" w:rsidR="001E5C96" w:rsidRPr="002A65B0" w:rsidRDefault="001E5C96" w:rsidP="002A65B0">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="528A4318" w14:textId="0F07C8AD" w:rsidR="000A4634" w:rsidRPr="002A65B0" w:rsidRDefault="000A4634" w:rsidP="002A65B0">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:after="80" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
@@ -1243,116 +1137,179 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D3CD267" w14:textId="48433E82" w:rsidR="00666D23" w:rsidRPr="002A65B0" w:rsidRDefault="00666D23" w:rsidP="002A65B0">
             <w:pPr>
               <w:pStyle w:val="xmsonormal"/>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">[OIEC offers pre-deployment training to research groups with the goal of pre-empting discrimination and sexual misconduct in the field. These trainings cover workplace norms in the field, bystander intervention skills, and reporting avenues and requirements. Contact </w:t>
+              <w:t xml:space="preserve">[OIEC offers pre-deployment training to research groups with the goal of pre-empting discrimination and sexual misconduct in the field. These </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>trainings</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cover workplace norms in the field, bystander intervention skills, and reporting avenues and requirements. Contact </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="002A65B0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>oiectraining@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> for details and to schedule. If you intend to schedule a training for your group, it can be included as part of this plan.]</w:t>
+              <w:t xml:space="preserve"> for details and to schedule. If you intend to schedule </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a training</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for your group, it can be included as part of this plan.]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2C833040" w14:textId="77777777" w:rsidR="000A4634" w:rsidRPr="002A65B0" w:rsidRDefault="000A4634" w:rsidP="002A65B0">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6390AAFC" w14:textId="4EA58A8B" w:rsidR="000A4634" w:rsidRPr="002A65B0" w:rsidRDefault="000A4634" w:rsidP="002A65B0">
+    <w:p w14:paraId="6390AAFC" w14:textId="245C1A79" w:rsidR="000A4634" w:rsidRPr="002A65B0" w:rsidRDefault="000A4634" w:rsidP="002A65B0">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:after="80" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Communications</w:t>
+        <w:t>Communication</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5506">
+        <w:rPr>
+          <w:rStyle w:val="xmarkedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Processes</w:t>
       </w:r>
       <w:r w:rsidR="001308A2" w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Individuals participating in the off-campus or off-site research will have access to the following communications pathways and singular points of communication will be minimized as follows</w:t>
       </w:r>
       <w:r w:rsidR="00A04879" w:rsidRPr="002A65B0">
         <w:rPr>
@@ -1559,116 +1516,170 @@
       <w:r w:rsidR="0056245E" w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F2EE799" w14:textId="77777777" w:rsidR="000A4634" w:rsidRPr="002A65B0" w:rsidRDefault="000A4634" w:rsidP="002A65B0">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E717FC6" w14:textId="0D33A94B" w:rsidR="00E933B9" w:rsidRPr="002A65B0" w:rsidRDefault="00E933B9" w:rsidP="002A65B0">
-[...4 lines deleted...]
-          <w:rStyle w:val="xmarkedcontent"/>
+    <w:p w14:paraId="6AC7C9A7" w14:textId="71C978F3" w:rsidR="004E5506" w:rsidRDefault="004E5506" w:rsidP="002A65B0">
+      <w:pPr>
+        <w:spacing w:after="40" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="xmarkedcontent"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E5506">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Abuse of Any Person</w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="xmarkedcontent"/>
+        <w:t xml:space="preserve">Organizational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E5506">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="xmarkedcontent"/>
+        <w:t xml:space="preserve">Mechanisms for Reporting, Responding To, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">and Other Conduct </w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E5506">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd Resolving Issues </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E5506">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>f Harassment, Should They Arise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E5506">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033F925F" w14:textId="57EC5074" w:rsidR="00E933B9" w:rsidRPr="002A65B0" w:rsidRDefault="00E933B9" w:rsidP="002A65B0">
+    <w:p w14:paraId="033F925F" w14:textId="6B3EFEF4" w:rsidR="00E933B9" w:rsidRPr="002A65B0" w:rsidRDefault="00E933B9" w:rsidP="002A65B0">
       <w:pPr>
         <w:spacing w:after="40" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>All participating individuals will be provided the following information:</w:t>
+        <w:t xml:space="preserve">All participating individuals will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A65B0">
+        <w:rPr>
+          <w:rStyle w:val="xmarkedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A65B0">
+        <w:rPr>
+          <w:rStyle w:val="xmarkedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following information:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="6030"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A24E04" w:rsidRPr="002A65B0" w14:paraId="2907F624" w14:textId="77777777" w:rsidTr="005D5E0A">
         <w:trPr>
           <w:trHeight w:val="197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -2055,51 +2066,77 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Special Considerations (Optional, if applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [Required if Third Party Partners Involved or Other Special Circumstances]</w:t>
+        <w:t xml:space="preserve"> [Required if Third Party Partners </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A65B0">
+        <w:rPr>
+          <w:rStyle w:val="xmarkedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Involved</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A65B0">
+        <w:rPr>
+          <w:rStyle w:val="xmarkedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Other Special Circumstances]</w:t>
       </w:r>
       <w:r w:rsidR="001C345E" w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A65B0">
         <w:rPr>
           <w:rStyle w:val="xmarkedcontent"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Third Party Partners: </w:t>
       </w:r>
       <w:r w:rsidRPr="002A65B0">
@@ -2761,51 +2798,69 @@
           <w:p w14:paraId="1B7C2148" w14:textId="77777777" w:rsidR="00E933B9" w:rsidRPr="002A65B0" w:rsidRDefault="00E933B9" w:rsidP="002A65B0">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Should reports need to be made to someone other than the PI, individuals may report directly to OIEC. </w:t>
             </w:r>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Incident reports can be made by any individual, regardless of affiliation to CU Boulder or the project.</w:t>
+              <w:t xml:space="preserve">Incident reports can be made by any individual, regardless of affiliation </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CU Boulder or the project.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04157923" w14:textId="0042DA56" w:rsidR="00E933B9" w:rsidRPr="002A65B0" w:rsidRDefault="00E933B9" w:rsidP="002A65B0">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Report to PI in person</w:t>
@@ -3480,51 +3535,73 @@
                 </w:rPr>
                 <w:t>Student Conduct &amp; Conflict Resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="20DCDE24" w14:textId="215FEC5E" w:rsidR="00FA1B97" w:rsidRPr="002A65B0" w:rsidRDefault="00FA1B97" w:rsidP="005D2CF9">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Reports to other contacts</w:t>
+              <w:t xml:space="preserve">Reports </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> other contacts</w:t>
             </w:r>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> are made as follows:</w:t>
             </w:r>
             <w:r w:rsidR="005D2CF9">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -3690,51 +3767,81 @@
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rStyle w:val="xmarkedcontent"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">[Detail who the plan </w:t>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Detail who</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A65B0">
+              <w:rPr>
+                <w:rStyle w:val="xmarkedcontent"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the plan </w:t>
             </w:r>
             <w:r w:rsidRPr="002A65B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>will be disseminated to (include subrecipient or collaborative individuals participating in off-campus/off-site research), method and timeline for dissemination]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D78C5FB" w14:textId="77777777" w:rsidR="00BF5261" w:rsidRPr="00122592" w:rsidRDefault="00BF5261" w:rsidP="002A65B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -6791,51 +6898,51 @@
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="160849901">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1011224500">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1158957545">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1390765397">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1687290407">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1173110100">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="200"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -6862,87 +6969,86 @@
     <w:rsid w:val="00152625"/>
     <w:rsid w:val="00162918"/>
     <w:rsid w:val="0016341B"/>
     <w:rsid w:val="0016618B"/>
     <w:rsid w:val="00167873"/>
     <w:rsid w:val="00173E07"/>
     <w:rsid w:val="0018481C"/>
     <w:rsid w:val="00194A7F"/>
     <w:rsid w:val="001962DA"/>
     <w:rsid w:val="001A1440"/>
     <w:rsid w:val="001C345E"/>
     <w:rsid w:val="001E5C96"/>
     <w:rsid w:val="00200CA6"/>
     <w:rsid w:val="00201CE0"/>
     <w:rsid w:val="00211B22"/>
     <w:rsid w:val="00215B4C"/>
     <w:rsid w:val="00246BF5"/>
     <w:rsid w:val="0025125D"/>
     <w:rsid w:val="00255171"/>
     <w:rsid w:val="00272223"/>
     <w:rsid w:val="002A65B0"/>
     <w:rsid w:val="002B2FA8"/>
     <w:rsid w:val="002B7A11"/>
     <w:rsid w:val="002D17D5"/>
     <w:rsid w:val="002E1FDA"/>
-    <w:rsid w:val="002E333B"/>
     <w:rsid w:val="002F524D"/>
     <w:rsid w:val="00303B16"/>
     <w:rsid w:val="00306030"/>
     <w:rsid w:val="0030788F"/>
     <w:rsid w:val="003133ED"/>
     <w:rsid w:val="00316028"/>
     <w:rsid w:val="003261C7"/>
     <w:rsid w:val="003353CB"/>
     <w:rsid w:val="00336569"/>
     <w:rsid w:val="003433D9"/>
     <w:rsid w:val="0035282F"/>
     <w:rsid w:val="0037579F"/>
     <w:rsid w:val="003803A6"/>
     <w:rsid w:val="003C2A55"/>
     <w:rsid w:val="003C6008"/>
-    <w:rsid w:val="003D6011"/>
     <w:rsid w:val="003E0274"/>
     <w:rsid w:val="003E6EC7"/>
     <w:rsid w:val="003F182A"/>
     <w:rsid w:val="00411689"/>
     <w:rsid w:val="00412C0A"/>
     <w:rsid w:val="004155C3"/>
     <w:rsid w:val="00432691"/>
     <w:rsid w:val="00433EEE"/>
     <w:rsid w:val="004428DB"/>
     <w:rsid w:val="0045327F"/>
     <w:rsid w:val="004548E6"/>
     <w:rsid w:val="004560FC"/>
     <w:rsid w:val="004752A3"/>
     <w:rsid w:val="00485E61"/>
     <w:rsid w:val="004A5CB6"/>
     <w:rsid w:val="004A6430"/>
     <w:rsid w:val="004A79F9"/>
     <w:rsid w:val="004B5AD2"/>
     <w:rsid w:val="004D0CF0"/>
     <w:rsid w:val="004E4E9E"/>
+    <w:rsid w:val="004E5506"/>
     <w:rsid w:val="00512928"/>
     <w:rsid w:val="0051320A"/>
     <w:rsid w:val="005352B3"/>
     <w:rsid w:val="005437D7"/>
     <w:rsid w:val="00551C2C"/>
     <w:rsid w:val="00553706"/>
     <w:rsid w:val="005578FB"/>
     <w:rsid w:val="0056245E"/>
     <w:rsid w:val="00562FE5"/>
     <w:rsid w:val="00586474"/>
     <w:rsid w:val="005978F2"/>
     <w:rsid w:val="005C35FD"/>
     <w:rsid w:val="005C3C71"/>
     <w:rsid w:val="005C58E4"/>
     <w:rsid w:val="005D0B70"/>
     <w:rsid w:val="005D1027"/>
     <w:rsid w:val="005D1E4E"/>
     <w:rsid w:val="005D2CF9"/>
     <w:rsid w:val="005D5E0A"/>
     <w:rsid w:val="005F6480"/>
     <w:rsid w:val="006278D9"/>
     <w:rsid w:val="006324E8"/>
     <w:rsid w:val="0063504F"/>
     <w:rsid w:val="0065017A"/>
     <w:rsid w:val="006532D5"/>
@@ -7004,51 +7110,50 @@
     <w:rsid w:val="009E65D2"/>
     <w:rsid w:val="009F29B2"/>
     <w:rsid w:val="009F30E0"/>
     <w:rsid w:val="009F42A0"/>
     <w:rsid w:val="009F6D41"/>
     <w:rsid w:val="00A03ED6"/>
     <w:rsid w:val="00A04879"/>
     <w:rsid w:val="00A24E04"/>
     <w:rsid w:val="00A25076"/>
     <w:rsid w:val="00A41606"/>
     <w:rsid w:val="00A4772C"/>
     <w:rsid w:val="00A47E11"/>
     <w:rsid w:val="00A71A1C"/>
     <w:rsid w:val="00A739F4"/>
     <w:rsid w:val="00A741A6"/>
     <w:rsid w:val="00A74D45"/>
     <w:rsid w:val="00AA4C43"/>
     <w:rsid w:val="00AC02F9"/>
     <w:rsid w:val="00AC21AD"/>
     <w:rsid w:val="00AC2D38"/>
     <w:rsid w:val="00AD652C"/>
     <w:rsid w:val="00AE4111"/>
     <w:rsid w:val="00B00E1B"/>
     <w:rsid w:val="00B14D71"/>
     <w:rsid w:val="00B3694F"/>
-    <w:rsid w:val="00B80288"/>
     <w:rsid w:val="00B85056"/>
     <w:rsid w:val="00B922B4"/>
     <w:rsid w:val="00BA6331"/>
     <w:rsid w:val="00BC503A"/>
     <w:rsid w:val="00BD308E"/>
     <w:rsid w:val="00BE700F"/>
     <w:rsid w:val="00BF178B"/>
     <w:rsid w:val="00BF1EF4"/>
     <w:rsid w:val="00BF5261"/>
     <w:rsid w:val="00C24DD1"/>
     <w:rsid w:val="00C251D1"/>
     <w:rsid w:val="00C3113E"/>
     <w:rsid w:val="00C556D8"/>
     <w:rsid w:val="00C748F5"/>
     <w:rsid w:val="00C7797A"/>
     <w:rsid w:val="00C77EB5"/>
     <w:rsid w:val="00C77FAC"/>
     <w:rsid w:val="00C82BF8"/>
     <w:rsid w:val="00C9316A"/>
     <w:rsid w:val="00CB1B25"/>
     <w:rsid w:val="00CB5483"/>
     <w:rsid w:val="00CB6626"/>
     <w:rsid w:val="00CF6426"/>
     <w:rsid w:val="00D534CC"/>
     <w:rsid w:val="00D62C24"/>
@@ -7062,50 +7167,51 @@
     <w:rsid w:val="00DC4C1F"/>
     <w:rsid w:val="00DC79DA"/>
     <w:rsid w:val="00DE5E26"/>
     <w:rsid w:val="00DF5D52"/>
     <w:rsid w:val="00E25171"/>
     <w:rsid w:val="00E27859"/>
     <w:rsid w:val="00E27F68"/>
     <w:rsid w:val="00E36E68"/>
     <w:rsid w:val="00E422B3"/>
     <w:rsid w:val="00E4271F"/>
     <w:rsid w:val="00E43AA4"/>
     <w:rsid w:val="00E53572"/>
     <w:rsid w:val="00E53C5D"/>
     <w:rsid w:val="00E610F9"/>
     <w:rsid w:val="00E66D56"/>
     <w:rsid w:val="00E73EF3"/>
     <w:rsid w:val="00E933B9"/>
     <w:rsid w:val="00E93BD4"/>
     <w:rsid w:val="00E96FE6"/>
     <w:rsid w:val="00EB3D8D"/>
     <w:rsid w:val="00EC11F7"/>
     <w:rsid w:val="00ED1388"/>
     <w:rsid w:val="00ED3556"/>
     <w:rsid w:val="00EE1BEF"/>
     <w:rsid w:val="00EE248B"/>
+    <w:rsid w:val="00EE2B62"/>
     <w:rsid w:val="00EF334D"/>
     <w:rsid w:val="00EF55A8"/>
     <w:rsid w:val="00F046B3"/>
     <w:rsid w:val="00F05CA8"/>
     <w:rsid w:val="00F32076"/>
     <w:rsid w:val="00F43572"/>
     <w:rsid w:val="00F438D6"/>
     <w:rsid w:val="00F54410"/>
     <w:rsid w:val="00F61AA8"/>
     <w:rsid w:val="00F66384"/>
     <w:rsid w:val="00F669C6"/>
     <w:rsid w:val="00F763EB"/>
     <w:rsid w:val="00F83440"/>
     <w:rsid w:val="00F85F49"/>
     <w:rsid w:val="00FA1B97"/>
     <w:rsid w:val="00FA42C2"/>
     <w:rsid w:val="00FB3A03"/>
     <w:rsid w:val="00FC63EA"/>
     <w:rsid w:val="00FD5EE2"/>
     <w:rsid w:val="00FD732F"/>
     <w:rsid w:val="01132082"/>
     <w:rsid w:val="026665C3"/>
     <w:rsid w:val="04325E18"/>
     <w:rsid w:val="076B31E7"/>
     <w:rsid w:val="076CC5D7"/>
@@ -7553,51 +7659,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009A2C3E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -8464,75 +8569,75 @@
     <ds:schemaRef ds:uri="18daa364-b47b-4589-827b-c1818c74cd13"/>
     <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DE48200-EC97-421B-A846-416FA2BA12DA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1129</Words>
-  <Characters>6440</Characters>
+  <Words>1102</Words>
+  <Characters>6427</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>15</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>160</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Colorado at Boulder</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7554</CharactersWithSpaces>
+  <CharactersWithSpaces>7449</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="78" baseType="variant">
       <vt:variant>
         <vt:i4>6946873</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.nsf.gov/od/oecr/harassment.jsp</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572915</vt:i4>
       </vt:variant>
       <vt:variant>