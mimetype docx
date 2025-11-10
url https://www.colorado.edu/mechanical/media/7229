--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -44,128 +44,171 @@
       <w:r>
         <w:t>Guidelines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A42313">
         <w:t xml:space="preserve">and Peer Observation Protocol </w:t>
       </w:r>
       <w:r>
         <w:t>(for R</w:t>
       </w:r>
       <w:r w:rsidR="00A42313">
         <w:t>PT</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and Merit)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A92FC5" w14:textId="36CEC728" w:rsidR="00B861F8" w:rsidRDefault="00025647">
+    <w:p w14:paraId="51A92FC5" w14:textId="093856E4" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00C63AAA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5.08.12</w:t>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340EFE36" w14:textId="77777777" w:rsidR="00A42313" w:rsidRDefault="00A42313">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="629A867C" w14:textId="0464D8C1" w:rsidR="00B861F8" w:rsidRDefault="00A42313" w:rsidP="00A42313">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Observation Guidelines</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D262ECB" w14:textId="6E581EDB" w:rsidR="00B861F8" w:rsidRDefault="000D06A1">
+    <w:p w14:paraId="5D262ECB" w14:textId="27493837" w:rsidR="00B861F8" w:rsidRDefault="000D06A1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The goals of the peer teaching evaluation process are to have peer observation feedback available to faculty for tenure and promotion cases, provide a formative process for continuous improvement of teaching, and create a culture of community around teaching with monetary support for observers for time and effort spent. Per expectations from the Dean’s office, departments should employ multiple measures for evaluation of teaching with scholarly tools, and this is one of the primary ones used in our department. </w:t>
+        <w:t>The goals of the peer teaching evaluation process are to have peer observation feedback available to faculty for</w:t>
+      </w:r>
+      <w:r w:rsidR="0011212F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reappointment,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tenure and promotion cases, provide a formative process for continuous improvement of teaching, and create a culture of community around teaching. Per expectations from the Dean’s office, departments should employ multiple measures for evaluation of teaching with scholarly tools, and this is one of the primary ones used in our department. </w:t>
       </w:r>
       <w:r w:rsidR="00025647">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Peer observations </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are thus intended to promote</w:t>
       </w:r>
       <w:r w:rsidR="00025647">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> improvement</w:t>
       </w:r>
@@ -386,652 +429,237 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Program Management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD39B71" w14:textId="0EAA3CEC" w:rsidR="00B861F8" w:rsidRDefault="00A42313">
+    <w:p w14:paraId="3C4964C9" w14:textId="6FB85EE7" w:rsidR="00B861F8" w:rsidRDefault="002E1EE3" w:rsidP="002E1EE3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Faculty who </w:t>
-[...198 lines deleted...]
-    <w:p w14:paraId="02FF36B0" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00B861F8">
+        <w:t>Faculty should work cooperatively with each other to arrange peer observations. Observations can be conducted by any faculty member rostered in Mechanical Engineering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AC55FF" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00B861F8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="13E1C25A" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C6C15D0" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Selection of Observers</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56E9A3F4" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Procedure for Classroom Observations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598DC845" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...201 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Before your observation:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F48D4B6" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The observer should talk to the faculty member in advance of the observation </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> understand the objectives for that class and how it fits with the overall course and to provide an overview of the observation to be conducted.  Conversations to consider can include: What is the best/most important/most fun aspect of the course? What issues are you facing this semester?</w:t>
+        <w:t>The observer should talk to the faculty member in advance of the observation in order to understand the objectives for that class and how it fits with the overall course and to provide an overview of the observation to be conducted.  Conversations to consider can include: What is the best/most important/most fun aspect of the course? What issues are you facing this semester?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18151533" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00B861F8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BDAF926" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Faculty members are required to provide their observer with the course syllabus, and may provide other materials they deem relevant, including access to the learning management system, lesson plans, assessment materials, or outlines explaining the pedagogical goals of classroom activities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A952CC7" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00B861F8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67E39F70" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>During your observation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22688107" w14:textId="3A2FB4A8" w:rsidR="00B861F8" w:rsidRDefault="00025647">
+    <w:p w14:paraId="22688107" w14:textId="564FEFD0" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The observer should </w:t>
       </w:r>
       <w:r w:rsidR="003B2804">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1075,100 +703,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> found at the end of this document</w:t>
       </w:r>
       <w:r w:rsidR="003B2804">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006D50C1">
-[...48 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="1E2AAE41" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00B861F8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="666BBCBE" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1221,121 +799,103 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">share the survey form and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provide formative and constructive feedback to the faculty member.  Ask first if suggestions are welcomed. Start with strengths and frame criticisms as questions of “why do that”. Conversations to consider can include: What might you want to do/change? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20651B1E" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00B861F8">
       <w:pPr>
         <w:spacing w:after="40" w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3978F621" w14:textId="5A0832B9" w:rsidR="00B861F8" w:rsidRPr="003B2804" w:rsidRDefault="00025647" w:rsidP="003B2804">
+    <w:p w14:paraId="3978F621" w14:textId="4E096BCF" w:rsidR="00B861F8" w:rsidRPr="003B2804" w:rsidRDefault="00025647" w:rsidP="003B2804">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2804">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="003B2804" w:rsidRPr="003B2804">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>survey data will automatically go to the administrator</w:t>
       </w:r>
       <w:r w:rsidR="006D50C1" w:rsidRPr="003B2804">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, who will initiate the observer’s payment. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B2804">
+        <w:t xml:space="preserve">, who will </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1EE3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A copy of the completed form may be retained by both the observer and observe</w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">forward a copy to the observed faculty member and share a copy in the Personnel Committee files. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A8C8A3" w14:textId="77777777" w:rsidR="003B2804" w:rsidRDefault="003B2804" w:rsidP="003B2804">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69893AFC" w14:textId="77777777" w:rsidR="003B2804" w:rsidRPr="003B2804" w:rsidRDefault="003B2804" w:rsidP="003B2804">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
@@ -1425,51 +985,50 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7605230B" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Merit-Specific Considerations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1E4B5E" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For merit purposes, faculty who request and have an observation completed will receive credit for having an observation done.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B3E1E0E" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00B861F8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
@@ -1481,829 +1040,856 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0913CED0" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>RTP-Specific Considerations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F1BF3A" w14:textId="5A8A8C47" w:rsidR="00B861F8" w:rsidRDefault="00025647">
-[...25 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="069DE59F" w14:textId="53E430F8" w:rsidR="000D06A1" w:rsidRDefault="0011212F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Only peer observations collected during the current review cycle should be used for comprehensive review, promotion, and tenure considerations. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A42313">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D25456D" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="5D25456D" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>MCEN Peer Observation Report Notetaker</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="20FD818D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Updated 6.14.25</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E5460E" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="79E5460E" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6BBD70A8" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BBD70A8" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>This document includes questions identical to the ones in the Peer Observation Report form that you will submit through Qualtrics. It is intended to make it easy for you to type up your notes during the observation, without risking losing content if your browser refreshes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D97DAAF" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="5D97DAAF" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="25AD5CF1" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25AD5CF1" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">After the observation, please submit your notes at </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
-        <w:r w:rsidRPr="20FD818D">
+        <w:r w:rsidRPr="002E1EE3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://cuboulder.qualtrics.com/jfe/form/SV_ehvqbk0gD6i9ORg</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="20FD818D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D35C93" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="06D35C93" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="759330C4" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="759330C4" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Part 1: Content</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="20FD818D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Please comment on the professor's delivery of the course content. Topics may include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC2C657" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="2AC2C657" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Was the presented content accurate? If an error was identified, did the instructor respond well to the correction?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3FCA1B" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="0D3FCA1B" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Was the material presented at a level and depth of knowledge appropriate to the class?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633920C2" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="633920C2" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Were examples thoughtfully selected and effectively used to support learning?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21AAA019" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="21AAA019" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t xml:space="preserve">Was it made clear to the students why the material is important to learn (e.g., connections to other areas of the discipline, real-world and/or industry applications of the topic)?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29CCAEF5" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="29CCAEF5" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1596F6B7" w14:textId="7598BB23" w:rsidR="006973CD" w:rsidRPr="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1596F6B7" w14:textId="7598BB23" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>[add your answer here]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B838D3D" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="5B838D3D" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="60CE574B" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60CE574B" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Part 2: Organization</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="20FD818D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Please comment on the organization, structure, and use of time in the class. Topics may include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F7B4EE" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="66F7B4EE" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t xml:space="preserve">Did the class period have a logical flow of topics and information? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E502C0" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="47E502C0" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Was information presented clearly and in a way that helped to facilitate student learning?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A755FE" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="37A755FE" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t xml:space="preserve">Was the presentation of course material clear and delivered using appropriate visual aids (e.g., slides, written notes, graphs, videos, images, etc.)? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299ACDBD" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="299ACDBD" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Was time used effectively throughout the class?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D384AF" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="32D384AF" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4D37D243" w14:textId="7F502632" w:rsidR="006973CD" w:rsidRPr="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D37D243" w14:textId="7F502632" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>[add your answer here]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718A3E5C" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="718A3E5C" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5F875072" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F875072" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Part 3: Engaged Learning</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="20FD818D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Please comment on the strategies that were used to encourage student engagement with the course material. Topics may include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65261D5F" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="65261D5F" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>What active learning strategies were employed? Were they structured effectively with a clear connection to the course material? Were they appropriate for the course size/structure?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0241BE4D" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="0241BE4D" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Did students seem engaged during the class? Did the instructor use any strategies other than active learning to encourage engagement?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2E3BF5" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="2F2E3BF5" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Were formative assessment methods used to gauge student understanding (i.e.: opportunities to ask questions, use of clickers, etc.)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBEF163" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="1BBEF163" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="40D5B4AE" w14:textId="40D64F5D" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D5B4AE" w14:textId="40D64F5D" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>[add your answer here]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3806BD4B" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="3806BD4B" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1C3288DE" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C3288DE" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Part 4: Inclusive Environment</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="20FD818D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t xml:space="preserve">Please comment on the instructor's efforts to create an inclusive environment. Topics may include: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B9801E" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="59B9801E" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t xml:space="preserve">Did the instructor establish a classroom environment that gave all students the opportunity to participate fully (e.g., varied instructional methods, creating a positive climate, responding well to questions)? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C74E613" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="3C74E613" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Has the instructor implemented any specific strategies related to inclusion? These may be evident in the course content and/or be discussed separately.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BAB454F" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="6BAB454F" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="189FE376" w14:textId="78AF7EB8" w:rsidR="006973CD" w:rsidRPr="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="189FE376" w14:textId="78AF7EB8" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
         <w:t>[add your answer here]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E5EB8D" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="48E5EB8D" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="378A5737" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="378A5737" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Please comment on any additional strengths and positive aspects of the course and/or the instructor's teaching that were not included in your previous responses. (optional)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5140AE66" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="5140AE66" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="00199636" w14:textId="7F9D542C" w:rsidR="006973CD" w:rsidRPr="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00199636" w14:textId="7F9D542C" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>[add your answer here]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A44DBC" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="70A44DBC" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6A47275F" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A47275F" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="32363A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>Please comment on any additional suggestions for the instructor to improve their teaching that were not included in your previous responses. (optional)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46BE5B93" w14:textId="77777777" w:rsidR="006973CD" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+    <w:p w14:paraId="46BE5B93" w14:textId="77777777" w:rsidR="006973CD" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="085F1BE0" w14:textId="0FCBFE1B" w:rsidR="00945E6C" w:rsidRPr="002E1EE3" w:rsidRDefault="006973CD" w:rsidP="006973CD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica Neue" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="32363A"/>
         </w:rPr>
         <w:t>[add your answer here]</w:t>
       </w:r>
-      <w:r w:rsidR="00945E6C">
+      <w:r w:rsidR="00945E6C" w:rsidRPr="002E1EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00945E6C" w:rsidRPr="00945E6C">
+    <w:sectPr w:rsidR="00945E6C" w:rsidRPr="002E1EE3">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="720" w:bottom="1152" w:left="720" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E1A535D" w14:textId="77777777" w:rsidR="00E96139" w:rsidRDefault="00E96139">
+    <w:p w14:paraId="355454E2" w14:textId="77777777" w:rsidR="00EF6288" w:rsidRDefault="00EF6288">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F84FAD2" w14:textId="77777777" w:rsidR="00E96139" w:rsidRDefault="00E96139">
+    <w:p w14:paraId="38F1CE30" w14:textId="77777777" w:rsidR="00EF6288" w:rsidRDefault="00EF6288">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
@@ -2314,51 +1900,51 @@
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:panose1 w:val="02000503000000020004"/>
+    <w:altName w:val="Sylfaen"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C1F70F5" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00025647">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
@@ -2384,61 +1970,61 @@
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79D5430F" w14:textId="77777777" w:rsidR="00B861F8" w:rsidRDefault="00B861F8"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="214F676E" w14:textId="77777777" w:rsidR="00E96139" w:rsidRDefault="00E96139">
+    <w:p w14:paraId="531F0CD6" w14:textId="77777777" w:rsidR="00EF6288" w:rsidRDefault="00EF6288">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BEEAB82" w14:textId="77777777" w:rsidR="00E96139" w:rsidRDefault="00E96139">
+    <w:p w14:paraId="4A16FF57" w14:textId="77777777" w:rsidR="00EF6288" w:rsidRDefault="00EF6288">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="7D04BFAE" w14:textId="7CEDBA79" w:rsidR="00B861F8" w:rsidRDefault="00025647">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
@@ -3743,96 +3329,107 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="288366335">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1110010434">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="454180953">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1378697295">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="553659327">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="216204641">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="125"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B861F8"/>
     <w:rsid w:val="00025647"/>
+    <w:rsid w:val="00045229"/>
     <w:rsid w:val="000B404C"/>
     <w:rsid w:val="000D06A1"/>
+    <w:rsid w:val="0011212F"/>
     <w:rsid w:val="0017607E"/>
     <w:rsid w:val="002D44E3"/>
+    <w:rsid w:val="002E1EE3"/>
     <w:rsid w:val="003B2804"/>
     <w:rsid w:val="004109B9"/>
+    <w:rsid w:val="0063716A"/>
     <w:rsid w:val="006973CD"/>
     <w:rsid w:val="006D50C1"/>
     <w:rsid w:val="006F456B"/>
+    <w:rsid w:val="007408A2"/>
+    <w:rsid w:val="00866DC9"/>
     <w:rsid w:val="008802C0"/>
     <w:rsid w:val="00945E6C"/>
+    <w:rsid w:val="0099483D"/>
     <w:rsid w:val="009D63BA"/>
     <w:rsid w:val="00A417E0"/>
     <w:rsid w:val="00A42313"/>
+    <w:rsid w:val="00A5234C"/>
     <w:rsid w:val="00A86FAB"/>
     <w:rsid w:val="00B861F8"/>
     <w:rsid w:val="00C57B4B"/>
     <w:rsid w:val="00C63AAA"/>
     <w:rsid w:val="00CA182C"/>
     <w:rsid w:val="00D71B61"/>
     <w:rsid w:val="00DD21CC"/>
     <w:rsid w:val="00E96139"/>
+    <w:rsid w:val="00EF6288"/>
     <w:rsid w:val="00F11524"/>
+    <w:rsid w:val="00F70B25"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0B2FBCFF"/>
@@ -4769,50 +4366,60 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextEntryLine">
     <w:name w:val="TextEntryLine"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000D06A1"/>
     <w:pPr>
       <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D06A1"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0011212F"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cuboulder.qualtrics.com/jfe/form/SV_ehvqbk0gD6i9ORg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cuboulder.qualtrics.com/jfe/form/SV_ehvqbk0gD6i9ORg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/teaching-quality-framework/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -5106,68 +4713,69 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7048</Characters>
+  <Pages>4</Pages>
+  <Words>1048</Words>
+  <Characters>6093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>126</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8268</CharactersWithSpaces>
+  <CharactersWithSpaces>7077</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jean Hertzberg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>