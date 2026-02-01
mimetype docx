--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -5,78 +5,78 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="76E7BF42" w14:textId="763C7856" w:rsidR="00CF5B6F" w:rsidRPr="008E11CB" w:rsidRDefault="00CF5B6F" w:rsidP="00F54074">
+    <w:p w14:paraId="76E7BF42" w14:textId="60E1B93D" w:rsidR="00CF5B6F" w:rsidRPr="008E11CB" w:rsidRDefault="00CF5B6F" w:rsidP="00F54074">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E11CB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Merit Evaluation Process and Criteria</w:t>
       </w:r>
       <w:r w:rsidR="00F36232">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>: Calendar Year 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E23BE4">
+        <w:t xml:space="preserve">: Calendar Year </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF63E9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33A13280" w14:textId="77777777" w:rsidR="00CF5B6F" w:rsidRPr="00F54074" w:rsidRDefault="00CF5B6F" w:rsidP="00F54074">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3706"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Paul M. Rady Department of Mechanical Engineering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1B2527" w14:textId="77777777" w:rsidR="00CF5B6F" w:rsidRPr="00F54074" w:rsidRDefault="00CF5B6F" w:rsidP="00F54074">
@@ -802,130 +802,82 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as well as for the different ranks within each track (i.e., assistant, associate, and full), consistent with the different job codes and titles for each position. Varying publishing and funding norms in different areas of research are also considered.</w:t>
       </w:r>
       <w:r w:rsidR="00553F3A" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE14220" w14:textId="77777777" w:rsidR="008E11CB" w:rsidRPr="008E11CB" w:rsidRDefault="008E11CB" w:rsidP="00F54074">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03A317E5" w14:textId="08E177B4" w:rsidR="004318E7" w:rsidRDefault="003E5474" w:rsidP="00F54074">
+    <w:p w14:paraId="03A317E5" w14:textId="37FEB99E" w:rsidR="004318E7" w:rsidRDefault="003E5474" w:rsidP="00F54074">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overall ratings are determined based on a weighted sum of research, teaching, and service ratings, where the weightings are determined </w:t>
       </w:r>
       <w:r w:rsidR="00567FB6" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the appointment percentages of an individual faculty member. </w:t>
-      </w:r>
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> menu. </w:t>
       </w:r>
       <w:r w:rsidR="00221447" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Non-integer scores are common in</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> each rating category </w:t>
       </w:r>
       <w:r w:rsidR="00221447" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and are used </w:t>
       </w:r>
@@ -1639,60 +1591,51 @@
         </w:rPr>
         <w:t xml:space="preserve">either </w:t>
       </w:r>
       <w:r w:rsidR="008D11DE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>positive</w:t>
       </w:r>
       <w:r w:rsidR="009D0A39">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
       <w:r w:rsidR="008D11DE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...8 lines deleted...]
-        <w:t>negative</w:t>
+        <w:t xml:space="preserve"> or negative</w:t>
       </w:r>
       <w:r w:rsidR="009D0A39">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
       <w:r w:rsidR="008D11DE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003F51A8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -1798,50 +1741,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E5DF994" w14:textId="77777777" w:rsidR="00BD28F9" w:rsidRPr="008E11CB" w:rsidRDefault="001E7461" w:rsidP="00F54074">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E11CB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="005832BC" w:rsidRPr="008E11CB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Merit </w:t>
       </w:r>
       <w:r w:rsidR="002A570F" w:rsidRPr="008E11CB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Evaluation </w:t>
       </w:r>
       <w:r w:rsidR="005832BC" w:rsidRPr="008E11CB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Process</w:t>
@@ -2062,146 +2006,153 @@
       </w:r>
       <w:r w:rsidR="00721375" w:rsidRPr="001A4991">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>professor (associate or full)</w:t>
       </w:r>
       <w:r w:rsidR="00E50062" w:rsidRPr="001A4991">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00925498" w:rsidRPr="001A4991">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C83AD7" w:rsidRPr="001A4991">
+      <w:r w:rsidR="00C83AD7" w:rsidRPr="00F6436F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="3F3F3F"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The chair(s) of the primary unit evaluation committee (PUEC) and merit evaluation process will be a tenured faculty member</w:t>
       </w:r>
-      <w:r w:rsidR="006716D2" w:rsidRPr="001A4991">
+      <w:r w:rsidR="006716D2" w:rsidRPr="00972DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A4991">
+      <w:r w:rsidRPr="00972DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="005851B5" w:rsidRPr="001A4991">
+      <w:r w:rsidR="005851B5" w:rsidRPr="00972DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A4991">
+      <w:r w:rsidRPr="00972DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">epartment </w:t>
       </w:r>
-      <w:r w:rsidR="005851B5" w:rsidRPr="001A4991">
+      <w:r w:rsidR="005851B5" w:rsidRPr="00972DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A4991">
+      <w:r w:rsidRPr="00972DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hair also participates in personnel committee activities</w:t>
       </w:r>
-      <w:r w:rsidR="004F2376" w:rsidRPr="001A4991">
+      <w:r w:rsidR="004F2376" w:rsidRPr="00972DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A4991">
+      <w:r w:rsidRPr="00972DD9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as necessary.</w:t>
       </w:r>
+      <w:r w:rsidR="007D5F1B" w:rsidRPr="00972DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2376" w:rsidRPr="00972DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5F1B" w:rsidRPr="00972DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>epartm</w:t>
+      </w:r>
       <w:r w:rsidR="007D5F1B" w:rsidRPr="001A4991">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">epartment personnel manager </w:t>
+        <w:t xml:space="preserve">ent personnel manager </w:t>
       </w:r>
       <w:r w:rsidR="007064C0" w:rsidRPr="001A4991">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provides staff support for the</w:t>
       </w:r>
       <w:r w:rsidR="007D5F1B" w:rsidRPr="001A4991">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> personnel committee, and an administrative assistant may </w:t>
       </w:r>
       <w:r w:rsidR="009F766F" w:rsidRPr="001A4991">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
@@ -3632,50 +3583,51 @@
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EA87E4B" w14:textId="02E3C04F" w:rsidR="00CA1BB5" w:rsidRPr="00F54074" w:rsidRDefault="00E307F3" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The entire personnel committee and </w:t>
       </w:r>
       <w:r w:rsidR="00276587" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">epartment </w:t>
       </w:r>
       <w:r w:rsidR="00276587" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
@@ -5255,51 +5207,51 @@
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="009A09CE" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3918B931" w14:textId="77777777" w:rsidR="002247C2" w:rsidRPr="002247C2" w:rsidRDefault="002247C2" w:rsidP="002247C2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E7CC754" w14:textId="3EF7A9F3" w:rsidR="003C4AAD" w:rsidRDefault="00B152FD" w:rsidP="00F54074">
+    <w:p w14:paraId="5E7CC754" w14:textId="79232811" w:rsidR="003C4AAD" w:rsidRDefault="00B152FD" w:rsidP="00F54074">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on qualitative </w:t>
       </w:r>
       <w:r w:rsidR="00DC77F2" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5385,51 +5337,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> is given in each dimension, corresponding to </w:t>
       </w:r>
       <w:r w:rsidR="007E3B5D" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00DF6BA1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="007E3B5D" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, BE, M, FE, and O ratings. </w:t>
+        <w:t>, BE, M,</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2B99" w:rsidRPr="00F54074" w:rsidDel="008D2B99">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3B5D" w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E, and O ratings. </w:t>
       </w:r>
       <w:r w:rsidR="0006566F" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">These ratings are made relative to position- and rank-specific expectations, </w:t>
       </w:r>
       <w:r w:rsidR="00AA0CDE" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidR="0006566F" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">described in </w:t>
       </w:r>
@@ -5936,60 +5904,51 @@
         </w:rPr>
         <w:t>Contributions are comprised primarily of instruction in undergraduate and graduate courses related to the core teaching mission of the department.</w:t>
       </w:r>
       <w:r w:rsidR="007751ED">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Courses </w:t>
       </w:r>
       <w:r w:rsidR="002F097C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>taught outside the department should also be noted</w:t>
       </w:r>
       <w:r w:rsidR="00EB5C44">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and will, in </w:t>
-[...8 lines deleted...]
-        <w:t>most cases (e.g., with prior approval from the department chair), be treated as equivalent to those taught in the department.</w:t>
+        <w:t xml:space="preserve"> and will, in most cases (e.g., with prior approval from the department chair), be treated as equivalent to those taught in the department.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A67CA5F" w14:textId="77777777" w:rsidR="005D3649" w:rsidRPr="00F54074" w:rsidRDefault="005D3649" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6000,50 +5959,51 @@
     <w:p w14:paraId="3ACB6133" w14:textId="77777777" w:rsidR="005D3649" w:rsidRPr="00F54074" w:rsidRDefault="005D3649" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Quantitative and qualitative data from FCQs, classroom peer observations, and classroom student interviews may all be used to evaluate the course instruction dimension.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="275CAE55" w14:textId="35ABE5FB" w:rsidR="005D3649" w:rsidRPr="00F54074" w:rsidRDefault="005D3649" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -6216,161 +6176,180 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty should note, and will receive additional credit for, activities to improve teaching, such as attending an ASEE meeting, participating in the department peer observation process, </w:t>
       </w:r>
       <w:r w:rsidR="00B53CB1" w:rsidRPr="007E0609">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0609">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>taking an online pedagogy class.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613E16B4" w14:textId="6AD4A2D7" w:rsidR="005D3649" w:rsidRPr="00704ED3" w:rsidRDefault="005D3649" w:rsidP="004726CC">
+    <w:p w14:paraId="613E16B4" w14:textId="24578A61" w:rsidR="005D3649" w:rsidRPr="00704ED3" w:rsidRDefault="008A4A45" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3649" w:rsidRPr="00704ED3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ormal pedagogical activities related to</w:t>
+      </w:r>
+      <w:r w:rsidR="00704ED3" w:rsidRPr="00704ED3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diversity, equity, and inclusion (</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3649" w:rsidRPr="00704ED3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DEI</w:t>
+      </w:r>
+      <w:r w:rsidR="00704ED3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3649" w:rsidRPr="00704ED3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and faculty employing inclusive teaching practices</w:t>
+      </w:r>
+      <w:r w:rsidR="00704ED3" w:rsidRPr="00704ED3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
       <w:r w:rsidRPr="00704ED3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Additional credit will be given for formal pedagogical activities related to</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00704ED3" w:rsidRPr="00704ED3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> diversity, equity, and inclusion (</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> These activities should be identified </w:t>
+        <w:t xml:space="preserve">be identified </w:t>
       </w:r>
       <w:r w:rsidR="00704ED3" w:rsidRPr="00704ED3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>using the DEI Activity Summary (code 210</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D92F17">
+        <w:t>using the DEI Activity Summary </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">; example statements can be found </w:t>
-[...13 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
       <w:r w:rsidR="00704ED3" w:rsidRPr="00704ED3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>code 210</w:t>
       </w:r>
       <w:r w:rsidR="00704ED3" w:rsidRPr="00704ED3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F9D128" w14:textId="77777777" w:rsidR="005D3649" w:rsidRPr="008248A4" w:rsidRDefault="005D3649" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -7094,139 +7073,154 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C69E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Faculty are encouraged to share details about non-research related mentoring, which could include advising independent studies, working with student organizations, and other significant efforts to create strong student/faculty relationships within the community</w:t>
       </w:r>
       <w:r w:rsidR="00F645A8" w:rsidRPr="002C69E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE7D90E" w14:textId="0CE92EC6" w:rsidR="005D3649" w:rsidRPr="00F54074" w:rsidRDefault="005D3649" w:rsidP="004726CC">
+    <w:p w14:paraId="1FE7D90E" w14:textId="1D310FAA" w:rsidR="005D3649" w:rsidRPr="00F54074" w:rsidRDefault="008A4A45" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54074">
-[...7 lines deleted...]
-      <w:r w:rsidR="00704ED3">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3649" w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>entoring or recruiting advisees who are members of marginalized or underrepresented populations (including female/non-binary persons)</w:t>
+      </w:r>
+      <w:r w:rsidR="006253E3" w:rsidRPr="00F54074" w:rsidDel="006253E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
       <w:r w:rsidR="00704ED3" w:rsidRPr="00704ED3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">These activities should be identified </w:t>
+        <w:t xml:space="preserve"> be identified </w:t>
       </w:r>
       <w:r w:rsidR="00704ED3" w:rsidRPr="00704ED3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>using the DEI Activity Summary (code 210)</w:t>
       </w:r>
       <w:r w:rsidR="00704ED3" w:rsidRPr="00704ED3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C7EB2DF" w14:textId="77777777" w:rsidR="005D3649" w:rsidRPr="00D46EC1" w:rsidRDefault="005D3649" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D46EC1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Expectations: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43A0E51C" w14:textId="0607E585" w:rsidR="005D3649" w:rsidRPr="00F54074" w:rsidRDefault="005D3649" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
@@ -7276,51 +7270,60 @@
         </w:rPr>
         <w:t>oral and research p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>reliminary exams</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for PhD students</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Students, particularly at the PhD level, should be involved in the production of scholarly and creative work. </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Students, particularly at the PhD level, should be involved in the production of scholarly and creative work. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8243AF" w14:textId="77FCDB2E" w:rsidR="005D3649" w:rsidRPr="00F54074" w:rsidRDefault="005D3649" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -7910,51 +7913,51 @@
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The impact of journals should be indicated using an impact factor, ranking of the journal within the field</w:t>
       </w:r>
       <w:r w:rsidR="00D96FFC" w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (obtained, e.g., from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00E81F52" w:rsidRPr="00360220">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://jcr.clarivate.com/jcr/browse-journals</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D96FFC" w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, or </w:t>
@@ -8545,51 +8548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="001A4991">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C83AD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55419AC0" w14:textId="77777777" w:rsidR="00360220" w:rsidRDefault="00115DB3" w:rsidP="004726CC">
+    <w:p w14:paraId="55419AC0" w14:textId="7E32BDFA" w:rsidR="00360220" w:rsidRDefault="00115DB3" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Scholarly and creative work contribut</w:t>
       </w:r>
@@ -8601,51 +8604,75 @@
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00704ED3" w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DEI</w:t>
       </w:r>
       <w:r w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should be identified</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45" w:rsidRPr="00360220">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360220">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be identified</w:t>
       </w:r>
       <w:r w:rsidR="0007142F" w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0007142F" w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">using the </w:t>
       </w:r>
       <w:r w:rsidR="007201E1" w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
@@ -8677,51 +8704,50 @@
     </w:p>
     <w:p w14:paraId="23CA1045" w14:textId="3247A7E9" w:rsidR="00360220" w:rsidRDefault="002B230B" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Additional consideration will be given to </w:t>
       </w:r>
       <w:r w:rsidR="002C63C8" w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">research </w:t>
       </w:r>
       <w:r w:rsidRPr="00360220">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>honors and awards, including conference-level paper awards and society-level awards (relevant FRPA categories: 701-705</w:t>
       </w:r>
       <w:r w:rsidR="00CE7591">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -8858,50 +8884,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Tenure-track faculty at the assistant level are expected to show evidence of progress towards the production of high quality scholarly and creative work</w:t>
       </w:r>
       <w:r w:rsidR="0070065B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g., preparing and submitting </w:t>
       </w:r>
       <w:r w:rsidR="0014319F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>manuscripts</w:t>
       </w:r>
       <w:r w:rsidR="0070065B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, or building experiments and writing computational codes)</w:t>
@@ -9766,185 +9793,113 @@
       <w:r w:rsidR="00825E8F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sources</w:t>
       </w:r>
       <w:r w:rsidR="00015446">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as opposed to funding from competitions internal to </w:t>
       </w:r>
       <w:r w:rsidR="0034794B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the department, college, campus, or system. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5DE736" w14:textId="3C24ACC7" w:rsidR="003A32BC" w:rsidRPr="00F80E48" w:rsidRDefault="00115DB3" w:rsidP="004726CC">
+    <w:p w14:paraId="66053432" w14:textId="02E39C36" w:rsidR="00750812" w:rsidRPr="00F54074" w:rsidRDefault="00750812" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54074">
-[...48 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For fields of research with different funding norms, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43C9D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>faculty should note this information in their narrative summary statement</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6B6B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g., computational research often requires less funding than experimental research).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66053432" w14:textId="02E39C36" w:rsidR="00750812" w:rsidRPr="00F54074" w:rsidRDefault="00750812" w:rsidP="004726CC">
+    <w:p w14:paraId="21FB3146" w14:textId="1802A1AF" w:rsidR="003A32BC" w:rsidRPr="008E0BE8" w:rsidRDefault="003A32BC" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...43 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E0BE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Expectations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39451FD6" w14:textId="77777777" w:rsidR="00947E47" w:rsidRPr="00F54074" w:rsidRDefault="00947E47" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
@@ -10462,95 +10417,118 @@
     </w:p>
     <w:p w14:paraId="0C0375B6" w14:textId="62B3AB1E" w:rsidR="00960156" w:rsidRPr="00A903C6" w:rsidRDefault="00960156" w:rsidP="00960156">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">All presentations on which faculty are an author or co-author should be included, with the presenting </w:t>
       </w:r>
       <w:r w:rsidR="00734507">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">author </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>clearly indicated (e.g., preface with an asterisk).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FD2B3E" w14:textId="50382483" w:rsidR="007C1C73" w:rsidRPr="00F54074" w:rsidRDefault="00115DB3" w:rsidP="004726CC">
+    <w:p w14:paraId="20FD2B3E" w14:textId="43E0268A" w:rsidR="007C1C73" w:rsidRPr="00F54074" w:rsidRDefault="00115DB3" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Engagement activities that directly contribute to DEI should be identified</w:t>
+        <w:t xml:space="preserve">Engagement activities that directly contribute to DEI </w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45" w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be identified</w:t>
       </w:r>
       <w:r w:rsidR="007B7966">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B7966" w:rsidRPr="00F1122B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>using the DEI Activity Summary (code 210)</w:t>
       </w:r>
       <w:r w:rsidR="007B7966" w:rsidRPr="00F1122B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10681,50 +10659,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Teaching faculty with a partial research appointment are expected to show evidence that their scholarly and creative work is being disseminated, particularly via participation in professional conferences. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27051043" w14:textId="77777777" w:rsidR="003653A6" w:rsidRPr="003653A6" w:rsidRDefault="003653A6" w:rsidP="003653A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4269C17A" w14:textId="0F1E75E9" w:rsidR="00AF161C" w:rsidRPr="00F54074" w:rsidRDefault="00EF0E1A" w:rsidP="00F54074">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -10887,75 +10866,99 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Feedback from department committee chairs will be solicited to determine faculty engagement and responsibility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF73CDF" w14:textId="425304FF" w:rsidR="002B230B" w:rsidRDefault="003F2A64" w:rsidP="004726CC">
+    <w:p w14:paraId="7DF73CDF" w14:textId="0933572D" w:rsidR="002B230B" w:rsidRDefault="003F2A64" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Efforts that directly support broadening participation in science and engineering, or that impact DEI should be noted</w:t>
+        <w:t xml:space="preserve">Efforts that directly support broadening participation in science and engineering, or that impact DEI </w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45" w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be noted</w:t>
       </w:r>
       <w:r w:rsidR="00B90959">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B90959" w:rsidRPr="00F1122B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>using the DEI Activity Summary (code 210)</w:t>
       </w:r>
       <w:r w:rsidR="00B90959" w:rsidRPr="00F1122B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11425,55 +11428,54 @@
     </w:p>
     <w:p w14:paraId="7A2AF14A" w14:textId="77777777" w:rsidR="003F2A64" w:rsidRPr="00F54074" w:rsidRDefault="003F2A64" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The total number of publications reviewed in the prior year is sufficient for assessing peer-review activities.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DC99A8" w14:textId="5535217D" w:rsidR="00E33990" w:rsidRPr="00F54074" w:rsidRDefault="003F2A64" w:rsidP="004726CC">
+    <w:p w14:paraId="17DC99A8" w14:textId="11A40110" w:rsidR="00E33990" w:rsidRPr="00F54074" w:rsidRDefault="003F2A64" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Efforts that support broade</w:t>
       </w:r>
@@ -11485,51 +11487,102 @@
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> participation in science and engineering, or that impact DEI</w:t>
       </w:r>
       <w:r w:rsidR="00A25405" w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should be noted.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45" w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be noted</w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45" w:rsidRPr="008A4A45">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A4A45" w:rsidRPr="00F1122B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>using the DEI Activity Summary (code 210)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54074">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC05B8A" w14:textId="5630B431" w:rsidR="00947E47" w:rsidRPr="003938D3" w:rsidRDefault="00947E47" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003938D3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -11577,50 +11630,51 @@
     </w:p>
     <w:p w14:paraId="26ADEB66" w14:textId="77777777" w:rsidR="00423EA5" w:rsidRPr="00F54074" w:rsidRDefault="00423EA5" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tenured faculty at the associate or full levels are expected to perform reviews of papers and proposals as well as hold leadership positions in their professional communities (e.g., serving on executive and editorial boards and organizing conferences). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B15870" w14:textId="31338327" w:rsidR="00A8316A" w:rsidRDefault="00423EA5" w:rsidP="004726CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -13635,148 +13689,148 @@
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <m:t>4.5≤X≤5</m:t>
         </m:r>
       </m:oMath>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F54074">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Outstanding (O)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AF6F1F" w:rsidSect="003D1B0F">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1152" w:bottom="1152" w:left="1152" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08365680" w14:textId="77777777" w:rsidR="00A463A3" w:rsidRDefault="00A463A3" w:rsidP="00EF58B5">
+    <w:p w14:paraId="0DFFAED6" w14:textId="77777777" w:rsidR="00076002" w:rsidRDefault="00076002" w:rsidP="00EF58B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B0CAEB9" w14:textId="77777777" w:rsidR="00A463A3" w:rsidRDefault="00A463A3" w:rsidP="00EF58B5">
+    <w:p w14:paraId="34957BF5" w14:textId="77777777" w:rsidR="00076002" w:rsidRDefault="00076002" w:rsidP="00EF58B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3DE8566A" w14:textId="77777777" w:rsidR="00A463A3" w:rsidRDefault="00A463A3"/>
+    <w:p w14:paraId="3DA63227" w14:textId="77777777" w:rsidR="00076002" w:rsidRDefault="00076002"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:panose1 w:val="02000503000000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1441442149"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="202BEC39" w14:textId="6AE84115" w:rsidR="00EF58B5" w:rsidRDefault="00EF58B5" w:rsidP="006E40FA">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -13895,106 +13949,106 @@
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3FC7900D" w14:textId="77777777" w:rsidR="00EF58B5" w:rsidRPr="00E513CE" w:rsidRDefault="00EF58B5" w:rsidP="00EF58B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26D66FF6" w14:textId="77777777" w:rsidR="00A463A3" w:rsidRDefault="00A463A3" w:rsidP="00EF58B5">
+    <w:p w14:paraId="7F2D1E3D" w14:textId="77777777" w:rsidR="00076002" w:rsidRDefault="00076002" w:rsidP="00EF58B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7746227B" w14:textId="77777777" w:rsidR="00A463A3" w:rsidRDefault="00A463A3" w:rsidP="00EF58B5">
+    <w:p w14:paraId="444D4359" w14:textId="77777777" w:rsidR="00076002" w:rsidRDefault="00076002" w:rsidP="00EF58B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6BCAB631" w14:textId="77777777" w:rsidR="00A463A3" w:rsidRDefault="00A463A3"/>
+    <w:p w14:paraId="7C847AE3" w14:textId="77777777" w:rsidR="00076002" w:rsidRDefault="00076002"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7340834E" w14:textId="260F1185" w:rsidR="003724E4" w:rsidRPr="003724E4" w:rsidRDefault="003724E4">
+  <w:p w14:paraId="7340834E" w14:textId="183BCF5F" w:rsidR="003724E4" w:rsidRPr="003724E4" w:rsidRDefault="003724E4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B92D7F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Mechanical Engineering </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Merit Evaluation Process and Criteria</w:t>
     </w:r>
     <w:r w:rsidR="00E76FF6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>: Calendar Year 202</w:t>
+      <w:t xml:space="preserve">: Calendar Year </w:t>
     </w:r>
-    <w:r w:rsidR="00E23BE4">
+    <w:r w:rsidR="00AF63E9">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>2025</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013A43B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47EEFFB4"/>
     <w:lvl w:ilvl="0" w:tplc="73FA9FAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -16603,53 +16657,52 @@
   </w:num>
   <w:num w:numId="18" w16cid:durableId="897590140">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="621352277">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1949659709">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1331836480">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="69738875">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="827021307">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="230"/>
+  <w:zoom w:percent="240"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00643540"/>
     <w:rsid w:val="000004D4"/>
     <w:rsid w:val="000009B8"/>
     <w:rsid w:val="00002F3E"/>
@@ -16672,67 +16725,70 @@
     <w:rsid w:val="0002360D"/>
     <w:rsid w:val="00023DEC"/>
     <w:rsid w:val="00027BB3"/>
     <w:rsid w:val="00030B0A"/>
     <w:rsid w:val="00034310"/>
     <w:rsid w:val="00034C34"/>
     <w:rsid w:val="000354EF"/>
     <w:rsid w:val="00036A45"/>
     <w:rsid w:val="000371EB"/>
     <w:rsid w:val="00040D3B"/>
     <w:rsid w:val="00041FD1"/>
     <w:rsid w:val="00043625"/>
     <w:rsid w:val="000443EE"/>
     <w:rsid w:val="000449D8"/>
     <w:rsid w:val="00044CF8"/>
     <w:rsid w:val="0004506B"/>
     <w:rsid w:val="00045A60"/>
     <w:rsid w:val="00045DE6"/>
     <w:rsid w:val="0004694A"/>
     <w:rsid w:val="00047BE0"/>
     <w:rsid w:val="00050472"/>
     <w:rsid w:val="00052888"/>
     <w:rsid w:val="00053BAC"/>
     <w:rsid w:val="000550FC"/>
     <w:rsid w:val="00055871"/>
+    <w:rsid w:val="000561AC"/>
     <w:rsid w:val="000564F9"/>
     <w:rsid w:val="00061210"/>
     <w:rsid w:val="0006256C"/>
     <w:rsid w:val="00062C98"/>
     <w:rsid w:val="000632A9"/>
     <w:rsid w:val="00063CE7"/>
     <w:rsid w:val="000648E5"/>
     <w:rsid w:val="0006566F"/>
     <w:rsid w:val="00066B4C"/>
+    <w:rsid w:val="00066CC1"/>
     <w:rsid w:val="0007142F"/>
     <w:rsid w:val="000716E8"/>
     <w:rsid w:val="00071D93"/>
     <w:rsid w:val="00074C2C"/>
     <w:rsid w:val="00074C82"/>
     <w:rsid w:val="00074CF2"/>
     <w:rsid w:val="00075167"/>
     <w:rsid w:val="0007591F"/>
+    <w:rsid w:val="00076002"/>
     <w:rsid w:val="00076815"/>
     <w:rsid w:val="00076CD7"/>
     <w:rsid w:val="000770A5"/>
     <w:rsid w:val="000775E8"/>
     <w:rsid w:val="00081DED"/>
     <w:rsid w:val="00082865"/>
     <w:rsid w:val="0008337E"/>
     <w:rsid w:val="00083F1D"/>
     <w:rsid w:val="00084595"/>
     <w:rsid w:val="00086BAD"/>
     <w:rsid w:val="0008733A"/>
     <w:rsid w:val="00090C3C"/>
     <w:rsid w:val="00090D48"/>
     <w:rsid w:val="0009214D"/>
     <w:rsid w:val="00092326"/>
     <w:rsid w:val="00093277"/>
     <w:rsid w:val="0009331D"/>
     <w:rsid w:val="00094311"/>
     <w:rsid w:val="00094962"/>
     <w:rsid w:val="00094EDA"/>
     <w:rsid w:val="00095F62"/>
     <w:rsid w:val="00095F70"/>
     <w:rsid w:val="0009692E"/>
     <w:rsid w:val="00096B55"/>
     <w:rsid w:val="00097207"/>
@@ -16897,50 +16953,51 @@
     <w:rsid w:val="001B183C"/>
     <w:rsid w:val="001B1D42"/>
     <w:rsid w:val="001B3546"/>
     <w:rsid w:val="001B3FFB"/>
     <w:rsid w:val="001B4127"/>
     <w:rsid w:val="001B488B"/>
     <w:rsid w:val="001B50CB"/>
     <w:rsid w:val="001B5362"/>
     <w:rsid w:val="001C04CB"/>
     <w:rsid w:val="001C07C6"/>
     <w:rsid w:val="001C1912"/>
     <w:rsid w:val="001C5C91"/>
     <w:rsid w:val="001C6032"/>
     <w:rsid w:val="001C6EDE"/>
     <w:rsid w:val="001C7712"/>
     <w:rsid w:val="001C7F88"/>
     <w:rsid w:val="001D0037"/>
     <w:rsid w:val="001D0654"/>
     <w:rsid w:val="001D3AA0"/>
     <w:rsid w:val="001D4931"/>
     <w:rsid w:val="001D5E8C"/>
     <w:rsid w:val="001D5E98"/>
     <w:rsid w:val="001D60C0"/>
     <w:rsid w:val="001D630C"/>
     <w:rsid w:val="001D75F7"/>
+    <w:rsid w:val="001E08E3"/>
     <w:rsid w:val="001E0EE0"/>
     <w:rsid w:val="001E11B5"/>
     <w:rsid w:val="001E1DBA"/>
     <w:rsid w:val="001E1FE3"/>
     <w:rsid w:val="001E2515"/>
     <w:rsid w:val="001E265E"/>
     <w:rsid w:val="001E4189"/>
     <w:rsid w:val="001E50B0"/>
     <w:rsid w:val="001E5A19"/>
     <w:rsid w:val="001E5B78"/>
     <w:rsid w:val="001E6D50"/>
     <w:rsid w:val="001E7461"/>
     <w:rsid w:val="001E7D26"/>
     <w:rsid w:val="001F08A6"/>
     <w:rsid w:val="001F11C3"/>
     <w:rsid w:val="001F173E"/>
     <w:rsid w:val="001F197B"/>
     <w:rsid w:val="001F26B7"/>
     <w:rsid w:val="001F3ACF"/>
     <w:rsid w:val="001F56DD"/>
     <w:rsid w:val="001F6274"/>
     <w:rsid w:val="001F6EF2"/>
     <w:rsid w:val="001F7BEB"/>
     <w:rsid w:val="001F7F9A"/>
     <w:rsid w:val="002019AE"/>
@@ -17020,75 +17077,77 @@
     <w:rsid w:val="0027512C"/>
     <w:rsid w:val="0027643A"/>
     <w:rsid w:val="00276587"/>
     <w:rsid w:val="0028078E"/>
     <w:rsid w:val="00282606"/>
     <w:rsid w:val="002839CA"/>
     <w:rsid w:val="00285032"/>
     <w:rsid w:val="0028619D"/>
     <w:rsid w:val="00286A87"/>
     <w:rsid w:val="002870C2"/>
     <w:rsid w:val="002878F4"/>
     <w:rsid w:val="00287A45"/>
     <w:rsid w:val="0029071B"/>
     <w:rsid w:val="00290EA3"/>
     <w:rsid w:val="0029118A"/>
     <w:rsid w:val="002912A4"/>
     <w:rsid w:val="00291597"/>
     <w:rsid w:val="00292152"/>
     <w:rsid w:val="00292AB5"/>
     <w:rsid w:val="0029434F"/>
     <w:rsid w:val="002A0FF4"/>
     <w:rsid w:val="002A1099"/>
     <w:rsid w:val="002A29A6"/>
     <w:rsid w:val="002A42BE"/>
     <w:rsid w:val="002A570F"/>
+    <w:rsid w:val="002A5CCF"/>
     <w:rsid w:val="002A6317"/>
     <w:rsid w:val="002A6590"/>
     <w:rsid w:val="002A6C09"/>
     <w:rsid w:val="002A6CAA"/>
     <w:rsid w:val="002A7D04"/>
     <w:rsid w:val="002B008D"/>
     <w:rsid w:val="002B164C"/>
     <w:rsid w:val="002B2268"/>
     <w:rsid w:val="002B230B"/>
     <w:rsid w:val="002B268D"/>
     <w:rsid w:val="002B2742"/>
     <w:rsid w:val="002B2892"/>
     <w:rsid w:val="002B5002"/>
     <w:rsid w:val="002B5461"/>
     <w:rsid w:val="002B5481"/>
     <w:rsid w:val="002B562C"/>
     <w:rsid w:val="002B7090"/>
     <w:rsid w:val="002B773A"/>
     <w:rsid w:val="002B7FB9"/>
     <w:rsid w:val="002C0FB7"/>
     <w:rsid w:val="002C1756"/>
     <w:rsid w:val="002C1AD6"/>
     <w:rsid w:val="002C1D31"/>
     <w:rsid w:val="002C1F7E"/>
     <w:rsid w:val="002C2913"/>
+    <w:rsid w:val="002C2AF2"/>
     <w:rsid w:val="002C42A6"/>
     <w:rsid w:val="002C456C"/>
     <w:rsid w:val="002C4716"/>
     <w:rsid w:val="002C5774"/>
     <w:rsid w:val="002C63C8"/>
     <w:rsid w:val="002C69E5"/>
     <w:rsid w:val="002C713B"/>
     <w:rsid w:val="002D0BE2"/>
     <w:rsid w:val="002D104E"/>
     <w:rsid w:val="002D1791"/>
     <w:rsid w:val="002D28BF"/>
     <w:rsid w:val="002D28FA"/>
     <w:rsid w:val="002D2934"/>
     <w:rsid w:val="002D4600"/>
     <w:rsid w:val="002D4C56"/>
     <w:rsid w:val="002E0194"/>
     <w:rsid w:val="002E0970"/>
     <w:rsid w:val="002E102B"/>
     <w:rsid w:val="002E242F"/>
     <w:rsid w:val="002E7F64"/>
     <w:rsid w:val="002F096D"/>
     <w:rsid w:val="002F097C"/>
     <w:rsid w:val="002F0F76"/>
     <w:rsid w:val="002F1476"/>
     <w:rsid w:val="002F1991"/>
@@ -17098,50 +17157,51 @@
     <w:rsid w:val="002F3B23"/>
     <w:rsid w:val="002F446F"/>
     <w:rsid w:val="002F529E"/>
     <w:rsid w:val="002F606C"/>
     <w:rsid w:val="002F6E45"/>
     <w:rsid w:val="002F778C"/>
     <w:rsid w:val="00300D3E"/>
     <w:rsid w:val="00301806"/>
     <w:rsid w:val="003022A0"/>
     <w:rsid w:val="0030250F"/>
     <w:rsid w:val="003027E3"/>
     <w:rsid w:val="00302F07"/>
     <w:rsid w:val="00302F5E"/>
     <w:rsid w:val="00304488"/>
     <w:rsid w:val="00307CAF"/>
     <w:rsid w:val="003134B8"/>
     <w:rsid w:val="00313B2F"/>
     <w:rsid w:val="0031400D"/>
     <w:rsid w:val="003152D3"/>
     <w:rsid w:val="00317377"/>
     <w:rsid w:val="00317811"/>
     <w:rsid w:val="00317CE0"/>
     <w:rsid w:val="003222C6"/>
     <w:rsid w:val="0032233D"/>
     <w:rsid w:val="00322FD7"/>
+    <w:rsid w:val="003267F3"/>
     <w:rsid w:val="0032709D"/>
     <w:rsid w:val="00327ADE"/>
     <w:rsid w:val="00327D0A"/>
     <w:rsid w:val="00327DF7"/>
     <w:rsid w:val="00327E1E"/>
     <w:rsid w:val="00330834"/>
     <w:rsid w:val="00330B8D"/>
     <w:rsid w:val="00332F3C"/>
     <w:rsid w:val="00333E4A"/>
     <w:rsid w:val="003348AB"/>
     <w:rsid w:val="00334AED"/>
     <w:rsid w:val="0033537E"/>
     <w:rsid w:val="003356DA"/>
     <w:rsid w:val="00335A9C"/>
     <w:rsid w:val="0033648E"/>
     <w:rsid w:val="0034095F"/>
     <w:rsid w:val="00341252"/>
     <w:rsid w:val="00343050"/>
     <w:rsid w:val="00343DF6"/>
     <w:rsid w:val="0034410B"/>
     <w:rsid w:val="003444D7"/>
     <w:rsid w:val="00345340"/>
     <w:rsid w:val="00346A45"/>
     <w:rsid w:val="00346BCB"/>
     <w:rsid w:val="0034794B"/>
@@ -17557,50 +17617,51 @@
     <w:rsid w:val="005F55CF"/>
     <w:rsid w:val="005F5FD0"/>
     <w:rsid w:val="005F706A"/>
     <w:rsid w:val="0060043A"/>
     <w:rsid w:val="0060153F"/>
     <w:rsid w:val="00603AF4"/>
     <w:rsid w:val="00604DF5"/>
     <w:rsid w:val="00605DD2"/>
     <w:rsid w:val="00606DD3"/>
     <w:rsid w:val="0061118C"/>
     <w:rsid w:val="0061150B"/>
     <w:rsid w:val="00611A46"/>
     <w:rsid w:val="0061242F"/>
     <w:rsid w:val="0061271C"/>
     <w:rsid w:val="00612B98"/>
     <w:rsid w:val="00614074"/>
     <w:rsid w:val="00614522"/>
     <w:rsid w:val="006157E5"/>
     <w:rsid w:val="006167BF"/>
     <w:rsid w:val="00620D20"/>
     <w:rsid w:val="00621225"/>
     <w:rsid w:val="006214F5"/>
     <w:rsid w:val="00622DED"/>
     <w:rsid w:val="006238BB"/>
     <w:rsid w:val="00623DAE"/>
+    <w:rsid w:val="006253E3"/>
     <w:rsid w:val="00626352"/>
     <w:rsid w:val="00627241"/>
     <w:rsid w:val="006277B3"/>
     <w:rsid w:val="00627E4B"/>
     <w:rsid w:val="006301D1"/>
     <w:rsid w:val="00630A35"/>
     <w:rsid w:val="00630E65"/>
     <w:rsid w:val="006318E6"/>
     <w:rsid w:val="00631CE3"/>
     <w:rsid w:val="006348C0"/>
     <w:rsid w:val="00634F2C"/>
     <w:rsid w:val="006353CA"/>
     <w:rsid w:val="00635693"/>
     <w:rsid w:val="00635AB7"/>
     <w:rsid w:val="00635B89"/>
     <w:rsid w:val="00636022"/>
     <w:rsid w:val="00636548"/>
     <w:rsid w:val="006379BB"/>
     <w:rsid w:val="0064113A"/>
     <w:rsid w:val="00641370"/>
     <w:rsid w:val="006417E1"/>
     <w:rsid w:val="00641EEA"/>
     <w:rsid w:val="00642E34"/>
     <w:rsid w:val="00642E83"/>
     <w:rsid w:val="00643540"/>
@@ -17788,50 +17849,51 @@
     <w:rsid w:val="00790CDB"/>
     <w:rsid w:val="00792012"/>
     <w:rsid w:val="007930B4"/>
     <w:rsid w:val="00793269"/>
     <w:rsid w:val="007936E9"/>
     <w:rsid w:val="0079407A"/>
     <w:rsid w:val="00794A4F"/>
     <w:rsid w:val="00796591"/>
     <w:rsid w:val="007A0533"/>
     <w:rsid w:val="007A056C"/>
     <w:rsid w:val="007A224B"/>
     <w:rsid w:val="007A2A46"/>
     <w:rsid w:val="007A69BA"/>
     <w:rsid w:val="007B18C8"/>
     <w:rsid w:val="007B4159"/>
     <w:rsid w:val="007B6074"/>
     <w:rsid w:val="007B6E90"/>
     <w:rsid w:val="007B7966"/>
     <w:rsid w:val="007C0429"/>
     <w:rsid w:val="007C0DDC"/>
     <w:rsid w:val="007C1C73"/>
     <w:rsid w:val="007C211E"/>
     <w:rsid w:val="007C2867"/>
     <w:rsid w:val="007C2D91"/>
     <w:rsid w:val="007C2F3C"/>
+    <w:rsid w:val="007C5270"/>
     <w:rsid w:val="007C6909"/>
     <w:rsid w:val="007D0DB6"/>
     <w:rsid w:val="007D0F24"/>
     <w:rsid w:val="007D2B5E"/>
     <w:rsid w:val="007D2BCA"/>
     <w:rsid w:val="007D3C34"/>
     <w:rsid w:val="007D42D9"/>
     <w:rsid w:val="007D48D9"/>
     <w:rsid w:val="007D5C87"/>
     <w:rsid w:val="007D5F1B"/>
     <w:rsid w:val="007D6F0E"/>
     <w:rsid w:val="007D7137"/>
     <w:rsid w:val="007D7D79"/>
     <w:rsid w:val="007E0609"/>
     <w:rsid w:val="007E27F0"/>
     <w:rsid w:val="007E299B"/>
     <w:rsid w:val="007E2F60"/>
     <w:rsid w:val="007E3B5D"/>
     <w:rsid w:val="007E4196"/>
     <w:rsid w:val="007E4A20"/>
     <w:rsid w:val="007E523D"/>
     <w:rsid w:val="007E5654"/>
     <w:rsid w:val="007E6032"/>
     <w:rsid w:val="007E6AB2"/>
     <w:rsid w:val="007E6CDD"/>
@@ -17907,73 +17969,76 @@
     <w:rsid w:val="0087284F"/>
     <w:rsid w:val="00873DF5"/>
     <w:rsid w:val="00873E98"/>
     <w:rsid w:val="00877AAD"/>
     <w:rsid w:val="00880208"/>
     <w:rsid w:val="008802B2"/>
     <w:rsid w:val="008814C2"/>
     <w:rsid w:val="00883A9D"/>
     <w:rsid w:val="008851BA"/>
     <w:rsid w:val="00887228"/>
     <w:rsid w:val="00890D17"/>
     <w:rsid w:val="00890DFD"/>
     <w:rsid w:val="00891147"/>
     <w:rsid w:val="00895028"/>
     <w:rsid w:val="008953ED"/>
     <w:rsid w:val="008959F8"/>
     <w:rsid w:val="0089758D"/>
     <w:rsid w:val="008978C5"/>
     <w:rsid w:val="008978E9"/>
     <w:rsid w:val="00897FFD"/>
     <w:rsid w:val="008A14E2"/>
     <w:rsid w:val="008A1D1E"/>
     <w:rsid w:val="008A3DCC"/>
     <w:rsid w:val="008A41CD"/>
     <w:rsid w:val="008A4244"/>
+    <w:rsid w:val="008A4A45"/>
     <w:rsid w:val="008A5664"/>
     <w:rsid w:val="008A6B32"/>
     <w:rsid w:val="008A6C36"/>
     <w:rsid w:val="008A7532"/>
     <w:rsid w:val="008A787D"/>
     <w:rsid w:val="008A7A2F"/>
     <w:rsid w:val="008B0288"/>
     <w:rsid w:val="008B270B"/>
     <w:rsid w:val="008B282A"/>
     <w:rsid w:val="008B2E50"/>
     <w:rsid w:val="008B608F"/>
+    <w:rsid w:val="008B64D3"/>
     <w:rsid w:val="008B79EF"/>
     <w:rsid w:val="008C2112"/>
     <w:rsid w:val="008C3855"/>
     <w:rsid w:val="008C4410"/>
     <w:rsid w:val="008C4F7E"/>
     <w:rsid w:val="008C6027"/>
     <w:rsid w:val="008C6A22"/>
     <w:rsid w:val="008D0639"/>
     <w:rsid w:val="008D0729"/>
     <w:rsid w:val="008D07DA"/>
     <w:rsid w:val="008D0BBB"/>
     <w:rsid w:val="008D11DE"/>
+    <w:rsid w:val="008D2B99"/>
     <w:rsid w:val="008D376D"/>
     <w:rsid w:val="008D4B4F"/>
     <w:rsid w:val="008D6268"/>
     <w:rsid w:val="008D6A8E"/>
     <w:rsid w:val="008E0465"/>
     <w:rsid w:val="008E0BE8"/>
     <w:rsid w:val="008E0F06"/>
     <w:rsid w:val="008E0F36"/>
     <w:rsid w:val="008E11CB"/>
     <w:rsid w:val="008E23AD"/>
     <w:rsid w:val="008E305F"/>
     <w:rsid w:val="008E4832"/>
     <w:rsid w:val="008E4D44"/>
     <w:rsid w:val="008E4D59"/>
     <w:rsid w:val="008E704A"/>
     <w:rsid w:val="008E799D"/>
     <w:rsid w:val="008F0216"/>
     <w:rsid w:val="008F0238"/>
     <w:rsid w:val="008F041B"/>
     <w:rsid w:val="008F09C0"/>
     <w:rsid w:val="008F0EDC"/>
     <w:rsid w:val="008F20F5"/>
     <w:rsid w:val="008F2528"/>
     <w:rsid w:val="008F2999"/>
     <w:rsid w:val="008F3195"/>
@@ -17996,50 +18061,51 @@
     <w:rsid w:val="00913ED0"/>
     <w:rsid w:val="00914E57"/>
     <w:rsid w:val="00915995"/>
     <w:rsid w:val="00916A34"/>
     <w:rsid w:val="00916A4D"/>
     <w:rsid w:val="00917008"/>
     <w:rsid w:val="00917C4B"/>
     <w:rsid w:val="00917EA0"/>
     <w:rsid w:val="00920357"/>
     <w:rsid w:val="00920C38"/>
     <w:rsid w:val="00921140"/>
     <w:rsid w:val="00922454"/>
     <w:rsid w:val="009234BB"/>
     <w:rsid w:val="00923DC7"/>
     <w:rsid w:val="00923F80"/>
     <w:rsid w:val="00924307"/>
     <w:rsid w:val="009246C5"/>
     <w:rsid w:val="00924DAA"/>
     <w:rsid w:val="00925498"/>
     <w:rsid w:val="00925646"/>
     <w:rsid w:val="00926EE8"/>
     <w:rsid w:val="009273B3"/>
     <w:rsid w:val="009275CE"/>
     <w:rsid w:val="00927B20"/>
     <w:rsid w:val="00930E42"/>
+    <w:rsid w:val="00931284"/>
     <w:rsid w:val="00931FAF"/>
     <w:rsid w:val="00932070"/>
     <w:rsid w:val="0093254D"/>
     <w:rsid w:val="0093367C"/>
     <w:rsid w:val="00935CC0"/>
     <w:rsid w:val="0093791E"/>
     <w:rsid w:val="00937A39"/>
     <w:rsid w:val="00940242"/>
     <w:rsid w:val="00940C9E"/>
     <w:rsid w:val="00941ED8"/>
     <w:rsid w:val="00941EF0"/>
     <w:rsid w:val="00942200"/>
     <w:rsid w:val="00942BDB"/>
     <w:rsid w:val="009444AB"/>
     <w:rsid w:val="00945932"/>
     <w:rsid w:val="009459C6"/>
     <w:rsid w:val="00945A4C"/>
     <w:rsid w:val="00945F57"/>
     <w:rsid w:val="009465A8"/>
     <w:rsid w:val="009467D0"/>
     <w:rsid w:val="009471C5"/>
     <w:rsid w:val="009475F5"/>
     <w:rsid w:val="00947E47"/>
     <w:rsid w:val="00950220"/>
     <w:rsid w:val="009503E8"/>
@@ -18050,50 +18116,51 @@
     <w:rsid w:val="0095197F"/>
     <w:rsid w:val="00951AB7"/>
     <w:rsid w:val="00952A34"/>
     <w:rsid w:val="009530C6"/>
     <w:rsid w:val="00953B18"/>
     <w:rsid w:val="00953F0F"/>
     <w:rsid w:val="00953F5B"/>
     <w:rsid w:val="00954A2E"/>
     <w:rsid w:val="00956BD8"/>
     <w:rsid w:val="0095702C"/>
     <w:rsid w:val="00960156"/>
     <w:rsid w:val="009605CA"/>
     <w:rsid w:val="009617C3"/>
     <w:rsid w:val="00962AF4"/>
     <w:rsid w:val="009630D5"/>
     <w:rsid w:val="0096351E"/>
     <w:rsid w:val="009646CD"/>
     <w:rsid w:val="009648F0"/>
     <w:rsid w:val="00965179"/>
     <w:rsid w:val="009655A4"/>
     <w:rsid w:val="0096671D"/>
     <w:rsid w:val="00967B6F"/>
     <w:rsid w:val="00971A2A"/>
     <w:rsid w:val="00971A4D"/>
     <w:rsid w:val="00971AAE"/>
+    <w:rsid w:val="00972DD9"/>
     <w:rsid w:val="00972EDE"/>
     <w:rsid w:val="009731DF"/>
     <w:rsid w:val="00973CB2"/>
     <w:rsid w:val="00975257"/>
     <w:rsid w:val="00975FAC"/>
     <w:rsid w:val="0097699D"/>
     <w:rsid w:val="00976E2B"/>
     <w:rsid w:val="00977664"/>
     <w:rsid w:val="0098066C"/>
     <w:rsid w:val="009813F0"/>
     <w:rsid w:val="0098235E"/>
     <w:rsid w:val="00983877"/>
     <w:rsid w:val="00985603"/>
     <w:rsid w:val="00985D12"/>
     <w:rsid w:val="009875F1"/>
     <w:rsid w:val="0099050D"/>
     <w:rsid w:val="00993BFE"/>
     <w:rsid w:val="00995D86"/>
     <w:rsid w:val="0099718D"/>
     <w:rsid w:val="009A09CE"/>
     <w:rsid w:val="009A0F74"/>
     <w:rsid w:val="009A1745"/>
     <w:rsid w:val="009A1C12"/>
     <w:rsid w:val="009A214B"/>
     <w:rsid w:val="009A2272"/>
@@ -18297,50 +18364,51 @@
     <w:rsid w:val="00AD3F2B"/>
     <w:rsid w:val="00AD52E4"/>
     <w:rsid w:val="00AD5A77"/>
     <w:rsid w:val="00AD68CB"/>
     <w:rsid w:val="00AD73C9"/>
     <w:rsid w:val="00AE0E6C"/>
     <w:rsid w:val="00AE124C"/>
     <w:rsid w:val="00AE2DF1"/>
     <w:rsid w:val="00AE2EB5"/>
     <w:rsid w:val="00AE3486"/>
     <w:rsid w:val="00AE3CBD"/>
     <w:rsid w:val="00AE3FF5"/>
     <w:rsid w:val="00AE46ED"/>
     <w:rsid w:val="00AE64C1"/>
     <w:rsid w:val="00AE65B5"/>
     <w:rsid w:val="00AE7BF3"/>
     <w:rsid w:val="00AF067D"/>
     <w:rsid w:val="00AF077C"/>
     <w:rsid w:val="00AF161C"/>
     <w:rsid w:val="00AF1973"/>
     <w:rsid w:val="00AF40DC"/>
     <w:rsid w:val="00AF508D"/>
     <w:rsid w:val="00AF5393"/>
     <w:rsid w:val="00AF5D74"/>
     <w:rsid w:val="00AF62A5"/>
+    <w:rsid w:val="00AF63E9"/>
     <w:rsid w:val="00AF6415"/>
     <w:rsid w:val="00AF6B6B"/>
     <w:rsid w:val="00AF6F1F"/>
     <w:rsid w:val="00B0056C"/>
     <w:rsid w:val="00B0075D"/>
     <w:rsid w:val="00B00FF0"/>
     <w:rsid w:val="00B0163F"/>
     <w:rsid w:val="00B0167F"/>
     <w:rsid w:val="00B01DD2"/>
     <w:rsid w:val="00B01E19"/>
     <w:rsid w:val="00B025EE"/>
     <w:rsid w:val="00B03E54"/>
     <w:rsid w:val="00B0497C"/>
     <w:rsid w:val="00B0560D"/>
     <w:rsid w:val="00B05708"/>
     <w:rsid w:val="00B06C47"/>
     <w:rsid w:val="00B07557"/>
     <w:rsid w:val="00B07A4E"/>
     <w:rsid w:val="00B10232"/>
     <w:rsid w:val="00B106D9"/>
     <w:rsid w:val="00B1114A"/>
     <w:rsid w:val="00B12B73"/>
     <w:rsid w:val="00B141AB"/>
     <w:rsid w:val="00B1443F"/>
     <w:rsid w:val="00B146F5"/>
@@ -18504,50 +18572,51 @@
     <w:rsid w:val="00C12D94"/>
     <w:rsid w:val="00C13EEE"/>
     <w:rsid w:val="00C14257"/>
     <w:rsid w:val="00C14765"/>
     <w:rsid w:val="00C15C13"/>
     <w:rsid w:val="00C175A6"/>
     <w:rsid w:val="00C17B53"/>
     <w:rsid w:val="00C17B9D"/>
     <w:rsid w:val="00C20315"/>
     <w:rsid w:val="00C21799"/>
     <w:rsid w:val="00C2298C"/>
     <w:rsid w:val="00C23F09"/>
     <w:rsid w:val="00C2407C"/>
     <w:rsid w:val="00C2467C"/>
     <w:rsid w:val="00C25AD8"/>
     <w:rsid w:val="00C25F0C"/>
     <w:rsid w:val="00C275A3"/>
     <w:rsid w:val="00C3165D"/>
     <w:rsid w:val="00C31AD6"/>
     <w:rsid w:val="00C352F8"/>
     <w:rsid w:val="00C35A4B"/>
     <w:rsid w:val="00C3792A"/>
     <w:rsid w:val="00C37980"/>
     <w:rsid w:val="00C37BB1"/>
     <w:rsid w:val="00C37C7B"/>
+    <w:rsid w:val="00C41265"/>
     <w:rsid w:val="00C41341"/>
     <w:rsid w:val="00C42F80"/>
     <w:rsid w:val="00C44321"/>
     <w:rsid w:val="00C45068"/>
     <w:rsid w:val="00C45076"/>
     <w:rsid w:val="00C45193"/>
     <w:rsid w:val="00C452B5"/>
     <w:rsid w:val="00C45E25"/>
     <w:rsid w:val="00C51956"/>
     <w:rsid w:val="00C51DE9"/>
     <w:rsid w:val="00C51E3D"/>
     <w:rsid w:val="00C52B01"/>
     <w:rsid w:val="00C531C0"/>
     <w:rsid w:val="00C535D9"/>
     <w:rsid w:val="00C53DE7"/>
     <w:rsid w:val="00C54587"/>
     <w:rsid w:val="00C54A59"/>
     <w:rsid w:val="00C54D0C"/>
     <w:rsid w:val="00C558D1"/>
     <w:rsid w:val="00C565C6"/>
     <w:rsid w:val="00C56B7C"/>
     <w:rsid w:val="00C57087"/>
     <w:rsid w:val="00C60247"/>
     <w:rsid w:val="00C611CF"/>
     <w:rsid w:val="00C61CD1"/>
@@ -18819,50 +18888,51 @@
     <w:rsid w:val="00DF5CDC"/>
     <w:rsid w:val="00DF6BA1"/>
     <w:rsid w:val="00DF6C0C"/>
     <w:rsid w:val="00E006A5"/>
     <w:rsid w:val="00E011E0"/>
     <w:rsid w:val="00E01603"/>
     <w:rsid w:val="00E028E3"/>
     <w:rsid w:val="00E0452A"/>
     <w:rsid w:val="00E04A1A"/>
     <w:rsid w:val="00E05DB2"/>
     <w:rsid w:val="00E064E9"/>
     <w:rsid w:val="00E070C7"/>
     <w:rsid w:val="00E1057C"/>
     <w:rsid w:val="00E1105B"/>
     <w:rsid w:val="00E1189A"/>
     <w:rsid w:val="00E11FC0"/>
     <w:rsid w:val="00E14052"/>
     <w:rsid w:val="00E14319"/>
     <w:rsid w:val="00E1667D"/>
     <w:rsid w:val="00E223C9"/>
     <w:rsid w:val="00E22B4F"/>
     <w:rsid w:val="00E230F6"/>
     <w:rsid w:val="00E232DA"/>
     <w:rsid w:val="00E23BE4"/>
     <w:rsid w:val="00E23D29"/>
+    <w:rsid w:val="00E243C1"/>
     <w:rsid w:val="00E255DB"/>
     <w:rsid w:val="00E25ECA"/>
     <w:rsid w:val="00E2689E"/>
     <w:rsid w:val="00E278AC"/>
     <w:rsid w:val="00E307F3"/>
     <w:rsid w:val="00E32367"/>
     <w:rsid w:val="00E3254A"/>
     <w:rsid w:val="00E33990"/>
     <w:rsid w:val="00E3501D"/>
     <w:rsid w:val="00E355D8"/>
     <w:rsid w:val="00E35BA6"/>
     <w:rsid w:val="00E371A3"/>
     <w:rsid w:val="00E375A2"/>
     <w:rsid w:val="00E40865"/>
     <w:rsid w:val="00E41345"/>
     <w:rsid w:val="00E41FCA"/>
     <w:rsid w:val="00E47D08"/>
     <w:rsid w:val="00E47F3B"/>
     <w:rsid w:val="00E50062"/>
     <w:rsid w:val="00E503CC"/>
     <w:rsid w:val="00E513CE"/>
     <w:rsid w:val="00E51767"/>
     <w:rsid w:val="00E528A9"/>
     <w:rsid w:val="00E56646"/>
     <w:rsid w:val="00E56FCE"/>
@@ -19026,58 +19096,60 @@
     <w:rsid w:val="00F46EE4"/>
     <w:rsid w:val="00F47776"/>
     <w:rsid w:val="00F47EE6"/>
     <w:rsid w:val="00F50079"/>
     <w:rsid w:val="00F505CC"/>
     <w:rsid w:val="00F50670"/>
     <w:rsid w:val="00F50A95"/>
     <w:rsid w:val="00F51070"/>
     <w:rsid w:val="00F52635"/>
     <w:rsid w:val="00F52E78"/>
     <w:rsid w:val="00F53501"/>
     <w:rsid w:val="00F53A65"/>
     <w:rsid w:val="00F54074"/>
     <w:rsid w:val="00F54925"/>
     <w:rsid w:val="00F5540E"/>
     <w:rsid w:val="00F565EB"/>
     <w:rsid w:val="00F56FB3"/>
     <w:rsid w:val="00F60677"/>
     <w:rsid w:val="00F6094C"/>
     <w:rsid w:val="00F60C08"/>
     <w:rsid w:val="00F61FDB"/>
     <w:rsid w:val="00F6230E"/>
     <w:rsid w:val="00F62A9D"/>
     <w:rsid w:val="00F62B39"/>
     <w:rsid w:val="00F63D58"/>
+    <w:rsid w:val="00F6436F"/>
     <w:rsid w:val="00F644B6"/>
     <w:rsid w:val="00F645A8"/>
     <w:rsid w:val="00F64FB2"/>
     <w:rsid w:val="00F65881"/>
     <w:rsid w:val="00F66A78"/>
     <w:rsid w:val="00F6741D"/>
     <w:rsid w:val="00F67D74"/>
     <w:rsid w:val="00F7084E"/>
+    <w:rsid w:val="00F7316D"/>
     <w:rsid w:val="00F74D3A"/>
     <w:rsid w:val="00F74E5B"/>
     <w:rsid w:val="00F75969"/>
     <w:rsid w:val="00F76B6A"/>
     <w:rsid w:val="00F76D54"/>
     <w:rsid w:val="00F77740"/>
     <w:rsid w:val="00F77BD8"/>
     <w:rsid w:val="00F8054A"/>
     <w:rsid w:val="00F80E48"/>
     <w:rsid w:val="00F8173D"/>
     <w:rsid w:val="00F817EF"/>
     <w:rsid w:val="00F828F2"/>
     <w:rsid w:val="00F82C71"/>
     <w:rsid w:val="00F82F92"/>
     <w:rsid w:val="00F86066"/>
     <w:rsid w:val="00F86800"/>
     <w:rsid w:val="00F871FF"/>
     <w:rsid w:val="00F90544"/>
     <w:rsid w:val="00F91817"/>
     <w:rsid w:val="00F92D95"/>
     <w:rsid w:val="00F93C78"/>
     <w:rsid w:val="00F945FA"/>
     <w:rsid w:val="00F96D75"/>
     <w:rsid w:val="00F9779B"/>
     <w:rsid w:val="00FA07C6"/>
@@ -19874,51 +19946,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2017921925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bfa/sites/default/files/attached-files/bfa-r-1-02.28.22_recommended_guidelines_dei_faculty_merit_evaluations.rev090722.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1AIN4GVje007IzCfd_auLpG4IGdqNRnctGpSs-dI5wOE/edit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jcr.clarivate.com/jcr/browse-journals" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jcr.clarivate.com/jcr/browse-journals" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1AIN4GVje007IzCfd_auLpG4IGdqNRnctGpSs-dI5wOE/edit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20174,73 +20246,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>.~WRD0002</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>4682</Words>
-  <Characters>26694</Characters>
+  <Words>4593</Words>
+  <Characters>26183</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>222</Lines>
-  <Paragraphs>62</Paragraphs>
+  <Lines>218</Lines>
+  <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31314</CharactersWithSpaces>
+  <CharactersWithSpaces>30715</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Calve, Sarah</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>