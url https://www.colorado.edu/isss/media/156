--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -1,773 +1,1634 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+    <w:p w14:paraId="5CE4AE5F" w14:textId="77777777" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>M E M O R A N D U M</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+    <w:p w14:paraId="7894D2C0" w14:textId="734AD9B1" w:rsidR="6760811F" w:rsidRDefault="6760811F" w:rsidP="6760811F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C025FAF" w14:textId="39B00CD4" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>TO: International Student and Scholar Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C25D24">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="502162AE" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, CU Boulder</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t xml:space="preserve">FROM: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C25D24">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Insert </w:t>
+      </w:r>
+      <w:r w:rsidR="4623E385" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Names &amp; Titles of Direct Supervisor &amp; Dept. Chair / Institute Director]</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SUBJECT: </w:t>
+      </w:r>
+      <w:r w:rsidR="2301292F" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2301292F" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>for Permanent Residency (“Green Card”</w:t>
+      </w:r>
+      <w:r w:rsidR="199C517A" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="2301292F" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplication </w:t>
+      </w:r>
+      <w:r w:rsidR="78F58FA9" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Insert Applicant Name]</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DATE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Insert Date]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6456F6C6" w14:textId="1D8B8CE3" w:rsidR="6760811F" w:rsidRDefault="6760811F" w:rsidP="6760811F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121D8901" w14:textId="0AA3A790" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Insert Department</w:t>
+      </w:r>
+      <w:r w:rsidR="1939FCEF" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Research Institute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...9 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requests the assistance of ISSS in filing a </w:t>
+      </w:r>
+      <w:r w:rsidR="417EA90E" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U.S. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>permanent residency petition</w:t>
+      </w:r>
+      <w:r w:rsidR="0B899230" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>[Insert Applicant Name]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C25D24">
-[...8 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Insert Applicant Position]</w:t>
+      </w:r>
+      <w:r w:rsidR="2EC3C450" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2EC3C450" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>in our department/research institute.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B837489" w14:textId="7DC1E409" w:rsidR="6760811F" w:rsidRDefault="6760811F" w:rsidP="6760811F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121DA955" w14:textId="7C5EA784" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Due to </w:t>
+      </w:r>
+      <w:r w:rsidR="05680FAB" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contributions and key role in our </w:t>
+      </w:r>
+      <w:r w:rsidR="00B122A4" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Insert Primary Function (research, teaching, etc.)] </w:t>
+      </w:r>
+      <w:r w:rsidR="00B122A4" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="1248256C" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>CU Boulder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, we </w:t>
+      </w:r>
+      <w:r w:rsidR="581A32A6" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">committed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="06391A09" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>retaining (or hiring)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>[Insert Applicant Name]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C25D24">
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="68113A0D" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as an employee </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the long term and indefinite future. We </w:t>
+      </w:r>
+      <w:r w:rsidR="37CEDC58" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>request ISSS on behalf of CU Boulder to initiate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the process of </w:t>
+      </w:r>
+      <w:r w:rsidR="510457AE" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sponsoring </w:t>
+      </w:r>
+      <w:r w:rsidR="510457AE" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Insert Applicant Name]</w:t>
+      </w:r>
+      <w:r w:rsidR="510457AE" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for U.S. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>permanent residency</w:t>
+      </w:r>
+      <w:r w:rsidR="6EA32D89" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0156F083" w14:textId="79BB8284" w:rsidR="6760811F" w:rsidRDefault="6760811F" w:rsidP="6760811F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4338CF38" w14:textId="3A745D11" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We understand that </w:t>
+      </w:r>
+      <w:r w:rsidR="6945B046" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> initiate the process, we </w:t>
+      </w:r>
+      <w:r w:rsidR="0A676013" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are committing to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Int_0eIDN5VZ"/>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>permanent</w:t>
+      </w:r>
+      <w:r w:rsidR="358AEE44" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in nature</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, full</w:t>
+      </w:r>
+      <w:r w:rsidR="0543C8EF" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>time position</w:t>
+      </w:r>
+      <w:r w:rsidR="44C1E38F" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subject to the conditions of at-will employment</w:t>
+      </w:r>
+      <w:r w:rsidR="391FA1F3" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (as applicable)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Insert Applicant Name]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A293E1A" w14:textId="7C00BABA" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16F5DDAD" w14:textId="3899534F" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="5705D2DE" w:rsidP="6760811F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Hence</w:t>
+      </w:r>
+      <w:r w:rsidR="14149AB4" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>we</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4BFE" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attest to the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7145E75F" w14:textId="3D996602" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B122A4" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Insert Applicant Name]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B122A4" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>position is not a postdoctoral position</w:t>
+      </w:r>
+      <w:r w:rsidR="7F00035F" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+    <w:p w14:paraId="236C053B" w14:textId="40A94CB1" w:rsidR="009C4BFE" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...80 lines deleted...]
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="161F1557" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>For a research position, i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t is </w:t>
+      </w:r>
+      <w:r w:rsidR="0FDD32AE" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>for a term of indefinite or unlimited duration in which the employee has an expectation of continued employment unless there is good cause for termination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C144E2" w14:textId="4CB61B69" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. It is </w:t>
+      </w:r>
+      <w:r w:rsidR="276EEC6E" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>full</w:t>
+      </w:r>
+      <w:r w:rsidR="3D0B0F6D" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>time (100% FTE)</w:t>
+      </w:r>
+      <w:r w:rsidR="022C55D1" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D42463" w14:textId="0B4739D0" w:rsidR="009C4BFE" w:rsidRDefault="009C4BFE" w:rsidP="6760811F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Funding for the position is </w:t>
+      </w:r>
+      <w:r w:rsidR="00721C63" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>guaranteed</w:t>
+      </w:r>
+      <w:r w:rsidR="00B122A4" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the next 5 years</w:t>
+      </w:r>
+      <w:r w:rsidR="06677A55" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the date of signing this memorandum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6C142D" w14:textId="02F22F73" w:rsidR="6760811F" w:rsidRDefault="6760811F" w:rsidP="6760811F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D3CCEE2" w14:textId="2321183C" w:rsidR="6E4C0219" w:rsidRDefault="6E4C0219" w:rsidP="6760811F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Attached to this memorandum are one of the following documents as applicable:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535BF638" w14:textId="4953C831" w:rsidR="6760811F" w:rsidRDefault="6760811F" w:rsidP="6760811F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="630A6B76" w14:textId="115E1D90" w:rsidR="6E4C0219" w:rsidRDefault="6E4C0219" w:rsidP="4C12AADA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:rPr>
-[...23 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4C12AADA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For teaching professor positions, </w:t>
+      </w:r>
+      <w:r w:rsidR="30CF2EBE" w:rsidRPr="4C12AADA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>an offer letter or addendum for a minimum period of 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA43C22" w14:textId="310DEA7A" w:rsidR="30CF2EBE" w:rsidRDefault="30CF2EBE" w:rsidP="4C12AADA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4C12AADA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For research positions, an offer letter or addendum for a minimum </w:t>
+      </w:r>
+      <w:r w:rsidR="60809CE9" w:rsidRPr="4C12AADA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4C12AADA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">period of 3 years or </w:t>
+      </w:r>
+      <w:r w:rsidR="4103654A" w:rsidRPr="4C12AADA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>for one with no end date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0E5877" w14:textId="44F7C644" w:rsidR="6760811F" w:rsidRDefault="6760811F" w:rsidP="6760811F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C380350" w14:textId="15F3B577" w:rsidR="47D27C97" w:rsidRDefault="47D27C97" w:rsidP="6760811F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direct Supervisor’s Name &amp; Title: </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Name &amp; Title of Dept. Chair / Institute Director:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554127DC" w14:textId="01BE41BA" w:rsidR="6760811F" w:rsidRDefault="6760811F" w:rsidP="6760811F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C59A04" w14:textId="1CDA6C6A" w:rsidR="47D27C97" w:rsidRDefault="47D27C97" w:rsidP="6760811F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Signature:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Signature:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128231AB" w14:textId="6016ED23" w:rsidR="47D27C97" w:rsidRDefault="47D27C97" w:rsidP="6760811F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Date of Signature</w:t>
+      </w:r>
+      <w:r w:rsidR="774AD693" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Date of Signature</w:t>
+      </w:r>
+      <w:r w:rsidR="6A49B43D" w:rsidRPr="6760811F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="47D27C97">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BF5274" w:rsidRDefault="00BF5274" w:rsidP="009C4BFE">
+    <w:p w14:paraId="77138C68" w14:textId="77777777" w:rsidR="006F7DED" w:rsidRDefault="006F7DED" w:rsidP="009C4BFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BF5274" w:rsidRDefault="00BF5274" w:rsidP="009C4BFE">
+    <w:p w14:paraId="13F19C17" w14:textId="77777777" w:rsidR="006F7DED" w:rsidRDefault="006F7DED" w:rsidP="009C4BFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2FE9A31E" w14:textId="77777777" w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37FB6920" w14:textId="77777777" w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46823426" w14:textId="77777777" w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BF5274" w:rsidRDefault="00BF5274" w:rsidP="009C4BFE">
+    <w:p w14:paraId="4D396848" w14:textId="77777777" w:rsidR="006F7DED" w:rsidRDefault="006F7DED" w:rsidP="009C4BFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BF5274" w:rsidRDefault="00BF5274" w:rsidP="009C4BFE">
+    <w:p w14:paraId="14344084" w14:textId="77777777" w:rsidR="006F7DED" w:rsidRDefault="006F7DED" w:rsidP="009C4BFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="70546EDB" w14:textId="77777777" w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="613896E1" w14:textId="77777777" w:rsidR="009C4BFE" w:rsidRPr="00C25D24" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C25D24">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
       </w:rPr>
       <w:t>*** Print on Departmental Letterhead ***</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009C4BFE" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
+  <w:p w14:paraId="53011904" w14:textId="77777777" w:rsidR="009C4BFE" w:rsidRDefault="009C4BFE" w:rsidP="009C4BFE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="009C4BFE" w:rsidRDefault="009C4BFE">
-[...11 lines deleted...]
-  <w:p w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
+  <w:p w14:paraId="6C29A224" w14:textId="77777777" w:rsidR="009C4BFE" w:rsidRDefault="009C4BFE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="732D1439" w14:textId="77777777" w:rsidR="00C25D24" w:rsidRDefault="00C25D24">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_0eIDN5VZ" int2:invalidationBookmarkName="" int2:hashCode="9Vv4fLYNf5529p" int2:id="Fwymp30W">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20988F09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8D6CEB8"/>
+    <w:lvl w:ilvl="0" w:tplc="2550D53A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C41C1EA0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4F0E4D2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="634826E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EC2CF0AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7AE060FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2A9E4C56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FA485004">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1744D5FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34F312DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="57BE66F6"/>
+    <w:lvl w:ilvl="0" w:tplc="72A464A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FAC640D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8D044C4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="CD9A204C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="83ACFAAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7EBC633E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C61A4EA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8438C032">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D6D6531E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1434981459">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="146746589">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="218"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C4BFE"/>
     <w:rsid w:val="000569F8"/>
     <w:rsid w:val="00072160"/>
     <w:rsid w:val="00083086"/>
     <w:rsid w:val="000A376B"/>
     <w:rsid w:val="000B442A"/>
     <w:rsid w:val="000C0793"/>
     <w:rsid w:val="000D1D20"/>
     <w:rsid w:val="000E1AB8"/>
     <w:rsid w:val="000F2EFB"/>
     <w:rsid w:val="001271B0"/>
     <w:rsid w:val="001349E6"/>
     <w:rsid w:val="00167DC2"/>
     <w:rsid w:val="00186FF3"/>
     <w:rsid w:val="001A2490"/>
     <w:rsid w:val="00200350"/>
     <w:rsid w:val="00203678"/>
     <w:rsid w:val="00203A78"/>
     <w:rsid w:val="00233A20"/>
     <w:rsid w:val="00281ED0"/>
     <w:rsid w:val="0029716F"/>
     <w:rsid w:val="002B437B"/>
     <w:rsid w:val="0030137A"/>
     <w:rsid w:val="003171A6"/>
     <w:rsid w:val="003A69D6"/>
+    <w:rsid w:val="004C5CF0"/>
     <w:rsid w:val="004F2C78"/>
     <w:rsid w:val="00501C37"/>
     <w:rsid w:val="00514C8C"/>
     <w:rsid w:val="005B4ED6"/>
     <w:rsid w:val="005C059D"/>
     <w:rsid w:val="0064603A"/>
     <w:rsid w:val="006E3319"/>
     <w:rsid w:val="006F5563"/>
+    <w:rsid w:val="006F7DED"/>
     <w:rsid w:val="00703FC2"/>
     <w:rsid w:val="0070451D"/>
     <w:rsid w:val="00706641"/>
+    <w:rsid w:val="00712A41"/>
+    <w:rsid w:val="00721C63"/>
+    <w:rsid w:val="00737F85"/>
     <w:rsid w:val="0076243C"/>
     <w:rsid w:val="007E229C"/>
     <w:rsid w:val="007F14DD"/>
     <w:rsid w:val="0080465E"/>
     <w:rsid w:val="00846E01"/>
     <w:rsid w:val="00875E06"/>
     <w:rsid w:val="008C5F69"/>
     <w:rsid w:val="008D217C"/>
     <w:rsid w:val="00907BCF"/>
     <w:rsid w:val="00990488"/>
     <w:rsid w:val="009C1FF2"/>
     <w:rsid w:val="009C4BFE"/>
     <w:rsid w:val="009D1D8D"/>
     <w:rsid w:val="00A15DD7"/>
     <w:rsid w:val="00A348A5"/>
     <w:rsid w:val="00A717C4"/>
     <w:rsid w:val="00A860D4"/>
+    <w:rsid w:val="00A97958"/>
     <w:rsid w:val="00B122A4"/>
     <w:rsid w:val="00B1273D"/>
     <w:rsid w:val="00B25575"/>
     <w:rsid w:val="00B33A71"/>
     <w:rsid w:val="00BD7BA7"/>
     <w:rsid w:val="00BF3D9E"/>
     <w:rsid w:val="00BF5274"/>
     <w:rsid w:val="00C048C3"/>
     <w:rsid w:val="00C25D24"/>
     <w:rsid w:val="00C508D9"/>
     <w:rsid w:val="00CA7CAC"/>
     <w:rsid w:val="00CB310C"/>
     <w:rsid w:val="00D20133"/>
+    <w:rsid w:val="00D63153"/>
     <w:rsid w:val="00D73E7B"/>
     <w:rsid w:val="00D86A2A"/>
     <w:rsid w:val="00E11BB5"/>
     <w:rsid w:val="00E4270E"/>
     <w:rsid w:val="00E43D89"/>
     <w:rsid w:val="00E44B38"/>
     <w:rsid w:val="00F02D8D"/>
     <w:rsid w:val="00F35E95"/>
     <w:rsid w:val="00F946C0"/>
     <w:rsid w:val="00FD7D06"/>
+    <w:rsid w:val="022C55D1"/>
+    <w:rsid w:val="0442D8AF"/>
+    <w:rsid w:val="0543C8EF"/>
+    <w:rsid w:val="05680FAB"/>
+    <w:rsid w:val="05906B5E"/>
+    <w:rsid w:val="06391A09"/>
+    <w:rsid w:val="06677A55"/>
+    <w:rsid w:val="08713419"/>
+    <w:rsid w:val="08FE1152"/>
+    <w:rsid w:val="09189377"/>
+    <w:rsid w:val="09316596"/>
+    <w:rsid w:val="0A676013"/>
+    <w:rsid w:val="0B899230"/>
+    <w:rsid w:val="0E0B1192"/>
+    <w:rsid w:val="0FDD32AE"/>
+    <w:rsid w:val="1248256C"/>
+    <w:rsid w:val="14149AB4"/>
+    <w:rsid w:val="161F1557"/>
+    <w:rsid w:val="17F13A09"/>
+    <w:rsid w:val="1939FCEF"/>
+    <w:rsid w:val="199C517A"/>
+    <w:rsid w:val="1C47590F"/>
+    <w:rsid w:val="22FA672C"/>
+    <w:rsid w:val="2301292F"/>
+    <w:rsid w:val="26319272"/>
+    <w:rsid w:val="276EEC6E"/>
+    <w:rsid w:val="287A6149"/>
+    <w:rsid w:val="2EC3C450"/>
+    <w:rsid w:val="2EDC3AB8"/>
+    <w:rsid w:val="30CF2EBE"/>
+    <w:rsid w:val="32CD0841"/>
+    <w:rsid w:val="358AEE44"/>
+    <w:rsid w:val="367752B5"/>
+    <w:rsid w:val="37CEDC58"/>
+    <w:rsid w:val="38F76D02"/>
+    <w:rsid w:val="391FA1F3"/>
+    <w:rsid w:val="3D0B0F6D"/>
+    <w:rsid w:val="405A3C52"/>
+    <w:rsid w:val="4103654A"/>
+    <w:rsid w:val="41060702"/>
+    <w:rsid w:val="417EA90E"/>
+    <w:rsid w:val="44076D54"/>
+    <w:rsid w:val="44C1E38F"/>
+    <w:rsid w:val="4615F135"/>
+    <w:rsid w:val="4623E385"/>
+    <w:rsid w:val="47D27C97"/>
+    <w:rsid w:val="498BC232"/>
+    <w:rsid w:val="4AE6206B"/>
+    <w:rsid w:val="4C12AADA"/>
+    <w:rsid w:val="502162AE"/>
+    <w:rsid w:val="510457AE"/>
+    <w:rsid w:val="555371FA"/>
+    <w:rsid w:val="5705D2DE"/>
+    <w:rsid w:val="581A32A6"/>
+    <w:rsid w:val="58496C6C"/>
+    <w:rsid w:val="5AE9F970"/>
+    <w:rsid w:val="5BA5FD0A"/>
+    <w:rsid w:val="60809CE9"/>
+    <w:rsid w:val="660C60D9"/>
+    <w:rsid w:val="6760811F"/>
+    <w:rsid w:val="68113A0D"/>
+    <w:rsid w:val="6945B046"/>
+    <w:rsid w:val="6A49B43D"/>
+    <w:rsid w:val="6ADF2734"/>
+    <w:rsid w:val="6B7A9BAF"/>
+    <w:rsid w:val="6E4C0219"/>
+    <w:rsid w:val="6EA32D89"/>
+    <w:rsid w:val="6F0D1A95"/>
+    <w:rsid w:val="71667012"/>
+    <w:rsid w:val="774AD693"/>
+    <w:rsid w:val="78F58FA9"/>
+    <w:rsid w:val="7F00035F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="24534138"/>
+  <w14:docId w14:val="7965E7AA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5203F7BF-BBA9-4C39-805C-E616A52CB170}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1095,50 +1956,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009C4BFE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="28"/>
@@ -1224,77 +2090,143 @@
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009C4BFE"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009C4BFE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00721C63"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00721C63"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00721C63"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00721C63"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00721C63"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1242957091">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1514,74 +2446,65 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1179</Characters>
+  <Pages>2</Pages>
+  <Words>293</Words>
+  <Characters>1676</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>University of Colorado at Boulder</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1383</CharactersWithSpaces>
+  <CharactersWithSpaces>1966</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mitchell Brooks Wolfe</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>