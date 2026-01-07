--- v0 (2025-10-14)
+++ v1 (2026-01-07)
@@ -1,122 +1,143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="170EA2C4" w14:textId="3568F7EE" w:rsidR="000C1F35" w:rsidRPr="000C1F35" w:rsidRDefault="000C1F35" w:rsidP="000C1F35">
+    <w:p w14:paraId="74798C06" w14:textId="77777777" w:rsidR="008A6056" w:rsidRDefault="008A6056" w:rsidP="008A6056">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A6056">
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IAFS Honors Program </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DCD1B2A" w14:textId="3A33E8DF" w:rsidR="008A6056" w:rsidRPr="008A6056" w:rsidRDefault="008A6056" w:rsidP="008A6056">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A6056">
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+        <w:t>Application Questions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E08951" w14:textId="77777777" w:rsidR="008A6056" w:rsidRDefault="008A6056" w:rsidP="000C1F35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="HTMLTypewriter"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C1F35">
-[...3 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w14:paraId="170EA2C4" w14:textId="75FDBA49" w:rsidR="000C1F35" w:rsidRPr="008A6056" w:rsidRDefault="000C1F35" w:rsidP="000C1F35">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A6056">
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Name: ________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C1F35">
-[...3 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="008A6056">
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Student ID: _________________</w:t>
-      </w:r>
-[...34 lines deleted...]
-        <w:t>Date: ______________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03343F0C" w14:textId="7A56E537" w:rsidR="000C1F35" w:rsidRPr="000C1F35" w:rsidRDefault="000C1F35" w:rsidP="000C1F35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="HTMLTypewriter"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06635953" w14:textId="247AC4DD" w:rsidR="000C1F35" w:rsidRPr="000C1F35" w:rsidRDefault="000C1F35" w:rsidP="000C1F35">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="HTMLTypewriter"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -311,156 +332,222 @@
       <w:r w:rsidRPr="000C1F35">
         <w:rPr>
           <w:rStyle w:val="HTMLTypewriter"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C1F35">
         <w:rPr>
           <w:rStyle w:val="HTMLTypewriter"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are having trouble identifying faculty committee members, contact us before the application deadline.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C21333A" w14:textId="77777777" w:rsidR="00243852" w:rsidRDefault="00243852"/>
     <w:sectPr w:rsidR="00243852">
       <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BAA3605" w14:textId="77777777" w:rsidR="000C1F35" w:rsidRDefault="000C1F35" w:rsidP="000C1F35">
+    <w:p w14:paraId="2533C59E" w14:textId="77777777" w:rsidR="00AE1EDB" w:rsidRDefault="00AE1EDB" w:rsidP="000C1F35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05DC101D" w14:textId="77777777" w:rsidR="000C1F35" w:rsidRDefault="000C1F35" w:rsidP="000C1F35">
+    <w:p w14:paraId="489BFA73" w14:textId="77777777" w:rsidR="00AE1EDB" w:rsidRDefault="00AE1EDB" w:rsidP="000C1F35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0FCF507B" w14:textId="3DFD97FE" w:rsidR="00773B61" w:rsidRPr="00773B61" w:rsidRDefault="00773B61" w:rsidP="00773B61">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00773B61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>12/11/25 EB</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39C987C0" w14:textId="77777777" w:rsidR="000C1F35" w:rsidRDefault="000C1F35" w:rsidP="000C1F35">
+    <w:p w14:paraId="7FAC23AC" w14:textId="77777777" w:rsidR="00AE1EDB" w:rsidRDefault="00AE1EDB" w:rsidP="000C1F35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6931C60A" w14:textId="77777777" w:rsidR="000C1F35" w:rsidRDefault="000C1F35" w:rsidP="000C1F35">
+    <w:p w14:paraId="27B9FC0D" w14:textId="77777777" w:rsidR="00AE1EDB" w:rsidRDefault="00AE1EDB" w:rsidP="000C1F35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="12E4477B" w14:textId="21E4CA84" w:rsidR="000C1F35" w:rsidRPr="000C1F35" w:rsidRDefault="000C1F35" w:rsidP="000C1F35">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="736DCF68" w14:textId="76E5EE70" w:rsidR="008A6056" w:rsidRDefault="008A6056" w:rsidP="008A6056">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:bCs/>
+        <w:noProof/>
       </w:rPr>
-    </w:pPr>
-[...6 lines deleted...]
-      <w:t>IAFS Honors Application</w:t>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DF9324D" wp14:editId="234E3585">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>1019175</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>0</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="3905250" cy="628650"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="937121017" name="Picture 1" descr="A black background with a black square&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="937121017" name="Picture 1" descr="A black background with a black square&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="3905250" cy="628650"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77012C30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2870D952"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -537,108 +624,116 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C1F35"/>
     <w:rsid w:val="000C1F35"/>
     <w:rsid w:val="00243852"/>
+    <w:rsid w:val="00773B61"/>
+    <w:rsid w:val="008A6056"/>
+    <w:rsid w:val="00A34936"/>
+    <w:rsid w:val="00AE1EDB"/>
+    <w:rsid w:val="00CC5893"/>
     <w:rsid w:val="00FD39D1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="30050675"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4066FC19-D132-4374-B396-CF6E980177BF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1102,77 +1197,114 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C1F35"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000C1F35"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="008A6056"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="008A6056"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1775325286">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1431,54 +1563,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>141</Words>
-  <Characters>804</Characters>
+  <Words>136</Words>
+  <Characters>779</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>944</CharactersWithSpaces>
+  <CharactersWithSpaces>914</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>International Affairs Program</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>