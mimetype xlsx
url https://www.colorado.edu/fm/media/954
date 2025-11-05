--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\cotterpin\server\FMShared\Construction\_Front Desk\PDC Phone Directory\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9A7F7098-6E75-4DDD-82B5-E12625720E2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DDA77250-A91B-4F3B-8F80-04AAACA22760}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="5016" yWindow="300" windowWidth="21972" windowHeight="16308" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="4680" yWindow="492" windowWidth="21684" windowHeight="16032" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="279">
   <si>
     <t>Unit / Name</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Extension</t>
   </si>
   <si>
     <t>Cell Number</t>
   </si>
   <si>
     <t>Email Address</t>
   </si>
   <si>
     <t>Planning, Design &amp; Construction</t>
   </si>
   <si>
     <t>Elisha Reyes</t>
   </si>
   <si>
     <t>Executive Assistant</t>
   </si>
   <si>
@@ -697,101 +697,89 @@
   <si>
     <t>5-4119</t>
   </si>
   <si>
     <t>5-4121</t>
   </si>
   <si>
     <t>5-4122</t>
   </si>
   <si>
     <t>5-4123</t>
   </si>
   <si>
     <t>Asst. Dir., Planning</t>
   </si>
   <si>
     <t>Kevin Crosby</t>
   </si>
   <si>
     <t>Engineering Assistant</t>
   </si>
   <si>
     <t>kevin.crosby@colorado.edu</t>
   </si>
   <si>
-    <t>Planner I</t>
-[...4 lines deleted...]
-  <si>
     <t>1st floor</t>
   </si>
   <si>
     <t>Mailroom</t>
   </si>
   <si>
     <t>303-492-4082</t>
   </si>
   <si>
     <t>303-492-3980 (HR only-confidential)</t>
   </si>
   <si>
-    <t>Jacob Jackson</t>
-[...1 lines deleted...]
-  <si>
     <t>Tim Varrone</t>
   </si>
   <si>
     <t>GIS Technician</t>
   </si>
   <si>
     <t>tim.varrone@colorado.edu</t>
   </si>
   <si>
     <t>Planner II</t>
   </si>
   <si>
     <t>2-0273</t>
   </si>
   <si>
     <t>stacy.gauthier@colorado.edu</t>
   </si>
   <si>
     <t>Senior Planner</t>
   </si>
   <si>
     <t>303-435-3858</t>
   </si>
   <si>
     <t>2-2768</t>
   </si>
   <si>
-    <t>2-2406</t>
-[...1 lines deleted...]
-  <si>
     <t>Kristin Bostelman</t>
   </si>
   <si>
     <t>Assistant Civil Engineer</t>
   </si>
   <si>
     <t>5-1205</t>
   </si>
   <si>
     <t>kristin.bostelman@colorado.edu</t>
   </si>
   <si>
     <t>Asst. VC Planning &amp; Design / Campus Architect</t>
   </si>
   <si>
     <t>2-0638</t>
   </si>
   <si>
     <t>Assoc. VC Fac. Mgmt.-STAD 1B17</t>
   </si>
   <si>
     <t>Rachael Bray</t>
   </si>
   <si>
     <t>rachael.bray@colorado.edu</t>
@@ -869,50 +857,53 @@
     <t>Andrea Zelinko</t>
   </si>
   <si>
     <t>andrea.zelinko@colorado.edu</t>
   </si>
   <si>
     <t>2-4936</t>
   </si>
   <si>
     <t>Director of Strategic Initiatives, I&amp;R</t>
   </si>
   <si>
     <t>jeff.pfeil@colorado.edu</t>
   </si>
   <si>
     <t>Director</t>
   </si>
   <si>
     <t>Manager</t>
   </si>
   <si>
     <t>Assistant Director</t>
   </si>
   <si>
     <t>Director / Campus Fire Marshal</t>
+  </si>
+  <si>
+    <t>970-418-0068</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[&lt;=9999999]###\-####;\(###&quot;) &quot;###\-####"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -1726,134 +1717,134 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dena.heisner@colorado.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.kahler@colorado.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.hughes@colorado.edu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.byrnejr@colorado.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elizabeth.m.goetz@colorado.edu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parichehr.roma@colorado.edu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacob.jackson-1@colorado.edu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ward.bauscher@colorado.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meg.hohnholt@colorado.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.gilbert@colorado.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.lindoerfer@colorado.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.kerr@colorado.edu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.c.moeller@colorado.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marni.wheaton@colorado.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.florian@colorado.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:holly.opansky@colorado.edu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richelle.goedert@colorado.edu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.porosky@colorado.edu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristin.bostelman@colorado.edu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blake.guyer@colorado.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.turman@colorado.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.adams@colorado.edu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.mcclure-begley@colorado.edu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.gauthier@colorado.edu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.dencklau@colorado.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katherine.dunklau@colorado.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monika.magenheim@colorado.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susan.baumgartner@colorado.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dAndre.Willis@colorado.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.buck-1@colorado.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicole.arena@colorado.edu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.varrone@colorado.edu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.kirk-1@colorado.edu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.moffitt@colorado.edu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea.zelinko@colorado.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elisha.reyes@colorado.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lori.black@colorado.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.kamprath@colorado.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.s.lee@colorado.edu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joseph.sanchez-2@colorado.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lawrence.hill@colorado.edu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachael.bray@colorado.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:neil.huebner@colorado.edu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin.crosby@colorado.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janet.walker@colorado.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.deborski@colorado.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trisha.hallerberg@colorado.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephen.carberry@colorado.edu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:whitney.gippe@colorado.edu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.oneill-1@colorado.edu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.pfeil@colorado.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dena.heisner@colorado.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.kahler@colorado.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.hughes@colorado.edu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.byrnejr@colorado.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elizabeth.m.goetz@colorado.edu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parichehr.roma@colorado.edu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.varrone@colorado.edu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.kirk-1@colorado.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea.zelinko@colorado.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.gilbert@colorado.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.lindoerfer@colorado.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.kerr@colorado.edu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.c.moeller@colorado.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marni.wheaton@colorado.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.florian@colorado.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:holly.opansky@colorado.edu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richelle.goedert@colorado.edu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.porosky@colorado.edu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachael.bray@colorado.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blake.guyer@colorado.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trisha.hallerberg@colorado.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephen.carberry@colorado.edu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:whitney.gippe@colorado.edu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.oneill-1@colorado.edu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meg.hohnholt@colorado.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.turman@colorado.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.adams@colorado.edu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.mcclure-begley@colorado.edu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristin.bostelman@colorado.edu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.dencklau@colorado.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katherine.dunklau@colorado.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monika.magenheim@colorado.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susan.baumgartner@colorado.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dAndre.Willis@colorado.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.buck-1@colorado.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicole.arena@colorado.edu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.gauthier@colorado.edu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.pfeil@colorado.edu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.moffitt@colorado.edu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elisha.reyes@colorado.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lori.black@colorado.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.kamprath@colorado.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.s.lee@colorado.edu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joseph.sanchez-2@colorado.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lawrence.hill@colorado.edu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ward.bauscher@colorado.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:neil.huebner@colorado.edu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin.crosby@colorado.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janet.walker@colorado.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.deborski@colorado.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F90"/>
+  <dimension ref="A1:F84"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A91" sqref="A91"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A85" sqref="A85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.33203125" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="8.109375" style="5" customWidth="1"/>
     <col min="5" max="5" width="14" style="5" customWidth="1"/>
     <col min="6" max="6" width="31.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="19"/>
       <c r="C2" s="20" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="21" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="21" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="72" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="72"/>
       <c r="C3" s="72"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
     </row>
     <row r="4" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="9">
         <v>1</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>182</v>
       </c>
       <c r="C4" s="14" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>183</v>
       </c>
       <c r="E4" s="12"/>
       <c r="F4" s="13" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="9">
         <v>2</v>
       </c>
       <c r="B5" s="10" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C5" s="14" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D5" s="11" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E5" s="12"/>
       <c r="F5" s="13" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="9">
         <v>3</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="14" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="15">
         <v>22904</v>
       </c>
       <c r="E6" s="15"/>
       <c r="F6" s="16" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="9">
         <v>4</v>
       </c>
       <c r="B7" s="10" t="s">
@@ -1874,406 +1865,406 @@
       <c r="A8" s="1"/>
       <c r="B8" s="3"/>
       <c r="C8" s="2"/>
       <c r="D8" s="7"/>
       <c r="E8" s="6"/>
       <c r="F8" s="4"/>
     </row>
     <row r="9" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="73" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="73"/>
       <c r="C9" s="73"/>
       <c r="D9" s="73"/>
       <c r="E9" s="73"/>
       <c r="F9" s="73"/>
     </row>
     <row r="10" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="9">
         <v>5</v>
       </c>
       <c r="B10" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="23" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D10" s="17" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="12" t="s">
         <v>156</v>
       </c>
       <c r="F10" s="24" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="9">
         <v>6</v>
       </c>
       <c r="B11" s="10" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="25" t="s">
         <v>198</v>
       </c>
       <c r="D11" s="17" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="12"/>
       <c r="F11" s="13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="9">
         <v>7</v>
       </c>
       <c r="B12" s="10" t="s">
         <v>191</v>
       </c>
       <c r="C12" s="14" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>214</v>
       </c>
       <c r="E12" s="12" t="s">
         <v>208</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="9">
         <v>8</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C13" s="14" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D13" s="17" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="E13" s="12" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="F13" s="13" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="9">
         <v>9</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="14" t="s">
         <v>137</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="12"/>
       <c r="F14" s="13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="9">
         <v>10</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C15" s="14" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D15" s="17" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="E15" s="12" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="9">
         <v>11</v>
       </c>
       <c r="B16" s="10" t="s">
         <v>174</v>
       </c>
       <c r="C16" s="14" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>177</v>
       </c>
       <c r="E16" s="12"/>
       <c r="F16" s="13" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="9">
         <v>12</v>
       </c>
       <c r="B17" s="10" t="s">
         <v>204</v>
       </c>
       <c r="C17" s="14" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D17" s="17"/>
       <c r="E17" s="26" t="s">
         <v>197</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="9">
         <v>13</v>
       </c>
       <c r="B18" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="14" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>34</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>35</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="9">
         <v>14</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="14" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="9">
         <v>15</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="14" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>42</v>
       </c>
       <c r="E20" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F20" s="13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="9">
         <v>16</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>152</v>
       </c>
       <c r="C21" s="14" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>153</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>155</v>
       </c>
       <c r="F21" s="13" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="9">
         <v>17</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="14" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>47</v>
       </c>
       <c r="F22" s="13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="9">
         <v>18</v>
       </c>
       <c r="B23" s="10" t="s">
         <v>169</v>
       </c>
       <c r="C23" s="14" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>178</v>
       </c>
       <c r="E23" s="12"/>
       <c r="F23" s="13" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="9">
         <v>19</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="14" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>50</v>
       </c>
       <c r="E24" s="12" t="s">
         <v>51</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="9">
         <v>20</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="14" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>54</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>55</v>
       </c>
       <c r="F25" s="13" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="9">
         <v>21</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="14" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>59</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>179</v>
       </c>
       <c r="F26" s="13" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="9">
         <v>22</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>201</v>
       </c>
       <c r="C27" s="14" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D27" s="17"/>
       <c r="E27" s="12" t="s">
         <v>202</v>
       </c>
       <c r="F27" s="13" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="9">
         <v>23</v>
       </c>
       <c r="B28" s="10" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C28" s="14" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D28" s="17"/>
       <c r="E28" s="12" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="F28" s="13" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="9">
         <v>24</v>
       </c>
       <c r="B29" s="10" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="14" t="s">
         <v>139</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>62</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>63</v>
       </c>
       <c r="F29" s="13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="9">
         <v>25</v>
@@ -2334,978 +2325,921 @@
       <c r="A33" s="9">
         <v>28</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>171</v>
       </c>
       <c r="C33" s="14" t="s">
         <v>58</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>180</v>
       </c>
       <c r="E33" s="12"/>
       <c r="F33" s="27" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="9">
         <v>29</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>173</v>
       </c>
       <c r="C34" s="14" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F34" s="13" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="9">
         <v>30</v>
       </c>
       <c r="B35" s="10" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="14" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>77</v>
       </c>
       <c r="E35" s="12" t="s">
         <v>78</v>
       </c>
       <c r="F35" s="13" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="9">
         <v>31</v>
       </c>
       <c r="B36" s="10" t="s">
         <v>193</v>
       </c>
       <c r="C36" s="14" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>215</v>
       </c>
       <c r="E36" s="12" t="s">
         <v>209</v>
       </c>
       <c r="F36" s="13" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="9">
         <v>32</v>
       </c>
       <c r="B37" s="10" t="s">
         <v>185</v>
       </c>
       <c r="C37" s="14" t="s">
         <v>70</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>216</v>
       </c>
       <c r="E37" s="12" t="s">
         <v>210</v>
       </c>
       <c r="F37" s="13" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="9">
         <v>33</v>
       </c>
       <c r="B38" s="10" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C38" s="14" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="D38" s="17" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="F38" s="13" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="9">
         <v>34</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>206</v>
       </c>
       <c r="C39" s="14" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D39" s="28" t="s">
         <v>217</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>211</v>
       </c>
       <c r="F39" s="13" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="9">
         <v>35</v>
       </c>
       <c r="B40" s="10" t="s">
         <v>189</v>
       </c>
       <c r="C40" s="14" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>218</v>
       </c>
       <c r="E40" s="12" t="s">
         <v>212</v>
       </c>
       <c r="F40" s="13" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="9">
         <v>36</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>187</v>
       </c>
       <c r="C41" s="14" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>219</v>
       </c>
       <c r="E41" s="12" t="s">
         <v>213</v>
       </c>
       <c r="F41" s="13" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="42" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="9">
         <v>37</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>80</v>
       </c>
       <c r="C42" s="14" t="s">
         <v>138</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>81</v>
       </c>
       <c r="E42" s="12"/>
       <c r="F42" s="13" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="43" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="29"/>
       <c r="B43" s="30"/>
       <c r="C43" s="31"/>
       <c r="D43" s="32"/>
       <c r="E43" s="26"/>
       <c r="F43" s="33"/>
     </row>
     <row r="44" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="29"/>
-[...4 lines deleted...]
-      <c r="F44" s="33"/>
+      <c r="A44" s="74" t="s">
+        <v>83</v>
+      </c>
+      <c r="B44" s="74"/>
+      <c r="C44" s="74"/>
+      <c r="D44" s="74"/>
+      <c r="E44" s="74"/>
+      <c r="F44" s="74"/>
     </row>
     <row r="45" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="29"/>
-[...4 lines deleted...]
-      <c r="F45" s="33"/>
+      <c r="A45" s="34">
+        <v>38</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="C45" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="D45" s="35" t="s">
+        <v>85</v>
+      </c>
+      <c r="E45" s="36" t="s">
+        <v>86</v>
+      </c>
+      <c r="F45" s="37" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="46" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="29"/>
-[...4 lines deleted...]
-      <c r="F46" s="33"/>
+      <c r="A46" s="9">
+        <v>39</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C46" s="14" t="s">
+        <v>141</v>
+      </c>
+      <c r="D46" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="E46" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="F46" s="13" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="47" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="74" t="s">
-[...6 lines deleted...]
-      <c r="F47" s="74"/>
+      <c r="A47" s="34">
+        <v>40</v>
+      </c>
+      <c r="B47" s="10" t="s">
+        <v>237</v>
+      </c>
+      <c r="C47" s="14" t="s">
+        <v>238</v>
+      </c>
+      <c r="D47" s="17" t="s">
+        <v>239</v>
+      </c>
+      <c r="E47" s="12"/>
+      <c r="F47" s="13" t="s">
+        <v>240</v>
+      </c>
     </row>
     <row r="48" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="34">
-[...3 lines deleted...]
-        <v>84</v>
+      <c r="A48" s="9">
+        <v>41</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>147</v>
       </c>
       <c r="C48" s="14" t="s">
-        <v>281</v>
-[...8 lines deleted...]
-        <v>87</v>
+        <v>151</v>
+      </c>
+      <c r="D48" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="E48" s="12" t="s">
+        <v>149</v>
+      </c>
+      <c r="F48" s="13" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="9">
-        <v>39</v>
+      <c r="A49" s="34">
+        <v>42</v>
       </c>
       <c r="B49" s="10" t="s">
-        <v>88</v>
+        <v>221</v>
       </c>
       <c r="C49" s="14" t="s">
-        <v>141</v>
+        <v>222</v>
       </c>
       <c r="D49" s="17" t="s">
-        <v>89</v>
+        <v>242</v>
       </c>
       <c r="E49" s="12" t="s">
-        <v>90</v>
+        <v>278</v>
       </c>
       <c r="F49" s="13" t="s">
-        <v>91</v>
+        <v>223</v>
       </c>
     </row>
     <row r="50" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="34">
-        <v>40</v>
+      <c r="A50" s="9">
+        <v>43</v>
       </c>
       <c r="B50" s="10" t="s">
-        <v>241</v>
+        <v>92</v>
       </c>
       <c r="C50" s="14" t="s">
-        <v>242</v>
+        <v>142</v>
       </c>
       <c r="D50" s="17" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="E50" s="12"/>
+        <v>93</v>
+      </c>
+      <c r="E50" s="12" t="s">
+        <v>94</v>
+      </c>
       <c r="F50" s="13" t="s">
-        <v>244</v>
+        <v>95</v>
       </c>
     </row>
     <row r="51" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="9">
-        <v>41</v>
+      <c r="A51" s="34">
+        <v>44</v>
       </c>
       <c r="B51" s="10" t="s">
-        <v>147</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="D51" s="17"/>
       <c r="E51" s="12" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="F51" s="13" t="s">
-        <v>150</v>
+        <v>98</v>
       </c>
     </row>
     <row r="52" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="34">
-        <v>42</v>
+      <c r="A52" s="9">
+        <v>45</v>
       </c>
       <c r="B52" s="10" t="s">
-        <v>221</v>
+        <v>162</v>
       </c>
       <c r="C52" s="14" t="s">
-        <v>222</v>
+        <v>159</v>
       </c>
       <c r="D52" s="17" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-        <v>223</v>
+        <v>160</v>
+      </c>
+      <c r="E52" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="F52" s="16" t="s">
+        <v>161</v>
       </c>
     </row>
     <row r="53" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="9">
-[...16 lines deleted...]
-      </c>
+      <c r="A53" s="29"/>
+      <c r="B53" s="30"/>
+      <c r="C53" s="31"/>
+      <c r="D53" s="32"/>
+      <c r="E53" s="26"/>
+      <c r="F53" s="38"/>
     </row>
     <row r="54" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A54" s="34">
-[...14 lines deleted...]
-      </c>
+      <c r="A54" s="79" t="s">
+        <v>136</v>
+      </c>
+      <c r="B54" s="79"/>
+      <c r="C54" s="79"/>
+      <c r="D54" s="79"/>
+      <c r="E54" s="79"/>
+      <c r="F54" s="79"/>
     </row>
     <row r="55" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="9">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B55" s="10" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>12</v>
+      </c>
+      <c r="C55" s="39" t="s">
+        <v>13</v>
       </c>
       <c r="D55" s="17" t="s">
-        <v>160</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>14</v>
+      </c>
+      <c r="E55" s="12"/>
+      <c r="F55" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A56" s="29"/>
-[...4 lines deleted...]
-      <c r="F56" s="38"/>
+      <c r="A56" s="9">
+        <v>47</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="C56" s="14" t="s">
+        <v>143</v>
+      </c>
+      <c r="D56" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="E56" s="12"/>
+      <c r="F56" s="13" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="57" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="79" t="s">
-[...6 lines deleted...]
-      <c r="F57" s="79"/>
+      <c r="A57" s="9">
+        <v>48</v>
+      </c>
+      <c r="B57" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="C57" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E57" s="41" t="s">
+        <v>22</v>
+      </c>
+      <c r="F57" s="42" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="58" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="9">
-        <v>46</v>
-[...12 lines deleted...]
-        <v>15</v>
+        <v>49</v>
+      </c>
+      <c r="B58" s="40" t="s">
+        <v>252</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="D58" s="11" t="s">
+        <v>254</v>
+      </c>
+      <c r="E58" s="41"/>
+      <c r="F58" s="42" t="s">
+        <v>255</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="9">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>50</v>
+      </c>
+      <c r="B59" s="40" t="s">
+        <v>228</v>
       </c>
       <c r="C59" s="14" t="s">
-        <v>143</v>
-[...6 lines deleted...]
-        <v>18</v>
+        <v>229</v>
+      </c>
+      <c r="D59" s="11" t="s">
+        <v>236</v>
+      </c>
+      <c r="E59" s="41"/>
+      <c r="F59" s="42" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="9">
-[...16 lines deleted...]
-      </c>
+      <c r="A60" s="43"/>
+      <c r="B60" s="30"/>
+      <c r="C60" s="31"/>
+      <c r="D60" s="32"/>
+      <c r="E60" s="26"/>
+      <c r="F60" s="38"/>
     </row>
     <row r="61" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="9">
-[...23 lines deleted...]
-      <c r="C62" s="14" t="s">
+      <c r="A61" s="75" t="s">
+        <v>99</v>
+      </c>
+      <c r="B61" s="76"/>
+      <c r="C61" s="76"/>
+      <c r="D61" s="76"/>
+      <c r="E61" s="76"/>
+      <c r="F61" s="77"/>
+    </row>
+    <row r="62" spans="1:6" s="8" customFormat="1" ht="24" x14ac:dyDescent="0.3">
+      <c r="A62" s="34">
+        <v>51</v>
+      </c>
+      <c r="B62" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C62" s="39" t="s">
+        <v>241</v>
+      </c>
+      <c r="D62" s="35" t="s">
+        <v>167</v>
+      </c>
+      <c r="E62" s="36" t="s">
+        <v>166</v>
+      </c>
+      <c r="F62" s="44" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="34">
+        <v>52</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>264</v>
+      </c>
+      <c r="D63" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E63" s="12"/>
+      <c r="F63" s="13" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="34">
+        <v>53</v>
+      </c>
+      <c r="B64" s="22" t="s">
+        <v>265</v>
+      </c>
+      <c r="C64" s="22" t="s">
+        <v>234</v>
+      </c>
+      <c r="D64" s="35" t="s">
         <v>232</v>
       </c>
-      <c r="D62" s="11" t="s">
-[...3 lines deleted...]
-      <c r="F62" s="42" t="s">
+      <c r="E64" s="12"/>
+      <c r="F64" s="45" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="63" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-    <row r="65" spans="1:6" s="8" customFormat="1" ht="24" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="34">
-        <v>51</v>
-[...14 lines deleted...]
-        <v>164</v>
+        <v>54</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="C65" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="D65" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="E65" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="F65" s="13" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="34">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B66" s="10" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>168</v>
+      </c>
+      <c r="C66" s="30" t="s">
+        <v>200</v>
       </c>
       <c r="D66" s="17" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="E66" s="12"/>
       <c r="F66" s="13" t="s">
-        <v>196</v>
+        <v>158</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="34">
-        <v>53</v>
-[...8 lines deleted...]
-        <v>235</v>
+        <v>56</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="C67" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="D67" s="17" t="s">
+        <v>106</v>
       </c>
       <c r="E67" s="12"/>
-      <c r="F67" s="45" t="s">
-        <v>236</v>
+      <c r="F67" s="13" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="68" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="34">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B68" s="10" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>108</v>
+      </c>
+      <c r="C68" s="14" t="s">
+        <v>234</v>
       </c>
       <c r="D68" s="17" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="E68" s="12"/>
+        <v>109</v>
+      </c>
+      <c r="E68" s="12" t="s">
+        <v>110</v>
+      </c>
       <c r="F68" s="13" t="s">
-        <v>225</v>
+        <v>111</v>
       </c>
     </row>
     <row r="69" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="34">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B69" s="10" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="C69" s="14" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="D69" s="17" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="E69" s="12"/>
       <c r="F69" s="13" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
     </row>
     <row r="70" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="34">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B70" s="10" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>116</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>117</v>
       </c>
       <c r="D70" s="17" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="E70" s="12"/>
+        <v>118</v>
+      </c>
+      <c r="E70" s="12" t="s">
+        <v>119</v>
+      </c>
       <c r="F70" s="13" t="s">
-        <v>158</v>
-[...59 lines deleted...]
-      <c r="A74" s="34">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A71" s="46"/>
+      <c r="B71" s="30"/>
+      <c r="C71" s="30"/>
+      <c r="D71" s="32"/>
+      <c r="E71" s="26"/>
+      <c r="F71" s="33"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A72" s="78" t="s">
+        <v>121</v>
+      </c>
+      <c r="B72" s="78"/>
+      <c r="C72" s="78"/>
+      <c r="D72" s="78"/>
+      <c r="E72" s="78"/>
+      <c r="F72" s="78"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A73" s="47">
         <v>60</v>
       </c>
+      <c r="B73" s="48" t="s">
+        <v>122</v>
+      </c>
+      <c r="C73" s="49" t="s">
+        <v>274</v>
+      </c>
+      <c r="D73" s="50" t="s">
+        <v>123</v>
+      </c>
+      <c r="E73" s="50" t="s">
+        <v>124</v>
+      </c>
+      <c r="F73" s="51" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A74" s="9">
+        <v>61</v>
+      </c>
       <c r="B74" s="10" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>126</v>
+      </c>
+      <c r="C74" s="39" t="s">
+        <v>145</v>
       </c>
       <c r="D74" s="17" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="E74" s="12" t="s">
-        <v>119</v>
-[...11 lines deleted...]
-      <c r="F75" s="33"/>
+        <v>128</v>
+      </c>
+      <c r="F74" s="16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="63"/>
+      <c r="B75" s="64"/>
+      <c r="C75" s="65"/>
+      <c r="D75" s="66"/>
+      <c r="E75" s="67"/>
+      <c r="F75" s="68"/>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A76" s="78" t="s">
-[...6 lines deleted...]
-      <c r="F76" s="78"/>
+      <c r="A76" s="19"/>
+      <c r="B76" s="53"/>
+      <c r="C76" s="54"/>
+      <c r="D76" s="32"/>
+      <c r="E76" s="55"/>
+      <c r="F76" s="52"/>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A77" s="47">
-[...16 lines deleted...]
-      </c>
+      <c r="A77" s="70" t="s">
+        <v>130</v>
+      </c>
+      <c r="B77" s="70"/>
+      <c r="C77" s="70"/>
+      <c r="D77" s="70"/>
+      <c r="E77" s="70"/>
+      <c r="F77" s="70"/>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A78" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="A78" s="56"/>
       <c r="B78" s="10" t="s">
-        <v>126</v>
-[...20 lines deleted...]
-      <c r="F79" s="68"/>
+        <v>135</v>
+      </c>
+      <c r="C78" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="D78" s="12"/>
+      <c r="E78" s="12"/>
+      <c r="F78" s="10"/>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A79" s="56"/>
+      <c r="B79" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C79" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="D79" s="12"/>
+      <c r="E79" s="12"/>
+      <c r="F79" s="10"/>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A80" s="19"/>
-[...4 lines deleted...]
-      <c r="F80" s="52"/>
+      <c r="A80" s="57"/>
+      <c r="B80" s="58"/>
+      <c r="C80" s="59"/>
+      <c r="D80" s="58"/>
+      <c r="E80" s="58"/>
+      <c r="F80" s="57"/>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A81" s="70" t="s">
-[...6 lines deleted...]
-      <c r="F81" s="70"/>
+      <c r="A81" s="71" t="s">
+        <v>131</v>
+      </c>
+      <c r="B81" s="71"/>
+      <c r="C81" s="71"/>
+      <c r="D81" s="71"/>
+      <c r="E81" s="71"/>
+      <c r="F81" s="71"/>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A82" s="56"/>
-      <c r="B82" s="10" t="s">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="B82" s="22" t="s">
+        <v>224</v>
+      </c>
+      <c r="C82" s="60" t="s">
+        <v>226</v>
       </c>
       <c r="D82" s="12"/>
       <c r="E82" s="12"/>
-      <c r="F82" s="10"/>
+      <c r="F82" s="22"/>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A83" s="56"/>
       <c r="B83" s="10" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>225</v>
+      </c>
+      <c r="C83" s="22" t="s">
+        <v>227</v>
       </c>
       <c r="D83" s="12"/>
       <c r="E83" s="12"/>
       <c r="F83" s="10"/>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A84" s="57"/>
-[...63 lines deleted...]
-        <v>45883</v>
+      <c r="A84" s="61"/>
+      <c r="B84" s="61"/>
+      <c r="C84" s="61"/>
+      <c r="D84" s="62"/>
+      <c r="E84" s="62"/>
+      <c r="F84" s="69">
+        <v>45939</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
+    <mergeCell ref="A77:F77"/>
     <mergeCell ref="A81:F81"/>
-    <mergeCell ref="A85:F85"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A9:F9"/>
-    <mergeCell ref="A47:F47"/>
-[...2 lines deleted...]
-    <mergeCell ref="A57:F57"/>
+    <mergeCell ref="A44:F44"/>
+    <mergeCell ref="A61:F61"/>
+    <mergeCell ref="A72:F72"/>
+    <mergeCell ref="A54:F54"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="F4" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="F6" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="F19" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="F24" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="F18" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="F22" r:id="rId7" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="F35" r:id="rId8" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="F20" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="F10" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="F42" r:id="rId11" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="F14" r:id="rId12" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
     <hyperlink ref="F26" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
     <hyperlink ref="F32" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
     <hyperlink ref="F25" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
     <hyperlink ref="F31" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
     <hyperlink ref="F30" r:id="rId17" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
     <hyperlink ref="F29" r:id="rId18" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
     <hyperlink ref="F11" r:id="rId19" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
-    <hyperlink ref="F58" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F51" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="F55" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="F57" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="F56" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="F48" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
     <hyperlink ref="F21" r:id="rId24" xr:uid="{D58E404B-29F3-40BF-B1AD-348702957A60}"/>
-    <hyperlink ref="F70" r:id="rId25" xr:uid="{20395DC6-85C0-4128-A3C8-C68ED39D2F4E}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F65" r:id="rId27" xr:uid="{A3F57B2F-CDB2-4EE9-91FF-BA40AFB40712}"/>
+    <hyperlink ref="F66" r:id="rId25" xr:uid="{20395DC6-85C0-4128-A3C8-C68ED39D2F4E}"/>
+    <hyperlink ref="F52" r:id="rId26" xr:uid="{F1DF6EDC-16DF-4632-A49D-D512AC189C98}"/>
+    <hyperlink ref="F62" r:id="rId27" xr:uid="{A3F57B2F-CDB2-4EE9-91FF-BA40AFB40712}"/>
     <hyperlink ref="F23" r:id="rId28" xr:uid="{EF98D1BF-FC8D-4314-BA8D-F02F6C3AC832}"/>
     <hyperlink ref="F34" r:id="rId29" xr:uid="{B5F58915-314E-4997-90EB-1631D0D86EC3}"/>
     <hyperlink ref="F16" r:id="rId30" xr:uid="{16BB72BC-44A1-4FCE-A885-8854556C5B4D}"/>
     <hyperlink ref="F33" r:id="rId31" xr:uid="{A2F44905-C7F9-4CFC-901C-66CF1A287E32}"/>
     <hyperlink ref="F37" r:id="rId32" xr:uid="{41D3C48E-DF9C-4245-99CA-0CF697B85078}"/>
     <hyperlink ref="F41" r:id="rId33" xr:uid="{781741C4-10BF-41AE-A0C3-227E8E5FA42D}"/>
     <hyperlink ref="F40" r:id="rId34" xr:uid="{90C4DDE2-DC7C-4B85-857B-22FC9A6FF268}"/>
     <hyperlink ref="F12" r:id="rId35" xr:uid="{96F24B09-BCFC-4CC1-91C7-3E028AA11300}"/>
     <hyperlink ref="F36" r:id="rId36" xr:uid="{B62BFF13-B780-4D26-928B-E30E6BC78129}"/>
-    <hyperlink ref="F66" r:id="rId37" xr:uid="{D6FBD301-5AE1-4D5D-941E-68283C459911}"/>
+    <hyperlink ref="F63" r:id="rId37" xr:uid="{D6FBD301-5AE1-4D5D-941E-68283C459911}"/>
     <hyperlink ref="F27" r:id="rId38" xr:uid="{306A5D1E-E675-4CD8-B51C-3D0396E846E8}"/>
     <hyperlink ref="F17" r:id="rId39" xr:uid="{FFAE3308-C5DB-4CC5-B236-2290BFA29B0D}"/>
     <hyperlink ref="F39" r:id="rId40" xr:uid="{CBB9835D-DE26-4461-8CF3-9DC27449D0CE}"/>
-    <hyperlink ref="F52" r:id="rId41" xr:uid="{7529FD09-6B66-4F29-AB18-81D1E22911C1}"/>
-[...9 lines deleted...]
-    <hyperlink ref="F5" r:id="rId51" xr:uid="{700849B6-8E72-409A-A1D1-E2B3DB07DC14}"/>
+    <hyperlink ref="F49" r:id="rId41" xr:uid="{7529FD09-6B66-4F29-AB18-81D1E22911C1}"/>
+    <hyperlink ref="F59" r:id="rId42" xr:uid="{51CC90B4-2C75-4AAA-8278-AACEBD0B89FA}"/>
+    <hyperlink ref="F64" r:id="rId43" xr:uid="{3AFDE0FE-DE76-4BA2-98F9-E81F2E7E5F0E}"/>
+    <hyperlink ref="F47" r:id="rId44" xr:uid="{70D6BE78-DAFE-443E-AEA9-C7EABC7B012D}"/>
+    <hyperlink ref="F15" r:id="rId45" xr:uid="{43A8E15B-F41B-4164-B420-A9C2DC815BBF}"/>
+    <hyperlink ref="F13" r:id="rId46" xr:uid="{CE9E52ED-96BF-42F0-9AAB-60245D1280DB}"/>
+    <hyperlink ref="F58" r:id="rId47" xr:uid="{8E7D745E-6AF1-497C-8588-C4D01A4AE2E7}"/>
+    <hyperlink ref="F38" r:id="rId48" xr:uid="{0A0097BD-8760-4FD6-A9B4-94DFE4125CE1}"/>
+    <hyperlink ref="F28" r:id="rId49" xr:uid="{920B6292-E38E-48CA-A186-5F3630C0976E}"/>
+    <hyperlink ref="F5" r:id="rId50" xr:uid="{700849B6-8E72-409A-A1D1-E2B3DB07DC14}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId52"/>
+  <pageSetup orientation="portrait" r:id="rId51"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Aptos,Bold"&amp;12Planning, Design and Construction</oddHeader>
   </headerFooter>
-  <drawing r:id="rId53"/>
+  <drawing r:id="rId52"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Colorado Boulder</Company>
   <LinksUpToDate>false</LinksUpToDate>