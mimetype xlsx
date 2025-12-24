--- v1 (2025-11-05)
+++ v2 (2025-12-24)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\cotterpin\server\FMShared\Construction\_Front Desk\PDC Phone Directory\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DDA77250-A91B-4F3B-8F80-04AAACA22760}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D54152B4-F882-4BC7-A8DB-8BF2A48C45AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4680" yWindow="492" windowWidth="21684" windowHeight="16032" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1116" yWindow="252" windowWidth="24348" windowHeight="15792" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="289">
   <si>
     <t>Unit / Name</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Extension</t>
   </si>
   <si>
     <t>Cell Number</t>
   </si>
   <si>
     <t>Email Address</t>
   </si>
   <si>
     <t>Planning, Design &amp; Construction</t>
   </si>
   <si>
     <t>Elisha Reyes</t>
   </si>
   <si>
     <t>Executive Assistant</t>
   </si>
   <si>
@@ -124,62 +124,50 @@
   <si>
     <t>Mike Turman</t>
   </si>
   <si>
     <t>5-4642</t>
   </si>
   <si>
     <t>Christine Adams</t>
   </si>
   <si>
     <t>2-3218</t>
   </si>
   <si>
     <t>christine.adams@colorado.edu</t>
   </si>
   <si>
     <t xml:space="preserve">Lori Black  </t>
   </si>
   <si>
     <t>2-0577</t>
   </si>
   <si>
     <t>lori.black@colorado.edu</t>
   </si>
   <si>
-    <t>Rich Deborski</t>
-[...10 lines deleted...]
-  <si>
     <t>Richard Dencklau</t>
   </si>
   <si>
     <t>5-0233</t>
   </si>
   <si>
     <t>303-817-3679</t>
   </si>
   <si>
     <t>richard.dencklau@colorado.edu</t>
   </si>
   <si>
     <t>Katherine Dunklau</t>
   </si>
   <si>
     <t>2-8731</t>
   </si>
   <si>
     <t>303-994-6491</t>
   </si>
   <si>
     <t>katherine.dunklau@colorado.edu</t>
   </si>
   <si>
     <t>Mike Gilbert</t>
@@ -259,53 +247,50 @@
   <si>
     <t>Project Coordinator</t>
   </si>
   <si>
     <t>5-6430</t>
   </si>
   <si>
     <t>christine.kerr@colorado.edu</t>
   </si>
   <si>
     <t>Monika Magenheim</t>
   </si>
   <si>
     <t>5-7237</t>
   </si>
   <si>
     <t>monika.magenheim@colorado.edu</t>
   </si>
   <si>
     <t>Brian Moffitt</t>
   </si>
   <si>
     <t>2-1425</t>
   </si>
   <si>
-    <t>720-345-1278</t>
-[...1 lines deleted...]
-  <si>
     <t>brian.moffitt@colorado.edu</t>
   </si>
   <si>
     <t>Marni Wheaton</t>
   </si>
   <si>
     <t>5-3611</t>
   </si>
   <si>
     <t>marni.wheaton@colorado.edu</t>
   </si>
   <si>
     <t xml:space="preserve">Engineering  </t>
   </si>
   <si>
     <t>Zac Niehues</t>
   </si>
   <si>
     <t>2-4042</t>
   </si>
   <si>
     <t>720-641-1351</t>
   </si>
   <si>
     <t>zachary.niehues@colorado.edu</t>
@@ -436,53 +421,50 @@
   <si>
     <t>wilson.batdorf@colorado.edu</t>
   </si>
   <si>
     <t>Conference Room Phone Numbers</t>
   </si>
   <si>
     <t>Fax Numbers</t>
   </si>
   <si>
     <t>303-735-6023</t>
   </si>
   <si>
     <t>303-735-0939</t>
   </si>
   <si>
     <t>Room 158</t>
   </si>
   <si>
     <t>Room 321</t>
   </si>
   <si>
     <t>GIS, CAD &amp; Document Management</t>
   </si>
   <si>
-    <t>Program Coordinator</t>
-[...1 lines deleted...]
-  <si>
     <t>Assistant Project Manager</t>
   </si>
   <si>
     <t>Program Manager</t>
   </si>
   <si>
     <t>Deferred Maint. Program Mgr.</t>
   </si>
   <si>
     <t>Pro. Engineer II - Civil</t>
   </si>
   <si>
     <t>Pro. Engineer II - Mechanical</t>
   </si>
   <si>
     <t>Assistant GIS - CAD Manager</t>
   </si>
   <si>
     <t>Planning Admin. / Proj. Coord.</t>
   </si>
   <si>
     <t>Senior Space Opt. Analyst</t>
   </si>
   <si>
     <t>Administrative Assistant III</t>
@@ -502,53 +484,50 @@
   <si>
     <t>Engr/Phys Sci Tech III</t>
   </si>
   <si>
     <t>Marina Florian</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>marina.florian@colorado.edu</t>
   </si>
   <si>
     <t xml:space="preserve">303-981-9980 </t>
   </si>
   <si>
     <t>720-291-8472</t>
   </si>
   <si>
     <t>mike.turman@colorado.edu</t>
   </si>
   <si>
     <t>jennifer.s.lee@colorado.edu</t>
   </si>
   <si>
-    <t>Electrical Engineer</t>
-[...1 lines deleted...]
-  <si>
     <t>5-1412</t>
   </si>
   <si>
     <t>benjamin.hughes@colorado.edu</t>
   </si>
   <si>
     <t>Ben Hughes</t>
   </si>
   <si>
     <t>720-285-8512</t>
   </si>
   <si>
     <t>dAndre.Willis@colorado.edu</t>
   </si>
   <si>
     <t>d'Andre Willis</t>
   </si>
   <si>
     <t>303-265-1384</t>
   </si>
   <si>
     <t>2-7726</t>
   </si>
   <si>
     <t>Jennifer Lee</t>
@@ -571,77 +550,62 @@
   <si>
     <t>Matthew Buck</t>
   </si>
   <si>
     <t>ryan.c.moeller@colorado.edu</t>
   </si>
   <si>
     <t>matthew.buck-1@colorado.edu</t>
   </si>
   <si>
     <t>5-1417</t>
   </si>
   <si>
     <t>5-0594</t>
   </si>
   <si>
     <t>720-226-8438</t>
   </si>
   <si>
     <t>5-0514</t>
   </si>
   <si>
     <t>5-0692</t>
   </si>
   <si>
-    <t>Brian Lindoerfer</t>
-[...7 lines deleted...]
-  <si>
     <t>Holly Opansky</t>
   </si>
   <si>
     <t>holly.opansky@colorado.edu</t>
   </si>
   <si>
     <t>Joe Sanchez</t>
   </si>
   <si>
     <t>joseph.sanchez-2@colorado.edu</t>
   </si>
   <si>
-    <t>Patty Roma</t>
-[...4 lines deleted...]
-  <si>
     <t>Nicole Arena</t>
   </si>
   <si>
     <t>nicole.arena@colorado.edu</t>
   </si>
   <si>
     <t>Jennifer O'Neill</t>
   </si>
   <si>
     <t>jennifer.oneill-1@colorado.edu</t>
   </si>
   <si>
     <t>Richelle Goedert</t>
   </si>
   <si>
     <t>richelle.goedert@colorado.edu</t>
   </si>
   <si>
     <t>303-332-5213</t>
   </si>
   <si>
     <t>Contract Admin Prjct Coord III</t>
   </si>
   <si>
     <t>Code Cmpl Pgm Mngr Dpt Bdg Off</t>
@@ -661,259 +625,327 @@
   <si>
     <t>David Byrne, Jr.</t>
   </si>
   <si>
     <t>david.byrnejr@colorado.edu</t>
   </si>
   <si>
     <t>Joshua Porosky</t>
   </si>
   <si>
     <t>joshua.porosky@colorado.edu</t>
   </si>
   <si>
     <t>303-265-1271</t>
   </si>
   <si>
     <t>303-591-6460</t>
   </si>
   <si>
     <t>303-435-3213</t>
   </si>
   <si>
     <t>720-345-7161</t>
   </si>
   <si>
-    <t>303-217-6810</t>
-[...1 lines deleted...]
-  <si>
     <t>303-598-4173</t>
   </si>
   <si>
     <t>5-1541</t>
   </si>
   <si>
     <t>5-4117</t>
   </si>
   <si>
     <t>5-4119</t>
   </si>
   <si>
     <t>5-4121</t>
   </si>
   <si>
-    <t>5-4122</t>
-[...1 lines deleted...]
-  <si>
     <t>5-4123</t>
   </si>
   <si>
-    <t>Asst. Dir., Planning</t>
-[...1 lines deleted...]
-  <si>
     <t>Kevin Crosby</t>
   </si>
   <si>
-    <t>Engineering Assistant</t>
-[...1 lines deleted...]
-  <si>
     <t>kevin.crosby@colorado.edu</t>
   </si>
   <si>
     <t>1st floor</t>
   </si>
   <si>
     <t>Mailroom</t>
   </si>
   <si>
     <t>303-492-4082</t>
   </si>
   <si>
     <t>303-492-3980 (HR only-confidential)</t>
   </si>
   <si>
     <t>Tim Varrone</t>
   </si>
   <si>
     <t>GIS Technician</t>
   </si>
   <si>
     <t>tim.varrone@colorado.edu</t>
   </si>
   <si>
     <t>Planner II</t>
   </si>
   <si>
     <t>2-0273</t>
   </si>
   <si>
-    <t>stacy.gauthier@colorado.edu</t>
-[...4 lines deleted...]
-  <si>
     <t>303-435-3858</t>
   </si>
   <si>
     <t>2-2768</t>
   </si>
   <si>
     <t>Kristin Bostelman</t>
   </si>
   <si>
     <t>Assistant Civil Engineer</t>
   </si>
   <si>
     <t>5-1205</t>
   </si>
   <si>
     <t>kristin.bostelman@colorado.edu</t>
   </si>
   <si>
     <t>Asst. VC Planning &amp; Design / Campus Architect</t>
   </si>
   <si>
     <t>2-0638</t>
   </si>
   <si>
-    <t>Assoc. VC Fac. Mgmt.-STAD 1B17</t>
-[...1 lines deleted...]
-  <si>
     <t>Rachael Bray</t>
   </si>
   <si>
     <t>rachael.bray@colorado.edu</t>
   </si>
   <si>
     <t>5-5410</t>
   </si>
   <si>
     <t>720-470-2579</t>
   </si>
   <si>
     <t>Ward Bauscher</t>
   </si>
   <si>
     <t>ward.bauscher@colorado.edu</t>
   </si>
   <si>
     <t>5-4146</t>
   </si>
   <si>
     <t>303-946-9124</t>
   </si>
   <si>
     <t>Dave Kirk</t>
   </si>
   <si>
     <t>CAD/GIS/Space Optimization Tech</t>
   </si>
   <si>
     <t>5-6208</t>
   </si>
   <si>
     <t>david.kirk-1@colorado.edu</t>
   </si>
   <si>
     <t>Project Manager</t>
   </si>
   <si>
     <t>Project Manager &amp; Process Mgr.</t>
   </si>
   <si>
     <t>Senior Project Manager</t>
   </si>
   <si>
-    <t>Project Manager - Part-Time</t>
-[...1 lines deleted...]
-  <si>
     <t>Jeff Pfeil</t>
   </si>
   <si>
     <t>720-487-4435</t>
   </si>
   <si>
     <t>5-4155</t>
   </si>
   <si>
-    <t>Project Management Team Lead</t>
-[...1 lines deleted...]
-  <si>
     <t>Campus Landscape Architect</t>
   </si>
   <si>
     <t>Stacy Hanz</t>
   </si>
   <si>
     <t>Meg Hohnholt</t>
   </si>
   <si>
     <t>303-656-6318</t>
   </si>
   <si>
     <t>meg.hohnholt@colorado.edu</t>
   </si>
   <si>
-    <t>Andrea Zelinko</t>
-[...10 lines deleted...]
-  <si>
     <t>jeff.pfeil@colorado.edu</t>
   </si>
   <si>
     <t>Director</t>
   </si>
   <si>
     <t>Manager</t>
   </si>
   <si>
     <t>Assistant Director</t>
   </si>
   <si>
-    <t>Director / Campus Fire Marshal</t>
-[...1 lines deleted...]
-  <si>
     <t>970-418-0068</t>
+  </si>
+  <si>
+    <t>Felicity DeGaetano</t>
+  </si>
+  <si>
+    <t>felicity.degaetano@colorado.edu</t>
+  </si>
+  <si>
+    <t>Cynthia London</t>
+  </si>
+  <si>
+    <t>cynthia.london@colorado.edu</t>
+  </si>
+  <si>
+    <t>Mykala Keuter</t>
+  </si>
+  <si>
+    <t>mykala.keuter@colorado.edu</t>
+  </si>
+  <si>
+    <t>Michelle Nelson</t>
+  </si>
+  <si>
+    <t>michelle.nelson@colorado.edu</t>
+  </si>
+  <si>
+    <t>stacy.hanz@colorado.edu</t>
+  </si>
+  <si>
+    <t>Megan Adams</t>
+  </si>
+  <si>
+    <t>megan.adams-1@colorado.edu</t>
+  </si>
+  <si>
+    <t>chris.ewing@colorado.edu</t>
+  </si>
+  <si>
+    <t>Asst. Vice Chancellor, D&amp;C</t>
+  </si>
+  <si>
+    <t>303-946-9122</t>
+  </si>
+  <si>
+    <t>Senior Campus Planner</t>
+  </si>
+  <si>
+    <t>Campus Fire Marshal &amp;
+Building Code Official</t>
+  </si>
+  <si>
+    <t>Vice Chancellor, Infrastructure &amp; Resilience</t>
+  </si>
+  <si>
+    <t>2-7059</t>
+  </si>
+  <si>
+    <t>Closeout Admin Prjct Coord III</t>
+  </si>
+  <si>
+    <t>PM Team Leader</t>
+  </si>
+  <si>
+    <t>PERA PM</t>
+  </si>
+  <si>
+    <t>Stacy Lindholm</t>
+  </si>
+  <si>
+    <t>Sr. Exec. Advisor to the VC, I&amp;R</t>
+  </si>
+  <si>
+    <t>5-8038</t>
+  </si>
+  <si>
+    <t>stacy.lindholm@colorado.edu</t>
+  </si>
+  <si>
+    <t>2-1519</t>
+  </si>
+  <si>
+    <t>303-265-1279</t>
+  </si>
+  <si>
+    <t>5-0459</t>
+  </si>
+  <si>
+    <t>5-0842</t>
+  </si>
+  <si>
+    <t>303-960-9456</t>
+  </si>
+  <si>
+    <t>Facilities Engineer II</t>
+  </si>
+  <si>
+    <t>Assistant Campus Architect</t>
+  </si>
+  <si>
+    <t>Chris Ewing (90 UCB)</t>
+  </si>
+  <si>
+    <t>Assistant Campus Architect /
+Assistant Director of Planning</t>
+  </si>
+  <si>
+    <t>Art in Public Spaces Program Mgr.</t>
+  </si>
+  <si>
+    <t>Facilities Engineer III</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[&lt;=9999999]###\-####;\(###&quot;) &quot;###\-####"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -966,50 +998,64 @@
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="8" tint="-0.499984740745262"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="3" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="8"/>
+      <color theme="4" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <color rgb="FF323130"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF83EF95"/>
@@ -1133,51 +1179,51 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="80">
+  <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -1201,58 +1247,52 @@
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1265,51 +1305,50 @@
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1332,50 +1371,76 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1717,1529 +1782,1584 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dena.heisner@colorado.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.kahler@colorado.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.hughes@colorado.edu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.byrnejr@colorado.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elizabeth.m.goetz@colorado.edu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parichehr.roma@colorado.edu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.varrone@colorado.edu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.kirk-1@colorado.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea.zelinko@colorado.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.gilbert@colorado.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.lindoerfer@colorado.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.kerr@colorado.edu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.c.moeller@colorado.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marni.wheaton@colorado.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.florian@colorado.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:holly.opansky@colorado.edu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richelle.goedert@colorado.edu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.porosky@colorado.edu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachael.bray@colorado.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blake.guyer@colorado.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trisha.hallerberg@colorado.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephen.carberry@colorado.edu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:whitney.gippe@colorado.edu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.oneill-1@colorado.edu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meg.hohnholt@colorado.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.turman@colorado.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.adams@colorado.edu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.mcclure-begley@colorado.edu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristin.bostelman@colorado.edu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.dencklau@colorado.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katherine.dunklau@colorado.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monika.magenheim@colorado.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susan.baumgartner@colorado.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dAndre.Willis@colorado.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.buck-1@colorado.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicole.arena@colorado.edu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.gauthier@colorado.edu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.pfeil@colorado.edu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.moffitt@colorado.edu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elisha.reyes@colorado.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lori.black@colorado.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.kamprath@colorado.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.s.lee@colorado.edu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joseph.sanchez-2@colorado.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lawrence.hill@colorado.edu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ward.bauscher@colorado.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:neil.huebner@colorado.edu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin.crosby@colorado.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janet.walker@colorado.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.deborski@colorado.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monika.magenheim@colorado.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.adams@colorado.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dAndre.Willis@colorado.edu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin.crosby@colorado.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susan.baumgartner@colorado.edu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.oneill-1@colorado.edu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristin.bostelman@colorado.edu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meg.hohnholt@colorado.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mykala.keuter@colorado.edu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.moffitt@colorado.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris.ewing@colorado.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.kamprath@colorado.edu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.buck-1@colorado.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lori.black@colorado.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.s.lee@colorado.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joseph.sanchez-2@colorado.edu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.byrnejr@colorado.edu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.varrone@colorado.edu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.kirk-1@colorado.edu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.lindholm@colorado.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blake.guyer@colorado.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marni.wheaton@colorado.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:neil.huebner@colorado.edu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:holly.opansky@colorado.edu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ward.bauscher@colorado.edu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:megan.adams-1@colorado.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.dencklau@colorado.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.turman@colorado.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trisha.hallerberg@colorado.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephen.carberry@colorado.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:whitney.gippe@colorado.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.mcclure-begley@colorado.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richelle.goedert@colorado.edu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachael.bray@colorado.edu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felicity.degaetano@colorado.edu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katherine.dunklau@colorado.edu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.nelson@colorado.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elisha.reyes@colorado.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dena.heisner@colorado.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.kahler@colorado.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.hughes@colorado.edu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicole.arena@colorado.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.porosky@colorado.edu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.pfeil@colorado.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elizabeth.m.goetz@colorado.edu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.hanz@colorado.edu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janet.walker@colorado.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.gilbert@colorado.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.kerr@colorado.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.florian@colorado.edu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.c.moeller@colorado.edu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lawrence.hill@colorado.edu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.london@colorado.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F84"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A85" sqref="A85"/>
+      <selection activeCell="A88" sqref="A88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.33203125" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="8.109375" style="5" customWidth="1"/>
     <col min="5" max="5" width="14" style="5" customWidth="1"/>
     <col min="6" max="6" width="31.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
-    <row r="2" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:9" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="19"/>
       <c r="C2" s="20" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="21" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="21" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="72" t="s">
+    <row r="3" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="79" t="s">
         <v>5</v>
       </c>
-      <c r="B3" s="72"/>
-[...5 lines deleted...]
-    <row r="4" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="79"/>
+      <c r="C3" s="79"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="79"/>
+    </row>
+    <row r="4" spans="1:9" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="9">
         <v>1</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>182</v>
+        <v>285</v>
       </c>
       <c r="C4" s="14" t="s">
-        <v>243</v>
+        <v>269</v>
       </c>
       <c r="D4" s="11" t="s">
-        <v>183</v>
+        <v>270</v>
       </c>
       <c r="E4" s="12"/>
-      <c r="F4" s="13" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="F4" s="67" t="s">
+        <v>264</v>
+      </c>
+      <c r="I4" s="71"/>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="9">
         <v>2</v>
       </c>
       <c r="B5" s="10" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C5" s="14" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D5" s="11" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="E5" s="12"/>
-      <c r="F5" s="13" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="F5" s="67" t="s">
+        <v>277</v>
+      </c>
+      <c r="I5" s="71"/>
+    </row>
+    <row r="6" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="9">
         <v>3</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="14" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="15">
         <v>22904</v>
       </c>
       <c r="E6" s="15"/>
       <c r="F6" s="16" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="9">
         <v>4</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="10" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="D7" s="17" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="12"/>
       <c r="F7" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1"/>
       <c r="B8" s="3"/>
       <c r="C8" s="2"/>
       <c r="D8" s="7"/>
       <c r="E8" s="6"/>
       <c r="F8" s="4"/>
     </row>
-    <row r="9" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="73" t="s">
+    <row r="9" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="80" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="73"/>
-[...5 lines deleted...]
-    <row r="10" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="80"/>
+      <c r="C9" s="80"/>
+      <c r="D9" s="80"/>
+      <c r="E9" s="80"/>
+      <c r="F9" s="80"/>
+    </row>
+    <row r="10" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="9">
         <v>5</v>
       </c>
       <c r="B10" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="23" t="s">
-        <v>274</v>
+      <c r="C10" s="74" t="s">
+        <v>265</v>
       </c>
       <c r="D10" s="17" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="12" t="s">
-        <v>156</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>150</v>
+      </c>
+      <c r="F10" s="23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="9">
         <v>6</v>
       </c>
-      <c r="B11" s="10" t="s">
+      <c r="B11" s="72" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="25" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="17" t="s">
+      <c r="C11" s="76" t="s">
+        <v>186</v>
+      </c>
+      <c r="D11" s="73" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="12"/>
       <c r="F11" s="13" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="9">
         <v>7</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>179</v>
+      </c>
+      <c r="C12" s="75" t="s">
+        <v>237</v>
       </c>
       <c r="D12" s="17" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
       <c r="E12" s="12" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="F12" s="13" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="9">
         <v>8</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>248</v>
+        <v>229</v>
       </c>
       <c r="C13" s="14" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="D13" s="17" t="s">
-        <v>250</v>
+        <v>231</v>
       </c>
       <c r="E13" s="12" t="s">
-        <v>251</v>
+        <v>232</v>
       </c>
       <c r="F13" s="13" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="9">
         <v>9</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="14" t="s">
-        <v>137</v>
+        <v>271</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="12"/>
       <c r="F14" s="13" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="15" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="9">
         <v>10</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>244</v>
+        <v>225</v>
       </c>
       <c r="C15" s="14" t="s">
-        <v>258</v>
+        <v>239</v>
       </c>
       <c r="D15" s="17" t="s">
-        <v>246</v>
+        <v>227</v>
       </c>
       <c r="E15" s="12" t="s">
-        <v>247</v>
+        <v>228</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="9">
         <v>11</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C16" s="14" t="s">
-        <v>256</v>
+        <v>237</v>
       </c>
       <c r="D16" s="17" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="E16" s="12"/>
       <c r="F16" s="13" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="9">
         <v>12</v>
       </c>
       <c r="B17" s="10" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="C17" s="14" t="s">
-        <v>258</v>
+        <v>239</v>
       </c>
       <c r="D17" s="17"/>
-      <c r="E17" s="26" t="s">
-        <v>197</v>
+      <c r="E17" s="24" t="s">
+        <v>185</v>
       </c>
       <c r="F17" s="13" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="9">
         <v>13</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>33</v>
+        <v>253</v>
       </c>
       <c r="C18" s="14" t="s">
-        <v>275</v>
+        <v>66</v>
       </c>
       <c r="D18" s="17" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>281</v>
+      </c>
+      <c r="E18" s="12"/>
+      <c r="F18" s="67" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="9">
         <v>14</v>
       </c>
       <c r="B19" s="10" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C19" s="14" t="s">
-        <v>256</v>
+        <v>237</v>
       </c>
       <c r="D19" s="17" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E19" s="12" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F19" s="13" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="9">
         <v>15</v>
       </c>
       <c r="B20" s="10" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C20" s="14" t="s">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="D20" s="17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E20" s="12" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F20" s="13" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="9">
         <v>16</v>
       </c>
       <c r="B21" s="10" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="C21" s="14" t="s">
-        <v>259</v>
+        <v>273</v>
       </c>
       <c r="D21" s="17" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>147</v>
+      </c>
+      <c r="E21" s="24" t="s">
+        <v>149</v>
       </c>
       <c r="F21" s="13" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="9">
         <v>17</v>
       </c>
       <c r="B22" s="10" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C22" s="14" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="D22" s="17" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E22" s="12" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F22" s="13" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="9">
         <v>18</v>
       </c>
       <c r="B23" s="10" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="C23" s="14" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D23" s="17" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="E23" s="12"/>
       <c r="F23" s="13" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="9">
         <v>19</v>
       </c>
       <c r="B24" s="10" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C24" s="14" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="D24" s="17" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E24" s="12" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F24" s="13" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="9">
         <v>20</v>
       </c>
       <c r="B25" s="10" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C25" s="14" t="s">
-        <v>256</v>
+        <v>237</v>
       </c>
       <c r="D25" s="17" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E25" s="12" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F25" s="13" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="9">
         <v>21</v>
       </c>
       <c r="B26" s="10" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C26" s="14" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="D26" s="17" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="F26" s="13" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="9">
         <v>22</v>
       </c>
       <c r="B27" s="10" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="C27" s="14" t="s">
-        <v>259</v>
+        <v>273</v>
       </c>
       <c r="D27" s="17"/>
       <c r="E27" s="12" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="F27" s="13" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="9">
         <v>23</v>
       </c>
       <c r="B28" s="10" t="s">
-        <v>266</v>
+        <v>245</v>
       </c>
       <c r="C28" s="14" t="s">
-        <v>276</v>
+        <v>251</v>
       </c>
       <c r="D28" s="17"/>
       <c r="E28" s="12" t="s">
-        <v>267</v>
+        <v>246</v>
       </c>
       <c r="F28" s="13" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="9">
         <v>24</v>
       </c>
       <c r="B29" s="10" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C29" s="14" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="D29" s="17" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E29" s="12" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F29" s="13" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="9">
         <v>25</v>
       </c>
       <c r="B30" s="10" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C30" s="14" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D30" s="17" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="E30" s="12" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F30" s="13" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="9">
         <v>26</v>
       </c>
       <c r="B31" s="10" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C31" s="14" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D31" s="17" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E31" s="12"/>
       <c r="F31" s="13" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="9">
         <v>27</v>
       </c>
       <c r="B32" s="10" t="s">
-        <v>73</v>
+        <v>257</v>
       </c>
       <c r="C32" s="14" t="s">
-        <v>70</v>
+        <v>237</v>
       </c>
       <c r="D32" s="17" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-        <v>75</v>
+        <v>278</v>
+      </c>
+      <c r="E32" s="12" t="s">
+        <v>279</v>
+      </c>
+      <c r="F32" s="67" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="9">
         <v>28</v>
       </c>
       <c r="B33" s="10" t="s">
-        <v>171</v>
+        <v>255</v>
       </c>
       <c r="C33" s="14" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D33" s="17" t="s">
-        <v>180</v>
+        <v>280</v>
       </c>
       <c r="E33" s="12"/>
-      <c r="F33" s="27" t="s">
-        <v>172</v>
+      <c r="F33" s="67" t="s">
+        <v>256</v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="9">
         <v>29</v>
       </c>
       <c r="B34" s="10" t="s">
-        <v>173</v>
+        <v>69</v>
       </c>
       <c r="C34" s="14" t="s">
-        <v>258</v>
+        <v>66</v>
       </c>
       <c r="D34" s="17" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="E34" s="12"/>
       <c r="F34" s="13" t="s">
-        <v>175</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="9">
         <v>30</v>
       </c>
       <c r="B35" s="10" t="s">
-        <v>76</v>
+        <v>164</v>
       </c>
       <c r="C35" s="14" t="s">
-        <v>275</v>
+        <v>54</v>
       </c>
       <c r="D35" s="17" t="s">
-        <v>77</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>173</v>
+      </c>
+      <c r="E35" s="12"/>
+      <c r="F35" s="25" t="s">
+        <v>165</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="9">
         <v>31</v>
       </c>
       <c r="B36" s="10" t="s">
-        <v>193</v>
+        <v>166</v>
       </c>
       <c r="C36" s="14" t="s">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="D36" s="17" t="s">
-        <v>215</v>
+        <v>174</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="F36" s="13" t="s">
-        <v>194</v>
+        <v>168</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="9">
         <v>32</v>
       </c>
       <c r="B37" s="10" t="s">
-        <v>185</v>
+        <v>72</v>
       </c>
       <c r="C37" s="14" t="s">
-        <v>70</v>
+        <v>250</v>
       </c>
       <c r="D37" s="17" t="s">
-        <v>216</v>
+        <v>73</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>210</v>
+        <v>266</v>
       </c>
       <c r="F37" s="13" t="s">
-        <v>186</v>
+        <v>74</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="9">
         <v>33</v>
       </c>
       <c r="B38" s="10" t="s">
+        <v>259</v>
+      </c>
+      <c r="C38" s="14" t="s">
+        <v>237</v>
+      </c>
+      <c r="D38" s="17"/>
+      <c r="E38" s="12" t="s">
+        <v>282</v>
+      </c>
+      <c r="F38" s="67" t="s">
         <v>260</v>
-      </c>
-[...10 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="9">
         <v>34</v>
       </c>
       <c r="B39" s="10" t="s">
-        <v>206</v>
+        <v>181</v>
       </c>
       <c r="C39" s="14" t="s">
-        <v>258</v>
-[...5 lines deleted...]
-        <v>211</v>
+        <v>239</v>
+      </c>
+      <c r="D39" s="17" t="s">
+        <v>202</v>
+      </c>
+      <c r="E39" s="12" t="s">
+        <v>197</v>
       </c>
       <c r="F39" s="13" t="s">
-        <v>207</v>
+        <v>182</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="9">
         <v>35</v>
       </c>
       <c r="B40" s="10" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="C40" s="14" t="s">
-        <v>256</v>
+        <v>66</v>
       </c>
       <c r="D40" s="17" t="s">
-        <v>218</v>
+        <v>203</v>
       </c>
       <c r="E40" s="12" t="s">
-        <v>212</v>
+        <v>198</v>
       </c>
       <c r="F40" s="13" t="s">
-        <v>190</v>
+        <v>176</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="9">
         <v>36</v>
       </c>
       <c r="B41" s="10" t="s">
-        <v>187</v>
+        <v>240</v>
       </c>
       <c r="C41" s="14" t="s">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="D41" s="17" t="s">
-        <v>219</v>
+        <v>242</v>
       </c>
       <c r="E41" s="12" t="s">
-        <v>213</v>
+        <v>241</v>
       </c>
       <c r="F41" s="13" t="s">
-        <v>188</v>
+        <v>248</v>
       </c>
     </row>
     <row r="42" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="9">
         <v>37</v>
       </c>
       <c r="B42" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C42" s="14" t="s">
+        <v>239</v>
+      </c>
+      <c r="D42" s="26" t="s">
+        <v>204</v>
+      </c>
+      <c r="E42" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="F42" s="13" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="9">
+        <v>38</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" s="14" t="s">
+        <v>237</v>
+      </c>
+      <c r="D43" s="17" t="s">
+        <v>205</v>
+      </c>
+      <c r="E43" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="F43" s="13" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="9">
+        <v>39</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C44" s="14" t="s">
+        <v>132</v>
+      </c>
+      <c r="D44" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="E44" s="12"/>
+      <c r="F44" s="13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="27"/>
+      <c r="B45" s="28"/>
+      <c r="C45" s="29"/>
+      <c r="D45" s="30"/>
+      <c r="E45" s="24"/>
+      <c r="F45" s="31"/>
+    </row>
+    <row r="46" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="81" t="s">
+        <v>78</v>
+      </c>
+      <c r="B46" s="81"/>
+      <c r="C46" s="81"/>
+      <c r="D46" s="81"/>
+      <c r="E46" s="81"/>
+      <c r="F46" s="81"/>
+    </row>
+    <row r="47" spans="1:6" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="32">
+        <v>40</v>
+      </c>
+      <c r="B47" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C47" s="70" t="s">
+        <v>268</v>
+      </c>
+      <c r="D47" s="33" t="s">
         <v>80</v>
       </c>
-      <c r="C42" s="14" t="s">
-[...2 lines deleted...]
-      <c r="D42" s="17" t="s">
+      <c r="E47" s="34" t="s">
         <v>81</v>
       </c>
-      <c r="E42" s="12"/>
-      <c r="F42" s="13" t="s">
+      <c r="F47" s="35" t="s">
         <v>82</v>
-      </c>
-[...74 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="9">
         <v>41</v>
       </c>
       <c r="B48" s="10" t="s">
-        <v>147</v>
+        <v>83</v>
       </c>
       <c r="C48" s="14" t="s">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="D48" s="17" t="s">
-        <v>148</v>
+        <v>84</v>
       </c>
       <c r="E48" s="12" t="s">
-        <v>149</v>
+        <v>85</v>
       </c>
       <c r="F48" s="13" t="s">
-        <v>150</v>
+        <v>86</v>
       </c>
     </row>
     <row r="49" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="34">
+      <c r="A49" s="32">
         <v>42</v>
       </c>
       <c r="B49" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="C49" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="D49" s="17" t="s">
         <v>221</v>
       </c>
-      <c r="C49" s="14" t="s">
+      <c r="E49" s="12"/>
+      <c r="F49" s="13" t="s">
         <v>222</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="50" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="9">
         <v>43</v>
       </c>
       <c r="B50" s="10" t="s">
-        <v>92</v>
+        <v>141</v>
       </c>
       <c r="C50" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="D50" s="17" t="s">
         <v>142</v>
       </c>
-      <c r="D50" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="12" t="s">
-        <v>94</v>
+        <v>143</v>
       </c>
       <c r="F50" s="13" t="s">
-        <v>95</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="34">
+      <c r="A51" s="32">
         <v>44</v>
       </c>
       <c r="B51" s="10" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-      <c r="D51" s="17"/>
+        <v>206</v>
+      </c>
+      <c r="C51" s="14" t="s">
+        <v>283</v>
+      </c>
+      <c r="D51" s="17" t="s">
+        <v>224</v>
+      </c>
       <c r="E51" s="12" t="s">
-        <v>97</v>
+        <v>252</v>
       </c>
       <c r="F51" s="13" t="s">
-        <v>98</v>
+        <v>207</v>
       </c>
     </row>
     <row r="52" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="9">
         <v>45</v>
       </c>
       <c r="B52" s="10" t="s">
-        <v>162</v>
+        <v>87</v>
       </c>
       <c r="C52" s="14" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="D52" s="17" t="s">
-        <v>160</v>
+        <v>88</v>
       </c>
       <c r="E52" s="12" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>89</v>
+      </c>
+      <c r="F52" s="13" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="29"/>
-[...4 lines deleted...]
-      <c r="F53" s="38"/>
+      <c r="A53" s="32">
+        <v>46</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="D53" s="17"/>
+      <c r="E53" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F53" s="13" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="54" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A54" s="79" t="s">
-[...6 lines deleted...]
-      <c r="F54" s="79"/>
+      <c r="A54" s="9">
+        <v>47</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C54" s="14" t="s">
+        <v>288</v>
+      </c>
+      <c r="D54" s="17" t="s">
+        <v>153</v>
+      </c>
+      <c r="E54" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="F54" s="16" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="55" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A55" s="9">
-[...14 lines deleted...]
-      </c>
+      <c r="A55" s="27"/>
+      <c r="B55" s="28"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="30"/>
+      <c r="E55" s="24"/>
+      <c r="F55" s="36"/>
     </row>
     <row r="56" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A56" s="9">
-[...14 lines deleted...]
-      </c>
+      <c r="A56" s="86" t="s">
+        <v>131</v>
+      </c>
+      <c r="B56" s="86"/>
+      <c r="C56" s="86"/>
+      <c r="D56" s="86"/>
+      <c r="E56" s="86"/>
+      <c r="F56" s="86"/>
     </row>
     <row r="57" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="9">
         <v>48</v>
       </c>
-      <c r="B57" s="40" t="s">
-[...12 lines deleted...]
-        <v>23</v>
+      <c r="B57" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C57" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="12"/>
+      <c r="F57" s="13" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="9">
         <v>49</v>
       </c>
-      <c r="B58" s="40" t="s">
-        <v>252</v>
+      <c r="B58" s="10" t="s">
+        <v>16</v>
       </c>
       <c r="C58" s="14" t="s">
-        <v>253</v>
-[...6 lines deleted...]
-        <v>255</v>
+        <v>137</v>
+      </c>
+      <c r="D58" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="E58" s="12"/>
+      <c r="F58" s="13" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="9">
         <v>50</v>
       </c>
-      <c r="B59" s="40" t="s">
-        <v>228</v>
+      <c r="B59" s="38" t="s">
+        <v>19</v>
       </c>
       <c r="C59" s="14" t="s">
-        <v>229</v>
+        <v>20</v>
       </c>
       <c r="D59" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E59" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="F59" s="40" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="9">
+        <v>51</v>
+      </c>
+      <c r="B60" s="38" t="s">
+        <v>233</v>
+      </c>
+      <c r="C60" s="14" t="s">
+        <v>234</v>
+      </c>
+      <c r="D60" s="11" t="s">
+        <v>235</v>
+      </c>
+      <c r="E60" s="39"/>
+      <c r="F60" s="40" t="s">
         <v>236</v>
       </c>
-      <c r="E59" s="41"/>
-[...10 lines deleted...]
-      <c r="F60" s="38"/>
     </row>
     <row r="61" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="75" t="s">
-[...26 lines deleted...]
-      </c>
+      <c r="A61" s="9">
+        <v>52</v>
+      </c>
+      <c r="B61" s="38" t="s">
+        <v>212</v>
+      </c>
+      <c r="C61" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="D61" s="11" t="s">
+        <v>218</v>
+      </c>
+      <c r="E61" s="39"/>
+      <c r="F61" s="40" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="41"/>
+      <c r="B62" s="28"/>
+      <c r="C62" s="29"/>
+      <c r="D62" s="30"/>
+      <c r="E62" s="24"/>
+      <c r="F62" s="36"/>
     </row>
     <row r="63" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="34">
-[...17 lines deleted...]
-      <c r="A64" s="34">
+      <c r="A63" s="82" t="s">
+        <v>94</v>
+      </c>
+      <c r="B63" s="83"/>
+      <c r="C63" s="83"/>
+      <c r="D63" s="83"/>
+      <c r="E63" s="83"/>
+      <c r="F63" s="84"/>
+    </row>
+    <row r="64" spans="1:6" s="8" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="32">
         <v>53</v>
       </c>
-      <c r="B64" s="22" t="s">
-[...14 lines deleted...]
-      <c r="A65" s="34">
+      <c r="B64" s="37" t="s">
+        <v>158</v>
+      </c>
+      <c r="C64" s="37" t="s">
+        <v>223</v>
+      </c>
+      <c r="D64" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="E64" s="34" t="s">
+        <v>159</v>
+      </c>
+      <c r="F64" s="42" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="32">
         <v>54</v>
       </c>
-      <c r="B65" s="10" t="s">
-[...12 lines deleted...]
-        <v>104</v>
+      <c r="B65" s="37" t="s">
+        <v>262</v>
+      </c>
+      <c r="C65" s="37" t="s">
+        <v>287</v>
+      </c>
+      <c r="D65" s="33"/>
+      <c r="E65" s="34"/>
+      <c r="F65" s="69" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A66" s="34">
+      <c r="A66" s="32">
         <v>55</v>
       </c>
       <c r="B66" s="10" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>183</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>243</v>
       </c>
       <c r="D66" s="17" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="E66" s="12"/>
       <c r="F66" s="13" t="s">
-        <v>158</v>
+        <v>184</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="34">
+      <c r="A67" s="32">
         <v>56</v>
       </c>
-      <c r="B67" s="10" t="s">
-[...6 lines deleted...]
-        <v>106</v>
+      <c r="B67" s="22" t="s">
+        <v>244</v>
+      </c>
+      <c r="C67" s="22" t="s">
+        <v>267</v>
+      </c>
+      <c r="D67" s="33" t="s">
+        <v>216</v>
       </c>
       <c r="E67" s="12"/>
-      <c r="F67" s="13" t="s">
-[...4 lines deleted...]
-      <c r="A68" s="34">
+      <c r="F67" s="68" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="32">
         <v>57</v>
       </c>
       <c r="B68" s="10" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="C68" s="14" t="s">
-        <v>234</v>
+        <v>286</v>
       </c>
       <c r="D68" s="17" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="E68" s="12" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="F68" s="13" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
     </row>
     <row r="69" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="34">
+      <c r="A69" s="32">
         <v>58</v>
       </c>
       <c r="B69" s="10" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>161</v>
+      </c>
+      <c r="C69" s="28" t="s">
+        <v>188</v>
       </c>
       <c r="D69" s="17" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="E69" s="12"/>
       <c r="F69" s="13" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="32">
+        <v>59</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="C70" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="D70" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="E70" s="12"/>
+      <c r="F70" s="13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="32">
+        <v>60</v>
+      </c>
+      <c r="B71" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="C71" s="14" t="s">
+        <v>284</v>
+      </c>
+      <c r="D71" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="E71" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="F71" s="13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="32">
+        <v>61</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C72" s="14" t="s">
+        <v>215</v>
+      </c>
+      <c r="D72" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E72" s="12"/>
+      <c r="F72" s="13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="32">
+        <v>62</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="C73" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="D73" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="E73" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="F73" s="13" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="70" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B70" s="10" t="s">
+    <row r="74" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A74" s="43"/>
+      <c r="B74" s="28"/>
+      <c r="C74" s="28"/>
+      <c r="D74" s="30"/>
+      <c r="E74" s="24"/>
+      <c r="F74" s="31"/>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A75" s="85" t="s">
         <v>116</v>
       </c>
-      <c r="C70" s="10" t="s">
+      <c r="B75" s="85"/>
+      <c r="C75" s="85"/>
+      <c r="D75" s="85"/>
+      <c r="E75" s="85"/>
+      <c r="F75" s="85"/>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A76" s="44">
+        <v>63</v>
+      </c>
+      <c r="B76" s="45" t="s">
         <v>117</v>
       </c>
-      <c r="D70" s="17" t="s">
+      <c r="C76" s="46" t="s">
+        <v>249</v>
+      </c>
+      <c r="D76" s="47" t="s">
         <v>118</v>
       </c>
-      <c r="E70" s="12" t="s">
+      <c r="E76" s="47" t="s">
         <v>119</v>
       </c>
-      <c r="F70" s="13" t="s">
+      <c r="F76" s="48" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="A72" s="78" t="s">
+    <row r="77" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A77" s="9">
+        <v>64</v>
+      </c>
+      <c r="B77" s="10" t="s">
         <v>121</v>
       </c>
-      <c r="B72" s="78"/>
-[...9 lines deleted...]
-      <c r="B73" s="48" t="s">
+      <c r="C77" s="37" t="s">
+        <v>139</v>
+      </c>
+      <c r="D77" s="17" t="s">
         <v>122</v>
       </c>
-      <c r="C73" s="49" t="s">
-[...2 lines deleted...]
-      <c r="D73" s="50" t="s">
+      <c r="E77" s="12" t="s">
         <v>123</v>
       </c>
-      <c r="E73" s="50" t="s">
+      <c r="F77" s="16" t="s">
         <v>124</v>
       </c>
-      <c r="F73" s="51" t="s">
+    </row>
+    <row r="78" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="60"/>
+      <c r="B78" s="61"/>
+      <c r="C78" s="62"/>
+      <c r="D78" s="63"/>
+      <c r="E78" s="64"/>
+      <c r="F78" s="65"/>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A79" s="19"/>
+      <c r="B79" s="50"/>
+      <c r="C79" s="51"/>
+      <c r="D79" s="30"/>
+      <c r="E79" s="52"/>
+      <c r="F79" s="49"/>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A80" s="77" t="s">
         <v>125</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D74" s="17" t="s">
+      <c r="B80" s="77"/>
+      <c r="C80" s="77"/>
+      <c r="D80" s="77"/>
+      <c r="E80" s="77"/>
+      <c r="F80" s="77"/>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A81" s="53"/>
+      <c r="B81" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C81" s="10" t="s">
         <v>127</v>
       </c>
-      <c r="E74" s="12" t="s">
+      <c r="D81" s="12"/>
+      <c r="E81" s="12"/>
+      <c r="F81" s="10"/>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A82" s="53"/>
+      <c r="B82" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="C82" s="10" t="s">
         <v>128</v>
-      </c>
-[...78 lines deleted...]
-        <v>226</v>
       </c>
       <c r="D82" s="12"/>
       <c r="E82" s="12"/>
-      <c r="F82" s="22"/>
+      <c r="F82" s="10"/>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A83" s="56"/>
-[...8 lines deleted...]
-      <c r="F83" s="10"/>
+      <c r="A83" s="54"/>
+      <c r="B83" s="55"/>
+      <c r="C83" s="56"/>
+      <c r="D83" s="55"/>
+      <c r="E83" s="55"/>
+      <c r="F83" s="54"/>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A84" s="61"/>
-[...5 lines deleted...]
-        <v>45939</v>
+      <c r="A84" s="78" t="s">
+        <v>126</v>
+      </c>
+      <c r="B84" s="78"/>
+      <c r="C84" s="78"/>
+      <c r="D84" s="78"/>
+      <c r="E84" s="78"/>
+      <c r="F84" s="78"/>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A85" s="53"/>
+      <c r="B85" s="22" t="s">
+        <v>208</v>
+      </c>
+      <c r="C85" s="57" t="s">
+        <v>210</v>
+      </c>
+      <c r="D85" s="12"/>
+      <c r="E85" s="12"/>
+      <c r="F85" s="22"/>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A86" s="53"/>
+      <c r="B86" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C86" s="22" t="s">
+        <v>211</v>
+      </c>
+      <c r="D86" s="12"/>
+      <c r="E86" s="12"/>
+      <c r="F86" s="10"/>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A87" s="58"/>
+      <c r="B87" s="58"/>
+      <c r="C87" s="58"/>
+      <c r="D87" s="59"/>
+      <c r="E87" s="59"/>
+      <c r="F87" s="66">
+        <v>46002</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
-    <mergeCell ref="A77:F77"/>
-    <mergeCell ref="A81:F81"/>
+    <mergeCell ref="A80:F80"/>
+    <mergeCell ref="A84:F84"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A9:F9"/>
-    <mergeCell ref="A44:F44"/>
-[...2 lines deleted...]
-    <mergeCell ref="A54:F54"/>
+    <mergeCell ref="A46:F46"/>
+    <mergeCell ref="A63:F63"/>
+    <mergeCell ref="A75:F75"/>
+    <mergeCell ref="A56:F56"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="F4" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="F6" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="F19" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="F24" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
-    <hyperlink ref="F18" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
-[...43 lines deleted...]
-    <hyperlink ref="F5" r:id="rId50" xr:uid="{700849B6-8E72-409A-A1D1-E2B3DB07DC14}"/>
+    <hyperlink ref="F22" r:id="rId6" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="F37" r:id="rId7" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="F20" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="F10" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="F44" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="F14" r:id="rId11" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="F26" r:id="rId12" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="F34" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="F25" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="F31" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="F30" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="F29" r:id="rId17" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="F11" r:id="rId18" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="F57" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="F59" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="F58" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="F50" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="F21" r:id="rId23" xr:uid="{D58E404B-29F3-40BF-B1AD-348702957A60}"/>
+    <hyperlink ref="F69" r:id="rId24" xr:uid="{20395DC6-85C0-4128-A3C8-C68ED39D2F4E}"/>
+    <hyperlink ref="F54" r:id="rId25" xr:uid="{F1DF6EDC-16DF-4632-A49D-D512AC189C98}"/>
+    <hyperlink ref="F64" r:id="rId26" xr:uid="{A3F57B2F-CDB2-4EE9-91FF-BA40AFB40712}"/>
+    <hyperlink ref="F23" r:id="rId27" xr:uid="{EF98D1BF-FC8D-4314-BA8D-F02F6C3AC832}"/>
+    <hyperlink ref="F36" r:id="rId28" xr:uid="{B5F58915-314E-4997-90EB-1631D0D86EC3}"/>
+    <hyperlink ref="F16" r:id="rId29" xr:uid="{16BB72BC-44A1-4FCE-A885-8854556C5B4D}"/>
+    <hyperlink ref="F35" r:id="rId30" xr:uid="{A2F44905-C7F9-4CFC-901C-66CF1A287E32}"/>
+    <hyperlink ref="F40" r:id="rId31" xr:uid="{41D3C48E-DF9C-4245-99CA-0CF697B85078}"/>
+    <hyperlink ref="F43" r:id="rId32" xr:uid="{781741C4-10BF-41AE-A0C3-227E8E5FA42D}"/>
+    <hyperlink ref="F12" r:id="rId33" xr:uid="{96F24B09-BCFC-4CC1-91C7-3E028AA11300}"/>
+    <hyperlink ref="F39" r:id="rId34" xr:uid="{B62BFF13-B780-4D26-928B-E30E6BC78129}"/>
+    <hyperlink ref="F66" r:id="rId35" xr:uid="{D6FBD301-5AE1-4D5D-941E-68283C459911}"/>
+    <hyperlink ref="F27" r:id="rId36" xr:uid="{306A5D1E-E675-4CD8-B51C-3D0396E846E8}"/>
+    <hyperlink ref="F17" r:id="rId37" xr:uid="{FFAE3308-C5DB-4CC5-B236-2290BFA29B0D}"/>
+    <hyperlink ref="F42" r:id="rId38" xr:uid="{CBB9835D-DE26-4461-8CF3-9DC27449D0CE}"/>
+    <hyperlink ref="F51" r:id="rId39" xr:uid="{7529FD09-6B66-4F29-AB18-81D1E22911C1}"/>
+    <hyperlink ref="F61" r:id="rId40" xr:uid="{51CC90B4-2C75-4AAA-8278-AACEBD0B89FA}"/>
+    <hyperlink ref="F67" r:id="rId41" xr:uid="{3AFDE0FE-DE76-4BA2-98F9-E81F2E7E5F0E}"/>
+    <hyperlink ref="F49" r:id="rId42" xr:uid="{70D6BE78-DAFE-443E-AEA9-C7EABC7B012D}"/>
+    <hyperlink ref="F15" r:id="rId43" xr:uid="{43A8E15B-F41B-4164-B420-A9C2DC815BBF}"/>
+    <hyperlink ref="F13" r:id="rId44" xr:uid="{CE9E52ED-96BF-42F0-9AAB-60245D1280DB}"/>
+    <hyperlink ref="F60" r:id="rId45" xr:uid="{8E7D745E-6AF1-497C-8588-C4D01A4AE2E7}"/>
+    <hyperlink ref="F41" r:id="rId46" xr:uid="{0A0097BD-8760-4FD6-A9B4-94DFE4125CE1}"/>
+    <hyperlink ref="F28" r:id="rId47" xr:uid="{920B6292-E38E-48CA-A186-5F3630C0976E}"/>
+    <hyperlink ref="F18" r:id="rId48" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="F33" r:id="rId49" xr:uid="{267B152A-BBE4-403A-832E-136178A45DF0}"/>
+    <hyperlink ref="F32" r:id="rId50" xr:uid="{EDEFB706-4C5C-47E7-A59E-669C7D443C3D}"/>
+    <hyperlink ref="F38" r:id="rId51" xr:uid="{FB7A4BEF-03CE-4883-B86F-DFC6895A647C}"/>
+    <hyperlink ref="F65" r:id="rId52" xr:uid="{E6ACF08C-1249-4208-88B6-BCE87DB0AD65}"/>
+    <hyperlink ref="F5" r:id="rId53" xr:uid="{8794FB71-3FE4-4EA6-AA4B-71AEE20D8918}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId51"/>
+  <pageSetup orientation="portrait" r:id="rId54"/>
   <headerFooter>
-    <oddHeader>&amp;C&amp;"Aptos,Bold"&amp;12Planning, Design and Construction</oddHeader>
+    <oddHeader>&amp;C&amp;"Aptos,Bold"&amp;12Infrastructure and Resilience - Planning, Design and Construction</oddHeader>
   </headerFooter>
-  <drawing r:id="rId52"/>
+  <drawing r:id="rId55"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Colorado Boulder</Company>
   <LinksUpToDate>false</LinksUpToDate>