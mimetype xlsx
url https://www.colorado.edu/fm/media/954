--- v2 (2025-12-24)
+++ v3 (2026-03-06)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\cotterpin\server\FMShared\Construction\_Front Desk\PDC Phone Directory\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\cotterpin\server\FMShared\Construction\_Front Desk\PDC Phone Directory\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D54152B4-F882-4BC7-A8DB-8BF2A48C45AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6D47D00-8B45-4091-AF93-F773E128D3FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1116" yWindow="252" windowWidth="24348" windowHeight="15792" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="15864" yWindow="696" windowWidth="23364" windowHeight="16308" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="322" uniqueCount="299">
   <si>
     <t>Unit / Name</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Extension</t>
   </si>
   <si>
     <t>Cell Number</t>
   </si>
   <si>
     <t>Email Address</t>
   </si>
   <si>
     <t>Planning, Design &amp; Construction</t>
   </si>
   <si>
     <t>Elisha Reyes</t>
   </si>
   <si>
     <t>Executive Assistant</t>
   </si>
   <si>
@@ -400,68 +400,50 @@
   <si>
     <t>Kevin Griffin</t>
   </si>
   <si>
     <t>5-0305</t>
   </si>
   <si>
     <t>518-331-3122</t>
   </si>
   <si>
     <t>kevin.w.griffin@colorado.edu</t>
   </si>
   <si>
     <t>Wilson Batdorf</t>
   </si>
   <si>
     <t>5-4665</t>
   </si>
   <si>
     <t>317-937-9243</t>
   </si>
   <si>
     <t>wilson.batdorf@colorado.edu</t>
   </si>
   <si>
-    <t>Conference Room Phone Numbers</t>
-[...16 lines deleted...]
-  <si>
     <t>GIS, CAD &amp; Document Management</t>
   </si>
   <si>
     <t>Assistant Project Manager</t>
   </si>
   <si>
     <t>Program Manager</t>
   </si>
   <si>
     <t>Deferred Maint. Program Mgr.</t>
   </si>
   <si>
     <t>Pro. Engineer II - Civil</t>
   </si>
   <si>
     <t>Pro. Engineer II - Mechanical</t>
   </si>
   <si>
     <t>Assistant GIS - CAD Manager</t>
   </si>
   <si>
     <t>Planning Admin. / Proj. Coord.</t>
   </si>
   <si>
     <t>Senior Space Opt. Analyst</t>
@@ -647,62 +629,50 @@
     <t>720-345-7161</t>
   </si>
   <si>
     <t>303-598-4173</t>
   </si>
   <si>
     <t>5-1541</t>
   </si>
   <si>
     <t>5-4117</t>
   </si>
   <si>
     <t>5-4119</t>
   </si>
   <si>
     <t>5-4121</t>
   </si>
   <si>
     <t>5-4123</t>
   </si>
   <si>
     <t>Kevin Crosby</t>
   </si>
   <si>
     <t>kevin.crosby@colorado.edu</t>
-  </si>
-[...10 lines deleted...]
-    <t>303-492-3980 (HR only-confidential)</t>
   </si>
   <si>
     <t>Tim Varrone</t>
   </si>
   <si>
     <t>GIS Technician</t>
   </si>
   <si>
     <t>tim.varrone@colorado.edu</t>
   </si>
   <si>
     <t>Planner II</t>
   </si>
   <si>
     <t>2-0273</t>
   </si>
   <si>
     <t>303-435-3858</t>
   </si>
   <si>
     <t>2-2768</t>
   </si>
   <si>
     <t>Kristin Bostelman</t>
   </si>
@@ -892,60 +862,120 @@
   </si>
   <si>
     <t>5-0842</t>
   </si>
   <si>
     <t>303-960-9456</t>
   </si>
   <si>
     <t>Facilities Engineer II</t>
   </si>
   <si>
     <t>Assistant Campus Architect</t>
   </si>
   <si>
     <t>Chris Ewing (90 UCB)</t>
   </si>
   <si>
     <t>Assistant Campus Architect /
 Assistant Director of Planning</t>
   </si>
   <si>
     <t>Art in Public Spaces Program Mgr.</t>
   </si>
   <si>
     <t>Facilities Engineer III</t>
+  </si>
+  <si>
+    <t>Thomas Cooke</t>
+  </si>
+  <si>
+    <t>thomas.cooke@colorado.edu</t>
+  </si>
+  <si>
+    <t>Kristi Maulding</t>
+  </si>
+  <si>
+    <t>kristi.maulding@colorado.edu</t>
+  </si>
+  <si>
+    <t>Amy Russell</t>
+  </si>
+  <si>
+    <t>Electrical Trades II</t>
+  </si>
+  <si>
+    <t>amy.russell@colorado.edu</t>
+  </si>
+  <si>
+    <t>Michael Bekemeier</t>
+  </si>
+  <si>
+    <t>Facilities Engineer I</t>
+  </si>
+  <si>
+    <t>michael.bekemeier@colorado.edu</t>
+  </si>
+  <si>
+    <t>Conference Room Phone Numbers          Room 321, 303-735-6023          Room 158, 303-735-0939</t>
+  </si>
+  <si>
+    <t>Fax Numbers                                                           1st floor, 303-492-4082             Mailroom, 303-492-3980 (HR only-confidential)</t>
+  </si>
+  <si>
+    <t>5-6000</t>
+  </si>
+  <si>
+    <t>303-265-1254</t>
+  </si>
+  <si>
+    <t>303-265-1253</t>
+  </si>
+  <si>
+    <t>303-903-4503</t>
+  </si>
+  <si>
+    <t>303-265-1241</t>
+  </si>
+  <si>
+    <t>Summer Spencer</t>
+  </si>
+  <si>
+    <t>summer.spencer@colorado.edu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">303-994-6247 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[&lt;=9999999]###\-####;\(###&quot;) &quot;###\-####"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -978,57 +1008,50 @@
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="9"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="8" tint="-0.499984740745262"/>
-      <name val="Aptos"/>
-[...5 lines deleted...]
-      <color theme="3" tint="-0.249977111117893"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="8"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
@@ -1169,53 +1192,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1305,141 +1326,143 @@
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...15 lines deleted...]
-      <alignment vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1782,1584 +1805,1625 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monika.magenheim@colorado.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.adams@colorado.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dAndre.Willis@colorado.edu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin.crosby@colorado.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susan.baumgartner@colorado.edu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.oneill-1@colorado.edu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristin.bostelman@colorado.edu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meg.hohnholt@colorado.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mykala.keuter@colorado.edu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.moffitt@colorado.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris.ewing@colorado.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.kamprath@colorado.edu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.buck-1@colorado.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lori.black@colorado.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.s.lee@colorado.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joseph.sanchez-2@colorado.edu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.byrnejr@colorado.edu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.varrone@colorado.edu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.kirk-1@colorado.edu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.lindholm@colorado.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blake.guyer@colorado.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marni.wheaton@colorado.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:neil.huebner@colorado.edu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:holly.opansky@colorado.edu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ward.bauscher@colorado.edu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:megan.adams-1@colorado.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.dencklau@colorado.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.turman@colorado.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trisha.hallerberg@colorado.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephen.carberry@colorado.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:whitney.gippe@colorado.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.mcclure-begley@colorado.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richelle.goedert@colorado.edu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachael.bray@colorado.edu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felicity.degaetano@colorado.edu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katherine.dunklau@colorado.edu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.nelson@colorado.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elisha.reyes@colorado.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dena.heisner@colorado.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.kahler@colorado.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.hughes@colorado.edu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicole.arena@colorado.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.porosky@colorado.edu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.pfeil@colorado.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elizabeth.m.goetz@colorado.edu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.hanz@colorado.edu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janet.walker@colorado.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.gilbert@colorado.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.kerr@colorado.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.florian@colorado.edu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.c.moeller@colorado.edu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lawrence.hill@colorado.edu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.london@colorado.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monika.magenheim@colorado.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.adams@colorado.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dAndre.Willis@colorado.edu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin.crosby@colorado.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susan.baumgartner@colorado.edu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.oneill-1@colorado.edu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristin.bostelman@colorado.edu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meg.hohnholt@colorado.edu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mykala.keuter@colorado.edu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristi.maulding@colorado.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian.moffitt@colorado.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris.ewing@colorado.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.kamprath@colorado.edu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.buck-1@colorado.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lori.black@colorado.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.s.lee@colorado.edu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joseph.sanchez-2@colorado.edu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.byrnejr@colorado.edu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.varrone@colorado.edu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.kirk-1@colorado.edu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.lindholm@colorado.edu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:summer.spencer@colorado.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blake.guyer@colorado.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:neil.huebner@colorado.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.dencklau@colorado.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.turman@colorado.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trisha.hallerberg@colorado.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephen.carberry@colorado.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:whitney.gippe@colorado.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.mcclure-begley@colorado.edu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richelle.goedert@colorado.edu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachael.bray@colorado.edu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felicity.degaetano@colorado.edu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.hughes@colorado.edu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katherine.dunklau@colorado.edu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.nelson@colorado.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elisha.reyes@colorado.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dena.heisner@colorado.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.kahler@colorado.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amy.russell@colorado.edu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicole.arena@colorado.edu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.porosky@colorado.edu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.pfeil@colorado.edu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elizabeth.m.goetz@colorado.edu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.hanz@colorado.edu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thomas.cooke@colorado.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janet.walker@colorado.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.gilbert@colorado.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine.kerr@colorado.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.florian@colorado.edu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.c.moeller@colorado.edu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lawrence.hill@colorado.edu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.london@colorado.edu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.bekemeier@colorado.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marni.wheaton@colorado.edu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:holly.opansky@colorado.edu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ward.bauscher@colorado.edu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:megan.adams-1@colorado.edu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A88" sqref="A88"/>
+      <selection activeCell="H71" sqref="H71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.33203125" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="8.109375" style="5" customWidth="1"/>
     <col min="5" max="5" width="14" style="5" customWidth="1"/>
     <col min="6" max="6" width="31.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="19"/>
       <c r="C2" s="20" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="21" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="21" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="21" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="79" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="79"/>
       <c r="C3" s="79"/>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
     </row>
     <row r="4" spans="1:9" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="9">
         <v>1</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="C4" s="14" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="D4" s="11" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="E4" s="12"/>
-      <c r="F4" s="67" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="71"/>
+      <c r="F4" s="13" t="s">
+        <v>254</v>
+      </c>
+      <c r="I4" s="58"/>
     </row>
     <row r="5" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="9">
         <v>2</v>
       </c>
       <c r="B5" s="10" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="C5" s="14" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="D5" s="11" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="E5" s="12"/>
-      <c r="F5" s="67" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="71"/>
+      <c r="F5" s="13" t="s">
+        <v>267</v>
+      </c>
+      <c r="I5" s="58"/>
     </row>
     <row r="6" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="9">
         <v>3</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="14" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="15">
         <v>22904</v>
       </c>
       <c r="E6" s="15"/>
       <c r="F6" s="16" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="9">
         <v>4</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="10" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D7" s="17" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="12"/>
       <c r="F7" s="16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1"/>
       <c r="B8" s="3"/>
       <c r="C8" s="2"/>
       <c r="D8" s="7"/>
       <c r="E8" s="6"/>
       <c r="F8" s="4"/>
     </row>
     <row r="9" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="80" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="80"/>
       <c r="C9" s="80"/>
       <c r="D9" s="80"/>
       <c r="E9" s="80"/>
       <c r="F9" s="80"/>
     </row>
     <row r="10" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="9">
         <v>5</v>
       </c>
       <c r="B10" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="74" t="s">
-        <v>265</v>
+      <c r="C10" s="61" t="s">
+        <v>255</v>
       </c>
       <c r="D10" s="17" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="12" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="F10" s="23" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="9">
         <v>6</v>
       </c>
-      <c r="B11" s="72" t="s">
+      <c r="B11" s="59" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="76" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="73" t="s">
+      <c r="C11" s="63" t="s">
+        <v>180</v>
+      </c>
+      <c r="D11" s="60" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="12"/>
       <c r="F11" s="13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="9">
         <v>7</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>173</v>
+      </c>
+      <c r="C12" s="62" t="s">
+        <v>227</v>
       </c>
       <c r="D12" s="17" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="E12" s="12" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="F12" s="13" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="9">
         <v>8</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="C13" s="14" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="D13" s="17" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="E13" s="12" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="F13" s="13" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="9">
         <v>9</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="14" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="12"/>
       <c r="F14" s="13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="9">
         <v>10</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="C15" s="14" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="D15" s="17" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="E15" s="12" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="9">
         <v>11</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C16" s="14" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="D16" s="17" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="E16" s="12"/>
       <c r="F16" s="13" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="9">
         <v>12</v>
       </c>
       <c r="B17" s="10" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C17" s="14" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="D17" s="17"/>
       <c r="E17" s="24" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="F17" s="13" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="9">
         <v>13</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="C18" s="14" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="17" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="E18" s="12"/>
-      <c r="F18" s="67" t="s">
-        <v>254</v>
+      <c r="F18" s="54" t="s">
+        <v>244</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="9">
         <v>14</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="14" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="E19" s="12" t="s">
         <v>35</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="9">
         <v>15</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="14" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>38</v>
       </c>
       <c r="E20" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F20" s="13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="9">
         <v>16</v>
       </c>
       <c r="B21" s="10" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C21" s="14" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="D21" s="17" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="E21" s="24" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="F21" s="13" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="9">
         <v>17</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="14" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F22" s="13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="9">
         <v>18</v>
       </c>
       <c r="B23" s="10" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="C23" s="14" t="s">
         <v>54</v>
       </c>
       <c r="D23" s="17" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="E23" s="12"/>
       <c r="F23" s="13" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="9">
         <v>19</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="14" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E24" s="12" t="s">
         <v>47</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="9">
         <v>20</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="14" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>50</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>51</v>
       </c>
       <c r="F25" s="13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="9">
         <v>21</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="14" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>55</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="F26" s="13" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="9">
         <v>22</v>
       </c>
       <c r="B27" s="10" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="C27" s="14" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="D27" s="17"/>
       <c r="E27" s="12" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="F27" s="13" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="9">
         <v>23</v>
       </c>
       <c r="B28" s="10" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="C28" s="14" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="D28" s="17"/>
       <c r="E28" s="12" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="F28" s="13" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="9">
         <v>24</v>
       </c>
       <c r="B29" s="10" t="s">
         <v>57</v>
       </c>
       <c r="C29" s="14" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>58</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>59</v>
       </c>
       <c r="F29" s="13" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="9">
         <v>25</v>
       </c>
       <c r="B30" s="10" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="14" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>62</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>63</v>
       </c>
       <c r="F30" s="13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="9">
         <v>26</v>
       </c>
       <c r="B31" s="10" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="14" t="s">
         <v>54</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>67</v>
       </c>
       <c r="E31" s="12"/>
       <c r="F31" s="13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="9">
         <v>27</v>
       </c>
       <c r="B32" s="10" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="C32" s="14" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="D32" s="17" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="E32" s="12" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>269</v>
+      </c>
+      <c r="F32" s="54" t="s">
+        <v>248</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="9">
         <v>28</v>
       </c>
       <c r="B33" s="10" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="C33" s="14" t="s">
         <v>54</v>
       </c>
       <c r="D33" s="17" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="E33" s="12"/>
-      <c r="F33" s="67" t="s">
-        <v>256</v>
+      <c r="F33" s="54" t="s">
+        <v>246</v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="9">
         <v>29</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="14" t="s">
         <v>66</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>70</v>
       </c>
       <c r="E34" s="12"/>
       <c r="F34" s="13" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="9">
         <v>30</v>
       </c>
       <c r="B35" s="10" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>54</v>
       </c>
       <c r="D35" s="17" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="E35" s="12"/>
       <c r="F35" s="25" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="9">
         <v>31</v>
       </c>
       <c r="B36" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="C36" s="14" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="D36" s="17" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="F36" s="13" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="9">
         <v>32</v>
       </c>
       <c r="B37" s="10" t="s">
         <v>72</v>
       </c>
       <c r="C37" s="14" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>73</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="F37" s="13" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="9">
         <v>33</v>
       </c>
       <c r="B38" s="10" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="C38" s="14" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="D38" s="17"/>
       <c r="E38" s="12" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>272</v>
+      </c>
+      <c r="F38" s="54" t="s">
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="9">
         <v>34</v>
       </c>
       <c r="B39" s="10" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="C39" s="14" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="D39" s="17" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="E39" s="12" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="F39" s="13" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="9">
         <v>35</v>
       </c>
       <c r="B40" s="10" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="C40" s="14" t="s">
         <v>66</v>
       </c>
       <c r="D40" s="17" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="E40" s="12" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="F40" s="13" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="9">
         <v>36</v>
       </c>
       <c r="B41" s="10" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="C41" s="14" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="D41" s="17" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="E41" s="12" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="F41" s="13" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
     </row>
     <row r="42" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="9">
         <v>37</v>
       </c>
       <c r="B42" s="10" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="C42" s="14" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="D42" s="26" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="E42" s="24" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="F42" s="13" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="43" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="9">
         <v>38</v>
       </c>
       <c r="B43" s="10" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="C43" s="14" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="D43" s="17" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E43" s="12" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="F43" s="13" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
     <row r="44" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="9">
         <v>39</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>75</v>
       </c>
       <c r="C44" s="14" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>76</v>
       </c>
       <c r="E44" s="12"/>
       <c r="F44" s="13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="45" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="27"/>
       <c r="B45" s="28"/>
       <c r="C45" s="29"/>
       <c r="D45" s="30"/>
       <c r="E45" s="24"/>
       <c r="F45" s="31"/>
     </row>
     <row r="46" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="81" t="s">
         <v>78</v>
       </c>
       <c r="B46" s="81"/>
       <c r="C46" s="81"/>
       <c r="D46" s="81"/>
       <c r="E46" s="81"/>
       <c r="F46" s="81"/>
     </row>
     <row r="47" spans="1:6" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="32">
         <v>40</v>
       </c>
       <c r="B47" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="C47" s="70" t="s">
-        <v>268</v>
+      <c r="C47" s="57" t="s">
+        <v>258</v>
       </c>
       <c r="D47" s="33" t="s">
         <v>80</v>
       </c>
       <c r="E47" s="34" t="s">
         <v>81</v>
       </c>
       <c r="F47" s="35" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="9">
         <v>41</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>83</v>
       </c>
       <c r="C48" s="14" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>84</v>
       </c>
       <c r="E48" s="12" t="s">
         <v>85</v>
       </c>
       <c r="F48" s="13" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="49" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="32">
         <v>42</v>
       </c>
       <c r="B49" s="10" t="s">
-        <v>219</v>
+        <v>286</v>
       </c>
       <c r="C49" s="14" t="s">
-        <v>220</v>
+        <v>287</v>
       </c>
       <c r="D49" s="17" t="s">
-        <v>221</v>
+        <v>291</v>
       </c>
       <c r="E49" s="12"/>
       <c r="F49" s="13" t="s">
-        <v>222</v>
+        <v>288</v>
       </c>
     </row>
     <row r="50" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="9">
         <v>43</v>
       </c>
       <c r="B50" s="10" t="s">
-        <v>141</v>
+        <v>209</v>
       </c>
       <c r="C50" s="14" t="s">
-        <v>145</v>
+        <v>210</v>
       </c>
       <c r="D50" s="17" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="E50" s="12"/>
       <c r="F50" s="13" t="s">
-        <v>144</v>
+        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="32">
         <v>44</v>
       </c>
       <c r="B51" s="10" t="s">
-        <v>206</v>
+        <v>135</v>
       </c>
       <c r="C51" s="14" t="s">
-        <v>283</v>
+        <v>139</v>
       </c>
       <c r="D51" s="17" t="s">
-        <v>224</v>
+        <v>136</v>
       </c>
       <c r="E51" s="12" t="s">
-        <v>252</v>
+        <v>137</v>
       </c>
       <c r="F51" s="13" t="s">
-        <v>207</v>
+        <v>138</v>
       </c>
     </row>
     <row r="52" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="9">
         <v>45</v>
       </c>
       <c r="B52" s="10" t="s">
-        <v>87</v>
+        <v>200</v>
       </c>
       <c r="C52" s="14" t="s">
-        <v>136</v>
+        <v>273</v>
       </c>
       <c r="D52" s="17" t="s">
-        <v>88</v>
+        <v>214</v>
       </c>
       <c r="E52" s="12" t="s">
-        <v>89</v>
+        <v>242</v>
       </c>
       <c r="F52" s="13" t="s">
-        <v>90</v>
+        <v>201</v>
       </c>
     </row>
     <row r="53" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="32">
         <v>46</v>
       </c>
       <c r="B53" s="10" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-      <c r="D53" s="17"/>
+        <v>87</v>
+      </c>
+      <c r="C53" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D53" s="17" t="s">
+        <v>88</v>
+      </c>
       <c r="E53" s="12" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F53" s="13" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="9">
         <v>47</v>
       </c>
       <c r="B54" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="D54" s="17"/>
+      <c r="E54" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F54" s="13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="32">
+        <v>48</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="C55" s="14" t="s">
+        <v>278</v>
+      </c>
+      <c r="D55" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="E55" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="F55" s="16" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="9">
+        <v>49</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="C56" s="14" t="s">
+        <v>284</v>
+      </c>
+      <c r="D56" s="17"/>
+      <c r="E56" s="76" t="s">
+        <v>295</v>
+      </c>
+      <c r="F56" s="16" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="41"/>
+      <c r="B57" s="28"/>
+      <c r="C57" s="29"/>
+      <c r="D57" s="30"/>
+      <c r="E57" s="24"/>
+      <c r="F57" s="36"/>
+    </row>
+    <row r="58" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="82" t="s">
+        <v>94</v>
+      </c>
+      <c r="B58" s="83"/>
+      <c r="C58" s="83"/>
+      <c r="D58" s="83"/>
+      <c r="E58" s="83"/>
+      <c r="F58" s="84"/>
+    </row>
+    <row r="59" spans="1:6" s="8" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="32">
+        <v>50</v>
+      </c>
+      <c r="B59" s="37" t="s">
+        <v>152</v>
+      </c>
+      <c r="C59" s="37" t="s">
+        <v>213</v>
+      </c>
+      <c r="D59" s="33" t="s">
+        <v>154</v>
+      </c>
+      <c r="E59" s="34" t="s">
+        <v>153</v>
+      </c>
+      <c r="F59" s="42" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="32">
+        <v>51</v>
+      </c>
+      <c r="B60" s="37" t="s">
+        <v>252</v>
+      </c>
+      <c r="C60" s="37" t="s">
+        <v>277</v>
+      </c>
+      <c r="D60" s="33"/>
+      <c r="E60" s="75" t="s">
+        <v>294</v>
+      </c>
+      <c r="F60" s="56" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="32">
+        <v>52</v>
+      </c>
+      <c r="B61" s="37" t="s">
+        <v>279</v>
+      </c>
+      <c r="C61" s="37" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" s="33"/>
+      <c r="E61" s="34" t="s">
+        <v>292</v>
+      </c>
+      <c r="F61" s="56" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="32">
+        <v>53</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="D62" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="E62" s="12"/>
+      <c r="F62" s="13" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="32">
+        <v>54</v>
+      </c>
+      <c r="B63" s="22" t="s">
+        <v>234</v>
+      </c>
+      <c r="C63" s="22" t="s">
+        <v>257</v>
+      </c>
+      <c r="D63" s="33" t="s">
+        <v>206</v>
+      </c>
+      <c r="E63" s="12"/>
+      <c r="F63" s="55" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="32">
+        <v>55</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C64" s="14" t="s">
+        <v>276</v>
+      </c>
+      <c r="D64" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="E64" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="F64" s="13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="32">
+        <v>56</v>
+      </c>
+      <c r="B65" s="10" t="s">
         <v>155</v>
       </c>
-      <c r="C54" s="14" t="s">
-[...173 lines deleted...]
-        <v>263</v>
+      <c r="C65" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D65" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E65" s="12"/>
+      <c r="F65" s="13" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="32">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B66" s="10" t="s">
-        <v>183</v>
+        <v>281</v>
       </c>
       <c r="C66" s="10" t="s">
-        <v>243</v>
-[...6 lines deleted...]
-        <v>184</v>
+        <v>205</v>
+      </c>
+      <c r="D66" s="17"/>
+      <c r="E66" s="12" t="s">
+        <v>293</v>
+      </c>
+      <c r="F66" s="54" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="32">
-        <v>56</v>
-[...8 lines deleted...]
-        <v>216</v>
+        <v>58</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="C67" s="14" t="s">
+        <v>132</v>
+      </c>
+      <c r="D67" s="17" t="s">
+        <v>101</v>
       </c>
       <c r="E67" s="12"/>
-      <c r="F67" s="68" t="s">
-[...3 lines deleted...]
-    <row r="68" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="F67" s="13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="32">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B68" s="10" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="C68" s="14" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="D68" s="17" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="E68" s="12" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="F68" s="13" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
     </row>
     <row r="69" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="32">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B69" s="10" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>108</v>
+      </c>
+      <c r="C69" s="14" t="s">
+        <v>205</v>
       </c>
       <c r="D69" s="17" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="E69" s="12"/>
       <c r="F69" s="13" t="s">
-        <v>152</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="32">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B70" s="10" t="s">
-        <v>100</v>
+        <v>296</v>
       </c>
       <c r="C70" s="14" t="s">
-        <v>138</v>
-[...4 lines deleted...]
-      <c r="E70" s="12"/>
+        <v>257</v>
+      </c>
+      <c r="D70" s="17"/>
+      <c r="E70" s="24" t="s">
+        <v>298</v>
+      </c>
       <c r="F70" s="13" t="s">
-        <v>102</v>
+        <v>297</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="32">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B71" s="10" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>111</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>112</v>
       </c>
       <c r="D71" s="17" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="E71" s="12" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="F71" s="13" t="s">
-        <v>106</v>
-[...36 lines deleted...]
-      <c r="F73" s="13" t="s">
         <v>115</v>
       </c>
     </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A72" s="70"/>
+      <c r="B72" s="28"/>
+      <c r="C72" s="28"/>
+      <c r="D72" s="30"/>
+      <c r="E72" s="24"/>
+      <c r="F72" s="31"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A73" s="85" t="s">
+        <v>116</v>
+      </c>
+      <c r="B73" s="85"/>
+      <c r="C73" s="85"/>
+      <c r="D73" s="85"/>
+      <c r="E73" s="85"/>
+      <c r="F73" s="85"/>
+    </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A74" s="43"/>
-[...4 lines deleted...]
-      <c r="F74" s="31"/>
+      <c r="A74" s="43">
+        <v>63</v>
+      </c>
+      <c r="B74" s="44" t="s">
+        <v>117</v>
+      </c>
+      <c r="C74" s="45" t="s">
+        <v>239</v>
+      </c>
+      <c r="D74" s="46" t="s">
+        <v>118</v>
+      </c>
+      <c r="E74" s="46" t="s">
+        <v>119</v>
+      </c>
+      <c r="F74" s="47" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A75" s="85" t="s">
-[...6 lines deleted...]
-      <c r="F75" s="85"/>
+      <c r="A75" s="9">
+        <v>64</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="C75" s="37" t="s">
+        <v>133</v>
+      </c>
+      <c r="D75" s="17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E75" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="F75" s="16" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A76" s="44">
-[...55 lines deleted...]
-      <c r="A80" s="77" t="s">
+      <c r="A76" s="64"/>
+      <c r="B76" s="65"/>
+      <c r="C76" s="66"/>
+      <c r="D76" s="67"/>
+      <c r="E76" s="68"/>
+      <c r="F76" s="69"/>
+    </row>
+    <row r="77" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="86" t="s">
         <v>125</v>
       </c>
-      <c r="B80" s="77"/>
-[...35 lines deleted...]
-      <c r="F83" s="54"/>
+      <c r="B77" s="86"/>
+      <c r="C77" s="86"/>
+      <c r="D77" s="86"/>
+      <c r="E77" s="86"/>
+      <c r="F77" s="86"/>
+    </row>
+    <row r="78" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="9">
+        <v>65</v>
+      </c>
+      <c r="B78" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C78" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="12"/>
+      <c r="F78" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="9">
+        <v>66</v>
+      </c>
+      <c r="B79" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="C79" s="14" t="s">
+        <v>131</v>
+      </c>
+      <c r="D79" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="E79" s="12"/>
+      <c r="F79" s="13" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="9">
+        <v>67</v>
+      </c>
+      <c r="B80" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="C80" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E80" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="F80" s="40" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="9">
+        <v>68</v>
+      </c>
+      <c r="B81" s="38" t="s">
+        <v>223</v>
+      </c>
+      <c r="C81" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="D81" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="E81" s="39"/>
+      <c r="F81" s="40" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="9">
+        <v>69</v>
+      </c>
+      <c r="B82" s="38" t="s">
+        <v>202</v>
+      </c>
+      <c r="C82" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="D82" s="11" t="s">
+        <v>208</v>
+      </c>
+      <c r="E82" s="39"/>
+      <c r="F82" s="40" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="27"/>
+      <c r="B83" s="71"/>
+      <c r="C83" s="29"/>
+      <c r="D83" s="72"/>
+      <c r="E83" s="73"/>
+      <c r="F83" s="74"/>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A84" s="78" t="s">
-[...6 lines deleted...]
-      <c r="F84" s="78"/>
+      <c r="A84" s="77" t="s">
+        <v>289</v>
+      </c>
+      <c r="B84" s="77"/>
+      <c r="C84" s="77"/>
+      <c r="D84" s="77"/>
+      <c r="E84" s="77"/>
+      <c r="F84" s="77"/>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A85" s="53"/>
-[...8 lines deleted...]
-      <c r="F85" s="22"/>
+      <c r="A85" s="48"/>
+      <c r="B85" s="49"/>
+      <c r="C85" s="50"/>
+      <c r="D85" s="49"/>
+      <c r="E85" s="49"/>
+      <c r="F85" s="48"/>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A86" s="53"/>
-[...8 lines deleted...]
-      <c r="F86" s="10"/>
+      <c r="A86" s="78" t="s">
+        <v>290</v>
+      </c>
+      <c r="B86" s="78"/>
+      <c r="C86" s="78"/>
+      <c r="D86" s="78"/>
+      <c r="E86" s="78"/>
+      <c r="F86" s="78"/>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A87" s="58"/>
-[...5 lines deleted...]
-        <v>46002</v>
+      <c r="A87" s="51"/>
+      <c r="B87" s="51"/>
+      <c r="C87" s="51"/>
+      <c r="D87" s="52"/>
+      <c r="E87" s="52"/>
+      <c r="F87" s="53">
+        <v>46071</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
-    <mergeCell ref="A80:F80"/>
     <mergeCell ref="A84:F84"/>
+    <mergeCell ref="A86:F86"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A9:F9"/>
     <mergeCell ref="A46:F46"/>
-    <mergeCell ref="A63:F63"/>
-[...1 lines deleted...]
-    <mergeCell ref="A56:F56"/>
+    <mergeCell ref="A58:F58"/>
+    <mergeCell ref="A73:F73"/>
+    <mergeCell ref="A77:F77"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="F4" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="F6" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="F19" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="F24" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="F22" r:id="rId6" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="F37" r:id="rId7" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="F20" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="F10" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="F44" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="F14" r:id="rId11" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
     <hyperlink ref="F26" r:id="rId12" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
     <hyperlink ref="F34" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
     <hyperlink ref="F25" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
     <hyperlink ref="F31" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
     <hyperlink ref="F30" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
     <hyperlink ref="F29" r:id="rId17" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
     <hyperlink ref="F11" r:id="rId18" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
-    <hyperlink ref="F57" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F50" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="F78" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="F80" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="F79" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="F51" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
     <hyperlink ref="F21" r:id="rId23" xr:uid="{D58E404B-29F3-40BF-B1AD-348702957A60}"/>
-    <hyperlink ref="F69" r:id="rId24" xr:uid="{20395DC6-85C0-4128-A3C8-C68ED39D2F4E}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F64" r:id="rId26" xr:uid="{A3F57B2F-CDB2-4EE9-91FF-BA40AFB40712}"/>
+    <hyperlink ref="F65" r:id="rId24" xr:uid="{20395DC6-85C0-4128-A3C8-C68ED39D2F4E}"/>
+    <hyperlink ref="F56" r:id="rId25" xr:uid="{F1DF6EDC-16DF-4632-A49D-D512AC189C98}"/>
+    <hyperlink ref="F59" r:id="rId26" xr:uid="{A3F57B2F-CDB2-4EE9-91FF-BA40AFB40712}"/>
     <hyperlink ref="F23" r:id="rId27" xr:uid="{EF98D1BF-FC8D-4314-BA8D-F02F6C3AC832}"/>
     <hyperlink ref="F36" r:id="rId28" xr:uid="{B5F58915-314E-4997-90EB-1631D0D86EC3}"/>
     <hyperlink ref="F16" r:id="rId29" xr:uid="{16BB72BC-44A1-4FCE-A885-8854556C5B4D}"/>
     <hyperlink ref="F35" r:id="rId30" xr:uid="{A2F44905-C7F9-4CFC-901C-66CF1A287E32}"/>
     <hyperlink ref="F40" r:id="rId31" xr:uid="{41D3C48E-DF9C-4245-99CA-0CF697B85078}"/>
     <hyperlink ref="F43" r:id="rId32" xr:uid="{781741C4-10BF-41AE-A0C3-227E8E5FA42D}"/>
     <hyperlink ref="F12" r:id="rId33" xr:uid="{96F24B09-BCFC-4CC1-91C7-3E028AA11300}"/>
     <hyperlink ref="F39" r:id="rId34" xr:uid="{B62BFF13-B780-4D26-928B-E30E6BC78129}"/>
-    <hyperlink ref="F66" r:id="rId35" xr:uid="{D6FBD301-5AE1-4D5D-941E-68283C459911}"/>
+    <hyperlink ref="F62" r:id="rId35" xr:uid="{D6FBD301-5AE1-4D5D-941E-68283C459911}"/>
     <hyperlink ref="F27" r:id="rId36" xr:uid="{306A5D1E-E675-4CD8-B51C-3D0396E846E8}"/>
     <hyperlink ref="F17" r:id="rId37" xr:uid="{FFAE3308-C5DB-4CC5-B236-2290BFA29B0D}"/>
     <hyperlink ref="F42" r:id="rId38" xr:uid="{CBB9835D-DE26-4461-8CF3-9DC27449D0CE}"/>
-    <hyperlink ref="F51" r:id="rId39" xr:uid="{7529FD09-6B66-4F29-AB18-81D1E22911C1}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F49" r:id="rId42" xr:uid="{70D6BE78-DAFE-443E-AEA9-C7EABC7B012D}"/>
+    <hyperlink ref="F52" r:id="rId39" xr:uid="{7529FD09-6B66-4F29-AB18-81D1E22911C1}"/>
+    <hyperlink ref="F82" r:id="rId40" xr:uid="{51CC90B4-2C75-4AAA-8278-AACEBD0B89FA}"/>
+    <hyperlink ref="F63" r:id="rId41" xr:uid="{3AFDE0FE-DE76-4BA2-98F9-E81F2E7E5F0E}"/>
+    <hyperlink ref="F50" r:id="rId42" xr:uid="{70D6BE78-DAFE-443E-AEA9-C7EABC7B012D}"/>
     <hyperlink ref="F15" r:id="rId43" xr:uid="{43A8E15B-F41B-4164-B420-A9C2DC815BBF}"/>
     <hyperlink ref="F13" r:id="rId44" xr:uid="{CE9E52ED-96BF-42F0-9AAB-60245D1280DB}"/>
-    <hyperlink ref="F60" r:id="rId45" xr:uid="{8E7D745E-6AF1-497C-8588-C4D01A4AE2E7}"/>
+    <hyperlink ref="F81" r:id="rId45" xr:uid="{8E7D745E-6AF1-497C-8588-C4D01A4AE2E7}"/>
     <hyperlink ref="F41" r:id="rId46" xr:uid="{0A0097BD-8760-4FD6-A9B4-94DFE4125CE1}"/>
     <hyperlink ref="F28" r:id="rId47" xr:uid="{920B6292-E38E-48CA-A186-5F3630C0976E}"/>
     <hyperlink ref="F18" r:id="rId48" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="F33" r:id="rId49" xr:uid="{267B152A-BBE4-403A-832E-136178A45DF0}"/>
     <hyperlink ref="F32" r:id="rId50" xr:uid="{EDEFB706-4C5C-47E7-A59E-669C7D443C3D}"/>
     <hyperlink ref="F38" r:id="rId51" xr:uid="{FB7A4BEF-03CE-4883-B86F-DFC6895A647C}"/>
-    <hyperlink ref="F65" r:id="rId52" xr:uid="{E6ACF08C-1249-4208-88B6-BCE87DB0AD65}"/>
+    <hyperlink ref="F60" r:id="rId52" xr:uid="{E6ACF08C-1249-4208-88B6-BCE87DB0AD65}"/>
     <hyperlink ref="F5" r:id="rId53" xr:uid="{8794FB71-3FE4-4EA6-AA4B-71AEE20D8918}"/>
+    <hyperlink ref="F61" r:id="rId54" xr:uid="{2389718B-018D-4B41-A9A4-81E2886DF023}"/>
+    <hyperlink ref="F66" r:id="rId55" xr:uid="{846CE8DD-123A-4523-A7CB-C563723455A4}"/>
+    <hyperlink ref="F55" r:id="rId56" xr:uid="{7AE5BBFC-8A0C-43A3-842C-DCD9B53235BC}"/>
+    <hyperlink ref="F49" r:id="rId57" xr:uid="{3F91DB72-0C6D-448F-BBC7-16BE47F16444}"/>
+    <hyperlink ref="F70" r:id="rId58" xr:uid="{24B27D9F-EEF5-4E83-A37C-40BA81F8931B}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId54"/>
+  <pageSetup orientation="portrait" r:id="rId59"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Aptos,Bold"&amp;12Infrastructure and Resilience - Planning, Design and Construction</oddHeader>
   </headerFooter>
-  <drawing r:id="rId55"/>
+  <drawing r:id="rId60"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Colorado Boulder</Company>
   <LinksUpToDate>false</LinksUpToDate>