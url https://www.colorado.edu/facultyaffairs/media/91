--- v0 (2025-10-05)
+++ v1 (2026-01-25)
@@ -1,49 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6ED6CAA1" w14:textId="5E3E7252" w:rsidR="00EE4963" w:rsidRPr="00C70D67" w:rsidRDefault="00EE4963" w:rsidP="00EE4963">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C70D67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CB49785" wp14:editId="0F096388">
             <wp:extent cx="1614196" cy="324936"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
@@ -444,66 +449,66 @@
             <w:r w:rsidR="006406D7" w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Promotional to Full Professor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DE167A0" w14:textId="77777777" w:rsidR="006406D7" w:rsidRPr="00C70D67" w:rsidRDefault="006406D7" w:rsidP="00EE4963">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="11070" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="445"/>
-        <w:gridCol w:w="10345"/>
+        <w:gridCol w:w="10625"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="4E6CEFA7" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="4E6CEFA7" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D84B704" w14:textId="7FBCA2F5" w:rsidR="006406D7" w:rsidRPr="00C70D67" w:rsidRDefault="002B39DF" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02C497CE" wp14:editId="443B09EA">
@@ -551,91 +556,91 @@
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="74194DDB" id="Rectangle 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#13;&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#13;&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#13;&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#13;&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#13;&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#13;&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#13;&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#13;&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#13;&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#13;&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#13;&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#13;&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhACj1bj7ZAAAACAEAAA8AAABk&#13;&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe9C/8Myhd50o4hIzEZaS6G9CGp+wJidJqHZ2ZBdNf57p+1B&#13;&#10;L28YHvPmfdl6cK06Ux8azwamkwQUceltw5WB4vAxXoIKEdli65kMXCnAOn8aZZhaf+EdnfexUhLC&#13;&#10;IUUDdYxdqnUoa3IYJr4jFu/b9w6jrH2lbY8XCXetniXJQjtsWD7U2NGmpvJnf3IGvmw3t9vi7bOa&#13;&#10;F9OtprBBwsaYl+fhfSXyugIVaYj3C/hlkP6QS7GjP7ENqjUgNPFPxZslC1DH/6nzTD8C5DcAAAD/&#13;&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#13;&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#13;&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxEcptKYCAADEBQAADgAAAAAAAAAAAAAAAAAuAgAA&#13;&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKPVuPtkAAAAIAQAADwAAAAAAAAAAAAAAAAAA&#13;&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAYGAAAAAA==&#13;&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
+                    <v:rect w14:anchorId="74194DDB" id="Rectangle 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhACj1bj7ZAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe9C/8Myhd50o4hIzEZaS6G9CGp+wJidJqHZ2ZBdNf57p+1B&#10;L28YHvPmfdl6cK06Ux8azwamkwQUceltw5WB4vAxXoIKEdli65kMXCnAOn8aZZhaf+EdnfexUhLC&#10;IUUDdYxdqnUoa3IYJr4jFu/b9w6jrH2lbY8XCXetniXJQjtsWD7U2NGmpvJnf3IGvmw3t9vi7bOa&#10;F9OtprBBwsaYl+fhfSXyugIVaYj3C/hlkP6QS7GjP7ENqjUgNPFPxZslC1DH/6nzTD8C5DcAAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxEcptKYCAADEBQAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKPVuPtkAAAAIAQAADwAAAAAAAAAAAAAAAAAA&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAYGAAAAAA==&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="776DE812" w14:textId="5353E6C0" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="006406D7" w:rsidP="006406D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1. Candidate’s Curriculum Vitae</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="1AF49D32" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="1AF49D32" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4432AFE9" w14:textId="08AD1391" w:rsidR="006406D7" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72D4523A" wp14:editId="56636FE2">
@@ -696,97 +701,97 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="0725DFB6" id="Rectangle 400494237" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A17483B" w14:textId="485302B5" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="006406D7" w:rsidP="006406D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2. Dean's Recommendation**(minimum 500 words)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67935A1B" w14:textId="4A3AE590" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="006406D7" w:rsidP="008A63BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Deans should offer their independent assessment of the scholarly and creative work, teaching/ librarianship, and leadership and service records, based on the primary unit criteria for reappointment, tenure, and promotion. This letter should also provide the dean’s recommendation with clear and substantive justifications, referring to the PUEC Summary paragraph rather than repeating the candidate’s specific biographical facts and details such as education, past academic experience, and tenure clock that already were included in the PUEC Report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="2D4F10D9" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="2D4F10D9" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="353F4368" w14:textId="50C45072" w:rsidR="006406D7" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="164F0B8B" wp14:editId="717A9D13">
@@ -847,97 +852,97 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="2CE4678E" id="Rectangle 953213156" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61CBFA44" w14:textId="789310E3" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="006406D7" w:rsidP="006406D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3. Dean's Review Committee (DRC) Recommendation** (minimum 500 words)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5709C81E" w14:textId="694CFDBC" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="006406D7" w:rsidP="006406D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The DRC should offer its independent assessment of the scholarly and creative work, teaching/librarianship, and leadership and service records, based on the primary unit criteria for reappointment, tenure, and promotion. This report should also provide a recommendation with clear and substantive justifications, and report the DRC vote (with explanation for any dissenting votes and for differences between the committee and the primary unit, if any), referring to the PUEC Summary paragraph rather than repeating the candidate’s specific biographical facts and details such as education, past academic experience, and tenure clock that already were included in the PUEC Report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="2E2A42E3" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="2E2A42E3" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D462887" w14:textId="65C9BB7B" w:rsidR="006406D7" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="072A41B7" wp14:editId="7B27CFC3">
@@ -998,97 +1003,97 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="2BCDB1AB" id="Rectangle 1110944892" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60537394" w14:textId="2162D52B" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="006406D7" w:rsidP="006406D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4. Chair’s Report** (add Institute Director’s letter for institute-rostered candidates)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="178D98C4" w14:textId="7C85D69E" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="006406D7" w:rsidP="006406D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The chair should report on the discussion and vote taken by the primary unit. The Chair’s Report should refer to the PUEC Summary paragraph rather than repeating the candidate’s specific biographical facts and details such as education, past academic experience, and tenure clock that already were included in the PUEC Report. Include reasons for the recommendation, an explanation for any dissenting opinion as expressed in the vote, and the number of votes taken in the primary unit. (Note: Minimum size of the voting membership of the primary unit is five. In small units without five eligible voting members, the dean’s office must be consulted regarding supplementation of the primary unit for purposes of the review.) Please include a description of the review and voting process that was followed. If the faculty member is rostered in an institute, the institute director also should provide a letter with input on reappointment, tenure or promotion, as specified in the MOU put in place at hire. The institute’s role here is not to vote on the candidate’s reappointment, tenure, or promotion, but to provide input to the tenure home department, which conducts the primary unit vote.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="25C20BEA" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="25C20BEA" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2654D456" w14:textId="747984A9" w:rsidR="006406D7" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74E348DE" wp14:editId="4E6F680E">
@@ -1149,97 +1154,97 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="09BD1FF5" id="Rectangle 1753247858" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="511D72E5" w14:textId="6E9E7435" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Primary Unit Evaluation Committee (PUEC) Report </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F62A0DD" w14:textId="71CDACC8" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This key report should include the following: 1) an introductory PUEC Summary paragraph that provides relevant details about the faculty member (e.g., degrees, experience, tenure clock, scholarly and creative expertise, etc.); 2) a description of the review process; 3) substantive descriptions and evaluations of the faculty member’s (a) Teaching or Librarianship, (b) Scholarly and Creative Work, and (c) Leadership and Service (to the university, profession, and the public) based on the primary unit criteria for reappointment, tenure, and promotion; and 4) the PUEC’s recommendation with clear and substantive justifications. For institute-rostered faculty, the institute and department typically form a combined PUEC and conduct one review.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="7E99A32C" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="7E99A32C" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="204FCA61" w14:textId="1B1F6A56" w:rsidR="006406D7" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F3F2190" wp14:editId="53F74D41">
@@ -1300,117 +1305,97 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="73AEEC40" id="Rectangle 155959131" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03C0F44E" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Faculty Statement on Scholarly/Creative Work </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3013B1D2" w14:textId="1C68FB3A" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">This narrative, usually a maximum of 1,500 words, is an opportunity for the candidate to speak directly to review committee members, highlighting major contributions, describing the originality, independence, and impact of research/scholarly/creative work, and noting any unique aspects of the record.  For comprehensive review and review for tenure, the focus is on the probationary period. For promotion to full professor, the focus is on the </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> since the award of tenure. Please write for an audience of intelligent non-experts.</w:t>
+              <w:t>This narrative, usually a maximum of 1,500 words, is an opportunity for the candidate to speak directly to review committee members, highlighting major contributions, describing the originality, independence, and impact of research/scholarly/creative work, and noting any unique aspects of the record.  For comprehensive review and review for tenure, the focus is on the probationary period. For promotion to full professor, the focus is on the time period since the award of tenure. Please write for an audience of intelligent non-experts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="39CB0A32" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="39CB0A32" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6715BFAD" w14:textId="0EF48976" w:rsidR="006406D7" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="564A2744" wp14:editId="75D14CC4">
@@ -1471,117 +1456,97 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="7B0F8C93" id="Rectangle 885861228" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62590645" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Faculty Statement on Teaching/Librarianship </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="486730E1" w14:textId="0C526FEB" w:rsidR="006406D7" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">This narrative, usually a maximum of 1,500 words, is an opportunity for the candidate to speak directly to review committee members, highlighting major teaching and mentoring activities, innovative aspects of their teaching, successes in graduate training and individualized instruction, challenges overcome, professional development pursued, and any unique aspects of the record. For comprehensive review and review for tenure, the focus is on the probationary period. For promotion to full professor, the focus is on the </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> since the award of tenure.</w:t>
+              <w:t>This narrative, usually a maximum of 1,500 words, is an opportunity for the candidate to speak directly to review committee members, highlighting major teaching and mentoring activities, innovative aspects of their teaching, successes in graduate training and individualized instruction, challenges overcome, professional development pursued, and any unique aspects of the record. For comprehensive review and review for tenure, the focus is on the probationary period. For promotion to full professor, the focus is on the time period since the award of tenure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="614BC01F" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="614BC01F" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E7AC298" w14:textId="1FA39515" w:rsidR="00EE7907" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="619B02CB" wp14:editId="12C7207B">
@@ -1642,126 +1607,106 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="731539AA" id="Rectangle 945463295" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28C780D6" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Faculty Statement on Leadership and Service </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76882DA3" w14:textId="536047AC" w:rsidR="003B3EBD" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00133FCD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">This narrative, usually a maximum of 1,500 words, is an opportunity for the candidate to speak directly to review committee members, highlighting major contributions or activities in the areas of service or leadership to the university, profession, and the public. For comprehensive review and review for tenure, the focus is on the probationary period. For promotion to full professor, the focus is on the </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> since the award of tenure</w:t>
+              <w:t>This narrative, usually a maximum of 1,500 words, is an opportunity for the candidate to speak directly to review committee members, highlighting major contributions or activities in the areas of service or leadership to the university, profession, and the public. For comprehensive review and review for tenure, the focus is on the probationary period. For promotion to full professor, the focus is on the time period since the award of tenure</w:t>
             </w:r>
             <w:r w:rsidR="003B3EBD" w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133FCD" w:rsidRPr="00C70D67" w14:paraId="300B9845" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00133FCD" w:rsidRPr="00C70D67" w14:paraId="300B9845" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="252B6C02" w14:textId="47DD53ED" w:rsidR="00133FCD" w:rsidRPr="00C70D67" w:rsidRDefault="00133FCD" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
@@ -1810,127 +1755,119 @@
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="75CC482A" id="Rectangle 602278928" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#13;&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#13;&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#13;&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#13;&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#13;&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#13;&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#13;&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#13;&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#13;&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#13;&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#13;&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#13;&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhACj1bj7ZAAAACAEAAA8AAABk&#13;&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe9C/8Myhd50o4hIzEZaS6G9CGp+wJidJqHZ2ZBdNf57p+1B&#13;&#10;L28YHvPmfdl6cK06Ux8azwamkwQUceltw5WB4vAxXoIKEdli65kMXCnAOn8aZZhaf+EdnfexUhLC&#13;&#10;IUUDdYxdqnUoa3IYJr4jFu/b9w6jrH2lbY8XCXetniXJQjtsWD7U2NGmpvJnf3IGvmw3t9vi7bOa&#13;&#10;F9OtprBBwsaYl+fhfSXyugIVaYj3C/hlkP6QS7GjP7ENqjUgNPFPxZslC1DH/6nzTD8C5DcAAAD/&#13;&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#13;&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#13;&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxEcptKYCAADEBQAADgAAAAAAAAAAAAAAAAAuAgAA&#13;&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKPVuPtkAAAAIAQAADwAAAAAAAAAAAAAAAAAA&#13;&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAYGAAAAAA==&#13;&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
+                    <v:rect w14:anchorId="75CC482A" id="Rectangle 602278928" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhACj1bj7ZAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe9C/8Myhd50o4hIzEZaS6G9CGp+wJidJqHZ2ZBdNf57p+1B&#10;L28YHvPmfdl6cK06Ux8azwamkwQUceltw5WB4vAxXoIKEdli65kMXCnAOn8aZZhaf+EdnfexUhLC&#10;IUUDdYxdqnUoa3IYJr4jFu/b9w6jrH2lbY8XCXetniXJQjtsWD7U2NGmpvJnf3IGvmw3t9vi7bOa&#10;F9OtprBBwsaYl+fhfSXyugIVaYj3C/hlkP6QS7GjP7ENqjUgNPFPxZslC1DH/6nzTD8C5DcAAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxEcptKYCAADEBQAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKPVuPtkAAAAIAQAADwAAAAAAAAAAAAAAAAAA&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAYGAAAAAA==&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B5CB9A5" w14:textId="77777777" w:rsidR="00133FCD" w:rsidRPr="00EB1343" w:rsidRDefault="00133FCD" w:rsidP="00133FCD">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9. Faculty Work Impact Statement (optional)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DDB45A6" w14:textId="17264003" w:rsidR="00133FCD" w:rsidRPr="00EB1343" w:rsidRDefault="00EB1343" w:rsidP="00133FCD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Faculty</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> members may choose to include a Work Impact Statement to provide additional contextual information about how their scholarly and creative work or their teaching or librarianship may have been affected by factors related to recent changes and disruptions in the federal education and research and creative work landscape including (but not limited to) external funding; work stoppages; political concerns; work travel or visa restrictions; availability of data, collaborators, or needed research </w:t>
+              <w:t xml:space="preserve">Faculty members may choose to include a Work Impact Statement to provide additional contextual information about how their scholarly and creative work or their teaching or librarianship may have been affected by factors related to recent changes and disruptions in the federal education and research and creative work landscape including (but not limited to) external funding; work </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>materials; changes to federal agencies, libraries, archives, laboratories, venues, museums, or other facilities; challenges to curriculum content or topics of study.</w:t>
+              <w:t>stoppages; political concerns; work travel or visa restrictions; availability of data, collaborators, or needed research materials; changes to federal agencies, libraries, archives, laboratories, venues, museums, or other facilities; challenges to curriculum content or topics of study.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="5718CC8C" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="5718CC8C" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3216537B" w14:textId="28FB2322" w:rsidR="00EE7907" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
@@ -1992,51 +1929,51 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="2ADA8CED" id="Rectangle 1344165954" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E7553C5" w14:textId="525F219A" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="003B3EBD" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00EE7907" w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -2087,51 +2024,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D8D76F1" w14:textId="6A6ACE32" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Three additional documents are required in tenure dossiers: the letters/reports from the Primary Unit Evaluation Committee, Dean, and VCAC from the time of comprehensive review. The purpose of including these documents in the dossier is to provide review committees some indication of the assessment of the candidate at the time of comprehensive review, and to evaluate the candidate’s progress since that time relative to any advice that was provided in these three documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="7C9E8EB3" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="7C9E8EB3" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D6BFE42" w14:textId="5ED05B1E" w:rsidR="00EE7907" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A446659" wp14:editId="2D1761C3">
@@ -2192,51 +2129,51 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="21FE8CF3" id="Rectangle 1549969819" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63061D4A" w14:textId="550F0032" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:right="-64"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="003B3EBD" w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2249,51 +2186,51 @@
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. Memorandum of Understanding that accompanied initial offer letter</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (only for faculty members rostered in a unit outside of the tenure home department, such as the museum or an institute).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="48A3EACF" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="48A3EACF" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D52ED91" w14:textId="636CA799" w:rsidR="00EE7907" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A667305" wp14:editId="275769E0">
@@ -2354,53 +2291,53 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="552DADEF" id="Rectangle 1912065849" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74B47E1D" w14:textId="55E2A685" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
+          <w:p w14:paraId="74B47E1D" w14:textId="3519B676" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:right="-547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="003B3EBD" w:rsidRPr="00EB1343">
               <w:rPr>
@@ -2436,130 +2373,156 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Multiple Measures of Teaching***</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:br/>
-              <w:t>A. FCQ Summaries for each course taught (including student comments</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C70D67" w:rsidRPr="00EB1343">
+              <w:t>A. FCQ Summaries for each course taught (</w:t>
+            </w:r>
+            <w:r w:rsidR="003836A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Note: candidates</w:t>
+            </w:r>
+            <w:r w:rsidR="00F03D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are strongly encourage</w:t>
+            </w:r>
+            <w:r w:rsidR="00B94D61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00F03D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to include </w:t>
+            </w:r>
+            <w:r w:rsidR="00656A18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">qualitative </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>student comments</w:t>
+            </w:r>
+            <w:r w:rsidR="00656A18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B5709C2" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:right="-547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B. At least two of the following:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="651E2E9E" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:right="-547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...18 lines deleted...]
-              <w:t>. Peer observations of teaching</w:t>
+              <w:t>i. Peer observations of teaching</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51EF46C1" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:right="-547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>ii. Report of class interviews</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="637A2E68" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
@@ -2600,192 +2563,251 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> letters/interviews/surveys from randomly solicited students</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="615332E2" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
+          <w:p w14:paraId="615332E2" w14:textId="60FA97EC" w:rsidR="00EE7907" w:rsidRPr="00F1387F" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:right="-547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00EB1343">
-[...51 lines deleted...]
-              <w:t>, exams)</w:t>
+            <w:r w:rsidRPr="00F1387F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>iv. Course materials (e.g., syllabi, exams</w:t>
+            </w:r>
+            <w:r w:rsidR="00586F2A" w:rsidRPr="00F1387F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, assignments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1387F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E33B05D" w14:textId="42F01785" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00940421">
+          <w:p w14:paraId="0E33B05D" w14:textId="5CDA362A" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00940421">
             <w:pPr>
               <w:ind w:right="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB1343">
-[...5 lines deleted...]
-                <w:lang w:val="fr-FR"/>
+            <w:r w:rsidRPr="00F1387F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">v. </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> materials as defined by candidate or unit</w:t>
+              <w:t xml:space="preserve">v. Other </w:t>
+            </w:r>
+            <w:r w:rsidR="00586F2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">appropriate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>materials as defined by candidate or unit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31709F81" w14:textId="17FA87B1" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
+          <w:p w14:paraId="31709F81" w14:textId="78B0908D" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Submit the complete record of faculty course questionnaire (FCQ) summaries for each course taught, as compiled by the Office of Data Analytics. In addition to these FCQ documents, which are required by CU System policy, submit at least two (preferably more) additional forms of teaching assessment. Suggested forms of assessment are included on the checklist; however, candidates and units may use whatever form of assessment is most appropriate for the type of instruction. Do not overlook assessment of individualized and graduate instruction, as these are often important components of teaching activity. Documentation (peer observations, student interviews, etc.) should be for at least 3 </w:t>
+              <w:t xml:space="preserve">Submit the faculty course questionnaire (FCQ) summaries for each course taught, as compiled by the </w:t>
+            </w:r>
+            <w:r w:rsidR="00B86432">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">campus </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Data</w:t>
+            </w:r>
+            <w:r w:rsidR="00B86432">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Analytics. In addition to these FCQ documents, which are required by CU System policy, submit at least two</w:t>
+            </w:r>
+            <w:r w:rsidR="00385804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00385804" w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>additional forms of teaching assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (preferably more</w:t>
+            </w:r>
+            <w:r w:rsidR="00C7261E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B86432">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> so teaching evaluations can be as contextualized and meaningful as possible</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">). Suggested forms of assessment are included on the checklist; however, candidates and units may use whatever form of assessment is most appropriate for the type of instruction. Do not overlook assessment of individualized and graduate instruction, as these are often important components of teaching activity. Documentation (peer observations, student interviews, etc.) should be for at least 3 </w:t>
             </w:r>
             <w:r w:rsidR="003B3EBD" w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">distinct </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">courses </w:t>
             </w:r>
             <w:r w:rsidR="00421E35" w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2824,326 +2846,251 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> course they have taught. </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Review committee chairs and candidates should consult the </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>VCAC adviso</w:t>
-[...19 lines deleted...]
-                <w:t>y document on multiple measures of teaching</w:t>
+                <w:t>VCAC advisory document on multiple measures of teaching</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. Please also consult the CU System </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>Administrative Policy Statement 10</w:t>
-[...19 lines deleted...]
-                <w:t xml:space="preserve">9 titled </w:t>
+                <w:t xml:space="preserve">Administrative Policy Statement 1009 titled </w:t>
               </w:r>
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Multiple Means of Teaching Evaluation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>Use this suggeste</w:t>
-[...39 lines deleted...]
-                <w:t xml:space="preserve"> soliciting student feedback</w:t>
+                <w:t>Use this suggested template for soliciting student feedback</w:t>
               </w:r>
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Units should make sure students know that their evaluation should focus on the faculty’s member’s teaching and advising; if students choose to provide information or allegations that are related to misconduct, for example, </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>the policies addressed by Office of Ins</w:t>
-[...19 lines deleted...]
-                <w:t>itutional Equity and Compliance</w:t>
+                <w:t>the policies addressed by Office of Institutional Equity and Compliance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (OIEC), this information cannot be kept confidential by the department or unit and must be disclosed to the OIEC or other appropriate university body. Students will receive direct outreach from the OIEC, though they are not required to respond. However, the OIEC may not be able to take additional action if students choose not to speak to them. Students may report any concerns directly to the OIEC by emailing </w:t>
+              <w:t xml:space="preserve"> (OIEC), this information cannot be kept confidential by the unit and must be disclosed to the OIEC or other appropriate university body. Students will receive direct outreach from the OIEC, though they are not required to respond. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B2766C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OIEC may not be able to take additional action if students choose not to speak to them. Students may report concerns directly to the OIEC by email</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC0417">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>cureport@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or through the</w:t>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="002524C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:hyperlink r:id="rId13">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>online re</w:t>
-[...19 lines deleted...]
-                <w:t>orting form</w:t>
+                <w:t>online reporting form</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00C70D67" w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="76E68DEB" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="76E68DEB" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E5C3036" w14:textId="5271B14F" w:rsidR="00EE7907" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EAC15F6" wp14:editId="5AD37EA5">
@@ -3204,53 +3151,53 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="064E28FC" id="Rectangle 1127642759" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18E92176" w14:textId="42FCEC52" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
+          <w:p w14:paraId="18E92176" w14:textId="6AE0704C" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="003B3EBD" w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
@@ -3265,232 +3212,172 @@
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>External Reviewer Solicitation Letter**** and External Reviewer Key</w:t>
+              <w:t xml:space="preserve">External Reviewer Solicitation Letter**** </w:t>
+            </w:r>
+            <w:r w:rsidR="002524C3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> External Reviewer Key</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (include justification if any are Associate Professors) </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">A. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>Use this template for letters of solicitation to ext</w:t>
-[...59 lines deleted...]
-                <w:t>iewers</w:t>
+                <w:t>Use this template for letters of solicitation to external reviewers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. Primary units wishing to make substantive changes to the letter should seek permission from the Office of Faculty Affairs. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42B56629" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. External reviewers should be asked to specify clearly if the candidate should be </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> receive tenure at </w:t>
+              <w:t xml:space="preserve">B. External reviewers should be asked to specify clearly if the candidate should be promoted, or receive tenure at </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CU Boulder</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41B2795C" w14:textId="441D18DF" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:right="-547"/>
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">C. External reviewers should be asked to state what their relationship is to the candidate. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="2BB850EE" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="2BB850EE" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05DF65DD" w14:textId="19AA4087" w:rsidR="00EE7907" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="337A46DF" wp14:editId="74FDABF4">
@@ -3551,51 +3438,51 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="15F4B52D" id="Rectangle 1104022628" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22225EE4" w14:textId="3833EED8" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="003B3EBD" w:rsidRPr="00EB1343">
@@ -3700,140 +3587,109 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B. External reviewers must be selected by the Primary Unit and chosen to avoid any known or apparent biases, either positive or negative.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="064401C0" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. Candidates may not select their own external </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> may recommend names to the primary unit.</w:t>
+              <w:t>C. Candidates may not select their own external reviewers, but may recommend names to the primary unit.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A03E32F" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>D. All external review letters received must be submitted with the dossier and numbered 1-6, along with an abridged CV for each external reviewer from whom a letter was received.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="022F8A5F" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">E. Please include an external reviewer key with the following information: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74DC2192" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:left="204"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t>. Name and affiliation of the reviewer</w:t>
+            <w:r w:rsidRPr="00EB1343">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>i. Name and affiliation of the reviewer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C00CDAF" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:left="204"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ii. Who recommended the reviewer (PUEC or Candidate)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05DF95DC" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:ind w:left="204"/>
@@ -3899,51 +3755,51 @@
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>facultyaffairs@colorado.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="49ADC179" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00C70D67" w:rsidRPr="00C70D67" w14:paraId="49ADC179" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59057979" w14:textId="4B2C6348" w:rsidR="00EE7907" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00E99AA0" wp14:editId="1CDDA958">
@@ -4004,51 +3860,51 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="3CF3817F" id="Rectangle 1283041249" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42120DF1" w14:textId="39ED42E6" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4109,86 +3965,66 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for Meeting the University of Colorado System’s Standards for Comprehensive Review, Tenure and Promotion </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">This document describes the procedures, criteria, and evidence that the primary unit has agreed upon for evaluating comprehensive review, tenure and promotion cases. The document must include the date it was approved by the unit and specify whether the criteria used were those in place at the time of hire, or, if they have been revised since then, at the time of this review. This document is mandated and defined in </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00EB1343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>Administrative Polic</w:t>
-[...19 lines deleted...]
-                <w:t xml:space="preserve"> Statement 1022, Standards Processes and Procedures for Appointment, Reappointment, Tenure and Promotion (Appendix A of the Laws of the Regents)</w:t>
+                <w:t>Administrative Policy Statement 1022, Standards Processes and Procedures for Appointment, Reappointment, Tenure and Promotion (Appendix A of the Laws of the Regents)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE7907" w:rsidRPr="00C70D67" w14:paraId="7AC33BC8" w14:textId="77777777" w:rsidTr="00133FCD">
+      <w:tr w:rsidR="00EE7907" w:rsidRPr="00C70D67" w14:paraId="7AC33BC8" w14:textId="77777777" w:rsidTr="00FB5A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29E42084" w14:textId="1EEA6A52" w:rsidR="00EE7907" w:rsidRPr="00C70D67" w:rsidRDefault="00CE7480" w:rsidP="002B39DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21FD8E41" wp14:editId="17470B83">
@@ -4249,51 +4085,51 @@
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="5246B030" id="Rectangle 653015696" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:10.3pt;height:10.3pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERym0pgIAAMQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkfaxGnSJIkWFA&#10;1gZrh55VWYqNyaImKXGyXz9Kst2uLXYYdhEkPj6Sn0heXh1aRfbCugZ0SaeTnBKhOVSN3pb0+/3q&#10;wydKnGe6Ygq0KOlROHo1f//usjOFmEENqhKWIIh2RWdKWntviixzvBYtcxMwQqNSgm2Zx6fdZpVl&#10;HaK3Kpvl+VnWga2MBS6cQ+l1UtJ5xJdScH8rpROeqJJibj6eNp6P4czml6zYWmbqhvdpsH/IomWN&#10;xqAj1DXzjOxs8wqqbbgFB9JPOLQZSNlwEWvAaqb5i2ruamZErAXJcWakyf0/WH6zvzMbG1J3Zg38&#10;hyMaljXTW7FwBunDTw0kZZ1xxWgcHq53O0jbBneshRwisceRWHHwhKNw+jE/m11QwlHV3wMmKwZn&#10;Y53/LKAl4VJSi4EjnWy/dj6ZDiYhloZVo1T8O6Vj7qCaKsjiIzSPWCpL9gy/3R+mEUvt2q9QJdn5&#10;aZ73n49ibJEkng1iTC22YECJibqnAKgLQSMjiYRIhz8qEaIr/U1I0lRY9izGHYFSDMa50D6l5GpW&#10;iSQOkWNGr0JHwIAssb4Ruwf4s9QBOzHW2wdXEUdhdM7/llhyHj1iZNB+dG4bDfYtAIVV9ZGT/UBS&#10;oiaw9AjVcWOJhTSIzvBVgz++Zs5vmMXJwxnFbeJv8ZAKupJCf6OkBvvrLXmwx4FALSUdTnJJ3c8d&#10;s4IS9UXjqFxMT07C6MfHyen5DB/2uebxuUbv2iVg10xxbxker8Heq+EqLbQPuHQWISqqmOYYu6Tc&#10;2+Gx9GnD4NriYrGIZjjuhvm1vjM8gAdWQ0ffHx6YNX3be5yXGximnhUvuj/ZBk8Ni50H2cTReOK1&#10;5xtXRezZfq2FXfT8Ha2elu/8NwAAAP//AwBQSwMEFAAGAAgAAAAhAGOWJavVAAAAAwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91o4iUmI2oUKgXQZsfMGanSWh2NmRXjf++03rQ&#10;yzyGN7z3TbYaXKsu1IfGs4HpJAFFXHrbcGWg+Pp4ewcVIrLF1jMZuFGAVT56yTC1/soHuhxjpSSE&#10;Q4oG6hi7VOtQ1uQwTHxHLN637x1GWftK2x6vEu5aPUuShXbYsDTU2NG2pvLneHYGdrab232x+azm&#10;xXSvKWyRsDHmdTysl6AiDfFxDH/4gg65MJ38mW1QrQF5JP5P8WbJAtTprjrP9DN7/gsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDERym0pgIAAMQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjliWr1QAAAAMBAAAPAAAAAAAAAAAAAAAAAAAFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="#404040 [2429]" strokeweight="1pt">
                       <v:path arrowok="t"/>
                       <o:lock v:ext="edit" aspectratio="t"/>
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10345" w:type="dxa"/>
+            <w:tcW w:w="10625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FC02E76" w14:textId="62E2640B" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1343">
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -4378,144 +4214,215 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77E03CB1" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ADDITIONAL INFORMATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70855533" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Please place the VCAC Checklist in front of the main dossier and review its contents carefully to be sure it is complete. Incomplete dossiers cannot go forward to the VCAC. Please note that the student letters/surveys/interviews and the external review letters are confidential materials and should comprise the “Supplement to the Dossier,” which is a </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>separate</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> PDF submitted along with the main dossier. Student names should be redacted from each letter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46226BF4" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
+    <w:p w14:paraId="46226BF4" w14:textId="26E0C0C8" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Candidates are allowed to add items to their dossier up until the end of the review process. Items that may be added include but are not limited to the following: updated CV, clarifications of fact, rebuttal statements in response to letters/reports written by the various reviewers, etc.</w:t>
+        <w:t>Candidates are allowed to add items to their dossier up until the end of the review process</w:t>
+      </w:r>
+      <w:r w:rsidR="00974384">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>includ</w:t>
+      </w:r>
+      <w:r w:rsidR="00974384">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00974384">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00950175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following: updated CV, clarifications of fact, rebuttal statements in response to letters/reports written by the various reviewers, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3194552B" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
+    <w:p w14:paraId="3194552B" w14:textId="2D659974" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>If any of the review or evaluation letters and materials include information about a candidate that include allegations of misconduct, the allegations need to be reported to the appropriate university body (e.g., the Office of Institutional Equity &amp; Compliance, Standing Committee on Research Misconduct, Campus Controller, Department of Internal Audit, or University Counsel). Such specific issues are to be handled by the appropriate campus experts and processes, as the tenure and promotion process is handled separately.</w:t>
+        <w:t>If any of the review or evaluation letters and materials include information about a candidate that include allegations of misconduct, the allegations need to be reported to the appropriate university body (e.g., the Office of Institutional Equity &amp; Compliance, Standing Committee on Research Misconduct, Campus Controller, Department of Internal Audit). Such specific issues are to be handled by the appropriate campus experts and processes, as the tenure and promotion process is handled separately.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2294312F" w14:textId="77777777" w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -4684,75 +4591,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>***</w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00EB1343">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>Use this suggested template for soliciting student feed</w:t>
-[...23 lines deleted...]
-          <w:t>ack</w:t>
+          <w:t>Use this suggested template for soliciting student feedback</w:t>
         </w:r>
         <w:r w:rsidRPr="00EB1343">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> These materials are confidential and should comprise the “Supplement to the dossier,” which is a separate PDF submitted along with the dossier. Student names should be redacted from each letter.</w:t>
@@ -4785,130 +4668,132 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>****</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Include for tenure and promotion to associate and promotion to full cases only.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EE7907" w:rsidRPr="00EB1343" w:rsidSect="00CE7480">
-      <w:footerReference w:type="even" r:id="rId19"/>
-      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="even" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="even" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:footerReference w:type="first" r:id="rId24"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="459" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40D5827D" w14:textId="77777777" w:rsidR="00242409" w:rsidRDefault="00242409" w:rsidP="00EE7907">
+    <w:p w14:paraId="252C0953" w14:textId="77777777" w:rsidR="004F1546" w:rsidRDefault="004F1546" w:rsidP="00EE7907">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DEE490B" w14:textId="77777777" w:rsidR="00242409" w:rsidRDefault="00242409" w:rsidP="00EE7907">
+    <w:p w14:paraId="1C59A47E" w14:textId="77777777" w:rsidR="004F1546" w:rsidRDefault="004F1546" w:rsidP="00EE7907">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="1314444938"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1F482F7D" w14:textId="0B451387" w:rsidR="00EE7907" w:rsidRDefault="00EE7907" w:rsidP="00675300">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -5009,113 +4894,137 @@
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EE7907">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="15"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00EE7907">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="15"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="246CC3EB" w14:textId="6AE9B282" w:rsidR="00EE7907" w:rsidRPr="00EE7907" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
+  <w:p w14:paraId="246CC3EB" w14:textId="6396C664" w:rsidR="00EE7907" w:rsidRPr="00EE7907" w:rsidRDefault="00EE7907" w:rsidP="00EE7907">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EE7907">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:r w:rsidR="00EB1343">
+    <w:r w:rsidR="00F1387F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>April</w:t>
+      <w:t>January 2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="00EE7907">
-[...14 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7B13575D" w14:textId="77777777" w:rsidR="00F1387F" w:rsidRDefault="00F1387F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="313FEB31" w14:textId="77777777" w:rsidR="00242409" w:rsidRDefault="00242409" w:rsidP="00EE7907">
+    <w:p w14:paraId="4B63EA94" w14:textId="77777777" w:rsidR="004F1546" w:rsidRDefault="004F1546" w:rsidP="00EE7907">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FE0273B" w14:textId="77777777" w:rsidR="00242409" w:rsidRDefault="00242409" w:rsidP="00EE7907">
+    <w:p w14:paraId="364FE325" w14:textId="77777777" w:rsidR="004F1546" w:rsidRDefault="004F1546" w:rsidP="00EE7907">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="22B11576" w14:textId="77777777" w:rsidR="00F1387F" w:rsidRDefault="00F1387F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E4DE0B8" w14:textId="77777777" w:rsidR="00F1387F" w:rsidRDefault="00F1387F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D4FE1B3" w14:textId="77777777" w:rsidR="00F1387F" w:rsidRDefault="00F1387F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6147330B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAF24F04"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5197,117 +5106,144 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1569682458">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE4963"/>
+    <w:rsid w:val="0002532F"/>
     <w:rsid w:val="00097F06"/>
     <w:rsid w:val="00122B95"/>
     <w:rsid w:val="001243B2"/>
     <w:rsid w:val="00133FCD"/>
+    <w:rsid w:val="001431CB"/>
     <w:rsid w:val="001D0A19"/>
     <w:rsid w:val="001E7547"/>
+    <w:rsid w:val="001F3786"/>
     <w:rsid w:val="00242409"/>
+    <w:rsid w:val="002524C3"/>
     <w:rsid w:val="002A0CDC"/>
     <w:rsid w:val="002B39DF"/>
     <w:rsid w:val="002B431D"/>
+    <w:rsid w:val="003836A2"/>
+    <w:rsid w:val="00385804"/>
     <w:rsid w:val="003B3EBD"/>
+    <w:rsid w:val="004175CB"/>
     <w:rsid w:val="00421E35"/>
     <w:rsid w:val="00462092"/>
     <w:rsid w:val="004835B6"/>
     <w:rsid w:val="004C6836"/>
+    <w:rsid w:val="004F1546"/>
     <w:rsid w:val="00565DF3"/>
+    <w:rsid w:val="00586F2A"/>
+    <w:rsid w:val="0060463E"/>
+    <w:rsid w:val="00606D95"/>
     <w:rsid w:val="00623906"/>
     <w:rsid w:val="0063440C"/>
     <w:rsid w:val="006406D7"/>
+    <w:rsid w:val="00656A18"/>
+    <w:rsid w:val="006B03F9"/>
     <w:rsid w:val="006B35AC"/>
     <w:rsid w:val="006F2BD2"/>
     <w:rsid w:val="00716E8D"/>
     <w:rsid w:val="0074117F"/>
     <w:rsid w:val="00796258"/>
     <w:rsid w:val="007962B9"/>
     <w:rsid w:val="007F050A"/>
     <w:rsid w:val="008A328C"/>
     <w:rsid w:val="008A63BF"/>
     <w:rsid w:val="008B7BB5"/>
     <w:rsid w:val="008F7E8F"/>
     <w:rsid w:val="00940421"/>
+    <w:rsid w:val="00950175"/>
+    <w:rsid w:val="00974384"/>
+    <w:rsid w:val="009B5283"/>
+    <w:rsid w:val="00AB008B"/>
     <w:rsid w:val="00AC00E8"/>
+    <w:rsid w:val="00B2766C"/>
+    <w:rsid w:val="00B86432"/>
+    <w:rsid w:val="00B94D61"/>
     <w:rsid w:val="00C70D67"/>
     <w:rsid w:val="00C7112F"/>
+    <w:rsid w:val="00C7261E"/>
     <w:rsid w:val="00CA08B7"/>
     <w:rsid w:val="00CE7480"/>
     <w:rsid w:val="00CF3C67"/>
     <w:rsid w:val="00CF6986"/>
+    <w:rsid w:val="00DD25E1"/>
+    <w:rsid w:val="00DE05FE"/>
+    <w:rsid w:val="00DF1FC9"/>
     <w:rsid w:val="00E769B2"/>
     <w:rsid w:val="00EB1343"/>
     <w:rsid w:val="00EE0429"/>
     <w:rsid w:val="00EE4963"/>
     <w:rsid w:val="00EE7907"/>
     <w:rsid w:val="00F02602"/>
+    <w:rsid w:val="00F03D86"/>
+    <w:rsid w:val="00F1387F"/>
     <w:rsid w:val="00F21FCA"/>
+    <w:rsid w:val="00FB5A94"/>
+    <w:rsid w:val="00FC0417"/>
     <w:rsid w:val="00FF1D44"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -6393,51 +6329,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="111362493">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/multiple-measures-teaching" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cuboulder.qualtrics.com/jfe/form/SV_0PnqVK4kkIJIZnf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/media/98" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cureport@colorado.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1022" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:facultyaffairs@colorado.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/policies" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/media/92" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/media/98" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1009" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cuboulder.qualtrics.com/jfe/form/SV_0PnqVK4kkIJIZnf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/multiple-measures-teaching" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cuboulder.qualtrics.com/jfe/form/SV_0PnqVK4kkIJIZnf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/media/98" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cureport@colorado.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1022" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:facultyaffairs@colorado.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/oiec/policies" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/media/92" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/media/98" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1009" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cuboulder.qualtrics.com/jfe/form/SV_0PnqVK4kkIJIZnf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -6691,74 +6627,80 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2364</Words>
-  <Characters>13479</Characters>
+  <Words>2383</Words>
+  <Characters>13513</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>112</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>187</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15812</CharactersWithSpaces>
+  <CharactersWithSpaces>15821</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ka Yong Kleiner</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>