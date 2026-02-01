--- v0 (2025-12-24)
+++ v1 (2026-02-01)
@@ -2279,129 +2279,832 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Policies and Training </w:t>
       </w:r>
       <w:r w:rsidRPr="7181DCBF" w:rsidR="18F05073">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required Section]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00511D66" w:rsidRDefault="00511D66" w14:paraId="6EE2E01C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="153ECD7B" w:rsidP="670B2A8A" w:rsidRDefault="153ECD7B" w14:paraId="28BC2E26" w14:textId="6402252F">
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="33991221" w14:textId="258A0A64">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>By accepting this appointment, you agree to comply with all resolutions, rules and regulations adopted by the Board of Regents, and with policies and regulations adopted by the campus, department, school, college, or other academic unit in which your appointment is made, consistent with the policies and procedures of the University and your rights and responsibilities as a faculty member. For additional information, please see the following links at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="4015E0EC" w14:textId="06A52E18">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="5ECA41B7" w14:textId="14791493">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R4c4c379708084e4a">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 5002 Faculty Appointment Process</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="295B20DB" w14:textId="48E9AF76">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R8055b09a5f884fdc">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 5060 Faculty Appointments</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="3618355E" w14:textId="4096528D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R1ef13bbe94284ca0">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 1013 - Intellectual Property Policy on Discoveries and Patents for Their Protection and Commercialization</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(please also see next paragraph) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="4F916C05" w14:textId="20A14815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R7895e0ea878443a7">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 1014 - Intellectual Property that is Educational Material</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="725D77D5" w14:textId="3A3E5544">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R594b623f49924aa0">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Article 5.B.2 - Principles of Academic Freedom</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="14F48C1B" w14:textId="1DEB16C5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R31af5472ebfd44c2">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Board of Regents Faculty Regulations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="4F9101A4" w14:textId="49ABF103">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Rc53f451f4fd2417b">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 2027 Code of Conduct </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="2EBEB72D" w14:textId="6E011C18">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="professional-rights-and-responsibilities-(prr)" r:id="R7bfb84327b5940b8">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="1CDFF970">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="34AEF615" w14:textId="15DBFC34">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-      </w:pPr>
-      <w:r w:rsidRPr="670B2A8A" w:rsidR="153ECD7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="0E101A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="153ECD7B" w:rsidP="7ECADC85" w:rsidRDefault="153ECD7B" w14:paraId="28BC2E26" w14:textId="31B7D307">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Faculty Affairs is pleased to provide support for your leadership through the Academic Leaders Institute. The University places a great deal of trust in its academic leaders; it is thus vital that you become knowledgeable about the </w:t>
       </w:r>
-      <w:hyperlink w:anchor="professional-rights-and-responsibilities-(prr)" r:id="Re0132ccfdb504edd">
-        <w:r w:rsidRPr="670B2A8A" w:rsidR="153ECD7B">
+      <w:hyperlink w:anchor="professional-rights-and-responsibilities-(prr)" r:id="R98b22af3b01c4ac4">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="1"/>
             <w:iCs w:val="1"/>
             <w:caps w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:dstrike w:val="0"/>
             <w:noProof w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Professional Rights and Responsibilities of Faculty Members and Roles and Professional Responsibilities of Academic Leaders </w:t>
         </w:r>
-        <w:r w:rsidRPr="670B2A8A" w:rsidR="153ECD7B">
+        <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:caps w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:dstrike w:val="0"/>
             <w:noProof w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>(PRR)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="670B2A8A" w:rsidR="153ECD7B">
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="0E101A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, a policy and procedure critical for ensuring academic freedom and collegiality. Academic Affairs requires all academic leaders to complete an online PRR training (available through your MyCUInfo portal). Please complete this training within six months of your appointment. Additionally, and depending on your prior leadership experience at CU Boulder, you will be required or welcomed to attend Faculty Affairs’ next New Leaders Orientation. The Office of Faculty Affairs will contact you regarding this event. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="670B2A8A" w:rsidR="153ECD7B">
+        <w:t xml:space="preserve">, a policy and procedure critical for ensuring academic freedom and collegiality. Academic Affairs requires all academic leaders to complete an online PRR training (available through your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MyCUInfo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> portal). Please complete this training within six months of your appointment. Additionally, and depending on your prior leadership experience at CU Boulder, you will be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or welcomed to attend Faculty Affairs’ next New Leaders Orientation. The Office of Faculty Affairs will contact you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>regarding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this event</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="0E101A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ECADC85" w:rsidR="153ECD7B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00855EE1" w:rsidRDefault="00855EE1" w14:paraId="29B347CE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F52EE8" w:rsidP="00F52EE8" w:rsidRDefault="00F52EE8" w14:paraId="5DD66720" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
@@ -3847,50 +4550,946 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:bookmark int2:bookmarkName="_Int_Ocdp1VXW" int2:invalidationBookmarkName="" int2:hashCode="SAlWGzQ4T8AX2k" int2:id="J9gAh9Dx">
       <int2:state int2:type="gram" int2:value="Rejected"/>
     </int2:bookmark>
     <int2:bookmark int2:bookmarkName="_Int_YKQW8U7s" int2:invalidationBookmarkName="" int2:hashCode="kKPTSIA56wfMiX" int2:id="yBSvGvQP">
       <int2:state int2:type="gram" int2:value="Rejected"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="9">
+    <w:nsid w:val="6ed41a82"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="8">
+    <w:nsid w:val="2b25be64"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="7">
+    <w:nsid w:val="72770be6"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="6">
+    <w:nsid w:val="58b82c46"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="5">
+    <w:nsid w:val="2027050d"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="4">
+    <w:nsid w:val="3c707573"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="3">
+    <w:nsid w:val="a127241"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="2">
+    <w:nsid w:val="63101b17"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="1">
     <w:nsid w:val="753fa095"/>
     <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -4050,50 +5649,74 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="1" w16cid:durableId="2114352583">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="80"/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
@@ -4210,80 +5833,82 @@
     <w:rsid w:val="00D45213"/>
     <w:rsid w:val="00D639B6"/>
     <w:rsid w:val="00D73340"/>
     <w:rsid w:val="00E05FD4"/>
     <w:rsid w:val="00E12D5D"/>
     <w:rsid w:val="00E43559"/>
     <w:rsid w:val="00E779EF"/>
     <w:rsid w:val="00EC7CE9"/>
     <w:rsid w:val="00ED787D"/>
     <w:rsid w:val="00EF601F"/>
     <w:rsid w:val="00F5292B"/>
     <w:rsid w:val="00F52EE8"/>
     <w:rsid w:val="00F9192F"/>
     <w:rsid w:val="00FA5EB7"/>
     <w:rsid w:val="00FC6DBE"/>
     <w:rsid w:val="00FE1FE3"/>
     <w:rsid w:val="014B1E64"/>
     <w:rsid w:val="0151E327"/>
     <w:rsid w:val="059DFB2A"/>
     <w:rsid w:val="0D9A6441"/>
     <w:rsid w:val="0DFE46A2"/>
     <w:rsid w:val="1510E88D"/>
     <w:rsid w:val="153ECD7B"/>
     <w:rsid w:val="18F05073"/>
     <w:rsid w:val="18F528C1"/>
+    <w:rsid w:val="1CDFF970"/>
     <w:rsid w:val="1DD3ACD9"/>
     <w:rsid w:val="1DE3388E"/>
     <w:rsid w:val="23368BDC"/>
     <w:rsid w:val="269E860B"/>
     <w:rsid w:val="2A12A6C9"/>
     <w:rsid w:val="2B43DEA7"/>
     <w:rsid w:val="2CC37CD2"/>
     <w:rsid w:val="3033D779"/>
     <w:rsid w:val="34199751"/>
     <w:rsid w:val="36BCB4D3"/>
     <w:rsid w:val="3B51A945"/>
     <w:rsid w:val="3BC52F6D"/>
     <w:rsid w:val="3E4FB06C"/>
     <w:rsid w:val="449F3F26"/>
     <w:rsid w:val="46D522C2"/>
     <w:rsid w:val="48AB3501"/>
     <w:rsid w:val="4F2FD895"/>
     <w:rsid w:val="50BB5816"/>
     <w:rsid w:val="50FAA0CC"/>
     <w:rsid w:val="569489D0"/>
     <w:rsid w:val="60F75D40"/>
     <w:rsid w:val="670B2A8A"/>
     <w:rsid w:val="69A047CD"/>
     <w:rsid w:val="69B902B8"/>
     <w:rsid w:val="6B8DA609"/>
     <w:rsid w:val="6F5BF5C0"/>
     <w:rsid w:val="7181DCBF"/>
     <w:rsid w:val="79ECF50A"/>
     <w:rsid w:val="7AFBA837"/>
     <w:rsid w:val="7DA9B07F"/>
+    <w:rsid w:val="7ECADC85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
@@ -4859,51 +6484,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1432244384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="macintosh"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/faculty-personnel-actions-career-milestones/faculty-appointments" TargetMode="External" Id="R4ba53eadd8f2422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/docs/benefit-eligibility-matrix" TargetMode="External" Id="R500058fefa404099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="Re0132ccfdb504edd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/faculty-personnel-actions-career-milestones/faculty-appointments" TargetMode="External" Id="R4ba53eadd8f2422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/docs/benefit-eligibility-matrix" TargetMode="External" Id="R500058fefa404099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External" Id="R4c4c379708084e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External" Id="R8055b09a5f884fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="R1ef13bbe94284ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External" Id="R7895e0ea878443a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="R594b623f49924aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="R31af5472ebfd44c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External" Id="Rc53f451f4fd2417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="R7bfb84327b5940b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="R98b22af3b01c4ac4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5503,53 +7128,53 @@
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20BDC186-3E7D-4F15-AC2F-01D7EC72887B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Colorado at Boulder</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DEPARTMENT/DIVISION CHAIR TEMPLATE</dc:title>
   <dc:subject/>
   <dc:creator>Neal Meier</dc:creator>
-  <cp:keywords/>
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
+  <keywords/>
+  <lastModifiedBy>Kim Overmier</lastModifiedBy>
+  <revision>39</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TaxCatchAll">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="lcf76f155ced4ddcb4097134ff3c332f">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
     <vt:lpwstr>0x01010039E060FC2A31B442A6906E10C7ECD1EB</vt:lpwstr>
   </property>
 </Properties>
 </file>