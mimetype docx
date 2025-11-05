--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -29,79 +29,79 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FACULTY-IN-RESIDENCE</w:t>
       </w:r>
       <w:r w:rsidR="007E1219" w:rsidRPr="0022215A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> TEMPLATE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D181CEA" w14:textId="7CB4DEDA" w:rsidR="007E1219" w:rsidRDefault="004D1CBD">
+    <w:p w14:paraId="3D181CEA" w14:textId="32A7D037" w:rsidR="007E1219" w:rsidRDefault="004D1CBD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
-      <w:r w:rsidR="00565227">
+      <w:r w:rsidR="00C64A45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Spring</w:t>
+        <w:t>Fall</w:t>
       </w:r>
       <w:r w:rsidR="00477525">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="00A5775F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611A1366" w14:textId="77777777" w:rsidR="00CB5BAB" w:rsidRPr="004D1CBD" w:rsidRDefault="00CB5BAB">
       <w:pPr>
         <w:rPr>
@@ -1829,79 +1829,88 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="7B40D13B" w14:textId="77777777" w:rsidR="008F3BFD" w:rsidRDefault="008F3BFD" w:rsidP="008F3BFD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00A7BA00" w14:textId="77777777" w:rsidR="00996979" w:rsidRDefault="00996979" w:rsidP="00996979">
+    <w:p w14:paraId="00A7BA00" w14:textId="3276A836" w:rsidR="00996979" w:rsidRDefault="00996979" w:rsidP="00996979">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk52964590"/>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="004379DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Regent Policy 5.J</w:t>
+          <w:t>Regent Policy 5.</w:t>
+        </w:r>
+        <w:r w:rsidR="00C64A45">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="004379DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APS 1013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
@@ -4415,59 +4424,61 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C717B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8A8B926"/>
     <w:lvl w:ilvl="0" w:tplc="04685B86">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:color w:val="000000"/>
@@ -4718,51 +4729,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="469439430">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1129782160">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="735054971">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="180"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BC3"/>
     <w:rsid w:val="00003551"/>
     <w:rsid w:val="0001422D"/>
     <w:rsid w:val="00035C8D"/>
     <w:rsid w:val="00060688"/>
@@ -4867,58 +4878,60 @@
     <w:rsid w:val="00A5775F"/>
     <w:rsid w:val="00A74E2D"/>
     <w:rsid w:val="00A758BE"/>
     <w:rsid w:val="00A84332"/>
     <w:rsid w:val="00A86682"/>
     <w:rsid w:val="00AA4EDC"/>
     <w:rsid w:val="00AB5257"/>
     <w:rsid w:val="00B1034E"/>
     <w:rsid w:val="00B27D42"/>
     <w:rsid w:val="00B51E09"/>
     <w:rsid w:val="00B626F4"/>
     <w:rsid w:val="00B64260"/>
     <w:rsid w:val="00B66858"/>
     <w:rsid w:val="00B820A3"/>
     <w:rsid w:val="00B93D63"/>
     <w:rsid w:val="00BF4406"/>
     <w:rsid w:val="00BF5C6E"/>
     <w:rsid w:val="00BF77DF"/>
     <w:rsid w:val="00C13C0D"/>
     <w:rsid w:val="00C175DD"/>
     <w:rsid w:val="00C42368"/>
     <w:rsid w:val="00C45B3B"/>
     <w:rsid w:val="00C46565"/>
     <w:rsid w:val="00C4756E"/>
     <w:rsid w:val="00C50EDB"/>
+    <w:rsid w:val="00C64A45"/>
     <w:rsid w:val="00C81533"/>
     <w:rsid w:val="00C846F1"/>
     <w:rsid w:val="00CA2D30"/>
     <w:rsid w:val="00CB3C5C"/>
     <w:rsid w:val="00CB5BAB"/>
     <w:rsid w:val="00CD5FFD"/>
     <w:rsid w:val="00CF4BFA"/>
     <w:rsid w:val="00CF6BA5"/>
+    <w:rsid w:val="00D03CCD"/>
     <w:rsid w:val="00D12205"/>
     <w:rsid w:val="00D52DFC"/>
     <w:rsid w:val="00DA1041"/>
     <w:rsid w:val="00DF2DFE"/>
     <w:rsid w:val="00DF6B0D"/>
     <w:rsid w:val="00E35DCE"/>
     <w:rsid w:val="00E40323"/>
     <w:rsid w:val="00EA0586"/>
     <w:rsid w:val="00EB3981"/>
     <w:rsid w:val="00EC3348"/>
     <w:rsid w:val="00EE7210"/>
     <w:rsid w:val="00F506D8"/>
     <w:rsid w:val="00F521B8"/>
     <w:rsid w:val="00F56568"/>
     <w:rsid w:val="00F73CA3"/>
     <w:rsid w:val="00F7590E"/>
     <w:rsid w:val="00FB7B82"/>
     <w:rsid w:val="00FD2D39"/>
     <w:rsid w:val="00FD79FA"/>
     <w:rsid w:val="00FF3EB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -5811,78 +5824,78 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47075F8E-CB3B-4A01-B9E4-C95B0F7A3D40}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1629</Words>
-  <Characters>9291</Characters>
+  <Characters>9289</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>77</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NON-TENURE TRACK TEMPLATE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University Of Colorado</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10899</CharactersWithSpaces>
+  <CharactersWithSpaces>10897</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="78" baseType="variant">
       <vt:variant>
         <vt:i4>3145829</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.cu.edu/employee-services/benefits-wellness</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1835094</vt:i4>
       </vt:variant>
       <vt:variant>