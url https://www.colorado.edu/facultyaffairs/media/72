--- v1 (2025-11-05)
+++ v2 (2025-12-24)
@@ -1,425 +1,490 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6E89F20F" w14:textId="78409171" w:rsidR="007E1219" w:rsidRPr="0022215A" w:rsidRDefault="00390C11">
+    <w:p w:rsidRPr="0022215A" w:rsidR="007E1219" w:rsidRDefault="00390C11" w14:paraId="6E89F20F" w14:textId="78409171">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FACULTY-IN-RESIDENCE</w:t>
       </w:r>
-      <w:r w:rsidR="007E1219" w:rsidRPr="0022215A">
+      <w:r w:rsidRPr="0022215A" w:rsidR="007E1219">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> TEMPLATE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D181CEA" w14:textId="32A7D037" w:rsidR="007E1219" w:rsidRDefault="004D1CBD">
+    <w:p w:rsidRPr="004D1CBD" w:rsidR="00CB5BAB" w:rsidP="34DF7EA0" w:rsidRDefault="004D1CBD" w14:paraId="611A1366" w14:textId="5CAB408E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="34DF7EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
-      <w:r w:rsidR="00C64A45">
+      <w:r w:rsidRPr="34DF7EA0" w:rsidR="00E96614">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fall</w:t>
       </w:r>
-      <w:r w:rsidR="00477525">
+      <w:r w:rsidRPr="34DF7EA0" w:rsidR="00477525">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A5775F">
+      <w:r w:rsidRPr="34DF7EA0" w:rsidR="00A5775F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="611A1366" w14:textId="77777777" w:rsidR="00CB5BAB" w:rsidRPr="004D1CBD" w:rsidRDefault="00CB5BAB">
-[...3 lines deleted...]
-          <w:b/>
+    <w:p w:rsidRPr="0022215A" w:rsidR="007E1219" w:rsidP="08B32846" w:rsidRDefault="009B3756" w14:paraId="3BEE81A0" w14:textId="3C0D9C34">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se for: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0022215A" w:rsidR="007E1219" w:rsidP="08B32846" w:rsidRDefault="009B3756" w14:paraId="6E8617C4" w14:textId="4F2E04CA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08B32846" w:rsidR="4B477DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1442 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00F73CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Scholar in Residence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00C50EDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0022215A" w:rsidR="007E1219" w:rsidP="08B32846" w:rsidRDefault="009B3756" w14:paraId="40671A74" w14:textId="1EB486B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08B32846" w:rsidR="2F783CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1449 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00F73CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Artist in Residence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="4E6EAB48" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="548B91E2" w14:textId="3CAE75ED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="09687235" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="06F20C56" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="0ECFF1BF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dear __</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="5A79F032" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="130096C4" w14:textId="2D434A45">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am pleased to offer you a ____% appointment to the faculty of the University of Colorado </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7B82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Boulder </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022215A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0022215A">
+        <w:t>[TITLE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022215A" w:rsidR="00EB3981">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[U</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E1219" w:rsidRPr="0022215A">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. This offer is made upon the recommendation of the Department of _______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81533">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the concurrence of the Dean of the _______________ and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E39A9" w:rsidR="008E39A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vice Chancellor and Senior Vice Provost</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Faculty Affairs</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
-          <w:color w:val="FF0000"/>
-[...196 lines deleted...]
-        <w:t>. This offer is made upon the recommendation of the Department of _______________</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00C81533">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...53 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> it</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F521B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -451,476 +516,1091 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C45B3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A4A690" w14:textId="77777777" w:rsidR="00C81533" w:rsidRDefault="00C81533" w:rsidP="00C81533">
-[...9 lines deleted...]
-    <w:p w14:paraId="7F968F1E" w14:textId="77777777" w:rsidR="00C81533" w:rsidRPr="00920F20" w:rsidRDefault="00C81533" w:rsidP="00C81533">
+    <w:p w:rsidR="00C81533" w:rsidP="00C81533" w:rsidRDefault="00C81533" w14:paraId="18A4A690" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00C81533" w:rsidP="00C81533" w:rsidRDefault="00C81533" w14:paraId="7F968F1E" w14:textId="24F2E459">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00920F20">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="00C81533">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appointment Details</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C77B5">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="00C81533">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="1499D697">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C81533" w:rsidP="00C81533" w:rsidRDefault="00C81533" w14:paraId="4DFD6390" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0022215A" w:rsidR="009B3756" w:rsidP="08B32846" w:rsidRDefault="007E1219" w14:paraId="0CE17A49" w14:textId="3116D19C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to approval by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00264984">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00781AED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00781AED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert term of appointment, i.e., one-year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00591F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00591F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment will be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00591F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>effective</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00591F04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00C846F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-residence </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>series appointments usually start on the first day of an academic semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="3A65C845">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>initial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> academic year salary will be $________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This is a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="7267D98F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>non-tenure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00EB3981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>track</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="7B714570">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at-will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00C20124">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00C20124">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may be renewable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in accordance with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provisions concerning renewal and reappointment found in the Laws of the Regents.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Should the unit elect to renew this at-will appointment, you will be reviewed for reappointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="2F916BD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and notified of the outcome</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00556466">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no later </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="1B8A9C7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[insert </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00556466">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>last day of appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00C71863">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005212B8" w:rsidP="005212B8" w:rsidRDefault="007E1219" w14:paraId="0F74D7F9" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[If a non-renewable appointment, substitute the preceding sentence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the following: "This is a non-tenure track appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>non-renewable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and it will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>end __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="009B3756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>."]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk213249962" w:id="4"/>
+      <w:r w:rsidRPr="08B32846" w:rsidR="005212B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You or the university may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="005212B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="005212B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="005212B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="005212B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>earlier than the end date (see below under #3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="005212B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="005212B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidP="08B32846" w:rsidRDefault="007E1219" w14:paraId="0F2468AA" w14:noSpellErr="1" w14:textId="5BB33B6E">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF3EB0" w:rsidRDefault="007E1219" w14:paraId="02D0068C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0022215A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> begin on _______________.</w:t>
+        <w:t>[If applicable]:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0022215A">
+      <w:r w:rsidR="00FF3EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You will receive $________ to purchase _______________, (a computer, etc.) which will remain the property of the University of Colorado but will be for your exclusive use so long as you remain a member of the faculty. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF3EB0" w:rsidRDefault="00FF3EB0" w14:paraId="0197D299" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="00FF3EB0" w14:paraId="3876F1BB" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596DA4B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>[If applicable]:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="596DA4B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="596DA4B5" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="596DA4B5" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assist you with your relocation, the University will reimburse the actual moving and transportation costs for you to relocate, up to a maximum of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="596DA4B5" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$__</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="596DA4B5" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______ and subject to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="596DA4B5" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="596DA4B5" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy (appended). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="596DA4B5" w:rsidP="596DA4B5" w:rsidRDefault="596DA4B5" w14:paraId="6610D50E" w14:textId="3F86B854">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="596DA4B5" w:rsidP="08B32846" w:rsidRDefault="596DA4B5" w14:paraId="319590B5" w14:textId="03F458FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note that the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>required,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one-day New Faculty Orientation will be on August __, 20__. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00C846F1">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>insert date – New Faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">-residence </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> Orientation is held exactly one week before the first day of Fall classes each </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>series appointments usually start on the first day of an academic semester]</w:t>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[insert review timeline].</w:t>
-[...210 lines deleted...]
-    <w:p w14:paraId="7BDB3DBE" w14:textId="77777777" w:rsidR="00C81533" w:rsidRPr="00920F20" w:rsidRDefault="00C81533" w:rsidP="00C81533">
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> See section 3 below for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="082286F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> details about preparing for this event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="46245B9C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00C81533" w:rsidP="00C81533" w:rsidRDefault="00C81533" w14:paraId="7BDB3DBE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Teaching, </w:t>
       </w:r>
@@ -945,61 +1625,61 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Leadership and Service Responsibilities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0022215A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24DCAC91" w14:textId="77777777" w:rsidR="00C81533" w:rsidRDefault="00C81533">
-[...9 lines deleted...]
-    <w:p w14:paraId="40D50AF8" w14:textId="77777777" w:rsidR="00FF3EB0" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="00C81533" w:rsidRDefault="00C81533" w14:paraId="24DCAC91" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF3EB0" w:rsidRDefault="007E1219" w14:paraId="40D50AF8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For purposes of annual merit evaluation, your efforts and accomplishments will be assessed according to </w:t>
       </w:r>
       <w:r w:rsidR="00515D2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1028,427 +1708,465 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">________% teaching, ________% </w:t>
       </w:r>
       <w:r w:rsidR="00477525">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">scholarly and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>creative work</w:t>
       </w:r>
-      <w:r w:rsidR="00A1391F" w:rsidRPr="00060688">
+      <w:r w:rsidRPr="00060688" w:rsidR="00A1391F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A1391F" w:rsidRPr="0022215A">
+      <w:r w:rsidRPr="0022215A" w:rsidR="00A1391F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(if applicable)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and ________% </w:t>
       </w:r>
       <w:r w:rsidR="00477525">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">leadership and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">service to </w:t>
-[...9 lines deleted...]
-        <w:t>the Department, University and profession.</w:t>
+        <w:t>service to the Department, University and profession.</w:t>
       </w:r>
       <w:r w:rsidR="009E1572">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00367F37" w:rsidRPr="0022215A">
+      <w:r w:rsidRPr="0022215A" w:rsidR="00367F37">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="0022215A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If this is a one-year, non-renewable appointment</w:t>
       </w:r>
       <w:r w:rsidR="00327235">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="0022215A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no merit review is anticipated</w:t>
       </w:r>
-      <w:r w:rsidR="00515D2B" w:rsidRPr="0022215A">
+      <w:r w:rsidRPr="0022215A" w:rsidR="00515D2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0022215A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B3756" w:rsidRPr="0022215A">
+      <w:r w:rsidRPr="0022215A" w:rsidR="009B3756">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>then</w:t>
       </w:r>
       <w:r w:rsidRPr="0022215A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> this paragraph may be deleted.]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C6697">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="4812B332" w14:textId="77777777" w:rsidR="00FF3EB0" w:rsidRDefault="00FF3EB0">
+      <w:bookmarkStart w:name="OLE_LINK1" w:id="6"/>
+      <w:bookmarkStart w:name="OLE_LINK2" w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="00FF3EB0" w:rsidRDefault="00FF3EB0" w14:paraId="4812B332" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10715C9C" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="00F7590E">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="00F7590E" w14:paraId="10715C9C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Your normal classroom teaching assignments will include ____</w:t>
       </w:r>
       <w:r w:rsidR="00B51E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> courses per academic year</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="007E1219">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">By accepting this position, you agree to perform duties and responsibilities </w:t>
       </w:r>
       <w:r w:rsidR="006557B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="007E1219">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">are in the area of your expertise or academic interest, or are otherwise appropriate, and </w:t>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in the area of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your expertise or academic interest, or are otherwise appropriate, and </w:t>
       </w:r>
       <w:r w:rsidR="006557B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="007E1219">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are assigned to you consistent with your rights and responsibilities as a faculty member, and the policies and procedures of the University and of your academic unit. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FA7F2C" w14:textId="77777777" w:rsidR="004657B3" w:rsidRDefault="004657B3">
-[...9 lines deleted...]
-    <w:p w14:paraId="0FEDA529" w14:textId="77777777" w:rsidR="004657B3" w:rsidRPr="004657B3" w:rsidRDefault="004657B3" w:rsidP="004657B3">
+    <w:p w:rsidR="004657B3" w:rsidRDefault="004657B3" w14:paraId="67FA7F2C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="004657B3" w:rsidR="004657B3" w:rsidP="004657B3" w:rsidRDefault="004657B3" w14:paraId="0FEDA529" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="731"/>
           <w:tab w:val="left" w:pos="1451"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">With </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agreement from you</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> differential workload can be altered by the Department/Unit. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">an element of </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> element of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> duties change</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>duties</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B7E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> change</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g., courses added or reduced) </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">without a </w:t>
@@ -1512,101 +2230,128 @@
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> FTE</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>will change, and the salary and differential workload should be adjusted accordingly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE5D822" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="4EA159B5" w14:textId="77777777" w:rsidR="00C81533" w:rsidRPr="00920F20" w:rsidRDefault="00C81533" w:rsidP="00C81533">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="2AE5D822" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00C81533" w:rsidP="00C81533" w:rsidRDefault="00C81533" w14:paraId="4EA159B5" w14:textId="2E627C18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00C81533">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policies and Training </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="596B0671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>Responsibilities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="596B0671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[Required section]</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="29031A67" w14:textId="77777777" w:rsidR="00624A27" w:rsidRDefault="007E1219" w:rsidP="00624A27">
+        <w:t> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00C81533">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00C81533">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>equired section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C81533" w:rsidRDefault="00C81533" w14:paraId="1EFB47ED" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00624A27" w:rsidP="00624A27" w:rsidRDefault="007E1219" w14:paraId="29031A67" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>By accepting this appointment, you agree to comply with all resolutions, rules and regulations adopted by the Board of Regents, and with policies and regulations adopted by the campus, department, school, college</w:t>
       </w:r>
       <w:r w:rsidR="00C81533">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -1626,1407 +2371,1527 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sibilities as a faculty member. For additional information, please see the following links</w:t>
       </w:r>
       <w:r w:rsidR="005224A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r w:rsidR="00624A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7718A9F2" w14:textId="77777777" w:rsidR="00C81533" w:rsidRDefault="00C81533" w:rsidP="00624A27">
-[...223 lines deleted...]
-        <w:r w:rsidRPr="004379DE">
+    <w:p w:rsidR="00C81533" w:rsidP="00624A27" w:rsidRDefault="00C81533" w14:paraId="7718A9F2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00503756" w:rsidP="08B32846" w:rsidRDefault="00503756" w14:paraId="0ACA34FF" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R521ef6872a604044">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Regent Policy 5.</w:t>
+          <w:t>APS 5002 Faculty Appointment Process</w:t>
         </w:r>
-        <w:r w:rsidR="00C64A45">
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009E0A7C" w:rsidR="00503756" w:rsidP="08B32846" w:rsidRDefault="00503756" w14:paraId="18EBBAC7" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Rca0d59b3e12d49a3">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>I</w:t>
+          <w:t>APS 5060 Faculty Appointments</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004379DE">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="004379DE">
+      <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009E0A7C" w:rsidR="00503756" w:rsidP="08B32846" w:rsidRDefault="00503756" w14:paraId="26692A0E" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R4ebb12992dd44c26">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>APS 1013</w:t>
+          <w:t>APS 1013 - Intellectual Property Policy on Discoveries and Patents for Their Protection and Commercialization</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004379DE">
-[...145 lines deleted...]
-      <w:r w:rsidR="00FF3EB0" w:rsidRPr="0022215A">
+      <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (please also see next paragraph) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009E0A7C" w:rsidR="00503756" w:rsidP="08B32846" w:rsidRDefault="00503756" w14:paraId="2B7F12AF" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R16b756560e634a5f">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>APS 1014 - Intellectual Property that is Educational Material</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009E0A7C" w:rsidR="00503756" w:rsidP="08B32846" w:rsidRDefault="00503756" w14:paraId="44FC94DF" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Rf540cca66e294284">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Article 5.B.2 - Principles of Academic Freedom</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009E0A7C" w:rsidR="00503756" w:rsidP="08B32846" w:rsidRDefault="00503756" w14:paraId="28E80BED" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Rba75b58b3b434621">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Board of Regents Faculty Regulations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009E0A7C" w:rsidR="00503756" w:rsidP="08B32846" w:rsidRDefault="00503756" w14:paraId="691E3F90" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Rdc152bcbe34a4cda">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Code of Conduct </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009E0A7C" w:rsidR="00503756" w:rsidP="08B32846" w:rsidRDefault="00503756" w14:paraId="4879678E" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="professional-rights-and-responsibilities-(prr)" r:id="Ra1da10952bb04139">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00503756">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F3BFD" w:rsidP="008F3BFD" w:rsidRDefault="008F3BFD" w14:paraId="7B40D13B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B60CC6" w:rsidP="00B60CC6" w:rsidRDefault="00B60CC6" w14:paraId="4D9C12EC" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
-[...46 lines deleted...]
-    <w:p w14:paraId="7CDBB7D4" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk52964590" w:id="8"/>
+      <w:r w:rsidRPr="00E41621">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Requirements and Conditions of Employment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B60CC6" w:rsidP="00B60CC6" w:rsidRDefault="00B60CC6" w14:paraId="778EC1F2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="600D00F9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State law specifically requires that you be an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>employee-at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-will in your non-tenure track position and that the following paragraph be included in this letter of offer.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008436CB" w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="6DEB2D5E" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1428482A" w14:textId="77777777" w:rsidR="00CA2D30" w:rsidRPr="00A84332" w:rsidRDefault="00CA2D30" w:rsidP="00CA2D30">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="008436CB" w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="723851FA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="clear" w:pos="10080"/>
           <w:tab w:val="clear" w:pos="10800"/>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A84332">
+      <w:r w:rsidRPr="008436CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Your appointment is at-will, which means you do not have a contractual right, express or implied, to remain in the university’s employ and where either the university or you may </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A84332">
+        <w:t xml:space="preserve">Your appointment is at-will, which means you do not have a contractual right, express or implied, to remain in the university’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008436CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...13 lines deleted...]
-    <w:p w14:paraId="0BCB0921" w14:textId="7C7E47F5" w:rsidR="0012009B" w:rsidRPr="00C11AE0" w:rsidRDefault="00515D2B" w:rsidP="00B27D42">
+        <w:t>employ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008436CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and where either the university or you may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008436CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lawfully terminate the employment relationship at any time, with or without cause. No compensation, whether as a buy-out of the remaining term of contract, as liquidated damages, or as any other form of remuneration, shall be owed or paid to you upon or after termination of such contract except for compensation that was earned prior to the date of termination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00123CCC" w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="75ADD423" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="630" w:hanging="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="28B02758" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>This offer is contingent upon the satisfactory completion of a criminal background check as required by the University.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004E6C38" w:rsidRPr="00772196">
+        <w:t xml:space="preserve">This offer is contingent upon the satisfactory completion of a criminal background check as required by the University. You will receive an e-mail from the University’s external vendor, HireRight Customer </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> You will receive an e-mail from the University’s external vendor, HireRight Customer </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00560A42">
+        <w:t>Service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Service</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00560A42">
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>customerservice@hireright.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004E6C38" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) that will direct you to complete the authorization form online. The background check must be completed prior to employment.</w:t>
       </w:r>
-      <w:r w:rsidR="00175C52">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00772196" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">By accepting this offer you verify that you’ve read the University’s background check requirements, including </w:t>
       </w:r>
-      <w:r w:rsidR="006C7DFA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidR="00772196" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> self-disclosure obligation</w:t>
       </w:r>
-      <w:r w:rsidR="00BF77DF">
-[...7 lines deleted...]
-      <w:r w:rsidR="006C7DFA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> which begins from the date of acceptance</w:t>
       </w:r>
-      <w:r w:rsidR="00772196" w:rsidRPr="00772196">
-[...24 lines deleted...]
-        <w:r w:rsidR="00710832" w:rsidRPr="00710832">
+      <w:r w:rsidRPr="00772196">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, available on the web at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED1D2C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId18">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.colorado.edu/policies/background-check-policy</w:t>
+          <w:t>https://www.colorado.edu/compliance/policies/background-check-policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C81533">
+      <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00772196" w:rsidRPr="00772196">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk89181468"/>
-      <w:r w:rsidR="00327235" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00327235" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If faculty member has already completed </w:t>
       </w:r>
-      <w:r w:rsidR="00327235">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a background check</w:t>
       </w:r>
-      <w:r w:rsidR="00327235" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, then this paragraph can be omitted.</w:t>
       </w:r>
-      <w:r w:rsidR="00327235" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00810C42">
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="08E232B7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="006D5A2E" w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="68C03E7D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All new faculty at the University of Colorado Boulder are required to complete training on sexual misconduct, discrimination</w:t>
       </w:r>
-      <w:r w:rsidR="00A84332">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00810C42">
-[...86 lines deleted...]
-        <w:r w:rsidR="00710832" w:rsidRPr="006D5A2E">
+      <w:r w:rsidRPr="006D5A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and harassment. A CU Identikey is required </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D5A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D5A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> access the training. You will receive an e-mail from your college or school personnel coordinator once your Identikey has been established. Once your Identikey is in place, please visit the following web address located on the Office of Institutional Equity and Compliance (OIEC) website for instructions on how to complete the required training: </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId19">
+        <w:r w:rsidRPr="00ED1D2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>http</w:t>
-[...17 lines deleted...]
-          <w:t>://www.colorado.edu/institutionalequity/training-and-education</w:t>
+          <w:t>https://www.colorado.edu/institutionalequity/training-and-education</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006D5A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00710832">
-[...32 lines deleted...]
-      <w:r w:rsidR="00A84332" w:rsidRPr="0022215A">
+    </w:p>
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="322A4177" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The online training must be completed prior to the in-person campus New Faculty Orientation to be held on </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk162430313" w:id="9"/>
+      <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00A84332" w:rsidRPr="0022215A">
+      <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert date – New Faculty Orientation is held exactly one week before the first day of Fall classes each year</w:t>
       </w:r>
-      <w:r w:rsidR="00A84332" w:rsidRPr="0022215A">
+      <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00A84332" w:rsidRPr="00810C42">
+      <w:r w:rsidRPr="00810C42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A84332">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...92 lines deleted...]
-    <w:p w14:paraId="74D1144C" w14:textId="77777777" w:rsidR="00744BF2" w:rsidRPr="00F56568" w:rsidRDefault="00744BF2" w:rsidP="00744BF2">
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="1A1E35F8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="1409265D" w14:textId="5FEA7E7A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="242424"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="0053117D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="242424"/>
-[...8 lines deleted...]
-        <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="0053117D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cademic Affairs P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="0053117D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">olicy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="0053117D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="Re571f8b4ef224078">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Professional Rights and Responsibilities of Faculty Members and Roles and Professional Responsibilities of Academic Leaders </w:t>
+        </w:r>
+        <w:r w:rsidRPr="08B32846" w:rsidR="0053117D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">and accompanying procedures </w:t>
+        </w:r>
+        <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">(PRR) </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sets forth a foundation for supporting a positive and respectful faculty work culture. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="0053117D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are expected to understand and incorporate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="0053117D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part II of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the PRR into the fabric of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="0053117D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> research, scholarship, creative work, teaching, and service. Training for all faculty in understanding and using the PRR is available through </w:t>
+      </w:r>
+      <w:hyperlink r:id="R5670b002d1b5495a">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Percipio</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Some issues can be harder to resolve, so the Regents specify </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grievance rights and processes (See </w:t>
+      </w:r>
+      <w:hyperlink r:id="Rca93b1c3e87d4d5f">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Regent Law 5, Part D</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+      <w:hyperlink r:id="R97b33c39ecbf4fa1">
+        <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Regent Policy 5.G</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08B32846" w:rsidR="00D95004">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="3E118B43" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="42185C23" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41621">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pursuant to the Immigration Reform and Control Act (IRCA), the University must verify your employment eligibility within the first three working days of employment. As a condition of employment, you must complete an I-9 Form and provide the University with certain documents verifying employment eligibility.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41621">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41621">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B55B53" w:rsidR="00D95004" w:rsidP="596DA4B5" w:rsidRDefault="00D95004" w14:paraId="3B93798A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596DA4B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This position is exempt from the overtime provisions of the Fair Labor Standards Act and as such is not eligible for overtime compensation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="596DA4B5" w:rsidP="596DA4B5" w:rsidRDefault="596DA4B5" w14:paraId="70596B1D" w14:textId="5A9F70B6">
+      <w:pPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B63D21" w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="23AA8045" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The laws of the state of Colorado require that faculty members of the University who are citizens of the United States affirm in writing that they will support the constitutions of the United States and of Colorado, and that they will faithfully execute the duties of their employment. The required </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>faculty pledge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> form is enclosed. </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk161991320" w:id="21"/>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If faculty member has already completed the pledge, then this paragraph can be omitted.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="5F07A870" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="43D5B491" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56568">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>CU receives a large portion of its research funding from U.S. government agencies, and some of this research involves technology that is of a sensitive nature, either for national security reasons or otherwise. As a result, your ability to publish your research and to employ or collaborate with foreign nationals may be contingent upon obtaining authorization from the U.S. Departments of State, Commerce or Treasury. The CU Office of Export Controls can assist in making this determination and applying for authorization. Please use the research support toolki</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t found here, </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId23">
+        <w:r w:rsidRPr="00D84C39">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/researchinnovation/ori</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, or </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F1465" w:rsidRPr="002F1465">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56568">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD5945">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t xml:space="preserve">contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="002F1465" w:rsidRPr="00525D1A">
+      <w:hyperlink w:history="1" r:id="rId24">
+        <w:r w:rsidRPr="00525D1A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>exportcontrolshelp@colorado.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002F1465">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F1465" w:rsidRPr="002F1465">
+      <w:r w:rsidRPr="00BD5945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>for any questions or concerns you might have.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A3F3F4" w14:textId="77777777" w:rsidR="00101FA1" w:rsidRDefault="00101FA1" w:rsidP="00101FA1">
+    <w:p w:rsidR="00D95004" w:rsidP="00D95004" w:rsidRDefault="00D95004" w14:paraId="787CFD62" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD284E5" w14:textId="77777777" w:rsidR="00101FA1" w:rsidRDefault="00101FA1" w:rsidP="00101FA1">
+    <w:p w:rsidRPr="00D95004" w:rsidR="002F1465" w:rsidP="00624A27" w:rsidRDefault="00D95004" w14:paraId="68669894" w14:textId="31FFBACC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">All faculty responsible for the purpose, design, conduct, or reporting of research on campus are required to disclose significant financial and personal interests and external professional activities. Please review the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r>
+      <w:hyperlink w:history="1" r:id="rId25">
+        <w:r w:rsidRPr="00F56568">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Disclosure of External Professional Activities (DEPA) Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33413A4E" w14:textId="77777777" w:rsidR="002F1465" w:rsidRDefault="002F1465" w:rsidP="00624A27">
-[...26 lines deleted...]
-    <w:p w14:paraId="49118A74" w14:textId="77777777" w:rsidR="00C81533" w:rsidRPr="00920F20" w:rsidRDefault="00C81533" w:rsidP="00C81533">
+    <w:p w:rsidR="002F1465" w:rsidP="00624A27" w:rsidRDefault="002F1465" w14:paraId="42F8423A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00C81533" w:rsidP="00C81533" w:rsidRDefault="00C81533" w14:paraId="49118A74" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Benefits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0022215A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F966BF" w14:textId="77777777" w:rsidR="00C81533" w:rsidRDefault="00C81533" w:rsidP="00624A27">
-[...8 lines deleted...]
-    <w:p w14:paraId="3AE788BA" w14:textId="77777777" w:rsidR="00B64260" w:rsidRDefault="001C62E6" w:rsidP="00624A27">
+    <w:p w:rsidR="00C81533" w:rsidP="00624A27" w:rsidRDefault="00C81533" w14:paraId="40F966BF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B64260" w:rsidP="00624A27" w:rsidRDefault="001C62E6" w14:paraId="3AE788BA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have any questions about available benefits as a faculty member, please contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="000E3FF9" w:rsidRPr="009114BA">
+      <w:hyperlink w:history="1" r:id="rId26">
+        <w:r w:rsidRPr="009114BA" w:rsidR="000E3FF9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>Benefits</w:t>
         </w:r>
-        <w:r w:rsidR="005D3002" w:rsidRPr="009114BA">
+        <w:r w:rsidRPr="009114BA" w:rsidR="005D3002">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
-        <w:r w:rsidR="000E3FF9" w:rsidRPr="009114BA">
+        <w:r w:rsidRPr="009114BA" w:rsidR="000E3FF9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="005D3002" w:rsidRPr="009114BA">
+        <w:r w:rsidRPr="009114BA" w:rsidR="005D3002">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>part of Employee Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005D3002">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(303) </w:t>
       </w:r>
       <w:r w:rsidR="00A758BE">
@@ -3036,974 +3901,1034 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>860-4200</w:t>
       </w:r>
       <w:r w:rsidR="005D3002">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, option 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. You have 31 days from your hire date to enroll in any benefits programs. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD073F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>If your appointment begins on the first of the month, medical and dental coverage begin on that date. If your appointment begins on any other date, coverage begins the first day of the following month. Your specific start date and benefits eligibility are determined by University policy.</w:t>
+        <w:t xml:space="preserve">If your appointment begins on the first of the month, medical and dental coverage begin on that date. If your appointment begins on any other date, coverage begins the first day of the following month. Your specific start date and benefits eligibility are determined by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD073F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD073F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy.</w:t>
       </w:r>
       <w:r w:rsidR="00624A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> For additional information, please see the following link</w:t>
       </w:r>
       <w:r w:rsidR="005224A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r w:rsidR="00624A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F750B27" w14:textId="77777777" w:rsidR="00624A27" w:rsidRDefault="00B64260" w:rsidP="00624A27">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId15" w:history="1">
+    <w:p w:rsidR="00624A27" w:rsidP="00624A27" w:rsidRDefault="00B64260" w14:paraId="5F750B27" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId27">
         <w:r w:rsidRPr="004236B4">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.cu.edu/employee-services/benefits-wellness</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006F6C1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2839D13A" w14:textId="77777777" w:rsidR="00C81533" w:rsidRDefault="00C81533" w:rsidP="00624A27">
+    <w:p w:rsidR="00C81533" w:rsidP="00624A27" w:rsidRDefault="00C81533" w14:paraId="2839D13A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1C73CA" w14:textId="77777777" w:rsidR="00624A27" w:rsidRPr="00624A27" w:rsidRDefault="00624A27" w:rsidP="001C62E6">
-[...7 lines deleted...]
-    <w:p w14:paraId="5792DE6E" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidRPr="00624A27" w:rsidR="00624A27" w:rsidP="001C62E6" w:rsidRDefault="00624A27" w14:paraId="4D1C73CA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="5792DE6E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In order that a recommendation for appointment may be submitted to the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005D3002">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005D3002">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on your behalf, please n</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otify me by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022215A" w:rsidR="003B5C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________, 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022215A" w:rsidR="00B51E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022215A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of your willingness to accept this position by returning the signed letter</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B51E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DocuSign</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. We look forward to your acceptance of this offer and your contributions to the University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA0586" w:rsidRDefault="00EA0586" w14:paraId="386BF7D4" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A503EF" w:rsidRDefault="00A503EF" w14:paraId="210F6000" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sincerely,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6B0D" w:rsidRDefault="00DF6B0D" w14:paraId="65E2ADA0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF4406" w:rsidRDefault="00BF4406" w14:paraId="442BB3DC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="5B9FC581" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD79FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="1B68C3C0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chair </w:t>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD79FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="1D2A6715" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="7EC14B4B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Concurred by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF4406" w:rsidRDefault="00BF4406" w14:paraId="58728510" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="3C67AABA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF4406" w:rsidRDefault="007E1219" w14:paraId="700D7B55" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD79FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="50415CF2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dean </w:t>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD79FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="76978D7F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="2F1C3C52" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="6942E0F1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD79FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001B1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B1B0E" w:rsidRDefault="001B1B0E" w14:paraId="45BC5E82" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Michele Moses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD79FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="008E39A9" w14:paraId="66827CB6" w14:textId="1E9BA69F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vice Chancellor and Senior Vice Provost</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Faculty Affairs </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="36F74A01" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="47DED3D1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I accept this offer of the faculty position described above, with the understanding that this offer is conditional upon approval of my appointment by the </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3002">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Provost </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>on your behalf, please n</w:t>
-[...782 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">of the University of Colorado </w:t>
       </w:r>
       <w:r w:rsidR="00586061">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A70CF65" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="64D120B1" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="4A70CF65" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="64D120B1" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -4026,51 +4951,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
       <w:r w:rsidR="00FD79FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E01FAF" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="45E01FAF" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -4084,200 +5009,207 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FD79FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="422C604E" w14:textId="77777777" w:rsidR="005D3002" w:rsidRDefault="005D3002">
+    <w:p w:rsidR="005D3002" w:rsidRDefault="005D3002" w14:paraId="422C604E" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B77611C" w14:textId="77777777" w:rsidR="005D3002" w:rsidRDefault="005D3002">
+    <w:p w:rsidR="005D3002" w:rsidRDefault="005D3002" w14:paraId="3B77611C" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DD541AA" w14:textId="77777777" w:rsidR="005D3002" w:rsidRDefault="005D3002">
+    <w:p w:rsidR="005D3002" w:rsidRDefault="005D3002" w14:paraId="6DD541AA" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Candidate e-mail address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29451670" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...45 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="29451670" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="5A7A8DF1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1465" w:rsidRDefault="002F1465" w14:paraId="2AA44CCA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="7C22ACFB" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">I decline this offer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595323F3" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="65970A66" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="595323F3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="65970A66" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E76E52F" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="6E76E52F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -4313,196 +5245,554 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62433F1F" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113">
-[...11 lines deleted...]
-    <w:p w14:paraId="36B43295" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113">
+    <w:p w:rsidR="00200113" w:rsidRDefault="00200113" w14:paraId="62433F1F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="48D97CA0" w14:textId="77777777"/>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="5A8EE356" w14:textId="77777777"/>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="36B43295" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A055DE3" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113">
+    <w:p w:rsidR="00200113" w:rsidP="2C3905B1" w:rsidRDefault="00200113" w14:paraId="3A055DE3" w14:textId="7E390388">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="FF000000" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="FF000000" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="FF000000" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="FF000000" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="00200113">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Candidate:  Please proceed to the final page of this document to provide additional required information.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7AEFAC8C" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113">
+        <w:t>Candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Please</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proceed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the final page of this document to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2C3905B1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="7AEFAC8C" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57BB63F4" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113"/>
-    <w:p w14:paraId="4AF67376" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113"/>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="57BB63F4" w14:textId="77777777"/>
+    <w:p w:rsidR="00200113" w:rsidRDefault="00200113" w14:paraId="4AF67376" w14:textId="77777777"/>
     <w:sectPr w:rsidR="00200113" w:rsidSect="00334BCF">
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="11">
+    <w:nsid w:val="70318fdf"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08A966DB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="387C61EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C717B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8A8B926"/>
     <w:lvl w:ilvl="0" w:tplc="04685B86">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -4535,64 +5825,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="188E4150"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A77E00BC"/>
     <w:lvl w:ilvl="0" w:tplc="98AC7E4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4626,51 +5916,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19F86A0A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="91620A38"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FB934F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A0235AA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4715,70 +6154,993 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21F2076D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2EC476BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D2D2831"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="54ACD4B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CB72256"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0FF6C704"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B6958BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="692C29CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74F8220A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C9A4588"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FD97673"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F500B2F0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
   <w:num w:numId="1" w16cid:durableId="469439430">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1129782160">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1129782160">
+  <w:num w:numId="3" w16cid:durableId="735054971">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="735054971">
+  <w:num w:numId="4" w16cid:durableId="920985599">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="607657860">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="389767834">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="332223482">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1067337944">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1829207383">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="819812658">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1600487304">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BC3"/>
     <w:rsid w:val="00003551"/>
     <w:rsid w:val="0001422D"/>
     <w:rsid w:val="00035C8D"/>
     <w:rsid w:val="00060688"/>
     <w:rsid w:val="00061E6D"/>
     <w:rsid w:val="00093EF2"/>
     <w:rsid w:val="000960CA"/>
     <w:rsid w:val="000B70AB"/>
     <w:rsid w:val="000E3FF9"/>
@@ -4786,210 +7148,257 @@
     <w:rsid w:val="00101FA1"/>
     <w:rsid w:val="00112166"/>
     <w:rsid w:val="0012009B"/>
     <w:rsid w:val="00120F58"/>
     <w:rsid w:val="0014124A"/>
     <w:rsid w:val="00144045"/>
     <w:rsid w:val="00145A24"/>
     <w:rsid w:val="00175C52"/>
     <w:rsid w:val="00196BC3"/>
     <w:rsid w:val="001B1B0E"/>
     <w:rsid w:val="001C62E6"/>
     <w:rsid w:val="001C79C0"/>
     <w:rsid w:val="001F092A"/>
     <w:rsid w:val="00200113"/>
     <w:rsid w:val="0022215A"/>
     <w:rsid w:val="00247FC7"/>
     <w:rsid w:val="002604A7"/>
     <w:rsid w:val="00264984"/>
     <w:rsid w:val="002C6697"/>
     <w:rsid w:val="002F1465"/>
     <w:rsid w:val="00327235"/>
     <w:rsid w:val="00334BCF"/>
     <w:rsid w:val="00367F37"/>
     <w:rsid w:val="0037776D"/>
     <w:rsid w:val="00377928"/>
+    <w:rsid w:val="00384BE0"/>
     <w:rsid w:val="00390C11"/>
     <w:rsid w:val="003B071C"/>
     <w:rsid w:val="003B5C8D"/>
     <w:rsid w:val="004049CA"/>
     <w:rsid w:val="00405168"/>
     <w:rsid w:val="00430AC0"/>
     <w:rsid w:val="00452024"/>
     <w:rsid w:val="004657B3"/>
     <w:rsid w:val="00477525"/>
     <w:rsid w:val="0049660E"/>
+    <w:rsid w:val="004A465A"/>
     <w:rsid w:val="004A737C"/>
     <w:rsid w:val="004B058A"/>
     <w:rsid w:val="004C2F62"/>
+    <w:rsid w:val="004C5D3A"/>
     <w:rsid w:val="004D1CBD"/>
     <w:rsid w:val="004E6C38"/>
+    <w:rsid w:val="00503756"/>
     <w:rsid w:val="00511143"/>
     <w:rsid w:val="005149A5"/>
     <w:rsid w:val="00515D2B"/>
+    <w:rsid w:val="005212B8"/>
     <w:rsid w:val="005224A9"/>
+    <w:rsid w:val="0053117D"/>
     <w:rsid w:val="00533B40"/>
     <w:rsid w:val="005354E6"/>
     <w:rsid w:val="00550E2A"/>
+    <w:rsid w:val="00556466"/>
     <w:rsid w:val="00560A42"/>
     <w:rsid w:val="00565227"/>
     <w:rsid w:val="005845E2"/>
     <w:rsid w:val="00586061"/>
+    <w:rsid w:val="00591F04"/>
     <w:rsid w:val="005976C8"/>
     <w:rsid w:val="005A5182"/>
     <w:rsid w:val="005B6CC6"/>
     <w:rsid w:val="005D3002"/>
     <w:rsid w:val="005E001F"/>
     <w:rsid w:val="005F0763"/>
     <w:rsid w:val="00600D4A"/>
     <w:rsid w:val="00624A27"/>
+    <w:rsid w:val="006256A7"/>
     <w:rsid w:val="006557B0"/>
+    <w:rsid w:val="00671197"/>
     <w:rsid w:val="006804EF"/>
     <w:rsid w:val="006A4FE6"/>
     <w:rsid w:val="006C0AD7"/>
     <w:rsid w:val="006C129C"/>
     <w:rsid w:val="006C7DFA"/>
     <w:rsid w:val="006D5A2E"/>
     <w:rsid w:val="006F6C1E"/>
     <w:rsid w:val="00710832"/>
     <w:rsid w:val="0071248B"/>
     <w:rsid w:val="00717400"/>
     <w:rsid w:val="00720420"/>
     <w:rsid w:val="00744BF2"/>
     <w:rsid w:val="00772196"/>
+    <w:rsid w:val="00781AED"/>
     <w:rsid w:val="00791C66"/>
+    <w:rsid w:val="007A4E21"/>
     <w:rsid w:val="007B5CEB"/>
     <w:rsid w:val="007C40B7"/>
     <w:rsid w:val="007C62B1"/>
     <w:rsid w:val="007E1219"/>
     <w:rsid w:val="007E5661"/>
+    <w:rsid w:val="007F202E"/>
     <w:rsid w:val="00884FF6"/>
     <w:rsid w:val="00887961"/>
     <w:rsid w:val="008E39A9"/>
     <w:rsid w:val="008F3BFD"/>
     <w:rsid w:val="009077CF"/>
     <w:rsid w:val="009114BA"/>
     <w:rsid w:val="00931187"/>
     <w:rsid w:val="00980071"/>
     <w:rsid w:val="00996979"/>
     <w:rsid w:val="009B3756"/>
     <w:rsid w:val="009E1572"/>
+    <w:rsid w:val="009F38FE"/>
     <w:rsid w:val="00A1391F"/>
+    <w:rsid w:val="00A40D1B"/>
     <w:rsid w:val="00A503EF"/>
     <w:rsid w:val="00A5775F"/>
     <w:rsid w:val="00A74E2D"/>
     <w:rsid w:val="00A758BE"/>
     <w:rsid w:val="00A84332"/>
     <w:rsid w:val="00A86682"/>
     <w:rsid w:val="00AA4EDC"/>
     <w:rsid w:val="00AB5257"/>
     <w:rsid w:val="00B1034E"/>
     <w:rsid w:val="00B27D42"/>
     <w:rsid w:val="00B51E09"/>
+    <w:rsid w:val="00B60B33"/>
+    <w:rsid w:val="00B60CC6"/>
     <w:rsid w:val="00B626F4"/>
     <w:rsid w:val="00B64260"/>
     <w:rsid w:val="00B66858"/>
     <w:rsid w:val="00B820A3"/>
     <w:rsid w:val="00B93D63"/>
     <w:rsid w:val="00BF4406"/>
     <w:rsid w:val="00BF5C6E"/>
     <w:rsid w:val="00BF77DF"/>
     <w:rsid w:val="00C13C0D"/>
     <w:rsid w:val="00C175DD"/>
+    <w:rsid w:val="00C20124"/>
     <w:rsid w:val="00C42368"/>
     <w:rsid w:val="00C45B3B"/>
     <w:rsid w:val="00C46565"/>
     <w:rsid w:val="00C4756E"/>
     <w:rsid w:val="00C50EDB"/>
-    <w:rsid w:val="00C64A45"/>
+    <w:rsid w:val="00C619E0"/>
+    <w:rsid w:val="00C71863"/>
     <w:rsid w:val="00C81533"/>
     <w:rsid w:val="00C846F1"/>
     <w:rsid w:val="00CA2D30"/>
     <w:rsid w:val="00CB3C5C"/>
     <w:rsid w:val="00CB5BAB"/>
     <w:rsid w:val="00CD5FFD"/>
     <w:rsid w:val="00CF4BFA"/>
     <w:rsid w:val="00CF6BA5"/>
-    <w:rsid w:val="00D03CCD"/>
     <w:rsid w:val="00D12205"/>
     <w:rsid w:val="00D52DFC"/>
+    <w:rsid w:val="00D70BAC"/>
+    <w:rsid w:val="00D95004"/>
     <w:rsid w:val="00DA1041"/>
     <w:rsid w:val="00DF2DFE"/>
     <w:rsid w:val="00DF6B0D"/>
+    <w:rsid w:val="00E07DCF"/>
     <w:rsid w:val="00E35DCE"/>
     <w:rsid w:val="00E40323"/>
+    <w:rsid w:val="00E96614"/>
     <w:rsid w:val="00EA0586"/>
     <w:rsid w:val="00EB3981"/>
     <w:rsid w:val="00EC3348"/>
     <w:rsid w:val="00EE7210"/>
+    <w:rsid w:val="00F049F5"/>
     <w:rsid w:val="00F506D8"/>
     <w:rsid w:val="00F521B8"/>
     <w:rsid w:val="00F56568"/>
     <w:rsid w:val="00F73CA3"/>
     <w:rsid w:val="00F7590E"/>
     <w:rsid w:val="00FB7B82"/>
     <w:rsid w:val="00FD2D39"/>
     <w:rsid w:val="00FD79FA"/>
     <w:rsid w:val="00FF3EB0"/>
+    <w:rsid w:val="05460A44"/>
+    <w:rsid w:val="082286F6"/>
+    <w:rsid w:val="08B32846"/>
+    <w:rsid w:val="1499D697"/>
+    <w:rsid w:val="1B8A9C7E"/>
+    <w:rsid w:val="2C3905B1"/>
+    <w:rsid w:val="2E83ACEC"/>
+    <w:rsid w:val="2F783CB5"/>
+    <w:rsid w:val="2F916BD1"/>
+    <w:rsid w:val="34DF7EA0"/>
+    <w:rsid w:val="3A65C845"/>
+    <w:rsid w:val="4B477DFB"/>
+    <w:rsid w:val="4B9F1115"/>
+    <w:rsid w:val="4D515376"/>
+    <w:rsid w:val="508E50B6"/>
+    <w:rsid w:val="58CB38F1"/>
+    <w:rsid w:val="596B0671"/>
+    <w:rsid w:val="596DA4B5"/>
+    <w:rsid w:val="5F1B4B0C"/>
+    <w:rsid w:val="6A5D2AF1"/>
+    <w:rsid w:val="7267D98F"/>
+    <w:rsid w:val="74BB9E6F"/>
+    <w:rsid w:val="75D263FD"/>
+    <w:rsid w:val="7B714570"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7D116BBD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B92F8719-7B1B-B343-8167-EB0A20CAD38C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5011,73 +7420,73 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -5120,52 +7529,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5226,231 +7635,231 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00175383"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00717400"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00624A27"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="005149A5"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00B51E09"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="00B51E09"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="00B51E09"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00B51E09"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00B51E09"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009114BA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C81533"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00CA2D30"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00CA2D30"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
+  <w:style w:type="character" w:styleId="ui-provider" w:customStyle="1">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00996979"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EB3981"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="359667237">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5507,56 +7916,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1911816209">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services/benefits-wellness" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/policies/background-check-policy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services/benefits-wellness" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="Rf64002cce48843f8" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="Ra0692c3846894cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External" Id="R521ef6872a604044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External" Id="Rca0d59b3e12d49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="R4ebb12992dd44c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External" Id="R16b756560e634a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="Rf540cca66e294284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="Rba75b58b3b434621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External" Id="Rdc152bcbe34a4cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="Ra1da10952bb04139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bfa/media/861" TargetMode="External" Id="Re571f8b4ef224078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universityofcolorado.percipio.com/linked-contents/895d5941-845c-4730-9573-83b534a2602b/landing" TargetMode="External" Id="R5670b002d1b5495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="Rca93b1c3e87d4d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="R97b33c39ecbf4fa1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -5810,324 +8218,415 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039E060FC2A31B442A6906E10C7ECD1EB" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd5a72256ad21731f35891792ed31a3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47997a34-eb9a-4eaa-a761-1788e724c96a" xmlns:ns3="87a02735-565f-44ef-8fff-c62e8983cbfe" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f56f920a5c30958b9a9f275aea1b029" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <xsd:import namespace="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="47997a34-eb9a-4eaa-a761-1788e724c96a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="52802cc5-2881-4dd7-9d75-38905e9cf7fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="87a02735-565f-44ef-8fff-c62e8983cbfe" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{40d1bab6-1ad4-4fc6-99b1-72e259f7d025}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="87a02735-565f-44ef-8fff-c62e8983cbfe">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="47997a34-eb9a-4eaa-a761-1788e724c96a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47075F8E-CB3B-4A01-B9E4-C95B0F7A3D40}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61793E2F-E310-4F84-BF79-F6469C50F6BB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <ds:schemaRef ds:uri="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0261A15-B943-45BA-9B6E-781A0AFC70CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C39B08A-C20F-4CFD-890A-1C1FBD741B78}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...269 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University Of Colorado</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NON-TENURE TRACK TEMPLATE</dc:title>
   <dc:subject/>
   <dc:creator>Neal Meier</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039E060FC2A31B442A6906E10C7ECD1EB</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+</Properties>
+</file>