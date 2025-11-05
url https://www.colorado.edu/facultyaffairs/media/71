--- v0 (2025-10-03)
+++ v1 (2025-11-05)
@@ -106,69 +106,89 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E185A3F" w14:textId="77777777" w:rsidR="008D6C15" w:rsidRPr="008D6C15" w:rsidRDefault="008D6C15" w:rsidP="008D6C15">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6C15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TEMPLATE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574AE653" w14:textId="56C90969" w:rsidR="008D6C15" w:rsidRDefault="008D6C15" w:rsidP="008D6C15">
+    <w:p w14:paraId="574AE653" w14:textId="0E1A0131" w:rsidR="008D6C15" w:rsidRDefault="008D6C15" w:rsidP="008D6C15">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6C15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Revised Spring 202</w:t>
+        <w:t xml:space="preserve">Revised </w:t>
+      </w:r>
+      <w:r w:rsidR="00936F7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="00045AA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F72DAE9" w14:textId="77777777" w:rsidR="008D6C15" w:rsidRPr="008D6C15" w:rsidRDefault="008D6C15" w:rsidP="008D6C15">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1185105A" w14:textId="69641345" w:rsidR="007E1219" w:rsidRPr="00C3036C" w:rsidRDefault="00A90052" w:rsidP="00106B4A">
       <w:pPr>
@@ -2517,78 +2537,87 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert link to the department or program primary unit criteria here].</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="23AA4D2A" w14:textId="77777777" w:rsidR="008F3BFD" w:rsidRDefault="008F3BFD" w:rsidP="008F3BFD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61A397E8" w14:textId="77777777" w:rsidR="00B55B53" w:rsidRDefault="00B55B53" w:rsidP="00B55B53">
+    <w:p w14:paraId="61A397E8" w14:textId="5DAD7185" w:rsidR="00B55B53" w:rsidRDefault="00B55B53" w:rsidP="00B55B53">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk52964590"/>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="004379DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Regent Policy 5.J</w:t>
+          <w:t>Regent Policy 5.</w:t>
+        </w:r>
+        <w:r w:rsidR="00936F7F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="004379DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APS 1013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
@@ -5192,58 +5221,58 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08FF4AE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1ED41E94"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5514,51 +5543,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1457022204">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1857619365">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="180"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BC3"/>
     <w:rsid w:val="0001422D"/>
     <w:rsid w:val="00035C8D"/>
     <w:rsid w:val="00045AA0"/>
     <w:rsid w:val="00076368"/>
@@ -5632,88 +5661,90 @@
     <w:rsid w:val="006E4667"/>
     <w:rsid w:val="006F6C1E"/>
     <w:rsid w:val="007107B9"/>
     <w:rsid w:val="00717400"/>
     <w:rsid w:val="00720420"/>
     <w:rsid w:val="007348BB"/>
     <w:rsid w:val="00744BF2"/>
     <w:rsid w:val="00772196"/>
     <w:rsid w:val="00783FD9"/>
     <w:rsid w:val="00791C66"/>
     <w:rsid w:val="007C40B7"/>
     <w:rsid w:val="007C62B1"/>
     <w:rsid w:val="007E1219"/>
     <w:rsid w:val="007E5661"/>
     <w:rsid w:val="007F79B6"/>
     <w:rsid w:val="007F7BFF"/>
     <w:rsid w:val="008436CB"/>
     <w:rsid w:val="00890E40"/>
     <w:rsid w:val="00894332"/>
     <w:rsid w:val="008A0A5D"/>
     <w:rsid w:val="008D6C15"/>
     <w:rsid w:val="008F3BFD"/>
     <w:rsid w:val="009077CF"/>
     <w:rsid w:val="00931187"/>
     <w:rsid w:val="0093220D"/>
+    <w:rsid w:val="00936F7F"/>
     <w:rsid w:val="00980071"/>
     <w:rsid w:val="009C6FDF"/>
     <w:rsid w:val="009E1572"/>
     <w:rsid w:val="00A1391F"/>
     <w:rsid w:val="00A24B39"/>
     <w:rsid w:val="00A45D8E"/>
     <w:rsid w:val="00A503EF"/>
     <w:rsid w:val="00A55859"/>
     <w:rsid w:val="00A72957"/>
     <w:rsid w:val="00A74E2D"/>
     <w:rsid w:val="00A758BE"/>
     <w:rsid w:val="00A90052"/>
     <w:rsid w:val="00AA29B2"/>
     <w:rsid w:val="00AA4EDC"/>
     <w:rsid w:val="00AB2CAC"/>
     <w:rsid w:val="00B25586"/>
     <w:rsid w:val="00B33D25"/>
     <w:rsid w:val="00B51E09"/>
     <w:rsid w:val="00B55B53"/>
     <w:rsid w:val="00B626F4"/>
     <w:rsid w:val="00B64260"/>
     <w:rsid w:val="00B817FC"/>
     <w:rsid w:val="00B820A3"/>
     <w:rsid w:val="00B92362"/>
     <w:rsid w:val="00BD5945"/>
     <w:rsid w:val="00BE77FA"/>
     <w:rsid w:val="00BF4406"/>
     <w:rsid w:val="00BF5C6E"/>
     <w:rsid w:val="00C3036C"/>
     <w:rsid w:val="00C323A7"/>
     <w:rsid w:val="00C45B3B"/>
     <w:rsid w:val="00C4756E"/>
     <w:rsid w:val="00C764F2"/>
     <w:rsid w:val="00CB5BAB"/>
     <w:rsid w:val="00CD5FFD"/>
     <w:rsid w:val="00CD7C32"/>
     <w:rsid w:val="00CE157B"/>
     <w:rsid w:val="00CF4BFA"/>
+    <w:rsid w:val="00D03CCD"/>
     <w:rsid w:val="00D2621A"/>
     <w:rsid w:val="00D350E6"/>
     <w:rsid w:val="00D52DFC"/>
     <w:rsid w:val="00D77967"/>
     <w:rsid w:val="00D83650"/>
     <w:rsid w:val="00DA1041"/>
     <w:rsid w:val="00DF2DFE"/>
     <w:rsid w:val="00DF6B0D"/>
     <w:rsid w:val="00E233D8"/>
     <w:rsid w:val="00E2425B"/>
     <w:rsid w:val="00E35DCE"/>
     <w:rsid w:val="00E40323"/>
     <w:rsid w:val="00E63351"/>
     <w:rsid w:val="00EA0586"/>
     <w:rsid w:val="00EB1336"/>
     <w:rsid w:val="00EC3348"/>
     <w:rsid w:val="00ED1D2C"/>
     <w:rsid w:val="00F0046D"/>
     <w:rsid w:val="00F212ED"/>
     <w:rsid w:val="00F43A6B"/>
     <w:rsid w:val="00F506D8"/>
     <w:rsid w:val="00F521B8"/>
     <w:rsid w:val="00F73CA3"/>
     <w:rsid w:val="00F7590E"/>
     <w:rsid w:val="00FB7B82"/>
@@ -6039,50 +6070,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00175383"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -6604,78 +6636,78 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{647B9F20-12CE-474C-9DAB-314980C0A875}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1848</Words>
-  <Characters>12046</Characters>
+  <Words>2073</Words>
+  <Characters>11819</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
+  <Lines>98</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NON-TENURE TRACK TEMPLATE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University Of Colorado</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13867</CharactersWithSpaces>
+  <CharactersWithSpaces>13865</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="72" baseType="variant">
       <vt:variant>
         <vt:i4>3145829</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.cu.edu/employee-services/benefits-wellness</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4980840</vt:i4>
       </vt:variant>
       <vt:variant>