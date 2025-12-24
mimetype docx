--- v1 (2025-11-05)
+++ v2 (2025-12-24)
@@ -1,1348 +1,1667 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="16061365" w14:textId="14BA57E3" w:rsidR="008D6C15" w:rsidRPr="00C3036C" w:rsidRDefault="00106B4A" w:rsidP="008D6C15">
-[...72 lines deleted...]
-    <w:p w14:paraId="0222DA2B" w14:textId="77777777" w:rsidR="008D6C15" w:rsidRDefault="008D6C15">
+    <w:p w:rsidR="008D6C15" w:rsidRDefault="008D6C15" w14:paraId="0222DA2B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E185A3F" w14:textId="77777777" w:rsidR="008D6C15" w:rsidRPr="008D6C15" w:rsidRDefault="008D6C15" w:rsidP="008D6C15">
-[...13 lines deleted...]
-          <w:color w:val="FF0000"/>
+    <w:p w:rsidRPr="008D6C15" w:rsidR="008D6C15" w:rsidP="583F48C9" w:rsidRDefault="008D6C15" w14:paraId="0E185A3F" w14:textId="5ED1A908">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="70A25680" w:rsidR="2A66BDCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AT-WILL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="70A25680" w:rsidR="7E921A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLINICAL/TEACHING </w:t>
+      </w:r>
+      <w:r w:rsidRPr="70A25680" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TEMPLATE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574AE653" w14:textId="0E1A0131" w:rsidR="008D6C15" w:rsidRDefault="008D6C15" w:rsidP="008D6C15">
-[...12 lines deleted...]
-          <w:b/>
+    <w:p w:rsidRPr="008D6C15" w:rsidR="008D6C15" w:rsidP="583F48C9" w:rsidRDefault="008D6C15" w14:paraId="6F72DAE9" w14:textId="0B992D3B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
-      <w:r w:rsidR="00936F7F">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00B130EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fall</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6C15">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00045AA0">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00045AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F72DAE9" w14:textId="77777777" w:rsidR="008D6C15" w:rsidRPr="008D6C15" w:rsidRDefault="008D6C15" w:rsidP="008D6C15">
-[...11 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidRPr="00C3036C" w:rsidR="007E1219" w:rsidP="583F48C9" w:rsidRDefault="00A90052" w14:paraId="7A0D5EB3" w14:textId="0537DBAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00A90052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se for: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C3036C" w:rsidR="007E1219" w:rsidP="73430B10" w:rsidRDefault="00A90052" w14:paraId="7D3456F3" w14:textId="34C6CA27">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="73430B10" w:rsidR="5ECCAE95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1109 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="00106B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Assistant Teaching Professors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="00F521B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Employment Contract for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="00A90052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Teaching or Librarianship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="00106B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C3036C" w:rsidR="007E1219" w:rsidP="70A25680" w:rsidRDefault="00A90052" w14:paraId="4D2A4031" w14:textId="4741AB41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="70A25680" w:rsidR="081D9FDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1108 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="70A25680" w:rsidR="00106B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Associate Teaching Professors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="70A25680" w:rsidR="00F521B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="70A25680" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Employment Contract for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="70A25680" w:rsidR="00A90052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Teaching or Librarianship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00C3036C" w:rsidR="007E1219" w:rsidP="73430B10" w:rsidRDefault="00A90052" w14:paraId="16FE6AF7" w14:textId="2E98F0E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="73430B10" w:rsidR="0FE30995">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1107 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="00106B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Teaching Professors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="00E2425B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Employment Contract for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="00A90052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Teaching or Librarianship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidP="73430B10" w:rsidRDefault="007E1219" w14:paraId="77C37133" w14:textId="1AB857C9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="73430B10" w:rsidR="004149AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Clinical Teaching Track series</w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="4115680B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1211-1216)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="73430B10" w:rsidR="7F1EBE5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not on Employment Contract </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="73430B10" w:rsidP="73430B10" w:rsidRDefault="73430B10" w14:paraId="2E4DC480" w14:textId="297078C5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="24513FB7" w14:textId="0CAC387B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="5C06092D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="6E9AD7F0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="455B152A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dear __</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="5247B337" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="23B31F59" w14:textId="0552ED00">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am pleased to offer you a </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% appointment to the faculty of the University of Colorado </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7B82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Boulder </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C3036C">
+        <w:t>[TITLE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C" w:rsidR="007348BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>U</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E1219" w:rsidRPr="00C3036C">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This offer is made upon the recommendation of the Department of _______________ with the concurrence of the Dean of the _______________ and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00045AA0" w:rsidR="00045AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vice Chancellor and Senior Vice Provost</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Faculty </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Affairs</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
-          <w:color w:val="FF0000"/>
-[...129 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F521B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">subject to final approval by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00264984">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provost and Executive Vice Chancellor for Academic Affairs </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the University of Colorado </w:t>
+      </w:r>
+      <w:r w:rsidR="00586061">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Boulder</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008D6C15" w:rsidRPr="00C3036C">
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00C45B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004149AF" w:rsidRPr="00C3036C">
-[...344 lines deleted...]
-    <w:p w14:paraId="76143F0F" w14:textId="77777777" w:rsidR="00123CCC" w:rsidRPr="00920F20" w:rsidRDefault="00123CCC" w:rsidP="00123CCC">
+    </w:p>
+    <w:p w:rsidR="00515D2B" w:rsidRDefault="00515D2B" w14:paraId="29C64F0F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00123CCC" w:rsidP="5FDBDE21" w:rsidRDefault="00123CCC" w14:paraId="76143F0F" w14:textId="6EBA81C2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5FDBDE21" w:rsidR="00123CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appointment Details</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C77B5">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="5FDBDE21" w:rsidR="00123CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="5FDBDE21" w:rsidR="07B5040F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:dstrike w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00123CCC" w:rsidRDefault="00123CCC" w14:paraId="13030645" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C3036C" w:rsidR="00C764F2" w:rsidP="583F48C9" w:rsidRDefault="007E1219" w14:paraId="6D15D23F" w14:textId="142FDA79">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to approval by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00264984">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00AD0A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00AD0A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert term of appointment, i.e., one-year]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00AD0A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment will be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00AD0A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>effective __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00AD0A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________, 202_.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00B33D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Teaching track</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointments usually start on the first day of an academic semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00EE6BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>initial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> academic year salary will be $________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This is a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00FA567D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non-tenure track </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="003A4F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at-will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="003A4F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be renewable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in accordance with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provisions concerning renewal and reappointment found in the Laws of the Regents.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00C764F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Should the unit elect to renew this appointment, you will be reviewed for reappointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00B130EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no later </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00B130EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00C764F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00C764F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00C764F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[insert </w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00B130EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>last da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00115DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00B130EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00115DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00C764F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00C764F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="37D3AEFE" w14:textId="6B3BAC7D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...47 lines deleted...]
-      <w:r>
+        <w:t>[If a non-renewable appointment, substitute the preceding sentence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C" w:rsidR="00106B4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the following: "This is a non-tenure track appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C" w:rsidR="00106B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is non-renewable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C" w:rsidR="00106B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and it will end ____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>."]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:name="_Hlk213249962" w:id="1"/>
+      <w:r w:rsidRPr="00E97156" w:rsidR="00E97156">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You or the university may terminate the appointment earlier than the end date (see below under #</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5595">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97156" w:rsidR="00E97156">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97156" w:rsidR="00E97156">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="4EED171F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A90052" w:rsidRDefault="007E1219" w14:paraId="4D0E7C02" w14:textId="5EB44F03">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B33D25" w:rsidRPr="00C3036C">
+        <w:t xml:space="preserve">[If applicable]: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A90052">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You will receive $________ to purchase _______________ (a computer, etc.) which will remain the property of the University of Colorado but will be for your exclusive use so long as you remain a member of the faculty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007348BB" w:rsidRDefault="007348BB" w14:paraId="6EB37296" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="00A90052" w14:paraId="789CD9B9" w14:textId="01A98754">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> appointments usually start on the first day of an academic </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C3036C">
+        <w:t>[If applicable]:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
-          <w:color w:val="FF0000"/>
-[...66 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...180 lines deleted...]
-      </w:r>
       <w:r w:rsidR="007E1219">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In order to assist you with your relocation, the University will reimburse the actual moving and transportation costs for you to relocate, up to a maximum of $________ and subject to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId13">
         <w:r w:rsidRPr="00851C41">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>University policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD2D39">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0033CC"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D9DD598" w14:textId="77777777" w:rsidR="00894332" w:rsidRDefault="00894332">
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    <w:p w:rsidR="00894332" w:rsidRDefault="00894332" w14:paraId="4D9DD598" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00894332" w:rsidP="08343BA8" w:rsidRDefault="0217D0A1" w14:paraId="2466FBDD" w14:textId="34149254">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08343BA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please note that the required, one-day New Faculty Orientation will be on August __, 20__.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08343BA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08343BA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert date – New Faculty Orientation is held exactly one week before the first day of Fall classes each year</w:t>
       </w:r>
-      <w:r w:rsidR="00A90052" w:rsidRPr="00C3036C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="08343BA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
-      <w:r w:rsidR="00A90052">
-[...37 lines deleted...]
-    <w:p w14:paraId="52E29469" w14:textId="34CF8E55" w:rsidR="00123CCC" w:rsidRPr="00920F20" w:rsidRDefault="00123CCC" w:rsidP="00123CCC">
+      <w:r w:rsidRPr="08343BA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> See section 4 below for additional details about preparing for this event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="345989C4" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00123CCC" w:rsidP="00123CCC" w:rsidRDefault="00123CCC" w14:paraId="52E29469" w14:textId="34CF8E55">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Teaching and Leadership and Service Responsibilities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="748CA6A9" w14:textId="77777777" w:rsidR="00123CCC" w:rsidRDefault="00123CCC">
-[...9 lines deleted...]
-    <w:p w14:paraId="09811E94" w14:textId="5A98579C" w:rsidR="00A90052" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="00123CCC" w:rsidRDefault="00123CCC" w14:paraId="748CA6A9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A90052" w:rsidRDefault="007E1219" w14:paraId="09811E94" w14:textId="5A98579C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For purposes of annual merit evaluation, your efforts and accomplishments will be assessed according to </w:t>
       </w:r>
       <w:r w:rsidR="00515D2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the following</w:t>
@@ -1416,1220 +1735,1369 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and profession.</w:t>
       </w:r>
       <w:r w:rsidR="009E1572">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518B91BA" w14:textId="77777777" w:rsidR="00A90052" w:rsidRDefault="00A90052">
+    <w:p w:rsidR="00A90052" w:rsidRDefault="00A90052" w14:paraId="518B91BA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="112845EE" w14:textId="1EA5D0C4" w:rsidR="00141834" w:rsidRDefault="00A90052">
+    <w:p w:rsidR="00141834" w:rsidP="0F47A8B7" w:rsidRDefault="00A90052" w14:paraId="112845EE" w14:textId="1EA5D0C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Int_42bPj8Jq" w:id="2"/>
+      <w:r w:rsidRPr="0F47A8B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Scholarly</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="0F47A8B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and creative works are rare for teaching track faculty. If scholarly and creative works are included as a percentage of the annual merit evaluation include the following statement]:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="009E1572">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Unlike the expectations pl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00BF5C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aced on tenure-track faculty, you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="009E1572">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">understand that the University places no requirement on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00B33D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teaching track faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="009E1572">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to conduct </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00E63351">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scholarly and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="009E1572">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> creative works as part of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00BF5C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the condition of employment. You</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="009E1572">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have voluntarily requested that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="004049CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="009E1572">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> evaluation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00717400">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formula include ___% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="007348BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00E2425B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the standard scholarly and creative work amount for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00B33D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">teaching </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00E2425B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>track faculty is usually 10%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="007348BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00717400">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00E63351">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scholarly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00717400">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and creative work so that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="006A4FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00717400">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> annual merit evaluation may take </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="006A4FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00717400">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> voluntary efforts in this area into consideration.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="007348BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If this is a one-year, non-renewable appointment,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="000A73F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no merit review is anticipated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00515D2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="000A73F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>then</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this paragraph may be deleted.] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00141834" w:rsidRDefault="00141834" w14:paraId="5B363B4B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C3036C">
-[...380 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="00F7590E" w14:paraId="6A06EBE8" w14:textId="335D6F0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="OLE_LINK1" w:id="3"/>
+      <w:bookmarkStart w:name="OLE_LINK2" w:id="4"/>
+      <w:r w:rsidRPr="0F47A8B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your normal classroom teaching assignments will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="53C84FB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>include _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="00B51E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> courses per academic year</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="0F47A8B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...41 lines deleted...]
-    <w:p w14:paraId="24982E16" w14:textId="6C92B7D4" w:rsidR="00B55B53" w:rsidRPr="00B55B53" w:rsidRDefault="00B55B53" w:rsidP="00B55B53">
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="0F47A8B7" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By accepting this position, you agree to perform duties and responsibilities which are in the area of your expertise or academic interest, or are otherwise appropriate, and which are assigned to you consistent with your rights and responsibilities as a faculty member, and the policies and procedures of the University and of your academic unit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B55B53" w:rsidRDefault="00B55B53" w14:paraId="5258C75F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B55B53" w:rsidR="00B55B53" w:rsidP="00B55B53" w:rsidRDefault="00B55B53" w14:paraId="24982E16" w14:textId="6C92B7D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="731"/>
           <w:tab w:val="left" w:pos="1451"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">With </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agreement from you</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> differential workload can be altered by the Department/Unit. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">an element of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> duties change</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D59A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(e.g., courses added or reduced) </w:t>
+      </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>duties</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">without a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D59A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>change</w:t>
+      </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> change</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> in other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t xml:space="preserve"> assigned duties,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> then the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D59A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(e.g., courses added or reduced) </w:t>
+        <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">without a </w:t>
+        <w:t xml:space="preserve"> FTE</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>change</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in other</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>will change, and the salary and differential workload should be adjusted accordingly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26951CF7" w14:textId="77777777" w:rsidR="00471C72" w:rsidRDefault="00471C72">
-[...9 lines deleted...]
-    <w:p w14:paraId="3525F28E" w14:textId="2DB51097" w:rsidR="00123CCC" w:rsidRPr="00123CCC" w:rsidRDefault="00123CCC" w:rsidP="00123CCC">
+    <w:p w:rsidR="00471C72" w:rsidRDefault="00471C72" w14:paraId="26951CF7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00123CCC" w:rsidR="00123CCC" w:rsidP="00123CCC" w:rsidRDefault="00123CCC" w14:paraId="3525F28E" w14:textId="2DB51097">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123CCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Professional Development </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC97997" w14:textId="77777777" w:rsidR="00123CCC" w:rsidRPr="00123CCC" w:rsidRDefault="00123CCC" w:rsidP="00123CCC">
+    <w:p w:rsidRPr="00123CCC" w:rsidR="00123CCC" w:rsidP="00123CCC" w:rsidRDefault="00123CCC" w14:paraId="4FC97997" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F7E3412" w14:textId="2406644C" w:rsidR="001C0D74" w:rsidRPr="00B55B53" w:rsidRDefault="00471C72" w:rsidP="00471C72">
+    <w:p w:rsidRPr="00B55B53" w:rsidR="001C0D74" w:rsidP="00471C72" w:rsidRDefault="00471C72" w14:paraId="3F7E3412" w14:textId="2406644C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">The University of Colorado places a priority on supporting faculty and offers a robust array of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:r w:rsidRPr="007348BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           </w:rPr>
           <w:t>programs and services to support faculty development</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> from hiring to retiring</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4667">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="007348BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           </w:rPr>
           <w:t>Center for Teaching and Learning (CTL)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> offers all faculty a variety of professional development workshops throughout the year in establishing strong learning environments and discipline-specific pedagogy. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B5F8BF" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="2E8C1A5E" w14:textId="77777777" w:rsidR="00123CCC" w:rsidRPr="00920F20" w:rsidRDefault="00123CCC" w:rsidP="00123CCC">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="27B5F8BF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00123CCC" w:rsidP="00123CCC" w:rsidRDefault="00123CCC" w14:paraId="2E8C1A5E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Policies and Training </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Responsibilities  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6B1EDF" w14:textId="77777777" w:rsidR="00123CCC" w:rsidRDefault="00123CCC">
-[...35 lines deleted...]
-        <w:t>by the campus, department, school, college</w:t>
+    <w:p w:rsidR="00123CCC" w:rsidRDefault="00123CCC" w14:paraId="3E6B1EDF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00624A27" w:rsidP="00624A27" w:rsidRDefault="007E1219" w14:paraId="0B148B63" w14:textId="23E3E481">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>By accepting this appointment, you agree to comply with all resolutions, rules and regulations adopted by the Board of Regents, and with policies and regulations adopted by the campus, department, school, college</w:t>
       </w:r>
       <w:r w:rsidR="00123CCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other academic unit in which your appointment is made, consistent with the policies and procedures of the University and your rights and respon</w:t>
       </w:r>
       <w:r w:rsidR="00624A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sibilities as a faculty member. For additional information, please see the following links</w:t>
       </w:r>
       <w:r w:rsidR="005224A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r w:rsidR="00624A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4381A0FF" w14:textId="77777777" w:rsidR="00123CCC" w:rsidRDefault="00123CCC" w:rsidP="00624A27">
-[...9 lines deleted...]
-    <w:p w14:paraId="243B1933" w14:textId="77777777" w:rsidR="00123CCC" w:rsidRDefault="00123CCC" w:rsidP="00123CCC">
+    <w:p w:rsidR="00123CCC" w:rsidP="00624A27" w:rsidRDefault="00123CCC" w14:paraId="4381A0FF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="008B500F" w:rsidR="009E0A7C" w:rsidP="009E0A7C" w:rsidRDefault="009E0A7C" w14:paraId="27117CB9" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId16">
+        <w:r w:rsidRPr="008B500F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 5002 Faculty Appointment Process</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008B500F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008B500F" w:rsidR="009E0A7C" w:rsidP="009E0A7C" w:rsidRDefault="009E0A7C" w14:paraId="64EA7CF4" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="008B500F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 5060 Faculty Appointments</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008B500F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008B500F" w:rsidR="009E0A7C" w:rsidP="009E0A7C" w:rsidRDefault="009E0A7C" w14:paraId="3045150C" w14:textId="480D3661">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="008B500F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 1013 - Intellectual Property Policy on Discoveries and Patents for Their Protection and Commercialization</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008B500F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008B500F" w:rsidR="009E0A7C" w:rsidP="009E0A7C" w:rsidRDefault="009E0A7C" w14:paraId="65452A93" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId19">
+        <w:r w:rsidRPr="008B500F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 1014 - Intellectual Property that is Educational Material</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008B500F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008B500F" w:rsidR="009E0A7C" w:rsidP="009E0A7C" w:rsidRDefault="009E0A7C" w14:paraId="297F329A" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId20">
+        <w:r w:rsidRPr="008B500F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>Article 5.B.2 - Principles of Academic Freedom</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008B500F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008B500F" w:rsidR="009E0A7C" w:rsidP="009E0A7C" w:rsidRDefault="009E0A7C" w14:paraId="0FC518B0" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId21">
+        <w:r w:rsidRPr="008B500F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>Board of Regents Faculty Regulations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008B500F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008B500F" w:rsidR="009E0A7C" w:rsidP="009E0A7C" w:rsidRDefault="003F2154" w14:paraId="1750CA24" w14:textId="3406B215">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId22">
+        <w:r w:rsidRPr="008B500F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 2027 Code of Conduct </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008B500F" w:rsidR="009E0A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008B500F" w:rsidR="009E0A7C" w:rsidP="009E0A7C" w:rsidRDefault="009E0A7C" w14:paraId="11679562" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" w:anchor="professional-rights-and-responsibilities-(prr)" r:id="rId23">
+        <w:r w:rsidRPr="008B500F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008B500F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00430AC0" w:rsidP="008F3BFD" w:rsidRDefault="00430AC0" w14:paraId="1A509D00" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r>
+    </w:p>
+    <w:p w:rsidR="005D772D" w:rsidP="008F3BFD" w:rsidRDefault="005D772D" w14:paraId="21A3CADD" w14:textId="54774ECF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk89685474" w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The primary unit defines the criteria for the reappointment and promotion of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teaching track faculty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. For a description of the Primary Unit Criteria in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert department or program name here]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2425B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please visit the following link: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert link to the department or program primary unit criteria here].</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="008F3BFD" w:rsidP="008F3BFD" w:rsidRDefault="008F3BFD" w14:paraId="23AA4D2A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E41621" w:rsidP="008F3BFD" w:rsidRDefault="00E41621" w14:paraId="7EF12A5A" w14:textId="4AAE394C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41621">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Requirements and Conditions of Employment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E41621" w:rsidP="008F3BFD" w:rsidRDefault="00E41621" w14:paraId="031546E9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B55B53" w:rsidP="00B55B53" w:rsidRDefault="00B55B53" w14:paraId="61A397E8" w14:textId="66CDC8D2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk52964590" w:id="6"/>
+      <w:r w:rsidRPr="004379DE">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId24">
+        <w:r w:rsidR="0015229D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Board of Regents Faculty Rights and Policies</w:t>
-[...188 lines deleted...]
-          <w:t>I</w:t>
+          <w:t>Regent Policy 5.I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId25">
         <w:r w:rsidRPr="004379DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APS 1013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and subsequently adopted IP policies, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2678,1151 +3146,1303 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>you agree</w:t>
       </w:r>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to promptly disclose all such discoveries to the University and execute all papers as the University may deem necessary to secure for the University the rights herein assigned.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F05192C" w14:textId="7D87920E" w:rsidR="00B55B53" w:rsidRPr="00B55B53" w:rsidRDefault="00B55B53" w:rsidP="00B55B53">
-[...115 lines deleted...]
-    <w:p w14:paraId="21F93810" w14:textId="77777777" w:rsidR="007E1219" w:rsidRPr="008436CB" w:rsidRDefault="007E1219">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="736960E9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="2CB7CB26" w14:textId="343C2136">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State law specifically requires that you be an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>employee-at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-will in your non-tenure track position and that the following paragraph be included in this letter of offer.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008436CB" w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="21F93810" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="228FFD74" w14:textId="3B7E1989" w:rsidR="00B55B53" w:rsidRPr="008436CB" w:rsidRDefault="00B55B53" w:rsidP="00B55B53">
+    <w:p w:rsidRPr="008436CB" w:rsidR="00B55B53" w:rsidP="00B55B53" w:rsidRDefault="00B55B53" w14:paraId="228FFD74" w14:textId="3B7E1989">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="clear" w:pos="10080"/>
           <w:tab w:val="clear" w:pos="10800"/>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008436CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Your appointment is at-will, which means you do not have a contractual right, express or implied, to remain in the university’s employ and where either the university or you may lawfully terminate the employment relationship at any time, with or without cause. No compensation, whether as a buy-out of the remaining term of contract, as liquidated damages, or as any other form of remuneration, shall be owed or paid to you upon or after termination of such contract except for compensation that was earned prior to the date of termination.</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:t xml:space="preserve">Your appointment is at-will, which means you do not have a contractual right, express or implied, to remain in the university’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008436CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5052D4DA" w14:textId="404AD75B" w:rsidR="00E2425B" w:rsidRDefault="00515D2B" w:rsidP="007F79B6">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>employ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008436CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and where either the university or you may lawfully terminate the employment relationship at any time, with or without cause. No compensation, whether as a buy-out of the remaining term of contract, as liquidated damages, or as any other form of remuneration, shall be owed or paid to you upon or after termination of such contract except for compensation that was earned prior to the date of termination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00123CCC" w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="70E88DAF" w14:textId="08FB1E3D">
+      <w:pPr>
+        <w:ind w:left="630" w:hanging="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2425B" w:rsidP="007F79B6" w:rsidRDefault="00515D2B" w14:paraId="5052D4DA" w14:textId="404AD75B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This offer is contingent upon the satisfactory completion of a criminal background check as required by the University.</w:t>
       </w:r>
-      <w:r w:rsidR="004E6C38" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196" w:rsidR="004E6C38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> You will receive an e-mail from the University’s external vendor, HireRight Customer </w:t>
       </w:r>
       <w:r w:rsidR="00A24B39">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
-      <w:r w:rsidR="004E6C38" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196" w:rsidR="004E6C38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId26">
         <w:r w:rsidR="00A24B39">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>customerservice@hireright.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004E6C38" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196" w:rsidR="004E6C38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) that will direct you to complete the authorization form online. The background check must be completed prior to employment.</w:t>
       </w:r>
       <w:r w:rsidR="00175C52">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00772196" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196" w:rsidR="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">By accepting this offer you verify that you’ve read the University’s background check requirements, including </w:t>
       </w:r>
       <w:r w:rsidR="006C7DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidR="00772196" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196" w:rsidR="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> self-disclosure obligation</w:t>
       </w:r>
       <w:r w:rsidR="006C7DFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> which begins from the date of acceptance</w:t>
       </w:r>
-      <w:r w:rsidR="00772196" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196" w:rsidR="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, available on the web at</w:t>
       </w:r>
       <w:r w:rsidR="00720420">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1D2C" w:rsidRPr="00ED1D2C">
+      <w:r w:rsidRPr="00ED1D2C" w:rsidR="00ED1D2C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId27">
         <w:r w:rsidR="00783FD9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/compliance/policies/background-check-policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00772196" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="00772196" w:rsidR="00772196">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CE157B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00CE157B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00CE157B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If faculty </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+        <w:t xml:space="preserve">If faculty member has already completed </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE157B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CE157B">
+        <w:t>a background check</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00CE157B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a background check</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>, then this paragraph can be omitted.</w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00CE157B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BC8C42" w14:textId="77777777" w:rsidR="00744BF2" w:rsidRDefault="00744BF2" w:rsidP="00515D2B">
-[...8 lines deleted...]
-    <w:p w14:paraId="205D8A62" w14:textId="4BEDA435" w:rsidR="00744BF2" w:rsidRPr="006D5A2E" w:rsidRDefault="00744BF2" w:rsidP="00744BF2">
+    <w:p w:rsidR="00744BF2" w:rsidP="00515D2B" w:rsidRDefault="00744BF2" w14:paraId="14BC8C42" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="006D5A2E" w:rsidR="00744BF2" w:rsidP="00744BF2" w:rsidRDefault="00744BF2" w14:paraId="205D8A62" w14:textId="4BEDA435">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D5A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All new faculty at the University of Colorado Boulder are required to complete training on sexual misconduct, discrimination</w:t>
       </w:r>
       <w:r w:rsidR="00106B4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006D5A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and harassment. A CU </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> is required </w:t>
+        <w:t xml:space="preserve"> and harassment. A CU Identikey is required </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006D5A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006D5A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> access the training. You will receive an e-mail from your college or school personnel coordinator once your </w:t>
-[...38 lines deleted...]
-        <w:r w:rsidR="00ED1D2C" w:rsidRPr="00ED1D2C">
+        <w:t xml:space="preserve"> access the training. You will receive an e-mail from your college or school personnel coordinator once your Identikey has been established. Once your Identikey is in place, please visit the following web address located on the Office of Institutional Equity and Compliance (OIEC) website for instructions on how to complete the required training: </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId28">
+        <w:r w:rsidRPr="00ED1D2C" w:rsidR="00ED1D2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/institutionalequity/training-and-education</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006D5A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F92933D" w14:textId="4FE6E07B" w:rsidR="00744BF2" w:rsidRDefault="00744BF2" w:rsidP="00744BF2">
+    <w:p w:rsidR="006F7C3B" w:rsidP="00744BF2" w:rsidRDefault="00744BF2" w14:paraId="1C5C9E9A" w14:textId="3924CA2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D5A2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The online training must be completed prior to the in-person campus New Faculty Orientation to be held on </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk162430313"/>
-      <w:r w:rsidR="008436CB" w:rsidRPr="00C3036C">
+      <w:bookmarkStart w:name="_Hlk162430313" w:id="7"/>
+      <w:r w:rsidRPr="00C3036C" w:rsidR="008436CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="008436CB" w:rsidRPr="00C3036C">
+      <w:r w:rsidRPr="00C3036C" w:rsidR="008436CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert date – New Faculty Orientation is held exactly one week before the first day of Fall classes each year</w:t>
       </w:r>
-      <w:r w:rsidR="008436CB" w:rsidRPr="00C3036C">
+      <w:r w:rsidRPr="00C3036C" w:rsidR="008436CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="008436CB" w:rsidRPr="00810C42">
+      <w:r w:rsidRPr="00810C42" w:rsidR="008436CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008436CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...43 lines deleted...]
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+      <w:bookmarkStart w:name="_Hlk167260443" w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="003A62B5" w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If faculty member </w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B">
+      <w:r w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is not new and will not be attending New Faculty Orientation</w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, then</w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B">
+      <w:r w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> everything above</w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> this </w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B">
+      <w:r w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sentence in the paragraph</w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be omitted.</w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B">
+      <w:r w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please keep the paragraph below on the PRR.</w:t>
       </w:r>
-      <w:r w:rsidR="00CE157B" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00D2621A">
+      <w:r w:rsidR="007E522D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidR="00471C72" w:rsidRPr="00556CB7">
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="006F7C3B" w:rsidP="00744BF2" w:rsidRDefault="006F7C3B" w14:paraId="5043400A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00744BF2" w:rsidP="00744BF2" w:rsidRDefault="00B63D21" w14:paraId="7527697E" w14:textId="62A494C5">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Professional Rights and Responsibility and Roles and Professional Responsibilities of Academic Leaders (PRR) document sets forth a foundation for supporting a positive and respectful faculty work culture. Faculty are expected to understand and incorporate the PRR into the fabric of their research, scholarship, creative work, teaching, and service. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00471C72" w:rsidRPr="00556CB7">
+      </w:pPr>
+      <w:r w:rsidRPr="00B63D21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="111111"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="apple-converted-space"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="0084446F">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="111111"/>
-[...17 lines deleted...]
-          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Academic Affairs Policy on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...70 lines deleted...]
-        <w:r w:rsidR="005A2D0B" w:rsidRPr="00D84C39">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId29">
+        <w:r w:rsidRPr="00B63D21">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members and Roles and Professional Responsibilities of Academic Leaders</w:t>
+        </w:r>
+        <w:r w:rsidR="0084446F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> and accompanying procedures</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B63D21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (PRR) </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sets forth a foundation for supporting a positive and respectful faculty work culture. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61301">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are expected to understand and incorporate </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part II of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the PRR into the fabric of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61301">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">research, scholarship, creative work, teaching, and service. Training for all faculty in understanding and using the PRR is available through </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId30">
+        <w:r w:rsidRPr="00B63D21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Percipio</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Some issues can be harder to resolve, so the Regents specify faculty grievance rights and processes (See </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId31">
+        <w:r w:rsidRPr="00B63D21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Regent Law 5, Part D</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId32">
+        <w:r w:rsidRPr="00B63D21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Regent Policy 5.G</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B63D21" w:rsidP="00744BF2" w:rsidRDefault="00B63D21" w14:paraId="06C73534" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E41621" w:rsidP="00744BF2" w:rsidRDefault="00E41621" w14:paraId="3000467A" w14:textId="02458CFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="48227A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pursuant to the Immigration Reform and Control Act (IRCA), the University must verify your employment eligibility within the first three working days of employment. As a condition of employment, you must complete an I-9 Form and provide the University with certain documents verifying employment eligibility.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="48227A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="48227A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="48227A9E" w:rsidP="48227A9E" w:rsidRDefault="48227A9E" w14:paraId="08ECBCBA" w14:textId="518B2752">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B55B53" w:rsidR="00B63D21" w:rsidP="48227A9E" w:rsidRDefault="00B63D21" w14:paraId="5D9C3D7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="48227A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This position is exempt from the overtime provisions of the Fair Labor Standards Act and as such is not eligible for overtime compensation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="48227A9E" w:rsidP="48227A9E" w:rsidRDefault="48227A9E" w14:paraId="091843A8" w14:textId="0248D769">
+      <w:pPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B63D21" w:rsidR="00B63D21" w:rsidP="00744BF2" w:rsidRDefault="00B63D21" w14:paraId="0013CE83" w14:textId="72CFC0BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The laws of the state of Colorado require that faculty members of the University who are citizens of the United States affirm in writing that they will support the constitutions of the United States and of Colorado, and that they will faithfully execute the duties of their employment. The required </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>faculty pledge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> form is enclosed. </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk161991320" w:id="9"/>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If faculty member has already completed the pledge, then this paragraph can be omitted.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="00B63D21" w:rsidP="00C323A7" w:rsidRDefault="00B63D21" w14:paraId="244CFEAA" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C323A7" w:rsidP="00C323A7" w:rsidRDefault="00C323A7" w14:paraId="555F4E43" w14:textId="1739ED30">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56568">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CU receives a large portion of its research funding from U.S. government agencies, and some of this research involves technology that is of a sensitive nature, either for national security reasons or otherwise. As a result, your ability to publish your research </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56568">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>and to employ or collaborate with foreign nationals may be contingent upon obtaining authorization from the U.S. Departments of State, Commerce or Treasury. The CU Office of Export Controls can assist in making this determination and applying for authorization. Please use the research support toolki</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2D0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t found here, </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId33">
+        <w:r w:rsidRPr="00D84C39" w:rsidR="005A2D0B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/researchinnovation/ori</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005A2D0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005A2D0B" w:rsidRPr="00F56568">
+      <w:r w:rsidRPr="00F56568" w:rsidR="005A2D0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F56568">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="00BD5945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD5945" w:rsidRPr="00BD5945">
+      <w:r w:rsidRPr="00BD5945" w:rsidR="00BD5945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00BD5945" w:rsidRPr="00525D1A">
+      <w:hyperlink w:history="1" r:id="rId34">
+        <w:r w:rsidRPr="00525D1A" w:rsidR="00BD5945">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>exportcontrolshelp@colorado.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD5945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD5945" w:rsidRPr="00BD5945">
+      <w:r w:rsidRPr="00BD5945" w:rsidR="00BD5945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>for any questions or concerns you might have.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444A35FC" w14:textId="77777777" w:rsidR="00C323A7" w:rsidRDefault="00C323A7" w:rsidP="00C323A7">
+    <w:p w:rsidR="00C323A7" w:rsidP="00C323A7" w:rsidRDefault="00C323A7" w14:paraId="444A35FC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E05CF9F" w14:textId="77777777" w:rsidR="00C323A7" w:rsidRPr="00F56568" w:rsidRDefault="00C323A7" w:rsidP="00C323A7">
+    <w:p w:rsidRPr="00F56568" w:rsidR="00C323A7" w:rsidP="00C323A7" w:rsidRDefault="00C323A7" w14:paraId="6E05CF9F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">All faculty responsible for the purpose, design, conduct, or reporting of research on campus are required to disclose significant financial and personal interests and external professional activities. Please review the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId35">
         <w:r w:rsidRPr="00F56568">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Disclosure of External Professional Activities (DEPA) Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD4AB77" w14:textId="77777777" w:rsidR="00247FC7" w:rsidRDefault="00247FC7" w:rsidP="00624A27">
-[...8 lines deleted...]
-    <w:p w14:paraId="2416D811" w14:textId="77777777" w:rsidR="001C0D74" w:rsidRPr="00C3036C" w:rsidRDefault="001C0D74" w:rsidP="001C0D74">
+    <w:p w:rsidR="00247FC7" w:rsidP="00624A27" w:rsidRDefault="00247FC7" w14:paraId="1AD4AB77" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C3036C" w:rsidR="001C0D74" w:rsidP="001C0D74" w:rsidRDefault="001C0D74" w14:paraId="2416D811" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Benefits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3036C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1137C896" w14:textId="77777777" w:rsidR="001C0D74" w:rsidRDefault="001C0D74" w:rsidP="00624A27">
-[...8 lines deleted...]
-    <w:p w14:paraId="3D64D71C" w14:textId="77777777" w:rsidR="001C0D74" w:rsidRDefault="001C0D74" w:rsidP="001C0D74">
+    <w:p w:rsidR="001C0D74" w:rsidP="00624A27" w:rsidRDefault="001C0D74" w14:paraId="1137C896" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C0D74" w:rsidP="001C0D74" w:rsidRDefault="001C0D74" w14:paraId="3D64D71C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have any questions about available benefits as a faculty member, please contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId36">
         <w:r w:rsidRPr="009109C9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>Benefits, part of Employee Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF0F36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
@@ -3843,1443 +4463,1429 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD073F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BD073F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> policy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609D29B5" w14:textId="77777777" w:rsidR="001C0D74" w:rsidRDefault="001C0D74" w:rsidP="001C0D74">
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="001C0D74" w:rsidP="001C0D74" w:rsidRDefault="001C0D74" w14:paraId="609D29B5" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>which may be amended from time to time</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD073F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> For additional information, please see the following link at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId37">
         <w:r w:rsidRPr="004236B4">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.cu.edu/employee-services/benefits-wellness</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6590C4DF" w14:textId="43A98F06" w:rsidR="00624A27" w:rsidRDefault="001C0D74" w:rsidP="001C62E6">
+    <w:p w:rsidR="00624A27" w:rsidP="001C62E6" w:rsidRDefault="001C0D74" w14:paraId="6590C4DF" w14:textId="43A98F06">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B135F9" w14:textId="77777777" w:rsidR="001C0D74" w:rsidRPr="00624A27" w:rsidRDefault="001C0D74" w:rsidP="001C62E6">
-[...7 lines deleted...]
-    <w:p w14:paraId="7DDD7D1E" w14:textId="238178D5" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidRPr="00624A27" w:rsidR="001C0D74" w:rsidP="001C62E6" w:rsidRDefault="001C0D74" w14:paraId="76B135F9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="7DDD7D1E" w14:textId="28AEC990">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In order that a recommendation for appointment may be submitted to the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005D3002">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provost</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, please n</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otify me by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C" w:rsidR="003B5C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________, 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3036C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of your willingness to accept this position by returning the signed letter</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via DocuSign</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. We look forward to your acceptance of this offer and your contributions to the University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA0586" w:rsidRDefault="00EA0586" w14:paraId="3515ED7F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A503EF" w:rsidRDefault="00A503EF" w14:paraId="2544F5E2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sincerely,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6B0D" w:rsidRDefault="00DF6B0D" w14:paraId="6199A349" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF4406" w:rsidRDefault="00BF4406" w14:paraId="5E1A0C99" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="286224B2" w14:textId="35704612">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00076368">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="582695B5" w14:textId="031A3FC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chair </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00076368">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="5B4A20D0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="45D9A028" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Concurred by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF4406" w:rsidRDefault="00BF4406" w14:paraId="48E1FB24" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="206C8167" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="008D6C15" w:rsidP="008D6C15" w:rsidRDefault="008D6C15" w14:paraId="7DAD006A" w14:textId="303A909F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="008D6C15" w:rsidP="008D6C15" w:rsidRDefault="008D6C15" w14:paraId="245D6DFC" w14:textId="64560C11">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dean </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="008D6C15" w:rsidP="008D6C15" w:rsidRDefault="008D6C15" w14:paraId="2F513470" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="008D6C15" w:rsidP="008D6C15" w:rsidRDefault="008D6C15" w14:paraId="595588FF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="008D6C15" w:rsidP="008D6C15" w:rsidRDefault="008D6C15" w14:paraId="41759673" w14:textId="38B7A5A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00076368" w:rsidP="008D6C15" w:rsidRDefault="00076368" w14:paraId="5E2164F0" w14:textId="51BC12CB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00076368">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Michele Moses</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="00076368">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="008D6C15" w:rsidP="008D6C15" w:rsidRDefault="00045AA0" w14:paraId="080DAAEF" w14:textId="634AAF4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00045AA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vice Chancellor and Senior Vice Provost</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6B2A" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Faculty Affairs  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6B2A" w:rsidR="008D6C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="0F633718" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="6C4543E5" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I accept this offer of the faculty position described above, with the understanding that this offer is conditional upon approval of my appointment by the </w:t>
+      </w:r>
       <w:r w:rsidR="005D3002">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...742 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Provost </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of the University of Colorado </w:t>
       </w:r>
       <w:r w:rsidR="00586061">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384AA087" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="21FD2A18" w14:textId="63D1D973" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="384AA087" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="21FD2A18" w14:textId="14190CF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001C0D74">
-[...20 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0844A666" w14:textId="20A9DB41" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="0844A666" w14:textId="597AB529">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001C0D74">
-[...20 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB05C10" w14:textId="77777777" w:rsidR="005D3002" w:rsidRDefault="005D3002">
+    <w:p w:rsidR="005D3002" w:rsidRDefault="005D3002" w14:paraId="4CB05C10" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24C8B6D1" w14:textId="77777777" w:rsidR="005D3002" w:rsidRDefault="005D3002">
+    <w:p w:rsidR="005D3002" w:rsidRDefault="005D3002" w14:paraId="24C8B6D1" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431A4412" w14:textId="77777777" w:rsidR="005D3002" w:rsidRDefault="005D3002">
+    <w:p w:rsidR="005D3002" w:rsidRDefault="005D3002" w14:paraId="431A4412" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Candidate e-mail address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B23FB4" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...19 lines deleted...]
-    <w:p w14:paraId="3135FD05" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="61B23FB4" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="0E42BC14" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="3135FD05" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I decline this offer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3873AB" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="33BA5292" w14:textId="38EC59D0" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="7F3873AB" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="33BA5292" w14:textId="71C407AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001C0D74">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="0DFE70CD" w14:textId="5878F4D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001C0D74">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...32 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="583F48C9" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51ED23D6" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="28D6BA5F" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113">
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="51ED23D6" w14:textId="77777777"/>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="1184A5BB" w14:textId="77777777"/>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="28D6BA5F" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50B89445" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113">
+    <w:p w:rsidR="00200113" w:rsidP="61C998D1" w:rsidRDefault="00200113" w14:paraId="50B89445" w14:textId="5BEFC768">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="FF000000" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="FF000000" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="FF000000" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="FF000000" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="61C998D1" w:rsidR="00200113">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Candidate:  Please proceed to the final page of this document to provide additional required information.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="541CF907" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113">
+        <w:t>Candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61C998D1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Please</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61C998D1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61C998D1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proceed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61C998D1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the final page of this document to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61C998D1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61C998D1" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="541CF907" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="768A52D6" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113"/>
+    <w:p w:rsidR="00200113" w:rsidRDefault="00200113" w14:paraId="768A52D6" w14:textId="77777777"/>
     <w:sectPr w:rsidR="00200113" w:rsidSect="00B820A3">
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_42bPj8Jq" int2:invalidationBookmarkName="" int2:hashCode="UcNy3NGMfskxq3" int2:id="50WHxHHI">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="12">
+    <w:nsid w:val="2ffe0d27"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08A966DB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="387C61EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08FF4AE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1ED41E94"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5321,64 +5927,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C717B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8A8B926"/>
     <w:lvl w:ilvl="0" w:tplc="04685B86">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -5411,51 +6017,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="188E4150"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C168FB0"/>
     <w:lvl w:ilvl="0" w:tplc="D610A0C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -5502,313 +6108,1625 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19F86A0A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="91620A38"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21F2076D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2EC476BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26EB40CA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="81286D42"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D2D2831"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="54ACD4B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CB72256"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0FF6C704"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B6958BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="692C29CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74F8220A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C9A4588"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FD97673"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F500B2F0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
   <w:num w:numId="1" w16cid:durableId="1703021513">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1457022204">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1857619365">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1857619365">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="4" w16cid:durableId="920985599">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="607657860">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="53745024">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="389767834">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="332223482">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1067337944">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1829207383">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="819812658">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1600487304">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BC3"/>
     <w:rsid w:val="0001422D"/>
     <w:rsid w:val="00035C8D"/>
     <w:rsid w:val="00045AA0"/>
     <w:rsid w:val="00076368"/>
     <w:rsid w:val="000A73F9"/>
     <w:rsid w:val="000B63E4"/>
     <w:rsid w:val="000C343F"/>
     <w:rsid w:val="000E3FF9"/>
     <w:rsid w:val="000F2AFC"/>
+    <w:rsid w:val="00106412"/>
     <w:rsid w:val="00106B4A"/>
     <w:rsid w:val="00112166"/>
+    <w:rsid w:val="00115DEA"/>
     <w:rsid w:val="00123CCC"/>
+    <w:rsid w:val="00127763"/>
     <w:rsid w:val="0014124A"/>
     <w:rsid w:val="00141834"/>
     <w:rsid w:val="00144045"/>
     <w:rsid w:val="00146C8C"/>
+    <w:rsid w:val="0015229D"/>
+    <w:rsid w:val="0015717B"/>
     <w:rsid w:val="0015757F"/>
     <w:rsid w:val="00175C52"/>
     <w:rsid w:val="00196BC3"/>
+    <w:rsid w:val="001B2C2B"/>
     <w:rsid w:val="001C0D74"/>
     <w:rsid w:val="001C62E6"/>
     <w:rsid w:val="001C79C0"/>
     <w:rsid w:val="001F092A"/>
     <w:rsid w:val="00200113"/>
     <w:rsid w:val="00247FC7"/>
+    <w:rsid w:val="0025622B"/>
     <w:rsid w:val="002604A7"/>
     <w:rsid w:val="00264686"/>
     <w:rsid w:val="00264984"/>
+    <w:rsid w:val="002B7FEB"/>
     <w:rsid w:val="002C6697"/>
+    <w:rsid w:val="002E47DA"/>
+    <w:rsid w:val="00313FFD"/>
     <w:rsid w:val="0036513C"/>
     <w:rsid w:val="00367F37"/>
     <w:rsid w:val="0037776D"/>
     <w:rsid w:val="00377928"/>
+    <w:rsid w:val="003A4F5F"/>
     <w:rsid w:val="003B5C8D"/>
+    <w:rsid w:val="003F2154"/>
     <w:rsid w:val="004049CA"/>
     <w:rsid w:val="00405168"/>
     <w:rsid w:val="004149AF"/>
     <w:rsid w:val="00416A2C"/>
     <w:rsid w:val="00430AC0"/>
+    <w:rsid w:val="00442AF9"/>
     <w:rsid w:val="00452024"/>
     <w:rsid w:val="00471C72"/>
+    <w:rsid w:val="004769DE"/>
     <w:rsid w:val="0049660E"/>
     <w:rsid w:val="004A737C"/>
     <w:rsid w:val="004B058A"/>
     <w:rsid w:val="004C2F62"/>
     <w:rsid w:val="004D1CBD"/>
     <w:rsid w:val="004E6C38"/>
     <w:rsid w:val="00511143"/>
     <w:rsid w:val="005149A5"/>
     <w:rsid w:val="00515D2B"/>
     <w:rsid w:val="005224A9"/>
     <w:rsid w:val="005354E6"/>
+    <w:rsid w:val="0054451C"/>
     <w:rsid w:val="00550E2A"/>
     <w:rsid w:val="005845E2"/>
     <w:rsid w:val="00586061"/>
     <w:rsid w:val="005976C8"/>
     <w:rsid w:val="005A2D0B"/>
     <w:rsid w:val="005A5182"/>
+    <w:rsid w:val="005B4CF6"/>
     <w:rsid w:val="005B6CC6"/>
+    <w:rsid w:val="005B7C32"/>
+    <w:rsid w:val="005C5632"/>
     <w:rsid w:val="005D3002"/>
     <w:rsid w:val="005D772D"/>
     <w:rsid w:val="005E001F"/>
     <w:rsid w:val="00600D4A"/>
     <w:rsid w:val="00624A27"/>
     <w:rsid w:val="00645C69"/>
     <w:rsid w:val="00656FB8"/>
+    <w:rsid w:val="00671197"/>
     <w:rsid w:val="006804EF"/>
     <w:rsid w:val="006A4FE6"/>
     <w:rsid w:val="006C129C"/>
+    <w:rsid w:val="006C6D78"/>
     <w:rsid w:val="006C7DFA"/>
     <w:rsid w:val="006D5A2E"/>
     <w:rsid w:val="006E4667"/>
     <w:rsid w:val="006F6C1E"/>
+    <w:rsid w:val="006F7C3B"/>
     <w:rsid w:val="007107B9"/>
     <w:rsid w:val="00717400"/>
     <w:rsid w:val="00720420"/>
     <w:rsid w:val="007348BB"/>
     <w:rsid w:val="00744BF2"/>
+    <w:rsid w:val="00747DE5"/>
+    <w:rsid w:val="00763C54"/>
     <w:rsid w:val="00772196"/>
+    <w:rsid w:val="0077368A"/>
     <w:rsid w:val="00783FD9"/>
     <w:rsid w:val="00791C66"/>
+    <w:rsid w:val="007A5595"/>
     <w:rsid w:val="007C40B7"/>
     <w:rsid w:val="007C62B1"/>
+    <w:rsid w:val="007C7870"/>
     <w:rsid w:val="007E1219"/>
+    <w:rsid w:val="007E522D"/>
     <w:rsid w:val="007E5661"/>
     <w:rsid w:val="007F79B6"/>
     <w:rsid w:val="007F7BFF"/>
     <w:rsid w:val="008436CB"/>
+    <w:rsid w:val="0084446F"/>
     <w:rsid w:val="00890E40"/>
+    <w:rsid w:val="0089233C"/>
     <w:rsid w:val="00894332"/>
     <w:rsid w:val="008A0A5D"/>
+    <w:rsid w:val="008B500F"/>
     <w:rsid w:val="008D6C15"/>
+    <w:rsid w:val="008E39AB"/>
+    <w:rsid w:val="008F0D33"/>
     <w:rsid w:val="008F3BFD"/>
     <w:rsid w:val="009077CF"/>
+    <w:rsid w:val="009262FE"/>
+    <w:rsid w:val="0092662B"/>
+    <w:rsid w:val="00927BBE"/>
     <w:rsid w:val="00931187"/>
     <w:rsid w:val="0093220D"/>
-    <w:rsid w:val="00936F7F"/>
+    <w:rsid w:val="00962FA1"/>
     <w:rsid w:val="00980071"/>
     <w:rsid w:val="009C6FDF"/>
+    <w:rsid w:val="009E0A7C"/>
     <w:rsid w:val="009E1572"/>
     <w:rsid w:val="00A1391F"/>
     <w:rsid w:val="00A24B39"/>
+    <w:rsid w:val="00A40D1B"/>
     <w:rsid w:val="00A45D8E"/>
     <w:rsid w:val="00A503EF"/>
+    <w:rsid w:val="00A50760"/>
     <w:rsid w:val="00A55859"/>
     <w:rsid w:val="00A72957"/>
     <w:rsid w:val="00A74E2D"/>
     <w:rsid w:val="00A758BE"/>
     <w:rsid w:val="00A90052"/>
     <w:rsid w:val="00AA29B2"/>
     <w:rsid w:val="00AA4EDC"/>
     <w:rsid w:val="00AB2CAC"/>
+    <w:rsid w:val="00AD0A42"/>
+    <w:rsid w:val="00B130EC"/>
     <w:rsid w:val="00B25586"/>
     <w:rsid w:val="00B33D25"/>
     <w:rsid w:val="00B51E09"/>
     <w:rsid w:val="00B55B53"/>
     <w:rsid w:val="00B626F4"/>
+    <w:rsid w:val="00B63D21"/>
     <w:rsid w:val="00B64260"/>
     <w:rsid w:val="00B817FC"/>
     <w:rsid w:val="00B820A3"/>
     <w:rsid w:val="00B92362"/>
+    <w:rsid w:val="00BB7863"/>
     <w:rsid w:val="00BD5945"/>
     <w:rsid w:val="00BE77FA"/>
     <w:rsid w:val="00BF4406"/>
     <w:rsid w:val="00BF5C6E"/>
+    <w:rsid w:val="00C27FD5"/>
     <w:rsid w:val="00C3036C"/>
     <w:rsid w:val="00C323A7"/>
     <w:rsid w:val="00C45B3B"/>
     <w:rsid w:val="00C4756E"/>
     <w:rsid w:val="00C764F2"/>
+    <w:rsid w:val="00C829D2"/>
     <w:rsid w:val="00CB5BAB"/>
     <w:rsid w:val="00CD5FFD"/>
     <w:rsid w:val="00CD7C32"/>
     <w:rsid w:val="00CE157B"/>
     <w:rsid w:val="00CF4BFA"/>
-    <w:rsid w:val="00D03CCD"/>
     <w:rsid w:val="00D2621A"/>
+    <w:rsid w:val="00D30E18"/>
     <w:rsid w:val="00D350E6"/>
+    <w:rsid w:val="00D4681F"/>
     <w:rsid w:val="00D52DFC"/>
     <w:rsid w:val="00D77967"/>
     <w:rsid w:val="00D83650"/>
     <w:rsid w:val="00DA1041"/>
+    <w:rsid w:val="00DB4BA6"/>
+    <w:rsid w:val="00DC013F"/>
     <w:rsid w:val="00DF2DFE"/>
     <w:rsid w:val="00DF6B0D"/>
+    <w:rsid w:val="00E05351"/>
     <w:rsid w:val="00E233D8"/>
     <w:rsid w:val="00E2425B"/>
     <w:rsid w:val="00E35DCE"/>
     <w:rsid w:val="00E40323"/>
+    <w:rsid w:val="00E41621"/>
+    <w:rsid w:val="00E61301"/>
     <w:rsid w:val="00E63351"/>
+    <w:rsid w:val="00E97156"/>
     <w:rsid w:val="00EA0586"/>
     <w:rsid w:val="00EB1336"/>
     <w:rsid w:val="00EC3348"/>
     <w:rsid w:val="00ED1D2C"/>
+    <w:rsid w:val="00EE6BCD"/>
+    <w:rsid w:val="00EF61FC"/>
     <w:rsid w:val="00F0046D"/>
     <w:rsid w:val="00F212ED"/>
     <w:rsid w:val="00F43A6B"/>
     <w:rsid w:val="00F506D8"/>
     <w:rsid w:val="00F521B8"/>
     <w:rsid w:val="00F73CA3"/>
     <w:rsid w:val="00F7590E"/>
+    <w:rsid w:val="00F97B62"/>
+    <w:rsid w:val="00FA567D"/>
     <w:rsid w:val="00FB7B82"/>
     <w:rsid w:val="00FD2D39"/>
+    <w:rsid w:val="00FE06AA"/>
+    <w:rsid w:val="0217D0A1"/>
+    <w:rsid w:val="05348266"/>
+    <w:rsid w:val="064C364F"/>
+    <w:rsid w:val="07B5040F"/>
+    <w:rsid w:val="081D9FDA"/>
+    <w:rsid w:val="08343BA8"/>
+    <w:rsid w:val="0F47A8B7"/>
+    <w:rsid w:val="0F5649C3"/>
+    <w:rsid w:val="0FE30995"/>
+    <w:rsid w:val="29543A14"/>
+    <w:rsid w:val="2A66BDCC"/>
+    <w:rsid w:val="3E2A85E1"/>
+    <w:rsid w:val="4115680B"/>
+    <w:rsid w:val="41D728DB"/>
+    <w:rsid w:val="480429C6"/>
+    <w:rsid w:val="48227A9E"/>
+    <w:rsid w:val="53C84FB7"/>
+    <w:rsid w:val="57CA18E7"/>
+    <w:rsid w:val="583F48C9"/>
+    <w:rsid w:val="5D6FAC7B"/>
+    <w:rsid w:val="5ECCAE95"/>
+    <w:rsid w:val="5FDBDE21"/>
+    <w:rsid w:val="61C998D1"/>
+    <w:rsid w:val="6E15E1BE"/>
+    <w:rsid w:val="6EB251BE"/>
+    <w:rsid w:val="70A25680"/>
+    <w:rsid w:val="73430B10"/>
+    <w:rsid w:val="73FD7E02"/>
+    <w:rsid w:val="7AF957B2"/>
+    <w:rsid w:val="7DDB876E"/>
+    <w:rsid w:val="7E921A8B"/>
+    <w:rsid w:val="7F1EBE5E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0AB07F4A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{85148E17-5E34-496C-9BB7-59E1F3DA77E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5837,73 +7755,73 @@
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -5946,52 +7864,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -6052,255 +7970,501 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00175383"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00717400"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00624A27"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="005149A5"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00B51E09"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="00B51E09"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="00B51E09"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00B51E09"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00B51E09"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+  <w:style w:type="character" w:styleId="apple-converted-space" w:customStyle="1">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00471C72"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00471C72"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
+  <w:style w:type="character" w:styleId="ui-provider" w:customStyle="1">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B55B53"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00B55B53"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00B55B53"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007348BB"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007348BB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="754934926">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="672101054">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1266501341">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2136290132">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2054234234">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1638607535">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="954941517">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1462533403">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="592860432">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1492525169">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="760177530">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1207722023">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1706976232">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1977180801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1642273848">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1188255735">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1947273142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1823232080">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="9142256">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1474371874">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="765733640">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1011878099">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -6353,56 +8517,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2110544817">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services/benefits-wellness" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/controller/tax/moving-expenses" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/controller/tax/moving-expenses" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bfa/media/861" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services/benefits-wellness" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universityofcolorado.percipio.com/linked-contents/895d5941-845c-4730-9573-83b534a2602b/landing" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId38" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -6622,306 +8785,415 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039E060FC2A31B442A6906E10C7ECD1EB" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd5a72256ad21731f35891792ed31a3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47997a34-eb9a-4eaa-a761-1788e724c96a" xmlns:ns3="87a02735-565f-44ef-8fff-c62e8983cbfe" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f56f920a5c30958b9a9f275aea1b029" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <xsd:import namespace="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="47997a34-eb9a-4eaa-a761-1788e724c96a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="52802cc5-2881-4dd7-9d75-38905e9cf7fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="87a02735-565f-44ef-8fff-c62e8983cbfe" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{40d1bab6-1ad4-4fc6-99b1-72e259f7d025}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="87a02735-565f-44ef-8fff-c62e8983cbfe">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="47997a34-eb9a-4eaa-a761-1788e724c96a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{647B9F20-12CE-474C-9DAB-314980C0A875}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1949568-0BCE-4039-96CA-62EB076A2707}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <ds:schemaRef ds:uri="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2F1173F-32E3-48F0-8C96-B99906DAD607}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7FCC312-76BB-4637-8300-15A32E3CFAB8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...251 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University Of Colorado</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NON-TENURE TRACK TEMPLATE</dc:title>
   <dc:subject/>
   <dc:creator>Neal Meier</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039E060FC2A31B442A6906E10C7ECD1EB</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+</Properties>
+</file>