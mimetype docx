--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -1,1898 +1,1715 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7B0078C7" w14:textId="081D2C12" w:rsidR="00906E2C" w:rsidRPr="00E05AD0" w:rsidRDefault="003E0543">
+    <w:p w:rsidR="006B3AE7" w:rsidP="4848FF2B" w:rsidRDefault="006B3AE7" w14:paraId="5C26603B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00E524C9" w:rsidR="00E524C9" w:rsidP="4848FF2B" w:rsidRDefault="00E524C9" w14:paraId="47468DAD" w14:textId="63ABF849">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4848FF2B" w:rsidR="5D0E25FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SUPPLEMENTAL OFFER LETTER TO MULTI-YEAR CONTRACT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4848FF2B" w:rsidR="00E524C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TEMPLATE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00033045" w:rsidP="2F99BA0D" w:rsidRDefault="00E524C9" w14:paraId="79837014" w14:textId="51E06ACA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2F99BA0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revised </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2F99BA0D" w:rsidR="00E84824">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2F99BA0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2F99BA0D" w:rsidR="00322491">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E05AD0" w:rsidR="00906E2C" w:rsidP="12BA90C9" w:rsidRDefault="00851C41" w14:paraId="23D105D9" w14:textId="6459E8DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="00851C41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="00033045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>se for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="302DFEE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50% FTE+:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E05AD0" w:rsidR="00906E2C" w:rsidP="4848FF2B" w:rsidRDefault="00851C41" w14:paraId="6567E842" w14:textId="3CEB51F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4848FF2B" w:rsidR="0F396D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1109 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4848FF2B" w:rsidR="003E0543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Assistant Teaching Professor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E05AD0" w:rsidR="00906E2C" w:rsidP="4848FF2B" w:rsidRDefault="00851C41" w14:paraId="348EB53E" w14:textId="07E86F1F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4848FF2B" w:rsidR="41312E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1108 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4848FF2B" w:rsidR="003E0543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Associate Teaching Professor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E05AD0" w:rsidR="00906E2C" w:rsidP="12BA90C9" w:rsidRDefault="00851C41" w14:paraId="4EEEA252" w14:textId="4C5CA58B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="4BA2C11F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1107 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="003E0543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Teaching Professor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="00ED2E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="005C5486">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E05AD0" w:rsidR="00906E2C" w:rsidP="4848FF2B" w:rsidRDefault="00851C41" w14:paraId="52FE9114" w14:textId="03A1216D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="005C5486">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Clinical Teaching Track series</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="77895703">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="64D4BAB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1211-1216)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="69B012D1" w:rsidP="12BA90C9" w:rsidRDefault="69B012D1" w14:paraId="5626A96B" w14:textId="053BFF2C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12BA90C9" w:rsidR="69B012D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Non-TT Librarianship appointments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00906E2C" w:rsidP="4848FF2B" w:rsidRDefault="00906E2C" w14:paraId="4C8E0F54" w14:textId="5EA42930">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="6AAB682A" w14:textId="3FA88246">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4848FF2B" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="4CC7FE42" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="2F71F79B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="4234AFAE" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dear ____________________:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="7A446CCA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B76D40" w:rsidRDefault="007E1219" w14:paraId="2E0E85A2" w14:textId="2EFBA67F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am pleased to offer you a ____% appointment to the faculty of the University of Colorado </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7B82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Boulder </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[TITLE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="0023562D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This offer is made upon the recommendation of the Department of _______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the concurrence of the Dean of the _______________ and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00322491">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vice Chancellor and Senior Vice Provost</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Faculty Affairs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00033045" w:rsidRPr="00E05AD0">
-[...83 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00CD445C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">subject to final approval by the </w:t>
+      </w:r>
+      <w:r w:rsidR="008522E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provost and Executive Vice Chancellor for Academic Affairs </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the University of Colorado </w:t>
+      </w:r>
+      <w:r w:rsidR="00586061">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Boulder</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B76D40" w:rsidRDefault="00B76D40" w14:paraId="7E296240" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="00B76D40" w14:paraId="14AB3F9E" w14:textId="64C9418D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attached please find your multi-year Employment </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (or “</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”) with The Regents of the University of Colorado, the University of Colorado’s formal, legal document governing your employment. This letter of offer provides additional information about the terms of your appointment. This</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> letter of offer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does not supersede any </w:t>
+      </w:r>
+      <w:r w:rsidR="00033045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">terms and conditions of the Employment </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract</w:t>
+      </w:r>
+      <w:r w:rsidR="00033045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In the event of any conflict between the Employment </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract</w:t>
+      </w:r>
+      <w:r w:rsidR="00033045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and this letter of offer, the terms of the Employment </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract</w:t>
+      </w:r>
+      <w:r w:rsidR="00033045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will control.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00810F6E" w:rsidRPr="00E05AD0">
-[...795 lines deleted...]
-    <w:p w14:paraId="7246548C" w14:textId="77777777" w:rsidR="00E32E87" w:rsidRPr="00920F20" w:rsidRDefault="00E32E87" w:rsidP="00E32E87">
+    </w:p>
+    <w:p w:rsidR="00507295" w:rsidRDefault="00507295" w14:paraId="08B44860" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00E32E87" w:rsidP="00E32E87" w:rsidRDefault="00E32E87" w14:paraId="7246548C" w14:textId="32EDCE84">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00920F20">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="00E32E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appointment Details</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C77B5">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="00E32E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...42 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="502FF499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E32E87" w:rsidRDefault="00E32E87" w14:paraId="42312431" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC782A" w:rsidRDefault="00033045" w14:paraId="0749324B" w14:textId="11483CBF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Your service will begin on ___________________ . </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="003E0543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="003E0543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>track</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...9 lines deleted...]
-        <w:t>Teaching</w:t>
+        <w:t xml:space="preserve"> appointments usually start on the first day of an academic semester].</w:t>
       </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E0543" w:rsidRPr="00E05AD0">
-[...27 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This appointment </w:t>
       </w:r>
       <w:r w:rsidR="003E0543">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is for ____________ </w:t>
       </w:r>
-      <w:r w:rsidR="003E0543" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="003E0543">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="0023562D" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="0023562D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>three</w:t>
       </w:r>
-      <w:r w:rsidR="002D4275" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="002D4275">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D4275" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="002D4275">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="002D4275" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="002D4275">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> five</w:t>
       </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> year</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="003E0543" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="003E0543">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> term (as per the employment contract)]. [Note: </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0023562D" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="0023562D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Five </w:t>
       </w:r>
-      <w:r w:rsidR="002D4275" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="002D4275">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>year</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="002D4275" w:rsidRPr="00E05AD0">
+        <w:t xml:space="preserve">year appointments should not be used for new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="003E0543">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> appointments should not be used for new </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003E0543" w:rsidRPr="00E05AD0">
+        <w:t>Assistant Teaching Professors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Assistant Teaching Professors</w:t>
-      </w:r>
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="006D3489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Your initial academic</w:t>
+      </w:r>
+      <w:r w:rsidR="0023562D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">year salary will be $________.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00507295">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC782A" w:rsidRDefault="00EC782A" w14:paraId="1E1B0931" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0063722C" w:rsidRDefault="00EC782A" w14:paraId="0E3C5B25" w14:textId="47EF6F48">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is a non-tenure track appointment and may be renewable in accordance with University provisions concerning renewal and reappointment found in the Laws of the Regents. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[If a non-renewable appointment, substitute the preceding sentence with the following: "This is a non-tenure track appointment and is non-renewable."]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00033045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="007E1219">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00033045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Each academic unit on the Boulder campus will have a procedure, as may be amended from time to time, for evaluating</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81643">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rostered clinical, librarian, and teaching faculty</w:t>
+      </w:r>
+      <w:r w:rsidR="00033045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for possible </w:t>
+      </w:r>
+      <w:r w:rsidR="00033045">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reappointment. This procedure involves an evaluation by a duly constituted body of the unit faculty and a review by the relevant dean. The evaluation shall cover all aspects of your appointment; in order to be </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reappointed,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C81643" w:rsidR="00C81643">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clinical</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81643">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teaching and teaching</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C81643" w:rsidR="00C81643">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-track faculty members are generally expected to demonstrate excellence in teaching, and at least meritorious performance in the other components of their annual merit formula.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81643">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In general, a notice from the unit-level review will be issued one semester before the current contract expires indicating one of the following: (a) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008272F7" w:rsidR="00947CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be renewed; (b) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008272F7" w:rsidR="00947CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will not be renewed; or (c) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008272F7" w:rsidR="00947CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renewal is still pending. Rostered </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81643">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>faculty</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should receive notification of non-renewal at least six weeks before the end date in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contract.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Any concerns that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008272F7" w:rsidR="00947CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may have about </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008272F7" w:rsidR="00947CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> evaluation should be addressed to the dean prior to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008272F7" w:rsidR="00947CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> review.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4275" w:rsidP="7EE2D543" w:rsidRDefault="002D4275" w14:paraId="46FBFF32" w14:textId="00EE66DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E0543" w:rsidP="003E0543" w:rsidRDefault="003E0543" w14:paraId="63D5F312" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>].</w:t>
-[...382 lines deleted...]
-    <w:p w14:paraId="3C8152B7" w14:textId="77777777" w:rsidR="00A42855" w:rsidRDefault="00A42855">
+        <w:t>[optional]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You will receive $________ to purchase _______________ (a computer, etc.), which will remain the property of the University of Colorado but will be for your exclusive use so long as you remain a member of the faculty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E0543" w:rsidRDefault="003E0543" w14:paraId="2B652F57" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C7A0B90" w14:textId="08CA269A" w:rsidR="002D4275" w:rsidRDefault="002D4275" w:rsidP="002D4275">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00E05AD0">
+    <w:p w:rsidR="006C6BBA" w:rsidRDefault="007E1219" w14:paraId="484EF9C4" w14:textId="20658A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7EE2D543">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00851C41" w:rsidRPr="00E05AD0">
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[If applicable]:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7EE2D543">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
-          <w:color w:val="FF0000"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...93 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In order to assist you with your relocation, the University will reimburse the actual moving and transportation costs for you to relocate, up to a maximum of $________ and subject to</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk162430261" w:id="0"/>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-        <w:r w:rsidRPr="00851C41">
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="7EE2D543">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>University policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="1"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F54502B" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="20695F8C" w14:textId="7F0EA63A" w:rsidR="002D4275" w:rsidRPr="00920F20" w:rsidRDefault="002D4275" w:rsidP="002D4275">
+    <w:p w:rsidR="7EE2D543" w:rsidP="7EE2D543" w:rsidRDefault="7EE2D543" w14:paraId="36D1F23D" w14:textId="4C4CAFF5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="390BD5DE" w:rsidP="7EE2D543" w:rsidRDefault="390BD5DE" w14:paraId="1C468CF2" w14:textId="6FA83A21">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please note that the required, one-day New Faculty Orientation will be on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> August __, 20__. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>insert date – New Faculty Orientation is held exactly one week before the first day of Fall classes each year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7EE2D543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>See section 4 below for additional details about preparing for this event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="6F54502B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="002D4275" w:rsidP="002D4275" w:rsidRDefault="002D4275" w14:paraId="20695F8C" w14:textId="7F0EA63A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Teaching</w:t>
       </w:r>
@@ -1917,61 +1734,61 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and Leadership and Service Responsibilities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="002B83BB" w14:textId="77777777" w:rsidR="002D4275" w:rsidRDefault="002D4275">
-[...9 lines deleted...]
-    <w:p w14:paraId="3682FDD2" w14:textId="77777777" w:rsidR="00CE5655" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="002D4275" w:rsidRDefault="002D4275" w14:paraId="002B83BB" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE5655" w:rsidRDefault="007E1219" w14:paraId="3682FDD2" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For purposes of annual merit evaluation, your efforts and accomplishments will be assessed according to </w:t>
       </w:r>
       <w:r w:rsidR="00515D2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the following</w:t>
@@ -2027,175 +1844,175 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">leadership and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>service to the Department, University and profession.</w:t>
       </w:r>
       <w:r w:rsidR="009E1572">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532CF055" w14:textId="77777777" w:rsidR="00CE5655" w:rsidRDefault="00CE5655">
-[...9 lines deleted...]
-    <w:p w14:paraId="10946594" w14:textId="0E01185F" w:rsidR="00580120" w:rsidRDefault="00367F37">
+    <w:p w:rsidR="00CE5655" w:rsidRDefault="00CE5655" w14:paraId="532CF055" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00580120" w:rsidRDefault="00367F37" w14:paraId="10946594" w14:textId="0E01185F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk162430372"/>
+      <w:bookmarkStart w:name="_Hlk162430372" w:id="1"/>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00795FE5" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00795FE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Scholarly and </w:t>
       </w:r>
-      <w:r w:rsidR="006D3489" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="006D3489">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">creative works are </w:t>
       </w:r>
-      <w:r w:rsidR="00CE5655" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00CE5655">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rare for teaching track faculty. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00795FE5" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00795FE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">scholarly and </w:t>
       </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>creative works are included as a percentage of the annual merit evaluation include the following statement</w:t>
       </w:r>
-      <w:r w:rsidR="00E35DCE" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00E35DCE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00717400" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00717400">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="009E1572">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unlike the expectations pl</w:t>
       </w:r>
       <w:r w:rsidR="00BF5C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aced on tenure-track faculty, you </w:t>
       </w:r>
       <w:r w:rsidR="009E1572">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2260,128 +2077,128 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidR="009E1572">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> evaluation</w:t>
       </w:r>
       <w:r w:rsidR="00717400">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> formula include ___% </w:t>
       </w:r>
-      <w:r w:rsidR="0023562D" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="0023562D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2E1A" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00ED2E1A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the standard scholarly and creative work amount for </w:t>
       </w:r>
-      <w:r w:rsidR="003E0543" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="003E0543">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Teaching</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2E1A" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00ED2E1A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-track faculty is usually</w:t>
       </w:r>
-      <w:r w:rsidR="00717400" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00717400">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10%</w:t>
       </w:r>
-      <w:r w:rsidR="0023562D" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="0023562D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00717400" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00717400">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00717400" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00717400">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00795FE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">scholarly </w:t>
       </w:r>
       <w:r w:rsidR="00717400">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and creative work so that </w:t>
@@ -2409,64 +2226,64 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidR="00717400">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> voluntary efforts in this area into consideration.</w:t>
       </w:r>
       <w:r w:rsidR="00717400">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="OLE_LINK1"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="28099E3B" w14:textId="6EF323BC" w:rsidR="00A81046" w:rsidRDefault="00F7590E">
+      <w:bookmarkStart w:name="OLE_LINK1" w:id="2"/>
+      <w:bookmarkStart w:name="OLE_LINK2" w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="00CE5655" w:rsidRDefault="00CE5655" w14:paraId="6D364804" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A81046" w:rsidRDefault="00F7590E" w14:paraId="28099E3B" w14:textId="6EF323BC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Your normal classroom teaching assignments will include ____</w:t>
       </w:r>
       <w:r w:rsidR="006D3489">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> courses</w:t>
@@ -2476,388 +2293,349 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or __ credits)</w:t>
       </w:r>
       <w:r w:rsidR="006D3489">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> per academic year</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="00A41D0E" w:rsidRPr="00523F5E">
+      <w:r w:rsidRPr="00523F5E" w:rsidR="00A41D0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In no event can your teaching be less than 50% of your appointment.</w:t>
       </w:r>
       <w:r w:rsidR="00A41D0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E1219">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">By accepting this position, you agree to perform duties and responsibilities which are </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">By accepting this position, you agree to perform duties and responsibilities which are in the area of your expertise or academic interest, or are otherwise appropriate, and which are assigned to you consistent with your rights and </w:t>
+      </w:r>
       <w:r w:rsidR="007E1219">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in the area of</w:t>
-[...19 lines deleted...]
-        <w:t>appropriate, and which are assigned to you consistent with your rights and responsibilities as a faculty member, and the policies and procedures of the University and of your academic unit.</w:t>
+        <w:t>responsibilities as a faculty member, and the policies and procedures of the University and of your academic unit.</w:t>
       </w:r>
       <w:r w:rsidR="00507295">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34476255" w14:textId="77777777" w:rsidR="00795C32" w:rsidRDefault="00795C32">
-[...9 lines deleted...]
-    <w:p w14:paraId="1932A1A7" w14:textId="4DDB8DD8" w:rsidR="00795C32" w:rsidRPr="00795C32" w:rsidRDefault="00795C32" w:rsidP="00795C32">
+    <w:p w:rsidR="00795C32" w:rsidRDefault="00795C32" w14:paraId="34476255" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00795C32" w:rsidR="00795C32" w:rsidP="00795C32" w:rsidRDefault="00795C32" w14:paraId="1932A1A7" w14:textId="4DDB8DD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="731"/>
           <w:tab w:val="left" w:pos="1451"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">With </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agreement from you</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006618A5">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>merit formula</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be altered by the Department/Unit. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">an element of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> duties change</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D59A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(e.g., courses added or reduced) </w:t>
+      </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>duties</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">without a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D59A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>change</w:t>
+      </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> change</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> in other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t xml:space="preserve"> assigned duties,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> then the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D59A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(e.g., courses added or reduced) </w:t>
+        <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">without a </w:t>
+        <w:t xml:space="preserve"> FTE</w:t>
       </w:r>
       <w:r w:rsidRPr="007D59A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>change</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7E9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in other</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>will change, and the salary and differential workload should be adjusted accordingly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043AF4A1" w14:textId="77777777" w:rsidR="002D4275" w:rsidRDefault="002D4275" w:rsidP="002D4275">
+    <w:p w:rsidR="002D4275" w:rsidP="002D4275" w:rsidRDefault="002D4275" w14:paraId="043AF4A1" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3382CB3F" w14:textId="52F46106" w:rsidR="002D4275" w:rsidRPr="00E05AD0" w:rsidRDefault="002D4275" w:rsidP="002D4275">
+    <w:p w:rsidRPr="00E05AD0" w:rsidR="002D4275" w:rsidP="002D4275" w:rsidRDefault="002D4275" w14:paraId="3382CB3F" w14:textId="52F46106">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -2865,528 +2643,664 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Professional Development</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14081182" w14:textId="77777777" w:rsidR="00A81046" w:rsidRDefault="00A81046">
-[...9 lines deleted...]
-    <w:p w14:paraId="14945410" w14:textId="0307807A" w:rsidR="007E1219" w:rsidRDefault="00A81046" w:rsidP="00A81046">
+    <w:p w:rsidR="00A81046" w:rsidRDefault="00A81046" w14:paraId="14081182" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidP="00A81046" w:rsidRDefault="00A81046" w14:paraId="14945410" w14:textId="0307807A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">The University of Colorado places a priority on supporting faculty and offers a robust array of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId10">
         <w:r w:rsidRPr="00414BE4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           </w:rPr>
           <w:t>programs and services to support faculty development</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> from hiring to retiring. The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId11">
         <w:r w:rsidRPr="00414BE4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           </w:rPr>
           <w:t>Center for Teaching and Learning (CTL)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> offers all faculty a variety of professional development workshops throughout the year in establishing strong learning environments and discipline-specific pedagogy. </w:t>
       </w:r>
       <w:r w:rsidR="007E1219">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1969A742" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="050BA975" w14:textId="77777777" w:rsidR="002D4275" w:rsidRPr="00920F20" w:rsidRDefault="002D4275" w:rsidP="002D4275">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="1969A742" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="002D4275" w:rsidP="002D4275" w:rsidRDefault="002D4275" w14:paraId="050BA975" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Policies and Training </w:t>
-[...9 lines deleted...]
-        <w:t>Responsibilities  </w:t>
+        <w:t>Policies and Training Responsibilities  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>[Required section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4275" w:rsidRDefault="002D4275" w14:paraId="56BBFDFD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00624A27" w:rsidP="00624A27" w:rsidRDefault="007E1219" w14:paraId="0542405C" w14:textId="173A8631">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By accepting this appointment, you agree to comply with all resolutions, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F35B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laws and policies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adopted by the Board of Regents, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F35B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all University policies </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and with policies and </w:t>
+      </w:r>
+      <w:r w:rsidR="009F35B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">procedures </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adopted by the campus, department, school, college</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other academic unit in which your appointment is made, consistent with the policies and procedures of the University and your rights and respon</w:t>
+      </w:r>
+      <w:r w:rsidR="00624A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sibilities as a faculty member. For additional information, please see the following links</w:t>
+      </w:r>
+      <w:r w:rsidR="005224A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidR="00624A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4275" w:rsidP="00624A27" w:rsidRDefault="002D4275" w14:paraId="4763822A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A479C9" w:rsidR="000D4063" w:rsidP="000D4063" w:rsidRDefault="000D4063" w14:paraId="235E1F1C" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId12">
+        <w:r w:rsidRPr="00A479C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 5002 Faculty Appointment Process</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A479C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A479C9" w:rsidR="000D4063" w:rsidP="000D4063" w:rsidRDefault="000D4063" w14:paraId="6CDC469E" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="00A479C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t xml:space="preserve">APS 5053 Multi-Year Contracts for Instructional, Research and Clinical Faculty </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidRPr="00A479C9" w:rsidR="000D4063" w:rsidP="000D4063" w:rsidRDefault="000D4063" w14:paraId="598E063F" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId14">
+        <w:r w:rsidRPr="00A479C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 5060 Faculty Appointments</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A479C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A479C9" w:rsidR="000D4063" w:rsidP="000D4063" w:rsidRDefault="000D4063" w14:paraId="389279A0" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId15">
+        <w:r w:rsidRPr="00A479C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 1013 - Intellectual Property Policy on Discoveries and Patents for Their Protection and Commercialization</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A479C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (please also see next paragraph) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A479C9" w:rsidR="000D4063" w:rsidP="000D4063" w:rsidRDefault="000D4063" w14:paraId="6650C7B0" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId16">
+        <w:r w:rsidRPr="00A479C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 1014 - Intellectual Property that is Educational Material</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A479C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A479C9" w:rsidR="000D4063" w:rsidP="000D4063" w:rsidRDefault="000D4063" w14:paraId="44099F9A" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="00A479C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>Article 5.B.2 - Principles of Academic Freedom</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A479C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A479C9" w:rsidR="000D4063" w:rsidP="000D4063" w:rsidRDefault="000D4063" w14:paraId="403CA9AB" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="00A479C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>Board of Regents Faculty Regulations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A479C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A479C9" w:rsidR="000D4063" w:rsidP="000D4063" w:rsidRDefault="000D4063" w14:paraId="7245CCF9" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId19">
+        <w:r w:rsidRPr="00A479C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>APS 2027 Code of Conduct </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A479C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A479C9" w:rsidR="000D4063" w:rsidP="000D4063" w:rsidRDefault="000D4063" w14:paraId="7AD57413" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" w:anchor="professional-rights-and-responsibilities-(prr)" r:id="rId20">
+        <w:r w:rsidRPr="00A479C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A479C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0098181C" w:rsidP="007F2C27" w:rsidRDefault="0098181C" w14:paraId="0548C141" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A798B" w:rsidP="007A798B" w:rsidRDefault="007A798B" w14:paraId="532A8313" w14:textId="2F0E5E5E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The primary unit defines the criteria for the reappointment and promotion of </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0543">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teaching track faculty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. For a description of the Primary Unit Criteria in the </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="FF0000"/>
-[...142 lines deleted...]
-    <w:p w14:paraId="59ABB16F" w14:textId="78A03815" w:rsidR="008608FF" w:rsidRDefault="002D4275" w:rsidP="008608FF">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert department or program name here]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2425B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please visit the following link: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert link to the department or program primary unit criteria here].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF074C" w:rsidP="00515D2B" w:rsidRDefault="00BF074C" w14:paraId="20F34D0A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r>
+    </w:p>
+    <w:p w:rsidR="00795C32" w:rsidP="00795C32" w:rsidRDefault="00795C32" w14:paraId="555A5AF8" w14:textId="180629EF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004379DE">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId21">
+        <w:r w:rsidR="00B658C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Board of Regents Faculty Rights and Policies</w:t>
-[...186 lines deleted...]
-          <w:t>I</w:t>
+          <w:t>Regent Policy 5.I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="004379DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APS 1013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and subsequently adopted IP policies, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3435,1856 +3349,1635 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>you agree</w:t>
       </w:r>
       <w:r w:rsidRPr="004379DE">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to promptly disclose all such discoveries to the University and execute all papers as the University may deem necessary to secure for the University the rights herein assigned.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450469C4" w14:textId="601F7101" w:rsidR="00795C32" w:rsidRDefault="00795C32" w:rsidP="00795C32">
+    <w:p w:rsidR="00795C32" w:rsidP="00795C32" w:rsidRDefault="00795C32" w14:paraId="450469C4" w14:textId="601F7101">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B54CE7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This position is exempt from the overtime provisions of the Fair Labor Standards Act and as such is not eligible for overtime compensation.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7DA2DE" w14:textId="77777777" w:rsidR="00215271" w:rsidRPr="004375B1" w:rsidRDefault="00215271" w:rsidP="00215271">
+    <w:p w:rsidRPr="004375B1" w:rsidR="00215271" w:rsidP="00215271" w:rsidRDefault="00215271" w14:paraId="4E7DA2DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Requirements and Conditions of Employment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47637B4A" w14:textId="10AA5DD1" w:rsidR="00215271" w:rsidRDefault="00215271" w:rsidP="00215271">
+    <w:p w:rsidR="00215271" w:rsidP="00215271" w:rsidRDefault="00215271" w14:paraId="47637B4A" w14:textId="10AA5DD1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This offer is contingent upon the satisfactory completion of a criminal background check as required by the University. You will receive an e-mail from the University’s external vendor, HireRight Customer Support (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId23">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>customerservice@hireright.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), that will direct you to complete the authorization form online. The background check must be completed prior to employment. By accepting this offer you verify that you’ve read the University’s background check requirements, including your self-disclosure obligation which begins from the date of acceptance, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId24">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>available on the web</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DCE1E2" w14:textId="77777777" w:rsidR="00215271" w:rsidRPr="00795C32" w:rsidRDefault="00215271" w:rsidP="00215271">
+    <w:p w:rsidRPr="00795C32" w:rsidR="00215271" w:rsidP="00215271" w:rsidRDefault="00215271" w14:paraId="36DCE1E2" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18BABA7B" w14:textId="0D53F443" w:rsidR="002D4275" w:rsidRPr="004039B2" w:rsidRDefault="002D4275" w:rsidP="002D4275">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">The laws of the state of Colorado require that faculty members of the University who are citizens of the United States affirm in writing that they will support the constitutions of the United States and of Colorado, and that they will faithfully execute the duties of their employment. The required </w:t>
+    <w:p w:rsidRPr="004039B2" w:rsidR="002D4275" w:rsidP="002D4275" w:rsidRDefault="002D4275" w14:paraId="18BABA7B" w14:textId="5ED7D2A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The laws of the state of Colorado require that faculty members of the University affirm in writing that they will support the constitutions of the United States and of Colorado, and that they will faithfully execute the duties of their employment. The required </w:t>
       </w:r>
       <w:r w:rsidRPr="000E3FF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>faculty pledge</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> form is enclosed. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk161991320"/>
-      <w:r w:rsidR="00062F7D" w:rsidRPr="00E05AD0">
+      <w:bookmarkStart w:name="_Hlk161991320" w:id="4"/>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00062F7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00062F7D" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00062F7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If faculty member </w:t>
       </w:r>
-      <w:r w:rsidR="006618A5" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="006618A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>has already completed the pledge, then this paragraph can be omitted</w:t>
       </w:r>
-      <w:r w:rsidR="00062F7D" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00062F7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00062F7D" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00062F7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="3D70BDC0" w14:textId="2A6A7DC6" w:rsidR="00052531" w:rsidRPr="008272F7" w:rsidRDefault="00052531" w:rsidP="00052531">
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00052531" w:rsidP="00515D2B" w:rsidRDefault="00052531" w14:paraId="707E6EE2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="008272F7" w:rsidR="00052531" w:rsidP="00052531" w:rsidRDefault="00052531" w14:paraId="3D70BDC0" w14:textId="2A6A7DC6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008272F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All new faculty at the University of Colorado Boulder are required to complete training on sexual misconduct, discrimination</w:t>
       </w:r>
       <w:r w:rsidR="00776619">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008272F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and harassment. A CU </w:t>
-[...74 lines deleted...]
-        <w:r w:rsidR="00513FFC" w:rsidRPr="00513FFC">
+        <w:t xml:space="preserve"> and harassment. A CU Identikey is required in order to access the training. You will receive an e-mail from your college or school personnel coordinator once your Identikey has been established. Once your Identikey is in place, please visit the following web address located on the Office of Institutional Equity and Compliance (OIEC) website for instructions on how to complete the required training: </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId25">
+        <w:r w:rsidRPr="00513FFC" w:rsidR="00513FFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/institutionalequity/training-and-education</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008272F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="292C4D16" w14:textId="6BAA8472" w:rsidR="00052531" w:rsidRPr="008272F7" w:rsidRDefault="00052531" w:rsidP="00052531">
-[...5 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w:rsidRPr="00B658C6" w:rsidR="00B658C6" w:rsidP="00052531" w:rsidRDefault="00052531" w14:paraId="05B6B77E" w14:textId="32889B3C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008272F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The online training must be completed prior to the in-person campus New Faculty Orientation to be held on </w:t>
       </w:r>
-      <w:r w:rsidR="00776619" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00776619">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00776619" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00776619">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert date – New Faculty Orientation is held exactly one week before the first day of Fall classes each year</w:t>
       </w:r>
-      <w:r w:rsidR="00776619" w:rsidRPr="00E05AD0">
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="00776619">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00776619" w:rsidRPr="00810C42">
+      <w:r w:rsidRPr="00810C42" w:rsidR="00776619">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00776619">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A81046" w:rsidRPr="00810C42">
-[...34 lines deleted...]
-      <w:r w:rsidR="00C347A2" w:rsidRPr="003A62B5">
+      <w:bookmarkStart w:name="_Hlk167260443" w:id="5"/>
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00C347A2" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If faculty member </w:t>
       </w:r>
       <w:r w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is not new and will not be attending New Faculty Orientation</w:t>
       </w:r>
-      <w:r w:rsidR="00C347A2" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, then</w:t>
       </w:r>
       <w:r w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> everything above</w:t>
       </w:r>
-      <w:r w:rsidR="00C347A2" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> this </w:t>
       </w:r>
       <w:r w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sentence in the paragraph</w:t>
       </w:r>
-      <w:r w:rsidR="00C347A2" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be omitted.</w:t>
       </w:r>
       <w:r w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please keep the paragraph below on the PRR.</w:t>
       </w:r>
-      <w:r w:rsidR="00C347A2" w:rsidRPr="003A62B5">
+      <w:r w:rsidRPr="003A62B5" w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00C347A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidR="00A81046" w:rsidRPr="00556CB7">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="00B658C6" w:rsidP="00052531" w:rsidRDefault="00B658C6" w14:paraId="127D1F0F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00456441" w:rsidP="00456441" w:rsidRDefault="00456441" w14:paraId="29A86EF1" w14:textId="4FA8503F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Professional Rights and Responsibility and Roles and Professional Responsibilities of Academic Leaders (PRR) document sets forth a foundation for supporting a positive and respectful faculty work culture. Faculty are expected to understand and incorporate the PRR into the fabric of their research, scholarship, creative work, teaching, and service. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A81046" w:rsidRPr="00556CB7">
+      </w:pPr>
+      <w:r w:rsidRPr="00B63D21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="111111"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="apple-converted-space"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5866">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="111111"/>
-[...17 lines deleted...]
-          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academic Affairs Policy on </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId26">
+        <w:r w:rsidRPr="00B63D21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members and Roles and Professional Responsibilities of Academic Leaders</w:t>
+        </w:r>
+        <w:r w:rsidR="00D90C36">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> and accompanying procedures</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B63D21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (PRR) </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00A81046" w:rsidRPr="00556CB7">
+        </w:rPr>
+        <w:t xml:space="preserve"> sets forth a foundation for supporting a positive and respectful faculty work culture. Faculty are expected to understand and incorporate the PRR into the fabric of their research, scholarship, creative work, teaching, and service. Training for all faculty in understanding and using the PRR is available through </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId27">
+        <w:r w:rsidRPr="00B63D21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Percipio</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B63D21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="239612C5" w14:textId="77777777" w:rsidR="00052531" w:rsidRPr="008272F7" w:rsidRDefault="00052531" w:rsidP="00052531">
+        <w:t>. Some issues can be harder to resolve, so the Regents specify faculty grievance rights and processes (See </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId28">
+        <w:r w:rsidRPr="00B63D21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Regent Law 5, Part D</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId29">
+        <w:r w:rsidRPr="00B63D21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Regent Policy 5.G</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B63D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="008272F7" w:rsidR="00052531" w:rsidP="00052531" w:rsidRDefault="00052531" w14:paraId="239612C5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58CF7FCE" w14:textId="77777777" w:rsidR="00FF1FF6" w:rsidRDefault="00FF1FF6" w:rsidP="00FF1FF6">
+    <w:p w:rsidR="00FF1FF6" w:rsidP="00FF1FF6" w:rsidRDefault="00FF1FF6" w14:paraId="58CF7FCE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">CU receives a large portion of its research funding from U.S. government agencies, and some of this research involves technology that is of a sensitive nature, either for national security reasons or otherwise. As a result, your ability to publish your research and to employ or collaborate with foreign nationals may be contingent upon obtaining authorization from the U.S. Departments of State, Commerce or Treasury. The CU Office of Export Controls can assist in making this determination and applying for authorization. Please use the research support toolkit found here, </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId18" w:history="1">
+        <w:t xml:space="preserve">CU receives a large portion of its research funding from U.S. government agencies, and some of this research involves technology that is of a sensitive nature, either for national security reasons or otherwise. As a result, your ability to publish your research and to employ or collaborate with foreign nationals may be contingent upon obtaining authorization from the U.S. Departments of State, Commerce or Treasury. The CU Office of Export Controls can assist in making this determination and applying for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">authorization. Please use the research support toolkit found here, </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/researchinnovation/ori</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, or contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>exportcontrolshelp@colorado.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for any questions or concerns you might have. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B66D708" w14:textId="77777777" w:rsidR="00FF1FF6" w:rsidRDefault="00FF1FF6" w:rsidP="00FF1FF6">
+    <w:p w:rsidR="00FF1FF6" w:rsidP="00FF1FF6" w:rsidRDefault="00FF1FF6" w14:paraId="2B66D708" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2354158A" w14:textId="77777777" w:rsidR="00FF1FF6" w:rsidRDefault="00FF1FF6" w:rsidP="00FF1FF6">
+    <w:p w:rsidR="00FF1FF6" w:rsidP="00FF1FF6" w:rsidRDefault="00FF1FF6" w14:paraId="2354158A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">All faculty responsible for the purpose, design, conduct, or reporting of research on campus are required to disclose significant financial and personal interests and external professional activities. Please review the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Disclosure of External Professional Activities (DEPA) Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E034B9B" w14:textId="77777777" w:rsidR="002D4275" w:rsidRPr="00A12F13" w:rsidRDefault="002D4275" w:rsidP="00052531">
+    <w:p w:rsidRPr="00A12F13" w:rsidR="002D4275" w:rsidP="00052531" w:rsidRDefault="002D4275" w14:paraId="7E034B9B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="632E7F4E" w14:textId="77777777" w:rsidR="002D4275" w:rsidRPr="00920F20" w:rsidRDefault="002D4275" w:rsidP="002D4275">
+    <w:p w:rsidRPr="00920F20" w:rsidR="002D4275" w:rsidP="002D4275" w:rsidRDefault="002D4275" w14:paraId="632E7F4E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk161989477"/>
+      <w:bookmarkStart w:name="_Hlk161989477" w:id="6"/>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Benefits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E05AD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="_Hlk161989487"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="00247FC7" w:rsidP="00624A27" w:rsidRDefault="00247FC7" w14:paraId="6B186AB7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D4275" w:rsidP="002D4275" w:rsidRDefault="002D4275" w14:paraId="70974F0B" w14:textId="53501A63">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk161989487" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have any questions about available benefits as a faculty member, please contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId33">
         <w:r w:rsidRPr="009109C9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>Benefits, part of Employee Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF0F36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (303) 860-4200, option 3. You have 31 days from your hire date to enroll in any benefits programs. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD073F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If your appointment begins on the first of the month, medical and dental coverage begin on that date. If your appointment begins on any other date, coverage begins the first day of the following month. Your specific start date and benefits eligibility are determined by </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> policy</w:t>
+        <w:t>If your appointment begins on the first of the month, medical and dental coverage begin on that date. If your appointment begins on any other date, coverage begins the first day of the following month. Your specific start date and benefits eligibility are determined by University policy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C2CD1E" w14:textId="43111D3C" w:rsidR="00624A27" w:rsidRDefault="00081A91" w:rsidP="00624A27">
+    <w:p w:rsidR="00624A27" w:rsidP="00624A27" w:rsidRDefault="00081A91" w14:paraId="22C2CD1E" w14:textId="43111D3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>which may be amended from time to time</w:t>
       </w:r>
-      <w:r w:rsidR="001C62E6" w:rsidRPr="00BD073F">
+      <w:r w:rsidRPr="00BD073F" w:rsidR="001C62E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00624A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> For additional information, please see the following link</w:t>
       </w:r>
       <w:r w:rsidR="005224A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r w:rsidR="00624A27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="006B5596" w:rsidRPr="004236B4">
+      <w:hyperlink w:history="1" r:id="rId34">
+        <w:r w:rsidRPr="004236B4" w:rsidR="006B5596">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.cu.edu/employee-services/benefits-wellness</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006F6C1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="0F73B822" w14:textId="29AB5C8E" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="002D4275" w:rsidP="4848FF2B" w:rsidRDefault="002D4275" w14:paraId="1C27F24A" w14:textId="4CB3DD68">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4848FF2B" w:rsidR="002D4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00624A27" w:rsidR="00624A27" w:rsidP="001C62E6" w:rsidRDefault="00624A27" w14:paraId="2643BB43" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="0F73B822" w14:textId="29AB5C8E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In order that a recommendation for appointment may be submitted to the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008522E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Provost</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008522E1">
+        <w:t xml:space="preserve">Provost </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on your behalf, please n</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otify me by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="003B5C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________, 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0" w:rsidR="006D3489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05AD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of your willingness to accept this position by returning the signed letter </w:t>
+      </w:r>
+      <w:r w:rsidR="006D3489">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>via DocuSign</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. We look forward to your acceptance of this offer and your contributions to the University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F5013" w:rsidRDefault="001F5013" w14:paraId="656BAC11" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F5013" w:rsidRDefault="001F5013" w14:paraId="6EB4FF76" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sincerely,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF4406" w:rsidP="4848FF2B" w:rsidRDefault="00BF4406" w14:paraId="4BCB851F" w14:textId="30342545">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="59BEC53C" w14:textId="2FC4CB94">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="7BCD2923" w14:textId="45E2FB05">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chair </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D4275">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF6B2A" w:rsidP="4848FF2B" w:rsidRDefault="00CF6B2A" w14:paraId="05920E48" w14:textId="3AFB3271">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="4F3AA3E4" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Concurred by: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF4406" w:rsidRDefault="00BF4406" w14:paraId="17AE4376" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="00CF6B2A" w:rsidP="00CF6B2A" w:rsidRDefault="00CF6B2A" w14:paraId="135ED359" w14:textId="3A79FCE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4BC12B13" w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="4BC12B13" w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="00CF6B2A" w:rsidP="00CF6B2A" w:rsidRDefault="00CF6B2A" w14:paraId="74239306" w14:textId="2A3DEEAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4BC12B13" w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dean </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="4BC12B13" w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="00CF6B2A" w:rsidP="00CF6B2A" w:rsidRDefault="00CF6B2A" w14:paraId="13CC50AF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="00CF6B2A" w:rsidP="00CF6B2A" w:rsidRDefault="00CF6B2A" w14:paraId="203FF4A9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="00CF6B2A" w:rsidP="00CF6B2A" w:rsidRDefault="00CF6B2A" w14:paraId="5099BBE1" w14:textId="7B4A7A93">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4BC12B13" w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="4BC12B13" w:rsidR="00CF6B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A7873" w:rsidP="00CF6B2A" w:rsidRDefault="000A7873" w14:paraId="59C211FB" w14:textId="6D3353D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4BC12B13" w:rsidR="000A7873">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Michele S. Moses</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="4BC12B13" w:rsidR="000A7873">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="00CF6B2A" w:rsidP="00CF6B2A" w:rsidRDefault="000A7873" w14:paraId="31733E25" w14:textId="43D12A31">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vice Chancellor and Senior Vice Provost for Faculty Affairs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6B2A" w:rsidR="00CF6B2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...139 lines deleted...]
-      <w:r w:rsidR="00CF6B2A">
+      <w:r w:rsidR="008C042C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C042C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CF6B2A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CF6B2A">
-[...617 lines deleted...]
-    <w:p w14:paraId="55878084" w14:textId="77777777" w:rsidR="00CF6B2A" w:rsidRPr="00CF6B2A" w:rsidRDefault="00CF6B2A" w:rsidP="00CF6B2A">
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="00CF6B2A" w:rsidP="00CF6B2A" w:rsidRDefault="00CF6B2A" w14:paraId="2D23E7FC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CF6B2A" w:rsidR="00CF6B2A" w:rsidP="00CF6B2A" w:rsidRDefault="00CF6B2A" w14:paraId="55878084" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A5A3D37" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="02EB4B17" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="4A5A3D37" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="02EB4B17" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I accept this offer of the faculty position described above, with the understanding that this offer is conditional upon approval of my appointment by the </w:t>
       </w:r>
       <w:r w:rsidR="00792B13">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provost </w:t>
@@ -5295,61 +4988,61 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of the University of Colorado </w:t>
       </w:r>
       <w:r w:rsidR="00586061">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17AC583F" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="49C226C8" w14:textId="7838873E" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="17AC583F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="49C226C8" w14:textId="7838873E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -5363,229 +5056,228 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002D4275">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3856927C" w14:textId="44E09ECA" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="3856927C" w14:textId="44E09ECA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002D4275">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002D4275">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3E71FD" w14:textId="77777777" w:rsidR="00792B13" w:rsidRDefault="00792B13">
+    <w:p w:rsidR="00792B13" w:rsidRDefault="00792B13" w14:paraId="6C3E71FD" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32A7FA09" w14:textId="77777777" w:rsidR="00792B13" w:rsidRDefault="00792B13">
+    <w:p w:rsidR="00792B13" w:rsidRDefault="00792B13" w14:paraId="32A7FA09" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7130004F" w14:textId="77777777" w:rsidR="00792B13" w:rsidRDefault="00792B13">
+    <w:p w:rsidR="00792B13" w:rsidRDefault="00792B13" w14:paraId="7130004F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5988DD1F" w14:textId="77777777" w:rsidR="00792B13" w:rsidRDefault="00792B13">
+    <w:p w:rsidR="00792B13" w:rsidRDefault="00792B13" w14:paraId="5988DD1F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Candidate e-mail address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7297C301" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...19 lines deleted...]
-    <w:p w14:paraId="606DBADF" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="7297C301" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="4320E7E9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="606DBADF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I decline this offer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA6E60F" w14:textId="77777777" w:rsidR="007E1219" w:rsidRDefault="007E1219">
-[...9 lines deleted...]
-    <w:p w14:paraId="59D4C09D" w14:textId="188466C1" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="6CA6E60F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="59D4C09D" w14:textId="188466C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -5599,51 +5291,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002D4275">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51EE27EB" w14:textId="40F02216" w:rsidR="007E1219" w:rsidRDefault="007E1219">
+    <w:p w:rsidR="007E1219" w:rsidRDefault="007E1219" w14:paraId="51EE27EB" w14:textId="40F02216">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -5708,187 +5400,531 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002D4275">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387E36E4" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113">
-[...11 lines deleted...]
-    <w:p w14:paraId="4E065A42" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113">
+    <w:p w:rsidR="00200113" w:rsidRDefault="00200113" w14:paraId="387E36E4" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="5D0C9E78" w14:textId="77777777"/>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="48285309" w14:textId="77777777"/>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="4E065A42" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64C17595" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113">
+    <w:p w:rsidR="00200113" w:rsidP="009EAD09" w:rsidRDefault="00200113" w14:paraId="64C17595" w14:textId="06F53EFF">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="FF000000" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="FF000000" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="FF000000" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="FF000000" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="00200113">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Candidate:  Please proceed to the final page of this document to provide additional required information.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6CC8CCA3" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113">
+        <w:t>Candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Please</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proceed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the final page of this document to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009EAD09" w:rsidR="00200113">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="6CC8CCA3" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E5F7E8D" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113" w:rsidP="00200113"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2F44368F" w14:textId="77777777" w:rsidR="00200113" w:rsidRDefault="00200113"/>
+    <w:p w:rsidR="00200113" w:rsidP="00200113" w:rsidRDefault="00200113" w14:paraId="6E5F7E8D" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00ED2E1A" w:rsidR="00452024" w:rsidP="00ED2E1A" w:rsidRDefault="00452024" w14:paraId="6086D272" w14:textId="77777777"/>
+    <w:p w:rsidR="00200113" w:rsidRDefault="00200113" w14:paraId="2F44368F" w14:textId="77777777"/>
     <w:sectPr w:rsidR="00200113" w:rsidSect="00B820A3">
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="10">
+    <w:nsid w:val="4f4a2a43"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08A966DB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="387C61EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C717B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8A8B926"/>
     <w:lvl w:ilvl="0" w:tplc="04685B86">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -5921,51 +5957,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="188E4150"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C168FB0"/>
     <w:lvl w:ilvl="0" w:tplc="D610A0C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -6012,342 +6048,1460 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19F86A0A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="91620A38"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21F2076D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2EC476BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D2D2831"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="54ACD4B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CB72256"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0FF6C704"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B6958BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="692C29CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74F8220A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C9A4588"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FD97673"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F500B2F0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
   <w:num w:numId="1" w16cid:durableId="1457022204">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1857619365">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1857619365">
+  <w:num w:numId="3" w16cid:durableId="920985599">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="607657860">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="389767834">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="332223482">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1067337944">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1829207383">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="819812658">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1600487304">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BC3"/>
     <w:rsid w:val="00000D5D"/>
     <w:rsid w:val="00033045"/>
     <w:rsid w:val="00035C8D"/>
     <w:rsid w:val="00052531"/>
     <w:rsid w:val="00062F7D"/>
     <w:rsid w:val="00081A91"/>
+    <w:rsid w:val="000A5F5B"/>
     <w:rsid w:val="000A7873"/>
     <w:rsid w:val="000B338D"/>
     <w:rsid w:val="000D36B3"/>
+    <w:rsid w:val="000D4063"/>
     <w:rsid w:val="000F1113"/>
     <w:rsid w:val="000F3F75"/>
     <w:rsid w:val="001765B3"/>
+    <w:rsid w:val="0018512B"/>
     <w:rsid w:val="00193CEF"/>
     <w:rsid w:val="00196BC3"/>
     <w:rsid w:val="001B0A9D"/>
     <w:rsid w:val="001C62E6"/>
+    <w:rsid w:val="001D5241"/>
     <w:rsid w:val="001E3701"/>
     <w:rsid w:val="001F092A"/>
     <w:rsid w:val="001F5013"/>
     <w:rsid w:val="00200113"/>
     <w:rsid w:val="002020B3"/>
     <w:rsid w:val="00211A2D"/>
     <w:rsid w:val="0021407D"/>
     <w:rsid w:val="00215271"/>
     <w:rsid w:val="0023562D"/>
     <w:rsid w:val="00247FC7"/>
     <w:rsid w:val="0025538D"/>
+    <w:rsid w:val="00261778"/>
     <w:rsid w:val="002A0C88"/>
     <w:rsid w:val="002C29CF"/>
     <w:rsid w:val="002C3121"/>
     <w:rsid w:val="002C6697"/>
     <w:rsid w:val="002D4275"/>
     <w:rsid w:val="002F1D45"/>
     <w:rsid w:val="00313F79"/>
     <w:rsid w:val="00322491"/>
+    <w:rsid w:val="00335088"/>
     <w:rsid w:val="00346C97"/>
     <w:rsid w:val="00360AE0"/>
     <w:rsid w:val="00367F37"/>
     <w:rsid w:val="003A36C8"/>
     <w:rsid w:val="003B5C8D"/>
     <w:rsid w:val="003E0543"/>
     <w:rsid w:val="003F4887"/>
     <w:rsid w:val="004039B2"/>
     <w:rsid w:val="004049CA"/>
     <w:rsid w:val="00405168"/>
     <w:rsid w:val="00414BE4"/>
     <w:rsid w:val="004252BA"/>
     <w:rsid w:val="00452024"/>
     <w:rsid w:val="00455EE7"/>
+    <w:rsid w:val="00456441"/>
     <w:rsid w:val="00463D39"/>
     <w:rsid w:val="00467185"/>
     <w:rsid w:val="004703A3"/>
     <w:rsid w:val="00474449"/>
     <w:rsid w:val="004832D7"/>
     <w:rsid w:val="004914CE"/>
     <w:rsid w:val="004A737C"/>
     <w:rsid w:val="004C2F62"/>
     <w:rsid w:val="004D1CBD"/>
     <w:rsid w:val="004E6C38"/>
     <w:rsid w:val="00500828"/>
     <w:rsid w:val="00507295"/>
     <w:rsid w:val="00511143"/>
     <w:rsid w:val="00513FFC"/>
     <w:rsid w:val="005149A5"/>
     <w:rsid w:val="00515D2B"/>
     <w:rsid w:val="005224A9"/>
     <w:rsid w:val="00523F5E"/>
     <w:rsid w:val="00531204"/>
     <w:rsid w:val="00535239"/>
     <w:rsid w:val="00547448"/>
     <w:rsid w:val="00550E2A"/>
     <w:rsid w:val="00554EDA"/>
     <w:rsid w:val="00557882"/>
     <w:rsid w:val="00580120"/>
+    <w:rsid w:val="0058481B"/>
     <w:rsid w:val="00586061"/>
     <w:rsid w:val="005A5182"/>
     <w:rsid w:val="005B0819"/>
     <w:rsid w:val="005C5486"/>
     <w:rsid w:val="005D026E"/>
     <w:rsid w:val="005E001F"/>
     <w:rsid w:val="00600D4A"/>
     <w:rsid w:val="00604719"/>
     <w:rsid w:val="00624A27"/>
     <w:rsid w:val="0063722C"/>
     <w:rsid w:val="006541CA"/>
     <w:rsid w:val="006618A5"/>
+    <w:rsid w:val="00671197"/>
     <w:rsid w:val="006804EF"/>
     <w:rsid w:val="00690E16"/>
     <w:rsid w:val="006A4FE6"/>
     <w:rsid w:val="006B3AE7"/>
     <w:rsid w:val="006B5596"/>
     <w:rsid w:val="006C2FB3"/>
     <w:rsid w:val="006C6BBA"/>
     <w:rsid w:val="006D3489"/>
     <w:rsid w:val="006F6C1E"/>
     <w:rsid w:val="0070722D"/>
     <w:rsid w:val="007127B6"/>
     <w:rsid w:val="00717400"/>
     <w:rsid w:val="00721B90"/>
     <w:rsid w:val="007336DE"/>
     <w:rsid w:val="00737118"/>
     <w:rsid w:val="00742CB7"/>
+    <w:rsid w:val="00751683"/>
+    <w:rsid w:val="007545B5"/>
     <w:rsid w:val="00772196"/>
     <w:rsid w:val="00776619"/>
-    <w:rsid w:val="007825E8"/>
+    <w:rsid w:val="00790F4A"/>
     <w:rsid w:val="00792B13"/>
     <w:rsid w:val="00795C32"/>
     <w:rsid w:val="00795FE5"/>
     <w:rsid w:val="00797373"/>
     <w:rsid w:val="007A6C59"/>
     <w:rsid w:val="007A798B"/>
     <w:rsid w:val="007C62B1"/>
     <w:rsid w:val="007C7565"/>
     <w:rsid w:val="007D2238"/>
     <w:rsid w:val="007D3406"/>
     <w:rsid w:val="007E1219"/>
     <w:rsid w:val="007F2C27"/>
     <w:rsid w:val="007F33DB"/>
     <w:rsid w:val="007F676E"/>
     <w:rsid w:val="00810C33"/>
     <w:rsid w:val="00810F6E"/>
     <w:rsid w:val="008272F7"/>
     <w:rsid w:val="00851C41"/>
     <w:rsid w:val="008522E1"/>
     <w:rsid w:val="0085533C"/>
     <w:rsid w:val="008608FF"/>
     <w:rsid w:val="00870580"/>
     <w:rsid w:val="008759BF"/>
     <w:rsid w:val="00887C78"/>
     <w:rsid w:val="00894457"/>
     <w:rsid w:val="00896A7F"/>
     <w:rsid w:val="008C042C"/>
     <w:rsid w:val="00906E2C"/>
     <w:rsid w:val="00947CE2"/>
     <w:rsid w:val="0098181C"/>
     <w:rsid w:val="00991457"/>
     <w:rsid w:val="009B3020"/>
     <w:rsid w:val="009B59D6"/>
     <w:rsid w:val="009E1572"/>
+    <w:rsid w:val="009EAD09"/>
     <w:rsid w:val="009F35B2"/>
     <w:rsid w:val="00A018F6"/>
     <w:rsid w:val="00A12F13"/>
     <w:rsid w:val="00A20930"/>
     <w:rsid w:val="00A258F8"/>
+    <w:rsid w:val="00A40D1B"/>
     <w:rsid w:val="00A41D0E"/>
     <w:rsid w:val="00A42855"/>
     <w:rsid w:val="00A470E4"/>
+    <w:rsid w:val="00A479C9"/>
     <w:rsid w:val="00A65CBB"/>
     <w:rsid w:val="00A6771A"/>
     <w:rsid w:val="00A72957"/>
     <w:rsid w:val="00A758BE"/>
     <w:rsid w:val="00A81046"/>
     <w:rsid w:val="00A81B71"/>
     <w:rsid w:val="00A90175"/>
     <w:rsid w:val="00A920CC"/>
     <w:rsid w:val="00AA07F3"/>
     <w:rsid w:val="00AA4EDC"/>
     <w:rsid w:val="00AA56B2"/>
     <w:rsid w:val="00AB2E7A"/>
     <w:rsid w:val="00AC1295"/>
     <w:rsid w:val="00AC5481"/>
+    <w:rsid w:val="00AF71FB"/>
     <w:rsid w:val="00B06CA3"/>
     <w:rsid w:val="00B11CB4"/>
     <w:rsid w:val="00B24E0F"/>
     <w:rsid w:val="00B26632"/>
     <w:rsid w:val="00B41894"/>
     <w:rsid w:val="00B510DD"/>
     <w:rsid w:val="00B626F4"/>
+    <w:rsid w:val="00B658C6"/>
     <w:rsid w:val="00B76D40"/>
     <w:rsid w:val="00B820A3"/>
     <w:rsid w:val="00BA08DF"/>
     <w:rsid w:val="00BA4E79"/>
     <w:rsid w:val="00BE60DF"/>
     <w:rsid w:val="00BF074C"/>
     <w:rsid w:val="00BF4406"/>
     <w:rsid w:val="00BF5C6E"/>
+    <w:rsid w:val="00C2083C"/>
     <w:rsid w:val="00C262B3"/>
     <w:rsid w:val="00C31CDE"/>
     <w:rsid w:val="00C347A2"/>
     <w:rsid w:val="00C45B3B"/>
     <w:rsid w:val="00C81643"/>
     <w:rsid w:val="00C84DF2"/>
     <w:rsid w:val="00CB5BAB"/>
     <w:rsid w:val="00CB5CF6"/>
     <w:rsid w:val="00CD281E"/>
     <w:rsid w:val="00CD445C"/>
     <w:rsid w:val="00CD4DF6"/>
     <w:rsid w:val="00CE5655"/>
     <w:rsid w:val="00CF2EF4"/>
     <w:rsid w:val="00CF6B2A"/>
-    <w:rsid w:val="00D03CCD"/>
+    <w:rsid w:val="00D2210D"/>
     <w:rsid w:val="00D350E6"/>
     <w:rsid w:val="00D51553"/>
     <w:rsid w:val="00D53C32"/>
     <w:rsid w:val="00D64183"/>
     <w:rsid w:val="00D80614"/>
+    <w:rsid w:val="00D90C36"/>
     <w:rsid w:val="00DD307E"/>
     <w:rsid w:val="00DE574F"/>
     <w:rsid w:val="00DF2356"/>
     <w:rsid w:val="00DF2DFE"/>
     <w:rsid w:val="00E05AD0"/>
     <w:rsid w:val="00E32E87"/>
     <w:rsid w:val="00E34ACE"/>
     <w:rsid w:val="00E35DCE"/>
     <w:rsid w:val="00E36C3C"/>
     <w:rsid w:val="00E40323"/>
     <w:rsid w:val="00E524C9"/>
     <w:rsid w:val="00E72C11"/>
+    <w:rsid w:val="00E84824"/>
     <w:rsid w:val="00EA2D50"/>
     <w:rsid w:val="00EB1F3A"/>
     <w:rsid w:val="00EC782A"/>
     <w:rsid w:val="00ED0F0B"/>
     <w:rsid w:val="00ED2E1A"/>
+    <w:rsid w:val="00F049F5"/>
+    <w:rsid w:val="00F3307B"/>
     <w:rsid w:val="00F51882"/>
     <w:rsid w:val="00F627D8"/>
     <w:rsid w:val="00F743A5"/>
     <w:rsid w:val="00F7590E"/>
+    <w:rsid w:val="00FA496E"/>
+    <w:rsid w:val="00FB5866"/>
     <w:rsid w:val="00FB7B82"/>
     <w:rsid w:val="00FD5355"/>
     <w:rsid w:val="00FF1E18"/>
     <w:rsid w:val="00FF1FF6"/>
+    <w:rsid w:val="0BA2C2D2"/>
+    <w:rsid w:val="0F396D1B"/>
+    <w:rsid w:val="0F8462A2"/>
+    <w:rsid w:val="12BA90C9"/>
+    <w:rsid w:val="1770F3BF"/>
+    <w:rsid w:val="2B7853C0"/>
+    <w:rsid w:val="2F99BA0D"/>
+    <w:rsid w:val="302DFEE7"/>
+    <w:rsid w:val="32E588AB"/>
+    <w:rsid w:val="390BD5DE"/>
+    <w:rsid w:val="3EDD6488"/>
+    <w:rsid w:val="41312E42"/>
+    <w:rsid w:val="4848FF2B"/>
+    <w:rsid w:val="4BA2C11F"/>
+    <w:rsid w:val="4BC12B13"/>
+    <w:rsid w:val="502FF499"/>
+    <w:rsid w:val="53EE99EF"/>
+    <w:rsid w:val="599D252A"/>
+    <w:rsid w:val="5D0E25FD"/>
+    <w:rsid w:val="5EDD9E1E"/>
+    <w:rsid w:val="64D4BAB9"/>
+    <w:rsid w:val="65B38FCD"/>
+    <w:rsid w:val="69B012D1"/>
+    <w:rsid w:val="701BAD2D"/>
+    <w:rsid w:val="76B2F7D4"/>
+    <w:rsid w:val="77895703"/>
+    <w:rsid w:val="7EE2D543"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4B4299D8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EA748604-7D99-43A3-A4CC-6A3DC1768420}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6376,73 +7530,73 @@
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -6485,52 +7639,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -6591,194 +7745,194 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00175383"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00717400"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00624A27"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="005149A5"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="006D3489"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="006D3489"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="006D3489"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="006D3489"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="006D3489"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A81046"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+  <w:style w:type="character" w:styleId="apple-converted-space" w:customStyle="1">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A81046"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002D4275"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
+  <w:style w:type="character" w:styleId="ui-provider" w:customStyle="1">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00795C32"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0023562D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="140460938">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6848,56 +8002,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2009284387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/controller/tax/moving-expenses" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5053" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services/benefits-wellness" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5053" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bfa/media/861" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services/benefits-wellness" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/controller/tax/moving-expenses" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universityofcolorado.percipio.com/linked-contents/895d5941-845c-4730-9573-83b534a2602b/landing" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -7117,324 +8270,415 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="47997a34-eb9a-4eaa-a761-1788e724c96a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039E060FC2A31B442A6906E10C7ECD1EB" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd5a72256ad21731f35891792ed31a3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47997a34-eb9a-4eaa-a761-1788e724c96a" xmlns:ns3="87a02735-565f-44ef-8fff-c62e8983cbfe" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f56f920a5c30958b9a9f275aea1b029" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <xsd:import namespace="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="47997a34-eb9a-4eaa-a761-1788e724c96a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="52802cc5-2881-4dd7-9d75-38905e9cf7fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="87a02735-565f-44ef-8fff-c62e8983cbfe" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{40d1bab6-1ad4-4fc6-99b1-72e259f7d025}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="87a02735-565f-44ef-8fff-c62e8983cbfe">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E45CB10-BD8F-4AB9-A46C-E846466A83A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AF8F07F-CC4A-464D-B9FE-6A65BE477D7A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{295CD6BB-8FE3-4441-A2F1-B4EB899F94AE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27E3C257-4262-4500-BDA2-D0523B6FAE2F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <ds:schemaRef ds:uri="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...269 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University Of Colorado</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NON-TENURE TRACK TEMPLATE</dc:title>
   <dc:subject/>
   <dc:creator>Neal Meier</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039E060FC2A31B442A6906E10C7ECD1EB</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+</Properties>
+</file>