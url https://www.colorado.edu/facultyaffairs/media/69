--- v0 (2025-10-05)
+++ v1 (2025-11-04)
@@ -106,84 +106,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="00192873">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.5 FTE Teaching or Librarianship</w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r w:rsidR="006D6D66">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24976E3C" w14:textId="2ABCBFFA" w:rsidR="006D4B95" w:rsidRPr="00316739" w:rsidRDefault="00082B53" w:rsidP="00082B53">
+    <w:p w14:paraId="24976E3C" w14:textId="0F482DEC" w:rsidR="006D4B95" w:rsidRPr="00316739" w:rsidRDefault="00082B53" w:rsidP="00082B53">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="204"/>
           <w:tab w:val="left" w:pos="4275"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00316739">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
-      <w:r w:rsidR="001D6C91">
+      <w:r w:rsidR="00452015">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>Spring 2025</w:t>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22EA360F" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="204"/>
           <w:tab w:val="left" w:pos="4275"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E289C8B" w14:textId="4D3C13B5" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
@@ -518,56 +526,65 @@
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C1ADB81" w14:textId="17E1320C" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:ind w:firstLine="839"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">WHEREAS, the University desires that </w:t>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00534B8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the University desires that </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidR="00582BE0" w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">serve as a </w:t>
       </w:r>
       <w:r w:rsidR="00413EAC" w:rsidRPr="00A044A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
@@ -828,65 +845,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> has determined that execution of this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> complies with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>C.R.S. § 24-19-104(1.5</w:t>
+        <w:t>C.R.S. § 24-19-104(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1.5</w:t>
       </w:r>
       <w:r w:rsidR="00CD2C0A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">(d) and </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d) and </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">the Administrative Policy Statement on Multi-Year Contracts for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Instructional, Research, and Clinical</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faculty </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1144,70 +1177,72 @@
       <w:r w:rsidR="00582BE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a term of</w:t>
       </w:r>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeStart w:id="5"/>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>{</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CF794D" w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">insert </w:t>
       </w:r>
       <w:r w:rsidR="00CF794D" w:rsidRPr="000A6417">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF794D" w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>number</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="5"/>
       <w:r w:rsidR="001D43D9">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>years</w:t>
       </w:r>
@@ -1264,51 +1299,79 @@
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, unless</w:t>
       </w:r>
       <w:r w:rsidR="00E10B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Contract</w:t>
       </w:r>
       <w:r w:rsidR="00A07385">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">is otherwise terminated earlier as permitted under the provisions of this Contract. It is specifically acknowledged and agreed that the University has entered into this term Contract in accordance with and subject to the provisions of C.R.S. § 24-19-104(1.5)(d). </w:t>
+        <w:t xml:space="preserve">is otherwise terminated earlier as permitted under the provisions of this Contract. It is specifically acknowledged and agreed that the University has </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>entered into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this term Contract in accordance with and subject to the provisions of C.R.S. § 24-19-104(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1.5)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A78D6FD" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BCC6F9F" w14:textId="77777777" w:rsidR="00E05F53" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="731"/>
           <w:tab w:val="left" w:pos="1354"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1791,51 +1854,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00192873">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>an element of the Faculty Member</w:t>
       </w:r>
       <w:r w:rsidR="006D6D66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00192873">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> duties change </w:t>
+        <w:t xml:space="preserve"> duties </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00192873">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>change</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00192873">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(e.g., courses added or reduced</w:t>
       </w:r>
       <w:r w:rsidR="009B5267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00192873">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">without a </w:t>
       </w:r>
@@ -2270,52 +2347,61 @@
       </w:r>
       <w:r w:rsidR="00B26E20" w:rsidRPr="00B26E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="_Hlk160020405"/>
       <w:bookmarkStart w:id="16" w:name="_Hlk160018661"/>
       <w:r w:rsidR="00B26E20" w:rsidRPr="00192873">
         <w:rPr>
           <w:rStyle w:val="cf11"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Information about annual pay adjustments is in </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00B26E20" w:rsidRPr="00B26E20">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>Regent Policy 11.B</w:t>
+          <w:t xml:space="preserve">Regent Policy </w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidR="00B26E20" w:rsidRPr="00B26E20">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>11.B</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00B26E20" w:rsidRPr="00192873">
         <w:rPr>
           <w:rStyle w:val="cf11"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkEnd w:id="16"/>
     <w:p w14:paraId="1EC1D679" w14:textId="382FC725" w:rsidR="00951BCC" w:rsidRPr="00B26E20" w:rsidRDefault="00951BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1081A5E6" w14:textId="47531253" w:rsidR="0092057B" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
       <w:pPr>
@@ -2376,51 +2462,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>will receive any benefits normally provided</w:t>
       </w:r>
       <w:r w:rsidR="00975C63">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">the standard University of Colorado benefits programs, provided that </w:t>
+        <w:t xml:space="preserve">the standard University of Colorado benefits programs, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00534B8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>provided that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00534B8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> meets eligibility requirements for such benefits.</w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2538,60 +2640,85 @@
       <w:r w:rsidR="006E19DE">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="18"/>
       </w:r>
       <w:r w:rsidR="006E19DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">}. </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Please note, t</w:t>
       </w:r>
       <w:r w:rsidR="004303DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">he definition for Primary Unit is located in </w:t>
+        <w:t xml:space="preserve">he definition for Primary Unit </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004303DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004303DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="004303DD" w:rsidRPr="0064731A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           </w:rPr>
-          <w:t>Regent Policy 11.B</w:t>
+          <w:t xml:space="preserve">Regent Policy </w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidR="004303DD" w:rsidRPr="0064731A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          </w:rPr>
+          <w:t>11.B</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="004303DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, Subsection 5(D). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p w14:paraId="3131B571" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2817,51 +2944,65 @@
     </w:p>
     <w:p w14:paraId="2EBA75B7" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1383"/>
           <w:tab w:val="left" w:pos="2108"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4242C512" w14:textId="603A94FA" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>(i)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Any material failure of </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to perform the duties of </w:t>
       </w:r>
       <w:r w:rsidR="00FE7E7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
@@ -3459,65 +3600,97 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Termination for Lack of Funds.</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">As required by Colorado law (C.R.S. § 24-19-104(1.5)(d)), this </w:t>
+        <w:t>As required by Colorado law (C.R.S. § 24-19-104(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1.5)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d)), this </w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may be terminated by the University if the University: i. ceases to be an enterprise, as defined by Colo. Const. X § 20(2)(d); and ii. lacks present cash reserves sufficient to pledge irrevocably to satisfy the terms of the </w:t>
+        <w:t xml:space="preserve"> may be terminated by the University if the University: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. ceases to be an enterprise, as defined by Colo. Const. X § 20(2)(d); and ii. lacks present cash reserves sufficient to pledge irrevocably to satisfy the terms of the </w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract.</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">In such instance, </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
@@ -4116,51 +4289,65 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="70E6AB97" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C51C24E" w14:textId="33711E68" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>(i)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> agrees that </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
@@ -5004,102 +5191,116 @@
         <w:r w:rsidR="00C83832">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> Code of Conduct</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="49182569" w14:textId="77777777" w:rsidR="0016250A" w:rsidRPr="0016250A" w:rsidRDefault="0016250A">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17854763" w14:textId="3D1E076C" w:rsidR="0016250A" w:rsidRDefault="0016250A">
+    <w:p w14:paraId="17854763" w14:textId="0BCB0659" w:rsidR="0016250A" w:rsidRDefault="0016250A">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Assignment of Intellectual Property on Discoveries and Patents</w:t>
       </w:r>
       <w:r w:rsidRPr="0016250A">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">In accordance with Regent Policy 5.J, </w:t>
+        <w:t>In accordance with Regent Policy 5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00452015">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF7567">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>APS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1013</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
@@ -5902,57 +6103,59 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">If any provision of this </w:t>
       </w:r>
       <w:r w:rsidR="006A5B8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> is determined to be void, invalid, or unenforceable for any reason, it shall be considered severed from this </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006A5B8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> and such invalidity shall not affect the validity or enforceability of the remaining provisions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401CC088" w14:textId="77777777" w:rsidR="006A5B8F" w:rsidRPr="00F96A69" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -7073,56 +7276,50 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45506DA5" w14:textId="0DC34B6F" w:rsidR="002677B3" w:rsidRDefault="001D6C91" w:rsidP="002677B3">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6C91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Vice Chancellor and Senior Vice Provost</w:t>
       </w:r>
       <w:r w:rsidR="002677B3" w:rsidRPr="00082B53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7395,51 +7592,51 @@
     <w:p w14:paraId="20B0D420" w14:textId="77777777" w:rsidR="005E5383" w:rsidRPr="007C066A" w:rsidRDefault="005E5383" w:rsidP="005E5383">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AC68918" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383"/>
     <w:p w14:paraId="01E96F94" w14:textId="77777777" w:rsidR="00F319B7" w:rsidRDefault="00F319B7">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D8643C5" w14:textId="7378F204" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E475F2F" wp14:editId="16896A9F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E475F2F" wp14:editId="06BF3D82">
             <wp:extent cx="3444633" cy="706591"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="cu-logo_fl.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -8981,147 +9178,148 @@
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="085F7E49" w16cid:durableId="61C839A7"/>
   <w16cid:commentId w16cid:paraId="12AED641" w16cid:durableId="29767504"/>
   <w16cid:commentId w16cid:paraId="09E09E50" w16cid:durableId="7EB239E8"/>
   <w16cid:commentId w16cid:paraId="76BFA244" w16cid:durableId="32E988D9"/>
   <w16cid:commentId w16cid:paraId="61A4A9B3" w16cid:durableId="39EEB95C"/>
   <w16cid:commentId w16cid:paraId="4A038650" w16cid:durableId="0916D966"/>
   <w16cid:commentId w16cid:paraId="17BAC9E2" w16cid:durableId="347DB470"/>
   <w16cid:commentId w16cid:paraId="1A234157" w16cid:durableId="7BE4FF08"/>
   <w16cid:commentId w16cid:paraId="1A679A89" w16cid:durableId="432DBB58"/>
   <w16cid:commentId w16cid:paraId="151A85D2" w16cid:durableId="61B6D15D"/>
   <w16cid:commentId w16cid:paraId="3F0AE198" w16cid:durableId="7A6E7937"/>
   <w16cid:commentId w16cid:paraId="284B2F1B" w16cid:durableId="415653BA"/>
   <w16cid:commentId w16cid:paraId="0C973ADB" w16cid:durableId="5E62A7D3"/>
   <w16cid:commentId w16cid:paraId="6F230E45" w16cid:durableId="14595D38"/>
   <w16cid:commentId w16cid:paraId="72164511" w16cid:durableId="79A4CC2E"/>
   <w16cid:commentId w16cid:paraId="235A25BB" w16cid:durableId="4A347DE7"/>
   <w16cid:commentId w16cid:paraId="225997E8" w16cid:durableId="3CBB7024"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30D8E264" w14:textId="77777777" w:rsidR="00C35032" w:rsidRDefault="00C35032">
+    <w:p w14:paraId="40D2287D" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C345D83" w14:textId="77777777" w:rsidR="00C35032" w:rsidRDefault="00C35032">
+    <w:p w14:paraId="07685242" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="05ECC46D" w14:textId="77777777" w:rsidR="00C35032" w:rsidRDefault="00C35032"/>
+    <w:p w14:paraId="4F497B28" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Chicago">
     <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="370075D4" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00A044A9" w:rsidRDefault="006D4B95" w:rsidP="00A044A9">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
@@ -9253,65 +9451,65 @@
   </w:p>
   <w:p w14:paraId="1EDFA5C2" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="633299BC" w14:textId="77777777" w:rsidR="00C35032" w:rsidRDefault="00C35032">
+    <w:p w14:paraId="47A28E27" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7563F5AF" w14:textId="77777777" w:rsidR="00C35032" w:rsidRDefault="00C35032">
+    <w:p w14:paraId="6A4E0B4F" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0CD81A7F" w14:textId="77777777" w:rsidR="00C35032" w:rsidRDefault="00C35032"/>
+    <w:p w14:paraId="6DC64BEE" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CA3CF98" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00A044A9" w:rsidRDefault="006D4B95" w:rsidP="00A044A9">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
@@ -13599,51 +13797,52 @@
   <w:num w:numId="32" w16cid:durableId="791435152">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="470679721">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="105930418">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="System Academic Affairs">
     <w15:presenceInfo w15:providerId="None" w15:userId="System Academic Affairs"/>
   </w15:person>
   <w15:person w15:author="Kim Overmier">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::kiov6903@colorado.edu::446fc578-3edf-47dc-a2c5-82f797682854"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D4B95"/>
@@ -13759,61 +13958,63 @@
     <w:rsid w:val="00316FEE"/>
     <w:rsid w:val="003231F0"/>
     <w:rsid w:val="0032562D"/>
     <w:rsid w:val="0034141C"/>
     <w:rsid w:val="003604BA"/>
     <w:rsid w:val="00366438"/>
     <w:rsid w:val="00370F72"/>
     <w:rsid w:val="00373CC4"/>
     <w:rsid w:val="00380DC0"/>
     <w:rsid w:val="00395B50"/>
     <w:rsid w:val="003970FA"/>
     <w:rsid w:val="003975C2"/>
     <w:rsid w:val="00397AE6"/>
     <w:rsid w:val="003A24D9"/>
     <w:rsid w:val="003A3887"/>
     <w:rsid w:val="003B1DE8"/>
     <w:rsid w:val="003B2984"/>
     <w:rsid w:val="003B41A7"/>
     <w:rsid w:val="003C1B02"/>
     <w:rsid w:val="003C4115"/>
     <w:rsid w:val="003C77DA"/>
     <w:rsid w:val="003D55D5"/>
     <w:rsid w:val="003F2B2D"/>
     <w:rsid w:val="0040422D"/>
     <w:rsid w:val="004066E4"/>
+    <w:rsid w:val="004112E0"/>
     <w:rsid w:val="00413EAC"/>
     <w:rsid w:val="00420473"/>
     <w:rsid w:val="0042197B"/>
     <w:rsid w:val="004252D0"/>
     <w:rsid w:val="004303DD"/>
     <w:rsid w:val="00431037"/>
     <w:rsid w:val="004328D9"/>
     <w:rsid w:val="00434819"/>
     <w:rsid w:val="00435F8C"/>
     <w:rsid w:val="004411F9"/>
     <w:rsid w:val="00450B37"/>
+    <w:rsid w:val="00452015"/>
     <w:rsid w:val="00453C3F"/>
     <w:rsid w:val="00462EAA"/>
     <w:rsid w:val="00463807"/>
     <w:rsid w:val="00464320"/>
     <w:rsid w:val="0048107A"/>
     <w:rsid w:val="0048488A"/>
     <w:rsid w:val="004859A3"/>
     <w:rsid w:val="00490AB1"/>
     <w:rsid w:val="0049178C"/>
     <w:rsid w:val="00494236"/>
     <w:rsid w:val="004942FF"/>
     <w:rsid w:val="004A23D0"/>
     <w:rsid w:val="004A3FFE"/>
     <w:rsid w:val="004A4BCA"/>
     <w:rsid w:val="004A67CC"/>
     <w:rsid w:val="004A7575"/>
     <w:rsid w:val="004A79B1"/>
     <w:rsid w:val="004B13F0"/>
     <w:rsid w:val="004B2D5C"/>
     <w:rsid w:val="004B5969"/>
     <w:rsid w:val="004C1EA9"/>
     <w:rsid w:val="004D05D6"/>
     <w:rsid w:val="004D2491"/>
     <w:rsid w:val="004D26B6"/>
     <w:rsid w:val="004D5400"/>
@@ -14068,50 +14269,51 @@
     <w:rsid w:val="00C20233"/>
     <w:rsid w:val="00C2608C"/>
     <w:rsid w:val="00C32E7C"/>
     <w:rsid w:val="00C3439E"/>
     <w:rsid w:val="00C35032"/>
     <w:rsid w:val="00C46751"/>
     <w:rsid w:val="00C474F5"/>
     <w:rsid w:val="00C60275"/>
     <w:rsid w:val="00C606EA"/>
     <w:rsid w:val="00C76658"/>
     <w:rsid w:val="00C77A13"/>
     <w:rsid w:val="00C83832"/>
     <w:rsid w:val="00C850DC"/>
     <w:rsid w:val="00C966CC"/>
     <w:rsid w:val="00C97D7C"/>
     <w:rsid w:val="00CA12DD"/>
     <w:rsid w:val="00CA795F"/>
     <w:rsid w:val="00CB561D"/>
     <w:rsid w:val="00CB739F"/>
     <w:rsid w:val="00CC28C6"/>
     <w:rsid w:val="00CD2C0A"/>
     <w:rsid w:val="00CE0E49"/>
     <w:rsid w:val="00CE5CC2"/>
     <w:rsid w:val="00CF4DAE"/>
     <w:rsid w:val="00CF794D"/>
+    <w:rsid w:val="00D03CCD"/>
     <w:rsid w:val="00D076CF"/>
     <w:rsid w:val="00D12706"/>
     <w:rsid w:val="00D14522"/>
     <w:rsid w:val="00D22AA3"/>
     <w:rsid w:val="00D2652B"/>
     <w:rsid w:val="00D3068F"/>
     <w:rsid w:val="00D338FF"/>
     <w:rsid w:val="00D35B10"/>
     <w:rsid w:val="00D42098"/>
     <w:rsid w:val="00D42852"/>
     <w:rsid w:val="00D45D49"/>
     <w:rsid w:val="00D51D2C"/>
     <w:rsid w:val="00D536E9"/>
     <w:rsid w:val="00D65249"/>
     <w:rsid w:val="00D6567E"/>
     <w:rsid w:val="00D66838"/>
     <w:rsid w:val="00D7481D"/>
     <w:rsid w:val="00D83733"/>
     <w:rsid w:val="00D93082"/>
     <w:rsid w:val="00D94D06"/>
     <w:rsid w:val="00D97FB9"/>
     <w:rsid w:val="00DA2000"/>
     <w:rsid w:val="00DA3663"/>
     <w:rsid w:val="00DA59A3"/>
     <w:rsid w:val="00DA70FE"/>
@@ -14735,50 +14937,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
@@ -16229,69 +16432,69 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgNhY0mynFJVJtf1FyNvu9oIlAeiQ==">AMUW2mVIiad9uGH3cVncFsgLvMOulk7a1F/KH9xnGtQj9dpvIUnDIPnCshkrGI7SWPKLi3Njy2EcbPV2W9cfPg/VNi1hs0CwmuTn627phDfVjDH1vYoP4g09CGWxGQGo5czCznvhoBifm2ExSARgIgGYTnrak4xF0vPq9L/NHRhRJ7evhWjfMnYRiLL3AtPbTe1JQ5q1fKUO9rXxU0DaUTIg3UmwqiDwyrDllupqnqU476rqJ10HcZU58dsz7RvnQhQsikOLmHw5FUADm+NlS0uopFZ393n7DTP/G6gcZbf9wPbdwkivLTD8BuvTlpb+2EiFFfgT1Q7RA9FP8PYWM0HMP0Ftf12gU6ay2iw6733jsSDslU5KdanHaRXqmzNaxgsVKe31PBIvdapLY96Iwu2G93NODgP4OjBSv/KkXUMfzREPRUTojfLE5mCr0k0sAkHtuhMxRvWIVRwNAzp9xXGVilHfHTRfRLjaCqN2Fcph4AwhO8GRko6QGvLcs4+7rgSm5m1YCPPIWQv4sSW01NWqY4eE35MraIfoFuabZTUPR9iczH4+61c91uKdn/iUjc2mrvZAe9DgohDTT8G1kasWY2Kxtzw4+XlsYc3SHl7yHb/KBbEo6sl3scqjx/YX+CClc0bq8LZ9d4e6EGZH1740Dc3GoLc3SMmPnm6Iqpe9HKKVQW5pOOLTopzVOhyOgOe6u7AVWPlxNEdsd5Td4IBT/p2KUdId/8nxuSwUzjdnt76+55JuLP2QIgHT1N2d4qXYzens72avqZrzQG8icLk+yVFPHpB5sx5DRLQVzRLbzXS4S19x8zPedgvVQRDSLlEx5hBYyp1uC2t/z+XpI3LN+IFM71INrXSHpTl6/+1R/Hl/GwwHfjsSG1PPFV2uyEXW+4Oq3BSOtHUvPXV3kyTGmKAshb2mVUDc3GiPtnaQb3I1YkH2772Y2YvrfjhFsVlv5GfGUxwpxB75Z5u5zqOLUd8DMtLOFZ7qHxdyMjpFvjmEQAPBwJnKGC4BnYBadGhOkl1hK8HQmy1Kf60vl668YDPcVwVuv2hQYcD9DKQ16/GTkEzN1+J2wfnptCKe5WcI3VhCEdCRyzN9HOJCcaJRyJFZkAj8KGDPdIblChhfemafbW+4qDucBVOhuRq1bMRw8afm3s5zkxmtl5MnMacdWY0xsUsunEzOvRkr7i6FU6QNarFWigiQBR88Iq7n2y38znjEoY/TCNAxQW/3BWXn2Uj3w/j3DPQ/e8ugPX3RXxPwP2dYw66Sy701XSI0EIvpwACEHS1ylzL4+11m27/8fayhMIbsCMbJrC9YxnGRYYaJwI8ezKhEnuZ3L0bO+7C4A6KNCo4nmkrkIazgCPghBiZS0P6FzpzOMfxye4Usmasvi9pYOjHcBlqXcEX1rN36/SH2ovIRe/oZTSfrkblbH9yNAEMe67OS65euljA4s16UVLiQz2tuOPB68MobLH3GODYOYdvL+tEP/0/W6e3PQ3d31NxM+Bs7EWLgogbCgXRFJzQC49Rk/rqZrLPtNR09sHIR9O398joTEgfZSdhY+J4oHTiQSvAXq0h026ou1NbW6d1RcMaHKSqdyCUFqB9glEb9JgmDmpuR+RGg2bLF4psuIJYP1d3roEyyN/DF9RSwH4tYITQWo6MnqAc1Usnkayz4VVus/Gx+WPcocpRzUUI+d8lYn5MVsC9KBmDq4TfGeok/uhb3Jp2HWlqNGeMhGWDGsTXHZpYy5zTqntEpclIzhrXOqpNX+9b/w/T+Avt5ZHoT2gb4uItH/OJsMwo4ttEcQ/Br7w3XcMGtyUjGK9h4ZLXDvwvN05BAoMmkuFgBwBNBcz390eMEi8p1oj6Vyeq/3pASKOcO0uDLRO5CMyi7fxi4Mf/4u8+L6Ao7xKO4yIj96j+I2fU+Lri9zgWtdlQmpyABuuKR8lbdIwj55QHTK7AIJ9J65VtnisXJd8TNpt61a2DibIJibvxrqWfdofF2YMNIx9oqB3fPao0ixNWrU+PAnMDaTT1BW+Y2ci5hnaqyZzAllc7qT76+pPfslckVaAJE0TfMzXUIJyGwgL1bjr3jU6odzGL51W7yZfqPcZWYZxes1eHtmret22GyrvETe37oduZlh0PvTb398zOK6RNShvROLXVn6EfCSKyMC0z2/OarOhi8pB1nE2tBuXi9t4hlW6uiFed2wXI4Gq8bBomPzUBfdyeuBlNCM3MvSxk+4kJfiapxs1B111MLLxeVeguETuJAq7D1pKmkfie4+ba7X+izYcJbUCyh/q36XlVtO5K9K9GBTiIHGdRzSes0MAhiTr7OGpf/+htKWzh5w2v4GMYIPJIUxdxbp2IHhud2FGjC++c0fp1hzJlEKnZvB8d4edFlgwiaU8zTqien+SqYldq8PAD3/N4RL8tctla4YRsCqEZGt58Mt7ynHBFgUzAEOdCWeJNzZ+0z+ptYnvGwEZyQe8c9vJG/WOJYNieceU+/bxxToPLmsQm55HFvR+m41JdeReFZhFW+ZXjdT5wcm6gHrrua59hwXp0SgpdshhK+EWILXqYIi4sZ45G2N7xJsAKcawZD/wrPFEJRje1EtwMlGDvm7DHe3a/4GGkhPkvu6CqP3KE8gUekXq1CVaYzYnbmIad2segHw79zf6MhzIrh0Dxu/5iv+/+IIGfTaEH4kdhQ0kjN2N0A4D03ol1sv+3tyUiI0w2VueiGy+2BfrIGt2UBpCnZS6VHgwS87xpyCpXfX+MYceMxmFC13Gumn9iC9iCyVR40OpTo1DveplL7D/ULNP7nI6OLMPdNmZoyVAC6/rApdpsT97flMjOFyIUlwMhtjh3ktkQoaUwjbq/qQdmJnYaaUAK11lDYfp4wYkk27I0mji4UQA+2lwqykpqn9T0jSPH+qDMpcdmgzXoMtkcH7FD2NaL01ij97x0eP9C6XbKn9REV3l35Mu9CV/2RtbNmDLDKwDKBqqnwJQz05WITKjg9g+c3vO0+1ETGVcQ2dMR2UJNJKoJOEDN0qAlml867Rvp5UolOumjVE8uLM93d67EC77RIrOKWT+bIxO8rZc1nybmy8ZMaS9ekSnQ7lus1GzWy3/LvBl1UzTcjtzxUYYALpkx5mBgES9lxB9g/fwJXWvth7jmOkeP4Ab+a2tEIUqcWGWGHnFY5qzgyQgvrtMRmjscPqCNZxp+zJP6EOsDUAhAx+/tTZD5SVY18FJEP1I6LBaraahuZB8NlY875LzBTTInQIR7rooWhHsUDV672GWJG1RO3XHucEIoVLK5C5of7SEMIU6ZVqt81yIrH4hlmZSOLdBKy+azMGck5Qwcc24aLNj8yc6KxyWfuzQW9dsQiW5lqnW++TXoBxTHpNazVkNP6P1YMZUGTtSwr2YCYbKich/LHazTa71ogQg4ReoM3TJ1bnVH8elPHyGYGb22OfYH/mXdTs6g0laVZKbZyYpU6u4O4nZheWhh9Hhj5PEXRKzkfdg5fj14R+yFIlqABq2MAohFfLzKJdycYgdFIIZAv/aXFlgJLBrcBiLhZ1SvgvhADk8q7R6wTpvN/kbagob1m5A8r4ESzR3D/EpnOp7AKSBg63omZjIxRQEqPRJK+sFHiIERIefhG7oObrAwBfozh4Xm/Mk5grS1J2yZL3iMeDFFEtrSa8hBiAsIAGYPzBaIPapKoFhX0bn1AsxkMqNBDGS6ViBozNKPbw/mYPIk9uKehKUqpY1HCeFh8DC2i7OT0aS2gYuiQxkXr167PTEgNp8Y18tFYPDFqb1lSyecWLdE3avxAIzD7hFCnUYHIlff4EwmCc7csXZ12OKwoRqagzxLq8UtTwqHILUHNFoHTHQgD900it8N70v5F8oN6r3tiplEesroW6n6QD3oIalJSR80jpKLv/YM5EE+Ood6skZdv99FvABxARA7huf2renaDlw3KU2Q9eDmCfjN1a9hChNqK6o7FHl5a4vGxFYtuTiGa5AUjKMkH+q/wdfoaK27yaBuRYXW1JWVU1PtMykbGqkgHhJDhjMFM0EYFthMCrdqfY2DhFfzrz/HWHR+fqIeXL8EYIbDP7w0luTX3qR2vhOXS9WzGRyRpVcK/TdjxbXuefXf0e2kIQV+SgsdhJn650vVqzpRqIpwQwK800W7voSzxDUZMbt45/qeiVIpVx7/eTEcw+5al1fkluQZvZScJs9jyVCsWEv2/ORMivCeQIJkGG3baFxMpd+B8XIyFWBNpBpay1+eKMhPelE7H9rZfVWBlOhkSC5WNWU8/IZMaiYMmHxJTTEUxyWvRrwuHCXu9PDLilnmdQpuUP7nkPzTwn59ZWFv+cjjrnt0M1/tH9mT9M0LJBGOqh8JR7UZSGklYDzoGd0PK9Yq6UvbXwlHgP7Aqn1TzxQd6yDejfTZyuYJDrZXDMB2z8zT1xw5OUo5wi3dJHBbHvOVqmHwG/CpTKSvn2jLj5vuOErTXpkoL293DGsX8vAakoRPi8mWC+I/RehMpzOODD2N774rMkToU4jFd3tY2wwOf74BC6cBJAl7jqiMktKZXaDTPybUc8GO9KMqQ+qr27oGnsQgcvIiIuaZCxU6dvc8G3JwvxSH9aXsVTXFdLKMO32WGRSb/T56w43HkFwQ6JpRTXfxKyNVR2H3uOLGepp0T6PxpeG/HZm5wMXI5H6e1dfbqJ4wFN4aHZ1aKzyoY1y8YbhlT3NKgOFeRYc8GjYkAbpuJT5qPjk+tdrSun5RTFLmPXE+PPCGmM6Pze0ICtuVg8Mx0U9rz/c7uu50Tl7Id13hyzGxh1wraqFo1BJ3qn7ruq6ooLE/a5vRU4ReSTb7+ecCS4Vq7tvV5jQPkW9t7Dz8rFFN7cl3Im3aJ/jlcw0PBJeLLdpI0lttU60aGVKm/ZJCyNWW3ZmYMOCOagiWjPA6nT/4ITvNzjU7oD+l9uvAEzMywLB3rd7VWymwTiN+fXgKFzZAoA1x877rvrUWUOWRoOrjWpyNYdNK7BTqBd0IV69+K38+0bRBpSXSqnZ+89vLpqXyMbkdD10KfLIGtw9QbgseEvPEYtk/TCQtn/BVpzz25olOayF4Yq4TvVgltNantt/DGDHUW7GrBy+hQPbhaRqbOQwwvEKK17AXX47kXweDyYxzymAOwTL4gkx9oAdCX6v7p7Q/Kk64GDEqrsHlyrAnx0AsVcg1rHlL1psiIMiaSc6LPdaEHB7G6hd0T73ceKYGaN73Kvg3zJSIM2J3qLv9HQLBJBNJNqnYeLSx+t/HlabtFOoNiroaglbAPzwN5YTVapLXZNFqCAt4k+Ks/FXQ9oyyTfWGloUnSnZOiXCMIOgYLgyehrBU0QfUNhg2/KwlLvlnoa+8ba2T4AjQq0uWa+/uRzoQRI725EyEIJErkmZyxLeoyag1Vr4rL9NvlkdlITRuO362aXKZ5ns7bbNy+33lKj3o/pfxwjUjzkCny8jZF7YcBkeztZfmUqy/YzEr6K/JWxw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E74C1287-8B07-4873-B257-75166A97E3AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2455</Words>
-  <Characters>13994</Characters>
+  <Words>2454</Words>
+  <Characters>13993</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>116</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16417</CharactersWithSpaces>
+  <CharactersWithSpaces>16415</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Mary Anne Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>