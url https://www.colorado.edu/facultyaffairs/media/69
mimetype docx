--- v1 (2025-11-04)
+++ v2 (2025-12-24)
@@ -1,1878 +1,1903 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3C067124" w14:textId="1D671D71" w:rsidR="00E95AA7" w:rsidRDefault="00B50D93" w:rsidP="00082B53">
+    <w:p w:rsidR="00E95AA7" w:rsidP="57FE4432" w:rsidRDefault="00B50D93" w14:paraId="3C067124" w14:textId="1D671D71" w14:noSpellErr="1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+          <w:left w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+          <w:bottom w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+          <w:right w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+          <w:between w:val="nil" w:color="FF000000" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="204"/>
+          <w:tab w:val="left" w:pos="4275"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="57FE4432" w:rsidR="00B50D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MULTI-YEAR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="57FE4432" w:rsidR="00B378D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONTRACT </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="0"/>
+      <w:r w:rsidRPr="57FE4432" w:rsidR="00E95AA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>TEMPLATE</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FF3F76" w:rsidR="00FF3F76" w:rsidP="00082B53" w:rsidRDefault="00FF3F76" w14:paraId="2A4B2C54" w14:textId="70182C2B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="204"/>
           <w:tab w:val="left" w:pos="4275"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:commentRangeStart w:id="1"/>
+      <w:r w:rsidRPr="00192873">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">MULTI-YEAR </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="000F28E5">
+        <w:t>.5 FTE Teaching or Librarianship</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="1"/>
+      <w:r w:rsidR="006D6D66">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:commentReference w:id="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A4B2C54" w14:textId="70182C2B" w:rsidR="00FF3F76" w:rsidRPr="00FF3F76" w:rsidRDefault="00FF3F76" w:rsidP="00082B53">
+        <w:commentReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00316739" w:rsidR="006D4B95" w:rsidP="00082B53" w:rsidRDefault="00082B53" w14:paraId="24976E3C" w14:textId="0CE13454">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="204"/>
           <w:tab w:val="left" w:pos="4275"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00316739">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
-      <w:r w:rsidR="00452015">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="001555E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Fall</w:t>
       </w:r>
       <w:r w:rsidR="001D6C91">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EA360F" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="22EA360F" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="204"/>
           <w:tab w:val="left" w:pos="4275"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E289C8B" w14:textId="4D3C13B5" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="0E289C8B" w14:textId="4D3C13B5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2500"/>
           <w:tab w:val="left" w:pos="4257"/>
         </w:tabs>
         <w:ind w:left="4257" w:hanging="1757"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>EMPLOYMENT</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>CONTRACT</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> BETWEEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470A31B9" w14:textId="14CCE95D" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="470A31B9" w14:textId="14CCE95D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2500"/>
           <w:tab w:val="left" w:pos="4257"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>FACULTY MEMBER</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> NAME]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D226D02" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="6D226D02" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2500"/>
           <w:tab w:val="left" w:pos="4257"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>AND</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBCC7A8" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="5CBCC7A8" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2500"/>
           <w:tab w:val="left" w:pos="4257"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>THE REGENTS OF THE UNIVERSITY OF COLORADO</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51446174" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="51446174" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2500"/>
           <w:tab w:val="left" w:pos="4257"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="475B8EC9" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="475B8EC9" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2500"/>
           <w:tab w:val="left" w:pos="4257"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1E818139" w14:textId="68198356" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="1E818139" w14:textId="68198356">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:ind w:firstLine="839"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">THIS EMPLOYMENT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>CONTRACT (“C</w:t>
       </w:r>
       <w:r w:rsidR="000A6417">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ontract</w:t>
       </w:r>
-      <w:r w:rsidR="000A6417" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="000A6417">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">”) is made effective </w:t>
       </w:r>
       <w:r w:rsidR="000A6417">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>date executed below (“Effective Date”)</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> by and between </w:t>
       </w:r>
-      <w:r w:rsidR="00926AB1" w:rsidRPr="00A044A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A044A9" w:rsidR="00926AB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>{insert name of faculty member</w:t>
       </w:r>
-      <w:r w:rsidR="00926AB1" w:rsidRPr="00926AB1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00926AB1" w:rsidR="00926AB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r w:rsidR="00926AB1">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00926AB1">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(referred to in this Contract as “</w:t>
       </w:r>
-      <w:r w:rsidR="00582BE0" w:rsidRPr="00926AB1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00926AB1" w:rsidR="00582BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty</w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">”) and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Regents of the University of Colorado, a body corporate (“University</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>”) on behalf of the University of Colorado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69473721" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+    <w:p w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="69473721" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6C1ADB81" w14:textId="17E1320C" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="6C1ADB81" w14:textId="17E1320C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:ind w:firstLine="839"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>WHEREAS,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> the University desires that </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
-      <w:r w:rsidR="00582BE0" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00582BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">serve as a </w:t>
       </w:r>
-      <w:r w:rsidR="00413EAC" w:rsidRPr="00A044A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00A044A9" w:rsidR="00413EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">{insert </w:t>
       </w:r>
-      <w:r w:rsidR="00C46751" w:rsidRPr="00A044A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00A044A9" w:rsidR="00C46751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">official faculty </w:t>
       </w:r>
       <w:commentRangeStart w:id="3"/>
-      <w:r w:rsidR="00C46751" w:rsidRPr="00A044A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00A044A9" w:rsidR="00C46751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>title</w:t>
       </w:r>
       <w:commentRangeEnd w:id="3"/>
       <w:r w:rsidR="00DE0E23">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="3"/>
       </w:r>
-      <w:r w:rsidR="00C46751" w:rsidRPr="00A044A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00A044A9" w:rsidR="00C46751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve"> or working title if applicable</w:t>
       </w:r>
-      <w:r w:rsidR="00413EAC" w:rsidRPr="00A044A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00A044A9" w:rsidR="00413EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r w:rsidR="00413EAC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>{</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>insert department/unit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve"> name}</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (“the </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Department/Unit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>at the University of Colorado {</w:t>
       </w:r>
-      <w:r w:rsidR="00CF794D" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="00CF794D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>insert campus</w:t>
       </w:r>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">}, </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
-      <w:r w:rsidR="00582BE0" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00582BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>agrees to serve in</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>such capacity;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00413EAC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D63E0FE" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="5D63E0FE" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:ind w:firstLine="839"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5BBB574C" w14:textId="3549C077" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="5BBB574C" w14:textId="3549C077">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:ind w:firstLine="839"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">WHEREAS, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Department/Unit</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> has determined that execution of this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> complies with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>C.R.S. § 24-19-104(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1.5</w:t>
       </w:r>
       <w:r w:rsidR="00CD2C0A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">d) and </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">the Administrative Policy Statement on Multi-Year Contracts for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Instructional, Research, and Clinical</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faculty </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(APS 5053)</w:t>
       </w:r>
       <w:r w:rsidR="007E30D2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> and is a limited appointment</w:t>
       </w:r>
       <w:r w:rsidR="0008149D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> at {</w:t>
       </w:r>
-      <w:r w:rsidR="0008149D" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="0008149D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">insert % </w:t>
       </w:r>
       <w:commentRangeStart w:id="4"/>
-      <w:r w:rsidR="0008149D" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="0008149D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>FTE</w:t>
       </w:r>
       <w:commentRangeEnd w:id="4"/>
       <w:r w:rsidR="0008149D">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="0008149D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D10F572" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="3D10F572" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:ind w:firstLine="839"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4EA4F366" w14:textId="6969615B" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="4EA4F366" w14:textId="6969615B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:ind w:firstLine="839"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">WHEREAS, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Department/Unit</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> has obtained all necessary administrative approvals for execution of this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291A79DB" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="291A79DB" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="77C18C50" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="77C18C50" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:ind w:firstLine="839"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>NOW, THEREFORE in consideration of</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>the mutual</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>representations, agreements, and promises contained herein, the parties agree as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5730DD63" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="5730DD63" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="08A9F06A" w14:textId="4B5A5F5F" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="08A9F06A" w14:textId="4B5A5F5F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Term</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The University agrees to employ </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a term of</w:t>
       </w:r>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeStart w:id="5"/>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>{</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00CF794D" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="00CF794D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">insert </w:t>
       </w:r>
-      <w:r w:rsidR="00CF794D" w:rsidRPr="000A6417">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000A6417" w:rsidR="00CF794D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF794D" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="00CF794D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>number</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="5"/>
       <w:r w:rsidR="001D43D9">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
         </w:rPr>
         <w:t>years</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6417">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>commencing on the Effective Date</w:t>
       </w:r>
       <w:r w:rsidR="000A6417">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>{</w:t>
       </w:r>
-      <w:r w:rsidR="000A6417" w:rsidRPr="000A6417">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000A6417" w:rsidR="000A6417">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">insert </w:t>
       </w:r>
-      <w:r w:rsidR="000A6417" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="000A6417">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">effective date of </w:t>
       </w:r>
-      <w:r w:rsidR="000A6417" w:rsidRPr="000A6417">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="000A6417" w:rsidR="000A6417">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>term</w:t>
       </w:r>
       <w:r w:rsidR="00CF794D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, unless</w:t>
       </w:r>
       <w:r w:rsidR="00E10B92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Contract</w:t>
       </w:r>
       <w:r w:rsidR="00A07385">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">is otherwise terminated earlier as permitted under the provisions of this Contract. It is specifically acknowledged and agreed that the University has </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>entered into</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> this term Contract in accordance with and subject to the provisions of C.R.S. § 24-19-104(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1.5)(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">d). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A78D6FD" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="7A78D6FD" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2BCC6F9F" w14:textId="77777777" w:rsidR="00E05F53" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E05F53" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="2BCC6F9F" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="731"/>
           <w:tab w:val="left" w:pos="1354"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:commentRangeStart w:id="6"/>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Duties.</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="6"/>
       <w:r w:rsidR="007C6B1F">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C332109" w14:textId="397EB13D" w:rsidR="00E05F53" w:rsidRDefault="00E05F53" w:rsidP="00192873">
+    <w:p w:rsidR="00E05F53" w:rsidP="00192873" w:rsidRDefault="00E05F53" w14:paraId="3C332109" w14:textId="397EB13D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="731"/>
           <w:tab w:val="left" w:pos="1354"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009E09D8">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidR="009E09D8">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’s i</w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">nitial </w:t>
       </w:r>
       <w:r w:rsidR="001D43D9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>merit formula</w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E032E7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>{</w:t>
       </w:r>
       <w:commentRangeStart w:id="7"/>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="004E41AF">
+      <w:r w:rsidRPr="004E41AF" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>insert %</w:t>
       </w:r>
       <w:commentRangeEnd w:id="7"/>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="7"/>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00A02C9A">
+      <w:r w:rsidRPr="00A02C9A" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeStart w:id="8"/>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00A02C9A">
+      <w:r w:rsidRPr="00A02C9A" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>teaching</w:t>
       </w:r>
       <w:commentRangeEnd w:id="8"/>
       <w:r w:rsidR="005C10CD">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="8"/>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> responsibilities</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00A02C9A">
+      <w:r w:rsidRPr="00A02C9A" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>{</w:t>
       </w:r>
       <w:commentRangeStart w:id="9"/>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="003A3C75">
+      <w:r w:rsidRPr="003A3C75" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>insert %</w:t>
       </w:r>
       <w:commentRangeEnd w:id="9"/>
       <w:r w:rsidR="006D63C0">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="9"/>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00A02C9A">
+      <w:r w:rsidRPr="00A02C9A" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> scholarly and creative work, and </w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>{</w:t>
       </w:r>
       <w:commentRangeStart w:id="10"/>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="003A3C75">
+      <w:r w:rsidRPr="003A3C75" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>insert %</w:t>
       </w:r>
       <w:commentRangeEnd w:id="10"/>
       <w:r w:rsidR="006D63C0">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="10"/>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00A02C9A">
+      <w:r w:rsidRPr="00A02C9A" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> leadership and service to the </w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00A02C9A">
+      <w:r w:rsidRPr="00A02C9A" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">epartment, </w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00A02C9A">
+      <w:r w:rsidRPr="00A02C9A" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">niversity, and profession. </w:t>
       </w:r>
       <w:r w:rsidR="009E09D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Faculty Member’s</w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> initial </w:t>
       </w:r>
       <w:commentRangeStart w:id="11"/>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>teaching</w:t>
       </w:r>
       <w:commentRangeEnd w:id="11"/>
       <w:r w:rsidR="00464320">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="11"/>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> assignment will include {</w:t>
       </w:r>
       <w:commentRangeStart w:id="12"/>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="001E2292">
+      <w:r w:rsidRPr="001E2292" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>insert assignme</w:t>
       </w:r>
       <w:r w:rsidR="00743095">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
       <w:commentRangeEnd w:id="12"/>
       <w:r w:rsidR="00743095">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="12"/>
       </w:r>
       <w:r w:rsidR="001E2292">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00E032E7">
+      <w:r w:rsidRPr="00E032E7" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00E032E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00E032E7">
+      <w:r w:rsidRPr="00E032E7" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> be no less than .5 FTE</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00E032E7">
+      <w:r w:rsidRPr="00E032E7" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3C64" w:rsidRPr="00F818F4">
+      <w:r w:rsidRPr="00F818F4" w:rsidR="00DB3C64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08319738" w14:textId="77777777" w:rsidR="00E05F53" w:rsidRDefault="00E05F53" w:rsidP="00534B8E">
+    <w:p w:rsidR="00E05F53" w:rsidP="00534B8E" w:rsidRDefault="00E05F53" w14:paraId="08319738" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="731"/>
           <w:tab w:val="left" w:pos="1354"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="547D5709" w14:textId="7D3F35FA" w:rsidR="00E05F53" w:rsidRPr="00192873" w:rsidRDefault="00E05F53" w:rsidP="00192873">
+    <w:p w:rsidRPr="00192873" w:rsidR="00E05F53" w:rsidP="00192873" w:rsidRDefault="00E05F53" w14:paraId="547D5709" w14:textId="7D3F35FA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="731"/>
           <w:tab w:val="left" w:pos="1354"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>With the agreement of the Faculty Member, t</w:t>
       </w:r>
       <w:r w:rsidR="00582A1B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">he differential workload can be altered by the </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Department/Unit</w:t>
       </w:r>
       <w:r w:rsidRPr="00E05F53">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00582A1B" w:rsidRPr="00E05F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E05F53" w:rsidR="00582A1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00192873">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>an element of the Faculty Member</w:t>
       </w:r>
       <w:r w:rsidR="006D6D66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00192873">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -1975,3030 +2000,3141 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> FTE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00192873">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>will change, and the salary and differential workload should be adjusted accordingly.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E05F53">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA2AB10" w14:textId="77777777" w:rsidR="00E05F53" w:rsidRPr="00534B8E" w:rsidRDefault="00E05F53">
+    <w:p w:rsidRPr="00534B8E" w:rsidR="00E05F53" w:rsidRDefault="00E05F53" w14:paraId="5BA2AB10" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="731"/>
           <w:tab w:val="left" w:pos="1354"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0097F76D" w14:textId="0E4AAB92" w:rsidR="006D4B95" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="0097F76D" w14:textId="0E4AAB92">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Salary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">’s initial annual salary, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>based on a</w:t>
       </w:r>
       <w:r w:rsidR="001D43D9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">n academic year </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>appointment</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">, shall be </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF7567">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidR="00420473">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
-        <w:t>{insert salary</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:t>{insert</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00420473">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00420473">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>salary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="00420473">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Should </w:t>
       </w:r>
       <w:r w:rsidRPr="0008149D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Department/Unit</w:t>
       </w:r>
       <w:r w:rsidRPr="0008149D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0008149D" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="0008149D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">modify </w:t>
       </w:r>
-      <w:r w:rsidR="0008149D" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="0008149D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">the Faculty Member’s % FTE, the </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">’s salary </w:t>
       </w:r>
       <w:r w:rsidR="0008149D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> be adjusted accordingly</w:t>
       </w:r>
       <w:r w:rsidR="0008149D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, and the differential workload may be adjusted</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D0E5D6B" w14:textId="77777777" w:rsidR="0092057B" w:rsidRDefault="0092057B" w:rsidP="00534B8E">
+    <w:p w:rsidR="0092057B" w:rsidP="00534B8E" w:rsidRDefault="0092057B" w14:paraId="4D0E5D6B" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7F81F8B9" w14:textId="4D505CF4" w:rsidR="00B26E20" w:rsidRPr="00B26E20" w:rsidRDefault="00984C92" w:rsidP="00B26E20">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk160021790" w:id="13"/>
+    </w:p>
+    <w:p w:rsidRPr="00B26E20" w:rsidR="00B26E20" w:rsidP="00B26E20" w:rsidRDefault="00984C92" w14:paraId="7F81F8B9" w14:textId="4D505CF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Annual Performance Evaluation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00743095">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Faculty member efforts and accomplishments will be assessed annually according to the </w:t>
       </w:r>
-      <w:r w:rsidR="00743095" w:rsidRPr="00DA59A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00DA59A3" w:rsidR="00743095">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">workload described in </w:t>
       </w:r>
-      <w:r w:rsidR="005D1B54" w:rsidRPr="00DA59A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00DA59A3" w:rsidR="005D1B54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
-      <w:r w:rsidR="00743095" w:rsidRPr="00DA59A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00DA59A3" w:rsidR="00743095">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA59A3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Annual performance evaluations</w:t>
       </w:r>
-      <w:r w:rsidR="00B26E20" w:rsidRPr="00DA59A3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00DA59A3" w:rsidR="00B26E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA59A3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">shall be conducted consistent with </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be conducted </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DA59A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>consistent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DA59A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with </w:t>
       </w:r>
       <w:r w:rsidR="00DA59A3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">applicable </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA59A3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>processes</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Hlk160021701"/>
+      <w:bookmarkStart w:name="_Hlk160021701" w:id="14"/>
       <w:r w:rsidRPr="00B26E20">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B26E20" w:rsidRPr="00B26E20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B26E20" w:rsidR="00B26E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="_Hlk160020405"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B26E20" w:rsidRPr="00192873">
+      <w:bookmarkStart w:name="_Hlk160020405" w:id="15"/>
+      <w:bookmarkStart w:name="_Hlk160018661" w:id="16"/>
+      <w:r w:rsidRPr="00192873" w:rsidR="00B26E20">
         <w:rPr>
           <w:rStyle w:val="cf11"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Information about annual pay adjustments is in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00B26E20" w:rsidRPr="00B26E20">
+      <w:hyperlink w:history="1" r:id="rId16">
+        <w:r w:rsidRPr="00B26E20" w:rsidR="00B26E20">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">Regent Policy </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidR="00B26E20" w:rsidRPr="00B26E20">
+        <w:r w:rsidRPr="00B26E20" w:rsidR="00B26E20">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>11.B</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00B26E20" w:rsidRPr="00192873">
+      <w:r w:rsidRPr="00192873" w:rsidR="00B26E20">
         <w:rPr>
           <w:rStyle w:val="cf11"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkEnd w:id="16"/>
-    <w:p w14:paraId="1EC1D679" w14:textId="382FC725" w:rsidR="00951BCC" w:rsidRPr="00B26E20" w:rsidRDefault="00951BCC">
-[...7 lines deleted...]
-    <w:p w14:paraId="1081A5E6" w14:textId="47531253" w:rsidR="0092057B" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+    <w:p w:rsidRPr="00B26E20" w:rsidR="00951BCC" w:rsidRDefault="00951BCC" w14:paraId="1EC1D679" w14:textId="382FC725">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092057B" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="1081A5E6" w14:textId="47531253">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Benefits.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Benefits</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>will receive any benefits normally provided</w:t>
       </w:r>
       <w:r w:rsidR="00975C63">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">the standard University of Colorado benefits programs, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>provided that</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> meets eligibility requirements for such benefits.</w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Information about employee benefits is available at this link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="004B2D5C" w:rsidRPr="006A3667">
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="006A3667" w:rsidR="004B2D5C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>CU Benefits Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C7E3CE1" w14:textId="77777777" w:rsidR="00951BCC" w:rsidRDefault="00951BCC" w:rsidP="00534B8E">
+    <w:p w:rsidR="00951BCC" w:rsidP="00534B8E" w:rsidRDefault="00951BCC" w14:paraId="3C7E3CE1" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5F7968EE" w14:textId="4C07F141" w:rsidR="00951BCC" w:rsidRPr="00951BCC" w:rsidRDefault="00951BCC" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00951BCC" w:rsidR="00951BCC" w:rsidP="00534B8E" w:rsidRDefault="00951BCC" w14:paraId="5F7968EE" w14:textId="4C07F141">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Promotion. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Promotion</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0049178C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">If during the contract period the Faculty Member is promoted, Faculty Member will be issued a new contract. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="_Hlk158723349"/>
+      <w:bookmarkStart w:name="_Hlk158723349" w:id="17"/>
       <w:r w:rsidR="006E19DE">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Primary Unit Criteria for promotion is available at this link {</w:t>
       </w:r>
       <w:commentRangeStart w:id="18"/>
-      <w:r w:rsidR="006E19DE" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="006E19DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>insert link</w:t>
       </w:r>
       <w:commentRangeEnd w:id="18"/>
       <w:r w:rsidR="006E19DE">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="18"/>
       </w:r>
       <w:r w:rsidR="006E19DE">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">}. </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Please note, t</w:t>
       </w:r>
       <w:r w:rsidR="004303DD">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">he definition for Primary Unit </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004303DD">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>is located in</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004303DD">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="004303DD" w:rsidRPr="0064731A">
+      <w:hyperlink w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="0064731A" w:rsidR="004303DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">Regent Policy </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidR="004303DD" w:rsidRPr="0064731A">
+        <w:r w:rsidRPr="0064731A" w:rsidR="004303DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           </w:rPr>
           <w:t>11.B</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="004303DD">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, Subsection 5(D). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p w14:paraId="3131B571" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="3131B571" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5B0A8C96" w14:textId="2A15308C" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00315861" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00315861" w14:paraId="5B0A8C96" w14:textId="2A15308C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Exemption from the Fair Labor Standards Act.</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>This position is exempt from the overtime provisions of the Fair Labor Standards Act and as such is not eligible for overtime compensation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EC03CD8" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="3EC03CD8" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6FEB08F3" w14:textId="10C751DB" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00315861" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00315861" w14:paraId="6FEB08F3" w14:textId="10C751DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Termination for Cause.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C3545B" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="26C3545B" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1354"/>
           <w:tab w:val="left" w:pos="725"/>
         </w:tabs>
         <w:ind w:firstLine="725"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2E87E720" w14:textId="26F48014" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="2E87E720" w14:textId="26F48014">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1354"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00534B8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be terminated immediately upon notice by the University for cause.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Termination for cause may</w:t>
       </w:r>
-      <w:r w:rsidR="00462EAA" w:rsidRPr="00534B8E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00534B8E" w:rsidR="00462EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:r w:rsidRPr="00534B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>any one of the following grounds:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBA75B7" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="2EBA75B7" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1383"/>
           <w:tab w:val="left" w:pos="2108"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4242C512" w14:textId="603A94FA" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="4242C512" w14:textId="603A94FA">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Any material failure of </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to perform the duties of </w:t>
       </w:r>
       <w:r w:rsidR="00FE7E7D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>position.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168F2A58" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="168F2A58" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="15B9B988" w14:textId="4F242C09" w:rsidR="004A3FFE" w:rsidRPr="00FF7567" w:rsidRDefault="00984C92" w:rsidP="00FF7567">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00FF7567" w:rsidR="004A3FFE" w:rsidP="00FF7567" w:rsidRDefault="00984C92" w14:paraId="15B9B988" w14:textId="4F242C09">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Material violation of any Regent Law or Policy, System Administrative Policy Statement (APS) or Campus, College, School or </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Department/Unit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> rule or policy</w:t>
       </w:r>
       <w:r w:rsidR="004F6D45">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, including but not limited to </w:t>
       </w:r>
       <w:r w:rsidR="004A67CC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>unprofessional conduct in violation of the Campus Professional Rights and Responsibilities of Faculty Members and Roles and Professional Responsibilities of Academic Leaders policy and procedures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D582D8A" w14:textId="110F629D" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="0D582D8A" w14:textId="110F629D">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AD7CA1F" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="0AD7CA1F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1371C994" w14:textId="6AD77334" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="1371C994" w14:textId="6AD77334">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(iii)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004A67CC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Being found responsible by the Office of Institutional Equity and Compliance for violating one or more of the following policies: Discrimination and Harassment, Sexual Misconduct, and/or Amorous Relationships.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F4EDCBB" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+    <w:p w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="0F4EDCBB" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="1383" w:firstLine="55"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5F769A9E" w14:textId="614352E8" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="5F769A9E" w14:textId="614352E8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(iv)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Conduct which would be grounds for termination of a tenured or tenure-track faculty member pursuant to the Regent Policy on faculty dismissal for cause.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64169170" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="64169170" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="50D6610F" w14:textId="5695FBDA" w:rsidR="006D4B95" w:rsidRPr="00C2608C" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C2608C" w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="50D6610F" w14:textId="5695FBDA">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(v)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
-      <w:r w:rsidR="009556FF" w:rsidRPr="00A26F29">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A26F29" w:rsidR="009556FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">convicted, </w:t>
       </w:r>
-      <w:r w:rsidR="009556FF" w:rsidRPr="00FF7567">
+      <w:r w:rsidRPr="00FF7567" w:rsidR="009556FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="505050"/>
         </w:rPr>
         <w:t>whether by a plea or a verdict of guilty or following a plea of nolo contendere</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2608C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="009556FF" w:rsidRPr="00FF7567">
+      <w:r w:rsidRPr="00FF7567" w:rsidR="009556FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> for any felony or any offense involving moral turpitude.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B566174" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="4B566174" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4BE57349" w14:textId="01F47835" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="4BE57349" w14:textId="01F47835">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(vi)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A044A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>For Individuals New to the University</w:t>
       </w:r>
       <w:r w:rsidRPr="00A044A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A044A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00582BE0" w:rsidRPr="00A044A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00A044A9" w:rsidR="00582BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00A044A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve"> fails to comply with </w:t>
       </w:r>
       <w:r w:rsidR="005D1B54">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidRPr="00A044A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>s 1</w:t>
       </w:r>
       <w:r w:rsidR="00464320">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A044A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 1</w:t>
       </w:r>
       <w:r w:rsidR="00464320">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A044A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve"> of this Contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8490AF" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="3C8490AF" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="44AF6942" w14:textId="620EADBF" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="44AF6942" w14:textId="620EADBF">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Prior to any termination for cause, </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be provided </w:t>
       </w:r>
       <w:r w:rsidR="007A0A5F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">any </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>procedures contained in</w:t>
       </w:r>
       <w:r w:rsidR="00D66838">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the appropriate campus p</w:t>
       </w:r>
       <w:r w:rsidR="00FE7E7D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>olicies</w:t>
       </w:r>
       <w:r w:rsidR="00D66838">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1865E118" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="1865E118" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1383"/>
           <w:tab w:val="left" w:pos="2108"/>
         </w:tabs>
         <w:ind w:left="1383"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="17792093" w14:textId="1AB443B3" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="17792093" w14:textId="1AB443B3">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(c)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">parties expressly acknowledge and agree that if </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">’s employment is terminated for cause under this </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s employment is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>terminated for cause</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this </w:t>
       </w:r>
       <w:r w:rsidR="005D1B54">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F04D45">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, then </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be entitled to payment of only those amounts earned as of the effective date of termination. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE36C7D" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="1CE36C7D" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5BC5BD04" w14:textId="4E0F94F5" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="5BC5BD04" w14:textId="4E0F94F5">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(d) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nonrenewal of this Contract after expiration of this Contract is not termination for cause. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF138D7" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="4BF138D7" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="001E69A6" w14:textId="753F9803" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="004B2D5C" w:rsidP="00F96A69">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="004B2D5C" w14:paraId="001E69A6" w14:textId="753F9803">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Termination for Lack of Funds.</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>As required by Colorado law (C.R.S. § 24-19-104(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1.5)(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">d)), this </w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">. ceases to be an enterprise, as defined by Colo. Const. X § 20(2)(d); and ii. lacks present cash reserves sufficient to pledge irrevocably to satisfy the terms of the </w:t>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be terminated by the University if the University: i. ceases to be an enterprise, as defined by Colo. Const. X § 20(2)(d); and ii. lacks present cash reserves sufficient to pledge irrevocably to satisfy the terms of the </w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract.</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">In such instance, </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be entitled to payment for only those amounts earned as of the date of such termination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C7BB1B" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="006D4B95" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="006D4B95" w14:paraId="29C7BB1B" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6E61BE51" w14:textId="50FC7338" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="004B2D5C" w:rsidP="00F96A69">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="004B2D5C" w14:paraId="6E61BE51" w14:textId="50FC7338">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Termination for Program Discontinuance.</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> This </w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be terminated if </w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Department/Unit</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> or degree program</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> is eliminated or consolidated pursuant to the University’s Administrative Policy Statement on </w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Implementing </w:t>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Department/Unit</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Degree </w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Program Discontinuance (APS 1015).</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">In such instance, </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’s employment will</w:t>
       </w:r>
-      <w:r w:rsidR="00984C92" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> be terminated </w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>in accordance with APS 1015.</w:t>
       </w:r>
       <w:r w:rsidR="00984C92">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CF2AE7" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="006D4B95" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="006D4B95" w14:paraId="36CF2AE7" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="44ADB4F6" w14:textId="586CAB68" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="44ADB4F6" w14:textId="586CAB68">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Termination for Campus-Wide Fiscal Crisis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>This Contract may be terminated upon the Chancellor’s written declaration of a campus-wide fiscal crisis, which is the Chancellor’s determination that the campus has experienced a substantial and ongoing decline in revenue. Upon declaring a campus-wide fiscal crisis, the Chancellor may terminate all contracts entered pursuant to the Administrative Policy Statement on Multi-Year Contracts for Instructional, Research, and Clinical Faculty (APS 5053).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5704216D" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="00984C92" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="00984C92" w14:paraId="5704216D" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54832731" w14:textId="5BF88F71" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="00984C92" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="00984C92" w14:paraId="54832731" w14:textId="5BF88F71">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="725"/>
           <w:tab w:val="left" w:pos="1451"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Termination without Cause.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46835F69" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="006D4B95" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="006D4B95" w14:paraId="46835F69" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38F02C77" w14:textId="6447D988" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="00984C92" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="00984C92" w14:paraId="38F02C77" w14:textId="6447D988">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve">The parties expressly acknowledge and agree that if the University should terminate this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior to </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>{</w:t>
       </w:r>
-      <w:r w:rsidR="00F04D45" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="00F04D45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">insert </w:t>
       </w:r>
       <w:r w:rsidRPr="00F04D45">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve">term </w:t>
       </w:r>
       <w:commentRangeStart w:id="19"/>
       <w:r w:rsidRPr="004B2D5C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>expiration date</w:t>
       </w:r>
       <w:commentRangeEnd w:id="19"/>
       <w:r w:rsidR="00F04D45">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="19"/>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">for any reason other than reasons listed in </w:t>
       </w:r>
       <w:r w:rsidR="005D1B54">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6DFA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>8, 9</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6DFA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00F04D45" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FF7567" w:rsidR="00F04D45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6DFA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6DFA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00BA3128">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F04D45">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">or 11, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">or for </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">’s voluntarily leaving the position, then </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be entitled to claim damages from the University, pursuant to </w:t>
       </w:r>
       <w:r w:rsidR="005D1B54">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00616473">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(b), and subject further to the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E6AB97" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="70E6AB97" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5C51C24E" w14:textId="33711E68" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="5C51C24E" w14:textId="33711E68">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> agrees that </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a duty to promptly seek and obtain new employment to mitigate any damages arising from termination under this </w:t>
       </w:r>
       <w:r w:rsidR="005D1B54">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6DFA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00F04D45" w:rsidRPr="009C6DFA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="009C6DFA" w:rsidR="00F04D45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="009C6DFA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Any settlement or final judgment following any appeal of </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">’s claim for damages against the University shall be paid in equal monthly installments from the date of settlement or judgment to the date the term of this Contract would have ended had </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> not been terminated, and such payments shall be reduced by any amounts </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> receives or is to receive in the future from any source for services provided by </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> during the remaining period covered by this Contract. </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall promptly notify the University if </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> accepts employment or otherwise agrees to perform such services; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47980D51" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="47980D51" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2F43B43E" w14:textId="4A9DED38" w:rsidR="006D4B95" w:rsidRPr="00370F72" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00370F72" w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="2F43B43E" w14:textId="4A9DED38">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00370F72">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
       <w:r w:rsidRPr="00370F72">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Notwithstanding the foregoing, the University shall not be liable for any consequential, indirect, lost profit, punitive, special</w:t>
       </w:r>
       <w:r w:rsidR="004A67CC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> or similar damages even if the University has been advised of the possibility of such damages.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536683DE" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="536683DE" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1EDDB138" w14:textId="2E3C50AF" w:rsidR="006D4B95" w:rsidRPr="00D12706" w:rsidRDefault="00984C92">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D12706" w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="1EDDB138" w14:textId="2E3C50AF">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">If the University should terminate this Contract without cause, then, upon such termination becoming effective, </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall submit a claim to th</w:t>
       </w:r>
       <w:r w:rsidR="00B26E20">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00667D8C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> System Office of University Counsel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the damages </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> believes to have incurred (subject to the requirements and limitations described in this </w:t>
       </w:r>
       <w:r w:rsidR="005D1B54">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C6DFA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="009C6DFA">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">). The University and </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall attempt to resolve </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">’s claim pursuant to a non-binding mediation process to be mutually agreed upon by the University and </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. Should the University and </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> be unable to reach an agreement on the amount of damages due to </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> within thirty (30) days after the submission of </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">’s claim, then </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be entitled to pursue legal action against the University for such damages. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D12706">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">All statements, documents, admissions, or proposals exchanged by the University and </w:t>
       </w:r>
-      <w:r w:rsidR="00582BE0" w:rsidRPr="00D12706">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D12706" w:rsidR="00582BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00D12706">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> pursuant to the process described in this </w:t>
       </w:r>
       <w:r w:rsidR="005D1B54">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidRPr="00D12706">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="002672E2">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00D12706">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) shall be deemed settlement and mediation materials and, accordingly, shall be considered confidential to the extent permitted by law and may not be used by either the University or </w:t>
       </w:r>
-      <w:r w:rsidR="00582BE0" w:rsidRPr="00D12706">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D12706" w:rsidR="00582BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00D12706">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> in further proceedings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DDA4DC9" w14:textId="77777777" w:rsidR="00B26E20" w:rsidRPr="00D12706" w:rsidRDefault="00B26E20" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00D12706" w:rsidR="00B26E20" w:rsidP="00F96A69" w:rsidRDefault="00B26E20" w14:paraId="6DDA4DC9" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F6A1A4E" w14:textId="44BA42A9" w:rsidR="00BB2763" w:rsidRDefault="00984C92" w:rsidP="00BB2763">
+    <w:p w:rsidR="00BB2763" w:rsidP="00BB2763" w:rsidRDefault="00984C92" w14:paraId="3F6A1A4E" w14:textId="44BA42A9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006A5B8F" w:rsidRPr="00FF7567">
+      <w:r w:rsidRPr="00FF7567" w:rsidR="006A5B8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Obligations to Law and Policy</w:t>
       </w:r>
       <w:r w:rsidR="006A5B8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00BB2763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2763" w:rsidRPr="00032E5C">
+      <w:r w:rsidRPr="00032E5C" w:rsidR="00BB2763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A5B8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>understands they must meet</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2763" w:rsidRPr="00032E5C">
+      <w:r w:rsidRPr="00032E5C" w:rsidR="00BB2763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> obligations imposed by federal, state, and local law</w:t>
       </w:r>
       <w:r w:rsidR="00BB2763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="006A5B8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">they must </w:t>
       </w:r>
       <w:r w:rsidR="00BB2763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2763" w:rsidRPr="00032E5C">
+      <w:r w:rsidRPr="00032E5C" w:rsidR="00BB2763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">omply with all laws, rules, regulations, policies, procedures, and resolutions, adopted by the Board of Regents, the University of Colorado, and the campus or other unit in which your appointment is made. For a list of university-related policies, go to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00BB2763" w:rsidRPr="00032E5C">
+      <w:hyperlink w:history="1" r:id="rId19">
+        <w:r w:rsidRPr="00032E5C" w:rsidR="00BB2763">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.cu.edu/ope/policy-related-resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BB2763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A0CA2AE" w14:textId="77777777" w:rsidR="006A5B8F" w:rsidRDefault="006A5B8F" w:rsidP="00BB2763">
+    <w:p w:rsidR="006A5B8F" w:rsidP="00BB2763" w:rsidRDefault="006A5B8F" w14:paraId="1A0CA2AE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E46FDEF" w14:textId="57A8C95F" w:rsidR="006A5B8F" w:rsidRPr="00A13862" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+    <w:p w:rsidRPr="00A13862" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="2E46FDEF" w14:textId="57A8C95F">
       <w:pPr>
         <w:pStyle w:val="WPDefaults"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="11520"/>
           <w:tab w:val="left" w:pos="400"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A13862">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The following links are provided pursuant to Administrative Policy Statement 5002: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74888B45" w14:textId="77777777" w:rsidR="006A5B8F" w:rsidRPr="00A13862" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+    <w:p w:rsidRPr="00A13862" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="74888B45" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="WPDefaults"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="11520"/>
           <w:tab w:val="left" w:pos="400"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3553C0EA" w14:textId="389C2A02" w:rsidR="006A5B8F" w:rsidRPr="00A13862" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+    <w:p w:rsidRPr="00A13862" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="3553C0EA" w14:textId="389C2A02">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId20">
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">APS 5060 </w:t>
         </w:r>
         <w:r w:rsidR="000F28E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> Faculty Appointments</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0BF596F5" w14:textId="5A0455AF" w:rsidR="006A5B8F" w:rsidRPr="00A13862" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+    <w:p w:rsidRPr="00A13862" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="0BF596F5" w14:textId="5A0455AF">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId21">
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>APS 1013</w:t>
         </w:r>
         <w:r w:rsidR="00C83832">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> -</w:t>
         </w:r>
         <w:r w:rsidR="000F28E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00C83832">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5048,194 +5184,194 @@
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidR="0016250A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D1B54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">14 </w:t>
       </w:r>
       <w:r w:rsidR="0016250A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>below)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67ACDCF0" w14:textId="7357F4EF" w:rsidR="006A5B8F" w:rsidRPr="00A13862" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+    <w:p w:rsidRPr="00A13862" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="67ACDCF0" w14:textId="7357F4EF">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">APS 1014 </w:t>
         </w:r>
         <w:r w:rsidR="000F28E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> Intellectual Property that is Educational Material</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DA4DC45" w14:textId="105C7747" w:rsidR="006A5B8F" w:rsidRPr="00A13862" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+    <w:p w:rsidRPr="00A13862" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="6DA4DC45" w14:textId="105C7747">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId23">
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">Article 5.B.2 </w:t>
         </w:r>
         <w:r w:rsidR="000F28E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> Principles of Academic Freedom</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A13862">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Laws of the Regents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A33149" w14:textId="46589B69" w:rsidR="006A5B8F" w:rsidRPr="00A13862" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+    <w:p w:rsidRPr="00A13862" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="68A33149" w14:textId="46589B69">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId24">
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>APS 2027</w:t>
         </w:r>
         <w:r w:rsidR="000F28E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00C83832">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00A13862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> Code of Conduct</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49182569" w14:textId="77777777" w:rsidR="0016250A" w:rsidRPr="0016250A" w:rsidRDefault="0016250A">
+    <w:p w:rsidRPr="0016250A" w:rsidR="0016250A" w:rsidRDefault="0016250A" w14:paraId="49182569" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="17854763" w14:textId="0BCB0659" w:rsidR="0016250A" w:rsidRDefault="0016250A">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0016250A" w:rsidRDefault="0016250A" w14:paraId="17854763" w14:textId="199E24BE">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
@@ -5244,51 +5380,51 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Assignment of Intellectual Property on Discoveries and Patents</w:t>
       </w:r>
       <w:r w:rsidRPr="0016250A">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>In accordance with Regent Policy 5.</w:t>
       </w:r>
-      <w:r w:rsidR="00452015">
+      <w:r w:rsidR="0063116E">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>APS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -5378,2307 +5514,2074 @@
         </w:rPr>
         <w:t xml:space="preserve">Faculty Member </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>agree</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7567">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to promptly disclose all such discoveries to the University and execute all papers as the University may deem necessary to secure for the University the rights herein assigned.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="717278AC" w14:textId="77777777" w:rsidR="00B26E20" w:rsidRDefault="00B26E20">
+    <w:p w:rsidR="00B26E20" w:rsidRDefault="00B26E20" w14:paraId="717278AC" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69AC8084" w14:textId="09500AD9" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="69AC8084" w14:textId="09500AD9">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A044A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:commentRangeStart w:id="20"/>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004B2D5C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A044A9">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>For individuals new to the University</w:t>
       </w:r>
       <w:commentRangeEnd w:id="20"/>
       <w:r w:rsidR="001D43D9">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="20"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>: IRCA.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pursuant to the Immigration Reform and Control Act (IRCA), </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> understands that the University must verify </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">’s employment eligibility within the first three working days of employment. </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> understands that, as a condition of employment, </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> must complete an I-9 Form and provide the University with certain documents verifying employment eligibility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19CB3B45" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRDefault="006D4B95">
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="006D4B95" w14:paraId="19CB3B45" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24AD8E73" w14:textId="2E6FB11D" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="24AD8E73" w14:textId="00598600">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="21"/>
-      <w:r w:rsidRPr="00A044A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="004B2D5C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="7F7CC9E0" w:rsidR="004B2D5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A044A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A044A9">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A044A9">
-[...141 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>For individuals new to the University</w:t>
       </w:r>
-      <w:r w:rsidR="00395B50" w:rsidRPr="00FF7567">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="21"/>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Pledge.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0" w:rsidR="00582BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Faculty Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> understands that, as a condition of employment, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0" w:rsidR="00582BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Faculty Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must sign and return the attached pledge form to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0" w:rsidR="001D6C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the Office of Faculty Affairs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no later than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>{insert date}</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The pledge form is attached as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>Attachment A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, incorporated by reference. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7F7CC9E0" w:rsidP="7F7CC9E0" w:rsidRDefault="7F7CC9E0" w14:paraId="7C65FE9D" w14:textId="5D2FF8AC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="005B4140" w:rsidR="409D3462" w:rsidP="005B4140" w:rsidRDefault="002E274D" w14:paraId="3E777739" w14:textId="5C0B5C51">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="409D3462">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="004B2D5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk157610321" w:id="22"/>
+      <w:bookmarkStart w:name="_Hlk157609932" w:id="23"/>
+      <w:r w:rsidRPr="409D3462" w:rsidR="00395B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>For individuals new to the University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="00395B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>: Background Check.</w:t>
       </w:r>
-      <w:r w:rsidR="00395B50">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="409D3462" w:rsidR="00395B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B54CE7">
+      <w:r w:rsidRPr="409D3462">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">This </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">This contract is contingent upon you passing a criminal background check. </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk158296046" w:id="24"/>
+      <w:r w:rsidRPr="409D3462" w:rsidR="001D43D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>contract is</w:t>
-[...33 lines deleted...]
-        <w:r w:rsidR="001D43D9">
+        <w:t>You will receive an e-mail from the University’s external vendor, HireRight Customer Service (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidRPr="409D3462" w:rsidR="001D43D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>customerservice@hireright.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001D43D9" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="409D3462" w:rsidR="001D43D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>) that will direct you to complete the authorization form online. The background check must be completed prior to employment.</w:t>
       </w:r>
-      <w:r w:rsidR="001D43D9" w:rsidRPr="00772196">
+      <w:r w:rsidRPr="409D3462" w:rsidR="001D43D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> By accepting this offer you verify that you’ve read the University’s background check requirements, including </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D43D9">
+        <w:t> By accepting this offer you verify that you’ve read the University’s background check requirements, including your self-disclosure obligation that begins from the date of acceptance,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="007329C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">your </w:t>
-[...38 lines deleted...]
-        <w:r w:rsidR="007329C1" w:rsidRPr="00B66E65">
+        <w:t xml:space="preserve"> available on the web at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="409D3462" w:rsidR="007329C1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/policies/background-check-policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007329C1">
+      <w:r w:rsidRPr="409D3462" w:rsidR="007329C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C81369D" w14:textId="6F6E673D" w:rsidR="002E274D" w:rsidRDefault="004B2D5C" w:rsidP="002E274D">
+    <w:p w:rsidR="002E274D" w:rsidP="409D3462" w:rsidRDefault="004B2D5C" w14:paraId="7C81369D" w14:textId="6F6E673D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:iCs/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F319B7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="409D3462">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidR="002E274D" w:rsidRPr="00F319B7">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="409D3462" w:rsidR="002E274D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002E274D" w:rsidRPr="00FF7567">
+      <w:r w:rsidRPr="409D3462" w:rsidR="002E274D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E274D" w:rsidRPr="00FF7567">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="00395B50">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00395B50" w:rsidRPr="00FF7567">
+        <w:t>Training</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="409D3462" w:rsidR="00395B50">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Training Requirements.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00395B50">
+        <w:t xml:space="preserve"> Requirements.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="00395B50">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E274D">
+      <w:r w:rsidRPr="409D3462" w:rsidR="002E274D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:iCs/>
         </w:rPr>
         <w:t>All faculty at the University of Colorado are required to complete training on policies and processes applicable to sexual misconduct, discrimination, harassment</w:t>
       </w:r>
-      <w:r w:rsidR="002672E2">
+      <w:r w:rsidRPr="409D3462" w:rsidR="002672E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:iCs/>
         </w:rPr>
         <w:t>, and any other requirements.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidR="004A67CC">
+      <w:r w:rsidRPr="409D3462" w:rsidR="004A67CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:iCs/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004A67CC" w:rsidRPr="001D43D9">
+        </w:rPr>
+        <w:t xml:space="preserve"> Please review accompanying offer letter for links and details of these requirements. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="409D3462" w:rsidP="409D3462" w:rsidRDefault="409D3462" w14:paraId="0864C982" w14:textId="65145797">
+      <w:pPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:iCs/>
-[...11 lines deleted...]
-    <w:p w14:paraId="3A5FDE9A" w14:textId="40A0013A" w:rsidR="006A5B8F" w:rsidRPr="00F96A69" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="3A5FDE9A" w14:textId="40A0013A">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F319B7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00EC638A" w:rsidRPr="00F319B7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F319B7" w:rsidR="00EC638A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00F319B7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Entire </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">This document contains the entire </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the parties and shall be binding upon the parties, their heirs, administrators, successors and assigns. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AEB8D0B" w14:textId="77777777" w:rsidR="006A5B8F" w:rsidRPr="00F96A69" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="0AEB8D0B" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="098EA356" w14:textId="635E05E8" w:rsidR="006A5B8F" w:rsidRPr="00F96A69" w:rsidRDefault="00EC638A" w:rsidP="006A5B8F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="00EC638A" w14:paraId="098EA356" w14:textId="635E05E8">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Severability.</w:t>
       </w:r>
       <w:r w:rsidR="006A5B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">If any provision of this </w:t>
       </w:r>
       <w:r w:rsidR="006A5B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
-      <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> is determined to be void, invalid, or unenforceable for any reason, it shall be considered severed from this </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006A5B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> and such invalidity shall not affect the validity or enforceability of the remaining provisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401CC088" w14:textId="77777777" w:rsidR="006A5B8F" w:rsidRPr="00F96A69" w:rsidRDefault="006A5B8F" w:rsidP="006A5B8F">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006A5B8F" w:rsidP="006A5B8F" w:rsidRDefault="006A5B8F" w14:paraId="401CC088" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2A12F447" w14:textId="29157F28" w:rsidR="006A5B8F" w:rsidRPr="00F96A69" w:rsidRDefault="00EC638A" w:rsidP="006A5B8F">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006A5B8F" w:rsidP="409D3462" w:rsidRDefault="00EC638A" w14:paraId="2A12F447" w14:textId="29157F28">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="409D3462">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="409D3462" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006A5B8F" w:rsidRPr="00F96A69">
-[...76 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="409D3462" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Waiver.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-    <w:p w14:paraId="49370181" w14:textId="0F5C86AF" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="004A3FFE" w:rsidP="00F96A69">
+      <w:r w:rsidRPr="409D3462" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Waiver by any party of a breach of any provision of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the other party shall not operate as or be construed to be a waiver of any subsequent breach hereto. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="409D3462" w:rsidP="409D3462" w:rsidRDefault="409D3462" w14:paraId="5ABFE09E" w14:textId="0C2AD7D6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A5B8F" w:rsidP="409D3462" w:rsidRDefault="00EC638A" w14:paraId="254E37DE" w14:textId="143A026D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="409D3462">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...54 lines deleted...]
-    <w:p w14:paraId="06247997" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="006D4B95" w:rsidP="00F96A69">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Governing Law and Authorities.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="409D3462" w:rsidR="006A5B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This Contract is subject to, and shall be interpreted consistently with federal law, the laws of the State of Colorado, and University laws and policies, as they may be amended from time to time. To the extent that this Contract or the laws and policies of the University conflict with state or federal laws, state or federal laws shall prevail. To the extent this Contract conflicts with the laws or policies of the University, the laws or policies of the University shall prevail. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="004A3FFE" w14:paraId="49370181" w14:textId="0F5C86AF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0142EE71" w14:textId="4B70DC99" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="00984C92" w:rsidP="00F96A69">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC638A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Amendments or Modifications.</w:t>
+      </w:r>
+      <w:r w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may not be amended or modified except as mutually agreed </w:t>
+      </w:r>
+      <w:r w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>upon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69" w:rsidR="00984C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in writing and signed by both parties. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="006D4B95" w14:paraId="06247997" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...195 lines deleted...]
-    <w:p w14:paraId="7FC20E2F" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="006D4B95" w:rsidP="00F96A69">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="00984C92" w14:paraId="0142EE71" w14:textId="4B70DC99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="52A71690" w14:textId="6B937663" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="00984C92" w:rsidP="00F96A69">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC638A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Notice</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Any notice or other communication hereunder will be in writing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>will be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hand-delivered, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mailed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via registered or certified mail, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sent by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">overnight courier, or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>sent by el</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ectronic mail or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>confirmed facsimile transmission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will be deemed provided, if (a) hand-delivered, on the date of delivery, (b) mailed, the date deposited, postage prepaid, in the United States mail, (c) sent by overnight courier, one business day after </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the date of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">delivery to such courier, or (d) sent by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">electronic mail or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confirmed facsimile, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>te</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of transmission.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="006D4B95" w14:paraId="7FC20E2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="00984C92" w14:paraId="52A71690" w14:textId="6B937663">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice to </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be provided to the latest address in the University’s personnel records for </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F19707F" w14:textId="5763F24B" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="00984C92" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="00984C92" w14:paraId="6F19707F" w14:textId="5763F24B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Notice to the University shall be provided to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00582BE0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>supervising administrator</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFD9E57" w14:textId="12469971" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="006D4B95" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="006D4B95" w14:paraId="3DFD9E57" w14:textId="12469971">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1599FC20" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="00984C92" w:rsidP="00FF7567">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00FF7567" w:rsidRDefault="00984C92" w14:paraId="1599FC20" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0" w:id="25"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>IN WITNESS WHEREOF</w:t>
       </w:r>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, the parties have set their hands as of the date set forth above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F6A16F0" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="006D4B95" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="006D4B95" w14:paraId="4F6A16F0" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="33FEE1AF" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="00984C92" w:rsidP="00F96A69">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="00984C92" w14:paraId="33FEE1AF" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>THE REGENTS OF THE UNIVERSITY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5424D103" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="00984C92" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="00984C92" w14:paraId="5424D103" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96A69">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>OF COLORADO, a body corporate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23734326" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00F96A69" w:rsidRDefault="006D4B95" w:rsidP="00F96A69">
+    <w:p w:rsidRPr="00F96A69" w:rsidR="006D4B95" w:rsidP="00F96A69" w:rsidRDefault="006D4B95" w14:paraId="23734326" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="13AE5536" w14:textId="77777777" w:rsidR="009F160E" w:rsidRPr="00921B23" w:rsidRDefault="009F160E" w:rsidP="009F160E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00921B23" w:rsidR="009F160E" w:rsidP="009F160E" w:rsidRDefault="009F160E" w14:paraId="13AE5536" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="t64"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="decimal" w:pos="6837"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0002A2CD" w14:textId="77777777" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="0002A2CD" w14:textId="3FF6F33D">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="3A904EF7" w14:textId="26CE3EE7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Academic Unit Chair or Director</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="4D322442" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="17A5CD19" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="4EB9F8BF" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="4F8887DC" w14:textId="362F1CC1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A904EF7" w14:textId="77777777" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="3F2AB115" w14:textId="08EB2C8F">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dean </w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D322442" w14:textId="77777777" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="63D83863" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="17A5CD19" w14:textId="77777777" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="78F80BEC" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4EB9F8BF" w14:textId="77777777" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="5EEE5465" w14:textId="6132AFC9">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4F8887DC" w14:textId="031EF756" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D6C91" w:rsidP="002677B3" w:rsidRDefault="001D6C91" w14:paraId="06423ABA" w14:textId="48C57C04">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Michele S. Moses</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="001D6C91" w14:paraId="45506DA5" w14:textId="0DC34B6F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D6C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Vice Chancellor and Senior Vice Provost</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082B53" w:rsidR="002677B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082B53" w:rsidR="002677B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for Faculty Affairs</w:t>
+      </w:r>
       <w:r w:rsidR="00F319B7">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F319B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...277 lines deleted...]
-    <w:p w14:paraId="1E75CCFC" w14:textId="77777777" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="1E75CCFC" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="28459C04" w14:textId="77777777" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="28459C04" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="117F0F56" w14:textId="73C1EB60" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="117F0F56" w14:textId="73C1EB60">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty Member</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527C0D77" w14:textId="77777777" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="527C0D77" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7C1D630C" w14:textId="77777777" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="7C1D630C" w14:textId="77777777">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0E6DB4E1" w14:textId="742180F3" w:rsidR="002677B3" w:rsidRDefault="002677B3" w:rsidP="002677B3">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="0E6DB4E1" w14:textId="213A530F">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00F319B7">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F319B7">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F319B7">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F319B7">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="7F7CC9E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002677B3" w:rsidP="002677B3" w:rsidRDefault="002677B3" w14:paraId="7DEE363C" w14:textId="12CE9462">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="33E0B769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Insert Faculty Member’s Name]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33E0B769" w:rsidR="00F319B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F319B7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F319B7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F319B7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F319B7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="33E0B769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F319B7">
-[...18 lines deleted...]
-    <w:p w14:paraId="0B0B7B0C" w14:textId="77777777" w:rsidR="009F160E" w:rsidRPr="00921B23" w:rsidRDefault="009F160E" w:rsidP="009F160E">
+    </w:p>
+    <w:p w:rsidRPr="00921B23" w:rsidR="009F160E" w:rsidP="009F160E" w:rsidRDefault="009F160E" w14:paraId="0B0B7B0C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="t64"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="decimal" w:pos="6837"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="759A7A2A" w14:textId="77777777" w:rsidR="00DA2000" w:rsidRDefault="00DA2000">
+    <w:p w:rsidR="00DA2000" w:rsidRDefault="00DA2000" w14:paraId="759A7A2A" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20B0D420" w14:textId="77777777" w:rsidR="005E5383" w:rsidRPr="007C066A" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidRPr="007C066A" w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="20B0D420" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC68918" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383"/>
-    <w:p w14:paraId="01E96F94" w14:textId="77777777" w:rsidR="00F319B7" w:rsidRDefault="00F319B7">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="3AC68918" w14:textId="77777777"/>
+    <w:p w:rsidR="00F319B7" w:rsidRDefault="00F319B7" w14:paraId="01E96F94" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D8643C5" w14:textId="7378F204" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="6D8643C5" w14:textId="7378F204">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E475F2F" wp14:editId="06BF3D82">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E475F2F" wp14:editId="29CFCFB8">
             <wp:extent cx="3444633" cy="706591"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="cu-logo_fl.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24" cstate="print">
+                    <a:blip r:embed="rId27" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3585078" cy="735400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E2C58A" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="52E2C58A" w14:textId="77777777">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="23398B06" wp14:editId="7197350D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3840480</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>398145</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2194560" cy="1737360"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -7687,96 +7590,96 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2194560" cy="1737360"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1C860D9A" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+                          <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="1C860D9A" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">If you are not a citizen of the United States </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>and</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> are appointed on a temporary basis, you are not required to make this pledge.  To exercise this option, please print your name on the line below in this box.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5DC49DCB" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+                          <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="5DC49DCB" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="5AE64E36" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+                          <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="5AE64E36" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="505342CF" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+                          <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="505342CF" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:tab/>
@@ -7785,373 +7688,373 @@
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shapetype w14:anchorId="23398B06" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <w:pict w14:anchorId="45BFD1E1">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="23398B06">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:302.4pt;margin-top:31.35pt;width:172.8pt;height:136.8pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNGX8BFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6Yx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzrx8lp2l2exmmB0EUqUPy8Gh127eGHRR6Dbbgk9GYM2UlVNruCv7l8/bV&#10;DWc+CFsJA1YV/Kg8v12/fLHqXK6m0ICpFDICsT7vXMGbEFyeZV42qhV+BE5ZctaArQhk4i6rUHSE&#10;3ppsOh5fZx1g5RCk8p5u7wcnXyf8ulYyfKxrrwIzBafaQtox7WXcs/VK5DsUrtHyVIb4hypaoS0l&#10;PUPdiyDYHvVvUK2WCB7qMJLQZlDXWqrUA3UzGf/SzWMjnEq9EDnenWny/w9Wfjg8uk/IQv8aehpg&#10;asK7B5BfPbOwaYTdqTtE6BolKko8iZRlnfP56Wmk2uc+gpTde6hoyGIfIAH1NbaRFeqTEToN4Hgm&#10;XfWBSbqcTpaz+TW5JPkmi6vFFRkxh8ifnjv04a2ClsVDwZGmmuDF4cGHIfQpJGbzYHS11cYkA3fl&#10;xiA7CFLANq0T+k9hxrKu4Mv5dD4w8FeIcVp/gmh1ICkb3Rb85hwk8sjbG1sloQWhzXCm7ow9ERm5&#10;G1gMfdlTYCS0hOpIlCIMkqUvRocG8DtnHcm14P7bXqDizLyzNJblZDaL+k7GbL6YkoGXnvLSI6wk&#10;qIIHzobjJgx/Yu9Q7xrKNAjBwh2NstaJ5OeqTnWTJNOYTt8nav7STlHPn3z9AwAA//8DAFBLAwQU&#10;AAYACAAAACEAH3HrYeEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1&#10;aULahjgVQgLBDdoKrm68TSLsdbDdNPw95gS3He1o5k21nqxhI/rQO5JwMxPAkBqne2ol7LaP10tg&#10;ISrSyjhCCd8YYF2fn1Wq1O5EbzhuYstSCIVSSehiHErOQ9OhVWHmBqT0OzhvVUzSt1x7dUrh1vC5&#10;EAW3qqfU0KkBHzpsPjdHK2GZP48f4SV7fW+Kg1nFq8X49OWlvLyY7u+ARZzinxl+8RM61Ilp746k&#10;AzMSCpEn9JiO+QJYMqxuRQ5sLyHLigx4XfH/E+ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAM0ZfwEVAgAALAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAB9x62HhAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" o:allowincell="f">
+              <v:shape id="Text Box 2" style="position:absolute;margin-left:302.4pt;margin-top:31.35pt;width:172.8pt;height:136.8pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" o:allowincell="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNGX8BFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6Yx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzrx8lp2l2exmmB0EUqUPy8Gh127eGHRR6Dbbgk9GYM2UlVNruCv7l8/bV&#10;DWc+CFsJA1YV/Kg8v12/fLHqXK6m0ICpFDICsT7vXMGbEFyeZV42qhV+BE5ZctaArQhk4i6rUHSE&#10;3ppsOh5fZx1g5RCk8p5u7wcnXyf8ulYyfKxrrwIzBafaQtox7WXcs/VK5DsUrtHyVIb4hypaoS0l&#10;PUPdiyDYHvVvUK2WCB7qMJLQZlDXWqrUA3UzGf/SzWMjnEq9EDnenWny/w9Wfjg8uk/IQv8aehpg&#10;asK7B5BfPbOwaYTdqTtE6BolKko8iZRlnfP56Wmk2uc+gpTde6hoyGIfIAH1NbaRFeqTEToN4Hgm&#10;XfWBSbqcTpaz+TW5JPkmi6vFFRkxh8ifnjv04a2ClsVDwZGmmuDF4cGHIfQpJGbzYHS11cYkA3fl&#10;xiA7CFLANq0T+k9hxrKu4Mv5dD4w8FeIcVp/gmh1ICkb3Rb85hwk8sjbG1sloQWhzXCm7ow9ERm5&#10;G1gMfdlTYCS0hOpIlCIMkqUvRocG8DtnHcm14P7bXqDizLyzNJblZDaL+k7GbL6YkoGXnvLSI6wk&#10;qIIHzobjJgx/Yu9Q7xrKNAjBwh2NstaJ5OeqTnWTJNOYTt8nav7STlHPn3z9AwAA//8DAFBLAwQU&#10;AAYACAAAACEAH3HrYeEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1&#10;aULahjgVQgLBDdoKrm68TSLsdbDdNPw95gS3He1o5k21nqxhI/rQO5JwMxPAkBqne2ol7LaP10tg&#10;ISrSyjhCCd8YYF2fn1Wq1O5EbzhuYstSCIVSSehiHErOQ9OhVWHmBqT0OzhvVUzSt1x7dUrh1vC5&#10;EAW3qqfU0KkBHzpsPjdHK2GZP48f4SV7fW+Kg1nFq8X49OWlvLyY7u+ARZzinxl+8RM61Ilp746k&#10;AzMSCpEn9JiO+QJYMqxuRQ5sLyHLigx4XfH/E+ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAM0ZfwEVAgAALAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAB9x62HhAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="1C860D9A" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+                    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="3903B764" w14:textId="77777777">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">If you are not a citizen of the United States </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>and</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> are appointed on a temporary basis, you are not required to make this pledge.  To exercise this option, please print your name on the line below in this box.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5DC49DCB" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+                    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="672A6659" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="5AE64E36" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+                    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="0A37501D" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="505342CF" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+                    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="5DAB6C7B" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8104EC" w14:textId="77777777" w:rsidR="00192873" w:rsidRDefault="00192873" w:rsidP="005E5383"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6DAAFA50" w14:textId="3D6856D3" w:rsidR="005E5383" w:rsidRDefault="00D536E9" w:rsidP="005E5383">
+    <w:p w:rsidR="00192873" w:rsidP="005E5383" w:rsidRDefault="00192873" w14:paraId="4E8104EC" w14:textId="77777777"/>
+    <w:p w:rsidR="00192873" w:rsidP="005E5383" w:rsidRDefault="00192873" w14:paraId="018449ED" w14:textId="77777777"/>
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="00D536E9" w14:paraId="6DAAFA50" w14:textId="3D6856D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">ATTACHMENT A:  </w:t>
       </w:r>
       <w:commentRangeStart w:id="26"/>
       <w:r w:rsidR="005E5383">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Faculty Pledge</w:t>
       </w:r>
       <w:commentRangeEnd w:id="26"/>
       <w:r w:rsidR="00BA3128">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="26"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5351BE7B" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="5351BE7B" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0205526C" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="0205526C" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2137B5A1" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="2137B5A1" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>REQUIRED BY C.R.S. 22-61-104</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713FA466" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="713FA466" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3192D5C4" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="3192D5C4" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="691F8BA7" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="691F8BA7" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A3D827F" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="7A3D827F" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24C43381" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="24C43381" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15F8AEF6" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="15F8AEF6" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="005CD7B5" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="005CD7B5" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04CBE10C" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="04CBE10C" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C8535DF" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="1C8535DF" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I solemnly pledge that I will uphold the Constitution of the United States and the </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D7069D0" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="3D7069D0" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C983442" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="1C983442" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Constitution of the State of Colorado, and I will faithfully perform the duties of the position upon </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16198220" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="16198220" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BA1B74D" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="6BA1B74D" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>which I am about to enter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3601EF39" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="3601EF39" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03432711" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="03432711" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
@@ -8254,669 +8157,681 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Signature ___________________________</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6E8E85DA" w14:textId="77777777" w:rsidR="005E5383" w:rsidRDefault="005E5383" w:rsidP="005E5383">
+        <w:t>Signature ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="423E63FC" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="005E5383" w:rsidP="005E5383" w:rsidRDefault="005E5383" w14:paraId="6E8E85DA" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:tab/>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>Name Printed _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57066E50" w14:textId="77777777" w:rsidR="0092057B" w:rsidRDefault="0092057B" w:rsidP="00534B8E">
+    <w:p w:rsidR="0092057B" w:rsidP="00534B8E" w:rsidRDefault="0092057B" w14:paraId="57066E50" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="t64"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0092057B" w:rsidSect="00E44993">
-      <w:headerReference w:type="even" r:id="rId25"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId30"/>
+      <w:headerReference w:type="even" r:id="rId28"/>
+      <w:headerReference w:type="default" r:id="rId29"/>
+      <w:footerReference w:type="even" r:id="rId30"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
+      <w:headerReference w:type="first" r:id="rId32"/>
+      <w:footerReference w:type="first" r:id="rId33"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="1008" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:comment w:id="0" w:author="System Academic Affairs" w:date="2024-02-26T21:59:00Z" w:initials="MD">
-    <w:p w14:paraId="00909295" w14:textId="77777777" w:rsidR="00192873" w:rsidRDefault="000F28E5" w:rsidP="00192873">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-26T21:59:00Z" w:id="0">
+    <w:p w:rsidR="00192873" w:rsidP="00192873" w:rsidRDefault="000F28E5" w14:paraId="00909295" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00192873">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Campuses - Any material alterations to this template contract</w:t>
       </w:r>
       <w:r w:rsidR="00192873">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> must be approved by the CU System Office of the Vice President of Academic Affairs, in consultation with the CU System Office of University Counsel.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45540C5C" w14:textId="77777777" w:rsidR="00192873" w:rsidRDefault="00192873" w:rsidP="00192873">
+    <w:p w:rsidR="00192873" w:rsidP="00192873" w:rsidRDefault="00192873" w14:paraId="45540C5C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="446B0209" w14:textId="77777777" w:rsidR="00192873" w:rsidRDefault="00192873" w:rsidP="00192873">
+    <w:p w:rsidR="00192873" w:rsidP="00192873" w:rsidRDefault="00192873" w14:paraId="446B0209" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>If you are unsure if a change is material or not material, please contact your campus legal counsel to discuss.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5839E5B1" w14:textId="77777777" w:rsidR="00192873" w:rsidRDefault="00192873" w:rsidP="00192873">
+    <w:p w:rsidR="00192873" w:rsidP="00192873" w:rsidRDefault="00192873" w14:paraId="5839E5B1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="402D89A6" w14:textId="77777777" w:rsidR="00192873" w:rsidRDefault="00192873" w:rsidP="00192873">
+    <w:p w:rsidR="00192873" w:rsidP="00192873" w:rsidRDefault="00192873" w14:paraId="402D89A6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Blanks in this template are for the job title (or working title if applicable), information specific to the campus, the department/unit, the responsibilities of the position, effective date, salary, etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0670AF" w14:textId="77777777" w:rsidR="00192873" w:rsidRDefault="00192873" w:rsidP="00192873">
+    <w:p w:rsidR="00192873" w:rsidP="00192873" w:rsidRDefault="00192873" w14:paraId="2E0670AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="085F7E49" w14:textId="77777777" w:rsidR="00192873" w:rsidRDefault="00192873" w:rsidP="00192873">
+    <w:p w:rsidR="00192873" w:rsidP="00192873" w:rsidRDefault="00192873" w14:paraId="085F7E49" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">All comments that begin with “Campuses -” are here to guide faculty affairs and human resources staff who are completing these templates. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="1" w:author="System Academic Affairs" w:date="2024-02-26T22:06:00Z" w:initials="MD">
-    <w:p w14:paraId="49FAC40F" w14:textId="3751DD07" w:rsidR="007F42DB" w:rsidRDefault="006D6D66" w:rsidP="007F42DB">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-26T22:06:00Z" w:id="1">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="006D6D66" w14:paraId="49FAC40F" w14:textId="3751DD07">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="007F42DB">
         <w:t xml:space="preserve">Campuses - C.R.S. § 24-19-104 allows state institutions of higher education to offer contracts of up to five years under certain circumstances to faculty members who are not tenured or on the tenure track. At the University of Colorado, faculty who are not tenured or on the tenure track are in the Instructional, Research, and Clinical (IRC) faculty category.  See </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="007F42DB" w:rsidRPr="00302D99">
+      <w:hyperlink w:history="1" r:id="rId1">
+        <w:r w:rsidRPr="00302D99" w:rsidR="007F42DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Regent Policy 5.C.3(C)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007F42DB">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidR="007F42DB" w:rsidRPr="00302D99">
+      <w:hyperlink w:history="1" r:id="rId2">
+        <w:r w:rsidRPr="00302D99" w:rsidR="007F42DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>APS 5053, Section II.D</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007F42DB">
         <w:t xml:space="preserve"> for more information about faculty eligibility for multi-year contracts, which are</w:t>
       </w:r>
       <w:r w:rsidR="007F42DB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Limited </w:t>
       </w:r>
       <w:r w:rsidR="007F42DB">
         <w:t xml:space="preserve">term appointments. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34405262" w14:textId="77777777" w:rsidR="007F42DB" w:rsidRDefault="007F42DB" w:rsidP="007F42DB">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007F42DB" w14:paraId="34405262" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22A558C3" w14:textId="77777777" w:rsidR="007F42DB" w:rsidRDefault="007F42DB" w:rsidP="007F42DB">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007F42DB" w14:paraId="22A558C3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>This specific template is applicable to faculty with no less than .5 FTE teaching assignment, or to faculty with no less than .5 FTE librarian appointment.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">If using this template, the faculty member must hold a title from one of the following faculty tracks:. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4AFE8B" w14:textId="77777777" w:rsidR="007F42DB" w:rsidRDefault="007F42DB" w:rsidP="007F42DB">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007F42DB" w14:paraId="3C4AFE8B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Instructor Track</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2413DBD6" w14:textId="77777777" w:rsidR="007F42DB" w:rsidRDefault="007F42DB" w:rsidP="007F42DB">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007F42DB" w14:paraId="2413DBD6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Teaching Professor Track</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E56335" w14:textId="77777777" w:rsidR="007F42DB" w:rsidRDefault="007F42DB" w:rsidP="007F42DB">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007F42DB" w14:paraId="28E56335" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Clinical Teaching (C/T) Track</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="031BA028" w14:textId="77777777" w:rsidR="007F42DB" w:rsidRDefault="007F42DB" w:rsidP="007F42DB">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007F42DB" w14:paraId="031BA028" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12AED641" w14:textId="77777777" w:rsidR="007F42DB" w:rsidRDefault="007F42DB" w:rsidP="007F42DB">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007F42DB" w14:paraId="12AED641" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId3">
         <w:r w:rsidRPr="00302D99">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>APS 5060</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> for definitions of faculty terms of appointment and faculty titles. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="3" w:author="System Academic Affairs" w:date="2024-02-12T21:33:00Z" w:initials="MD">
-    <w:p w14:paraId="1AA2035F" w14:textId="6A3A493F" w:rsidR="00FF3F76" w:rsidRDefault="00DE0E23" w:rsidP="00FF3F76">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-12T21:33:00Z" w:id="3">
+    <w:p w:rsidR="00FF3F76" w:rsidP="00FF3F76" w:rsidRDefault="00DE0E23" w14:paraId="1AA2035F" w14:textId="6A3A493F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00FF3F76">
         <w:t xml:space="preserve">Campuses - Please insert official faculty title or working title if applicable. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5468209D" w14:textId="77777777" w:rsidR="00FF3F76" w:rsidRDefault="00FF3F76" w:rsidP="00FF3F76">
+    <w:p w:rsidR="00FF3F76" w:rsidP="00FF3F76" w:rsidRDefault="00FF3F76" w14:paraId="5468209D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09E09E50" w14:textId="77777777" w:rsidR="00FF3F76" w:rsidRDefault="00FF3F76" w:rsidP="00FF3F76">
+    <w:p w:rsidR="00FF3F76" w:rsidP="00FF3F76" w:rsidRDefault="00FF3F76" w14:paraId="09E09E50" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The official title must be from the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Instructor Track, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Teaching Professor Track, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Clinical Teaching (C/T) Track. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId4">
         <w:r w:rsidRPr="001B7DBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>APS 5060</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> for descriptions of these tracks. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="4" w:author="System Academic Affairs" w:date="2024-02-12T19:10:00Z" w:initials="MD">
-    <w:p w14:paraId="76BFA244" w14:textId="3755B9D2" w:rsidR="00DE0E23" w:rsidRDefault="0008149D" w:rsidP="00DE0E23">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-12T19:10:00Z" w:id="4">
+    <w:p w:rsidR="00DE0E23" w:rsidP="00DE0E23" w:rsidRDefault="0008149D" w14:paraId="76BFA244" w14:textId="3755B9D2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00DE0E23">
         <w:t>Campuses - Please insert the % FTE of the position, which must be .5 FTE or above.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="5" w:author="Kim Overmier" w:date="2024-03-27T10:54:00Z" w:initials="KO">
-    <w:p w14:paraId="61A4A9B3" w14:textId="77777777" w:rsidR="001D43D9" w:rsidRDefault="001D43D9" w:rsidP="001D43D9">
+  <w:comment w:initials="KO" w:author="Kim Overmier" w:date="2024-03-27T10:54:00Z" w:id="5">
+    <w:p w:rsidR="001D43D9" w:rsidP="001D43D9" w:rsidRDefault="001D43D9" w14:paraId="61A4A9B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Boulder Campus has the option of 3 or 5 year contracts. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="6" w:author="System Academic Affairs" w:date="2024-02-08T11:03:00Z" w:initials="MD">
-    <w:p w14:paraId="2499AEC9" w14:textId="10F71611" w:rsidR="007F42DB" w:rsidRDefault="007C6B1F" w:rsidP="007F42DB">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-08T11:03:00Z" w:id="6">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007C6B1F" w14:paraId="2499AEC9" w14:textId="10F71611">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="007F42DB">
         <w:t xml:space="preserve">Campuses - The default language of the Duties section of this template describes faculty with no less than .5 FTE classroom teaching responsibilities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D31529" w14:textId="77777777" w:rsidR="007F42DB" w:rsidRDefault="007F42DB" w:rsidP="007F42DB">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007F42DB" w14:paraId="36D31529" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A038650" w14:textId="77777777" w:rsidR="007F42DB" w:rsidRDefault="007F42DB" w:rsidP="007F42DB">
+    <w:p w:rsidR="007F42DB" w:rsidP="007F42DB" w:rsidRDefault="007F42DB" w14:paraId="4A038650" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>This template also can be used for faculty with no less than a .5 FTE librarian appointments.  Please substitute language as called for in the next several comments for librarian appointments.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="7" w:author="System Academic Affairs" w:date="2024-02-12T13:22:00Z" w:initials="MD">
-    <w:p w14:paraId="2501BC80" w14:textId="4D08E31C" w:rsidR="00606C1B" w:rsidRDefault="00DB3C64" w:rsidP="00606C1B">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-12T13:22:00Z" w:id="7">
+    <w:p w:rsidR="00606C1B" w:rsidP="00606C1B" w:rsidRDefault="00DB3C64" w14:paraId="2501BC80" w14:textId="4D08E31C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00606C1B">
         <w:t>Campuses - Please insert teaching or librarianship percentage of the differential workload as appropriate to the individual and position, and in accordance with these requirements:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA9419B" w14:textId="77777777" w:rsidR="00606C1B" w:rsidRDefault="00606C1B" w:rsidP="00606C1B">
+    <w:p w:rsidR="00606C1B" w:rsidP="00606C1B" w:rsidRDefault="00606C1B" w14:paraId="4EA9419B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E46BF9C" w14:textId="77777777" w:rsidR="00606C1B" w:rsidRDefault="00606C1B" w:rsidP="00606C1B">
+    <w:p w:rsidR="00606C1B" w:rsidP="00606C1B" w:rsidRDefault="00606C1B" w14:paraId="4E46BF9C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the multi-year contract is for a faculty member with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>classroom teaching responsibilities</w:t>
       </w:r>
       <w:r>
         <w:t>, the teaching portion must be no less than .5 FTE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B319785" w14:textId="77777777" w:rsidR="00606C1B" w:rsidRDefault="00606C1B" w:rsidP="00606C1B">
+    <w:p w:rsidR="00606C1B" w:rsidP="00606C1B" w:rsidRDefault="00606C1B" w14:paraId="0B319785" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17BAC9E2" w14:textId="77777777" w:rsidR="00606C1B" w:rsidRDefault="00606C1B" w:rsidP="00606C1B">
+    <w:p w:rsidR="00606C1B" w:rsidP="00606C1B" w:rsidRDefault="00606C1B" w14:paraId="17BAC9E2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the multi-year contract is for a faculty member with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>librarianship responsibilities</w:t>
       </w:r>
       <w:r>
         <w:t>, the l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ibrarianship portion must be no less than .5 FTE.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="System Academic Affairs" w:date="2024-02-12T13:40:00Z" w:initials="MD">
-    <w:p w14:paraId="1A234157" w14:textId="5ECED87A" w:rsidR="006D63C0" w:rsidRDefault="005C10CD" w:rsidP="006D63C0">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-12T13:40:00Z" w:id="8">
+    <w:p w:rsidR="006D63C0" w:rsidP="006D63C0" w:rsidRDefault="005C10CD" w14:paraId="1A234157" w14:textId="5ECED87A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="006D63C0">
         <w:t xml:space="preserve">Campuses - If the contract applies to a faculty member with librarianship responsibilities, please change “teaching” to “librarianship.” </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="9" w:author="System Academic Affairs" w:date="2024-02-12T17:03:00Z" w:initials="MD">
-    <w:p w14:paraId="79890796" w14:textId="77777777" w:rsidR="008F5D30" w:rsidRDefault="006D63C0" w:rsidP="008F5D30">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-12T17:03:00Z" w:id="9">
+    <w:p w:rsidR="008F5D30" w:rsidP="008F5D30" w:rsidRDefault="006D63C0" w14:paraId="79890796" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:t xml:space="preserve">Campuses - Faculty with a multi-year contract with titles in either the </w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Teaching Professor Track </w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:t xml:space="preserve">or the </w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Clinical Teaching (C/T) Track (if applicable according to school or college policy), </w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:t xml:space="preserve">may have a percentage of their differential workload as </w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>scholarly and creative work.</w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:t xml:space="preserve">  Please insert the percentage appropriate to the individual and position here.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F50E04" w14:textId="77777777" w:rsidR="008F5D30" w:rsidRDefault="008F5D30" w:rsidP="008F5D30">
+    <w:p w:rsidR="008F5D30" w:rsidP="008F5D30" w:rsidRDefault="008F5D30" w14:paraId="18F50E04" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A679A89" w14:textId="77777777" w:rsidR="008F5D30" w:rsidRDefault="008F5D30" w:rsidP="008F5D30">
+    <w:p w:rsidR="008F5D30" w:rsidP="008F5D30" w:rsidRDefault="008F5D30" w14:paraId="1A679A89" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>And note that if the % FTE for a component of workload is 0%, language in the template that mentions that particular workload component can be removed from this paragraph.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="10" w:author="System Academic Affairs" w:date="2024-02-12T17:05:00Z" w:initials="MD">
-    <w:p w14:paraId="40F7BEEE" w14:textId="77777777" w:rsidR="008F5D30" w:rsidRDefault="006D63C0" w:rsidP="008F5D30">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-12T17:05:00Z" w:id="10">
+    <w:p w:rsidR="008F5D30" w:rsidP="008F5D30" w:rsidRDefault="006D63C0" w14:paraId="40F7BEEE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:t xml:space="preserve">Campuses - Faculty with a multi-year contract with titles in the </w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Teaching Professor Track,</w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:rPr>
           <w:i/>
@@ -8926,216 +8841,216 @@
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:t xml:space="preserve">, and the </w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Clinical Teaching (C/T) Track</w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:t>, may have a percentage of their differential workload as</w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> leadership and service.</w:t>
       </w:r>
       <w:r w:rsidR="008F5D30">
         <w:t xml:space="preserve"> Please insert the percentage appropriate to the individual and position here.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B6477DD" w14:textId="77777777" w:rsidR="008F5D30" w:rsidRDefault="008F5D30" w:rsidP="008F5D30">
+    <w:p w:rsidR="008F5D30" w:rsidP="008F5D30" w:rsidRDefault="008F5D30" w14:paraId="7B6477DD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="151A85D2" w14:textId="77777777" w:rsidR="008F5D30" w:rsidRDefault="008F5D30" w:rsidP="008F5D30">
+    <w:p w:rsidR="008F5D30" w:rsidP="008F5D30" w:rsidRDefault="008F5D30" w14:paraId="151A85D2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>And note that if the % FTE for a component of workload is 0%, language in the template that mentions that particular workload component can be removed from this paragraph.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="11" w:author="System Academic Affairs" w:date="2024-02-12T22:03:00Z" w:initials="MD">
-    <w:p w14:paraId="3F0AE198" w14:textId="2AA93B3B" w:rsidR="00464320" w:rsidRDefault="00464320" w:rsidP="00464320">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-12T22:03:00Z" w:id="11">
+    <w:p w:rsidR="00464320" w:rsidP="00464320" w:rsidRDefault="00464320" w14:paraId="3F0AE198" w14:textId="2AA93B3B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Campuses - If the contract applies to a faculty member with librarianship responsibilities, please change “teaching” to “librarianship.” </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="12" w:author="System Academic Affairs" w:date="2024-02-12T21:49:00Z" w:initials="MD">
-    <w:p w14:paraId="2C3F6D72" w14:textId="77777777" w:rsidR="0064731A" w:rsidRDefault="00743095" w:rsidP="0064731A">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-12T21:49:00Z" w:id="12">
+    <w:p w:rsidR="0064731A" w:rsidP="0064731A" w:rsidRDefault="00743095" w14:paraId="2C3F6D72" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="0064731A">
         <w:t xml:space="preserve">Campuses - Please fill in the assignment appropriate to the individual and the position.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1856663D" w14:textId="77777777" w:rsidR="0064731A" w:rsidRDefault="0064731A" w:rsidP="0064731A">
+    <w:p w:rsidR="0064731A" w:rsidP="0064731A" w:rsidRDefault="0064731A" w14:paraId="1856663D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="459CF200" w14:textId="77777777" w:rsidR="0064731A" w:rsidRDefault="0064731A" w:rsidP="0064731A">
+    <w:p w:rsidR="0064731A" w:rsidP="0064731A" w:rsidRDefault="0064731A" w14:paraId="459CF200" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>If the contract is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> teaching-focused</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, include the number of courses per academic year.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30FCBA8D" w14:textId="77777777" w:rsidR="0064731A" w:rsidRDefault="0064731A" w:rsidP="0064731A">
+    <w:p w:rsidR="0064731A" w:rsidP="0064731A" w:rsidRDefault="0064731A" w14:paraId="30FCBA8D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="284B2F1B" w14:textId="77777777" w:rsidR="0064731A" w:rsidRDefault="0064731A" w:rsidP="0064731A">
+    <w:p w:rsidR="0064731A" w:rsidP="0064731A" w:rsidRDefault="0064731A" w14:paraId="284B2F1B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the contract is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>librarianship-focused</w:t>
       </w:r>
       <w:r>
         <w:t>, include a description of the assignment appropriate to that role.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="18" w:author="System Academic Affairs" w:date="2024-02-13T13:15:00Z" w:initials="MD">
-    <w:p w14:paraId="0C973ADB" w14:textId="77777777" w:rsidR="00641FDC" w:rsidRDefault="006E19DE" w:rsidP="00641FDC">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-13T13:15:00Z" w:id="18">
+    <w:p w:rsidR="00641FDC" w:rsidP="00641FDC" w:rsidRDefault="006E19DE" w14:paraId="0C973ADB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00641FDC">
         <w:t>Campuses - Please insert the department’s or unit’s Primary Unit Criteria for promotion here.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="19" w:author="System Academic Affairs" w:date="2024-02-12T17:39:00Z" w:initials="MD">
-    <w:p w14:paraId="6F230E45" w14:textId="77777777" w:rsidR="00BA3128" w:rsidRDefault="00F04D45" w:rsidP="00BA3128">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-12T17:39:00Z" w:id="19">
+    <w:p w:rsidR="00BA3128" w:rsidP="00BA3128" w:rsidRDefault="00F04D45" w14:paraId="6F230E45" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00BA3128">
         <w:t xml:space="preserve">Campuses - Please insert contract end date appropriate to the individual contract. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="20" w:author="Kim Overmier" w:date="2024-03-27T10:57:00Z" w:initials="KO">
-    <w:p w14:paraId="72164511" w14:textId="77777777" w:rsidR="001D43D9" w:rsidRDefault="001D43D9" w:rsidP="001D43D9">
+  <w:comment w:initials="KO" w:author="Kim Overmier" w:date="2024-03-27T10:57:00Z" w:id="20">
+    <w:p w:rsidR="001D43D9" w:rsidP="001D43D9" w:rsidRDefault="001D43D9" w14:paraId="72164511" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Boulder campus: if faculty member has already completed this requirement, then please add the following language at the end of the section: “This requirement has been completed.”</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="21" w:author="Kim Overmier" w:date="2024-03-27T10:57:00Z" w:initials="KO">
-    <w:p w14:paraId="235A25BB" w14:textId="77777777" w:rsidR="001D43D9" w:rsidRDefault="001D43D9" w:rsidP="001D43D9">
+  <w:comment w:initials="KO" w:author="Kim Overmier" w:date="2024-03-27T10:57:00Z" w:id="21">
+    <w:p w:rsidR="001D43D9" w:rsidP="001D43D9" w:rsidRDefault="001D43D9" w14:paraId="235A25BB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Boulder campus: if faculty member has already completed this requirement, then please add the following language at the end of the section: “This requirement has been completed.”</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="26" w:author="System Academic Affairs" w:date="2024-02-13T13:35:00Z" w:initials="MD">
-    <w:p w14:paraId="225997E8" w14:textId="77777777" w:rsidR="00BA3128" w:rsidRDefault="00BA3128" w:rsidP="00BA3128">
+  <w:comment w:initials="MD" w:author="System Academic Affairs" w:date="2024-02-13T13:35:00Z" w:id="26">
+    <w:p w:rsidR="00BA3128" w:rsidP="00BA3128" w:rsidRDefault="00BA3128" w14:paraId="225997E8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Campuses - Please remove if Faculty Member has already met this requirement.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="085F7E49" w15:done="1"/>
   <w15:commentEx w15:paraId="12AED641" w15:done="0"/>
   <w15:commentEx w15:paraId="09E09E50" w15:done="0"/>
   <w15:commentEx w15:paraId="76BFA244" w15:done="0"/>
   <w15:commentEx w15:paraId="61A4A9B3" w15:done="0"/>
   <w15:commentEx w15:paraId="4A038650" w15:done="0"/>
@@ -9178,437 +9093,436 @@
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="085F7E49" w16cid:durableId="61C839A7"/>
   <w16cid:commentId w16cid:paraId="12AED641" w16cid:durableId="29767504"/>
   <w16cid:commentId w16cid:paraId="09E09E50" w16cid:durableId="7EB239E8"/>
   <w16cid:commentId w16cid:paraId="76BFA244" w16cid:durableId="32E988D9"/>
   <w16cid:commentId w16cid:paraId="61A4A9B3" w16cid:durableId="39EEB95C"/>
   <w16cid:commentId w16cid:paraId="4A038650" w16cid:durableId="0916D966"/>
   <w16cid:commentId w16cid:paraId="17BAC9E2" w16cid:durableId="347DB470"/>
   <w16cid:commentId w16cid:paraId="1A234157" w16cid:durableId="7BE4FF08"/>
   <w16cid:commentId w16cid:paraId="1A679A89" w16cid:durableId="432DBB58"/>
   <w16cid:commentId w16cid:paraId="151A85D2" w16cid:durableId="61B6D15D"/>
   <w16cid:commentId w16cid:paraId="3F0AE198" w16cid:durableId="7A6E7937"/>
   <w16cid:commentId w16cid:paraId="284B2F1B" w16cid:durableId="415653BA"/>
   <w16cid:commentId w16cid:paraId="0C973ADB" w16cid:durableId="5E62A7D3"/>
   <w16cid:commentId w16cid:paraId="6F230E45" w16cid:durableId="14595D38"/>
   <w16cid:commentId w16cid:paraId="72164511" w16cid:durableId="79A4CC2E"/>
   <w16cid:commentId w16cid:paraId="235A25BB" w16cid:durableId="4A347DE7"/>
   <w16cid:commentId w16cid:paraId="225997E8" w16cid:durableId="3CBB7024"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40D2287D" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0">
+    <w:p w:rsidR="003B1B80" w:rsidRDefault="003B1B80" w14:paraId="2B2EC837" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07685242" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0">
+    <w:p w:rsidR="003B1B80" w:rsidRDefault="003B1B80" w14:paraId="3A300928" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F497B28" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0"/>
+    <w:p w:rsidR="003B1B80" w:rsidRDefault="003B1B80" w14:paraId="16F5BE80" w14:textId="77777777"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Chicago">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="370075D4" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00A044A9" w:rsidRDefault="006D4B95" w:rsidP="00A044A9">
+  <w:p w:rsidRPr="00A044A9" w:rsidR="006D4B95" w:rsidP="00A044A9" w:rsidRDefault="006D4B95" w14:paraId="370075D4" w14:textId="77777777">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6AE4629B" w14:textId="6D7E189B" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="00984C92" w:rsidP="00534B8E">
+  <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="00984C92" w14:paraId="6AE4629B" w14:textId="6D7E189B">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00534B8E">
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00534B8E">
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FF0DD8" w:rsidRPr="00534B8E">
+    <w:r w:rsidRPr="00534B8E" w:rsidR="00FF0DD8">
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00534B8E">
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="56A7D3C3" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+  <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="56A7D3C3" w14:textId="77777777">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="09410814" w14:textId="125A8FAF" w:rsidR="006D4B95" w:rsidRDefault="00984C92">
+  <w:p w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="09410814" w14:textId="125A8FAF">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="000A6417">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1EDFA5C2" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+  <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="1EDFA5C2" w14:textId="77777777">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47A28E27" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0">
+    <w:p w:rsidR="003B1B80" w:rsidRDefault="003B1B80" w14:paraId="32867304" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A4E0B4F" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0">
+    <w:p w:rsidR="003B1B80" w:rsidRDefault="003B1B80" w14:paraId="283F4F89" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6DC64BEE" w14:textId="77777777" w:rsidR="004112E0" w:rsidRDefault="004112E0"/>
+    <w:p w:rsidR="003B1B80" w:rsidRDefault="003B1B80" w14:paraId="2DB07006" w14:textId="77777777"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2CA3CF98" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00A044A9" w:rsidRDefault="006D4B95" w:rsidP="00A044A9">
+  <w:p w:rsidRPr="00A044A9" w:rsidR="006D4B95" w:rsidP="00A044A9" w:rsidRDefault="006D4B95" w14:paraId="2CA3CF98" w14:textId="77777777">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2C742AD9" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+  <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="2C742AD9" w14:textId="77777777">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="157EDBB2" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00316739" w:rsidRDefault="00984C92">
+  <w:p w:rsidRPr="00316739" w:rsidR="006D4B95" w:rsidRDefault="00984C92" w14:paraId="157EDBB2" w14:textId="77777777">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:ind w:hanging="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C00000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00316739">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t>[Add letterhead]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3EBF0206" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+  <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="3EBF0206" w14:textId="77777777">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C00000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="40BD6929" w14:textId="4D675F91" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="007A17E0" w:rsidP="00534B8E">
+  <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="007A17E0" w14:paraId="40BD6929" w14:textId="4D675F91">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C00000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t>Limited</w:t>
     </w:r>
     <w:r w:rsidR="00E25163">
@@ -9632,51 +9546,51 @@
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B0368B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve">– </w:t>
     </w:r>
     <w:r w:rsidR="005906BC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve">.5 FTE </w:t>
     </w:r>
     <w:r w:rsidR="00B0368B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t>Teaching or Librarianship</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3D782096" w14:textId="77777777" w:rsidR="006D4B95" w:rsidRPr="00534B8E" w:rsidRDefault="006D4B95" w:rsidP="00534B8E">
+  <w:p w:rsidRPr="00534B8E" w:rsidR="006D4B95" w:rsidP="00534B8E" w:rsidRDefault="006D4B95" w14:paraId="3D782096" w14:textId="77777777">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="037974B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
@@ -9784,51 +9698,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05BE7C6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8F8260E"/>
     <w:lvl w:ilvl="0" w:tplc="87F2F624">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
@@ -10010,51 +9924,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D5A5D1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBE0AE34"/>
     <w:lvl w:ilvl="0" w:tplc="1F1AAFB8">
       <w:start w:val="4"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2073"/>
         </w:tabs>
         <w:ind w:left="2073" w:hanging="690"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2463"/>
         </w:tabs>
         <w:ind w:left="2463" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3183"/>
@@ -10493,51 +10407,51 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="137530E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E24AE92C"/>
     <w:lvl w:ilvl="0" w:tplc="08F85DB2">
       <w:start w:val="3"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2162"/>
         </w:tabs>
         <w:ind w:left="2162" w:hanging="780"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2462"/>
         </w:tabs>
         <w:ind w:left="2462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3182"/>
@@ -10859,51 +10773,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23D30623"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A080CE1E"/>
     <w:lvl w:ilvl="0" w:tplc="D7C2E102">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="446"/>
         </w:tabs>
         <w:ind w:left="446" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1166"/>
         </w:tabs>
         <w:ind w:left="1166" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1886"/>
@@ -11534,147 +11448,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0764F416">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="327F61F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C58FDD6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33707EA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A29CAA16"/>
     <w:lvl w:ilvl="0" w:tplc="8DB6062A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CB344254">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12080,51 +11994,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="410069C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04F6C318"/>
     <w:lvl w:ilvl="0" w:tplc="ED9E598E">
       <w:start w:val="3"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1830"/>
         </w:tabs>
         <w:ind w:left="1830" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
@@ -12220,51 +12134,51 @@
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44A645CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB6EAE46"/>
     <w:lvl w:ilvl="0" w:tplc="82CC5E52">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="750"/>
         </w:tabs>
         <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
@@ -12360,51 +12274,51 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55027459"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D34C880"/>
     <w:lvl w:ilvl="0" w:tplc="A49A5306">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
@@ -12500,51 +12414,51 @@
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56CC09FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="711A9136"/>
     <w:lvl w:ilvl="0" w:tplc="56240EA0">
       <w:start w:val="11"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
@@ -12640,51 +12554,51 @@
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56D3372A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A97EE676"/>
     <w:lvl w:ilvl="0" w:tplc="C0C6FAD0">
       <w:start w:val="4"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
@@ -12867,147 +12781,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A105B48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="289C5BC6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61925F6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3AEF35C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -13123,51 +13037,51 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62F519C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B8C18A0"/>
     <w:lvl w:ilvl="0" w:tplc="2CB47776">
       <w:start w:val="4"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2102"/>
         </w:tabs>
         <w:ind w:left="2102" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2462"/>
         </w:tabs>
         <w:ind w:left="2462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3182"/>
@@ -13481,51 +13395,51 @@
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
@@ -13796,130 +13710,133 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="791435152">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="470679721">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="105930418">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="System Academic Affairs">
     <w15:presenceInfo w15:providerId="None" w15:userId="System Academic Affairs"/>
   </w15:person>
   <w15:person w15:author="Kim Overmier">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::kiov6903@colorado.edu::446fc578-3edf-47dc-a2c5-82f797682854"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D4B95"/>
     <w:rsid w:val="0000066D"/>
     <w:rsid w:val="00003939"/>
     <w:rsid w:val="00004DB3"/>
     <w:rsid w:val="00011E42"/>
     <w:rsid w:val="00015F29"/>
     <w:rsid w:val="0002119E"/>
     <w:rsid w:val="00021A35"/>
     <w:rsid w:val="00026409"/>
     <w:rsid w:val="000303CC"/>
     <w:rsid w:val="00042D6D"/>
     <w:rsid w:val="00044FF6"/>
     <w:rsid w:val="00052F45"/>
     <w:rsid w:val="000557A8"/>
     <w:rsid w:val="00057888"/>
     <w:rsid w:val="00061A43"/>
     <w:rsid w:val="000659CA"/>
     <w:rsid w:val="00075B9A"/>
     <w:rsid w:val="0008149D"/>
     <w:rsid w:val="00082B53"/>
     <w:rsid w:val="000849C2"/>
+    <w:rsid w:val="00085834"/>
     <w:rsid w:val="00086168"/>
     <w:rsid w:val="00092843"/>
     <w:rsid w:val="000933C6"/>
     <w:rsid w:val="000A3F56"/>
     <w:rsid w:val="000A4C04"/>
     <w:rsid w:val="000A6417"/>
     <w:rsid w:val="000A6999"/>
     <w:rsid w:val="000A7386"/>
     <w:rsid w:val="000C57F9"/>
     <w:rsid w:val="000D07F8"/>
     <w:rsid w:val="000D65CB"/>
     <w:rsid w:val="000D7A01"/>
     <w:rsid w:val="000F28E5"/>
     <w:rsid w:val="000F311F"/>
     <w:rsid w:val="0010001B"/>
     <w:rsid w:val="00100132"/>
     <w:rsid w:val="00102061"/>
     <w:rsid w:val="00105A8F"/>
     <w:rsid w:val="00105CAA"/>
     <w:rsid w:val="00107458"/>
     <w:rsid w:val="0011159B"/>
     <w:rsid w:val="00114C30"/>
     <w:rsid w:val="00120361"/>
     <w:rsid w:val="0012321F"/>
     <w:rsid w:val="00124E21"/>
     <w:rsid w:val="001354B4"/>
     <w:rsid w:val="00143D9F"/>
     <w:rsid w:val="00144045"/>
     <w:rsid w:val="00145720"/>
     <w:rsid w:val="0014706F"/>
     <w:rsid w:val="00152A9B"/>
     <w:rsid w:val="00154D71"/>
+    <w:rsid w:val="001555E9"/>
     <w:rsid w:val="0016250A"/>
     <w:rsid w:val="00166A97"/>
     <w:rsid w:val="00167A0C"/>
     <w:rsid w:val="00172D6B"/>
     <w:rsid w:val="0017623A"/>
     <w:rsid w:val="00182CF9"/>
     <w:rsid w:val="00184036"/>
     <w:rsid w:val="001875D7"/>
     <w:rsid w:val="00192873"/>
     <w:rsid w:val="00197577"/>
     <w:rsid w:val="001A4D72"/>
     <w:rsid w:val="001B6EF0"/>
     <w:rsid w:val="001C0072"/>
     <w:rsid w:val="001C1B15"/>
     <w:rsid w:val="001C700C"/>
     <w:rsid w:val="001D28F2"/>
     <w:rsid w:val="001D43D9"/>
     <w:rsid w:val="001D6C91"/>
     <w:rsid w:val="001E0918"/>
     <w:rsid w:val="001E2292"/>
     <w:rsid w:val="001E284A"/>
     <w:rsid w:val="001E7FB1"/>
     <w:rsid w:val="001F68DB"/>
     <w:rsid w:val="001F7DB4"/>
     <w:rsid w:val="002008D5"/>
@@ -13948,73 +13865,72 @@
     <w:rsid w:val="002D311C"/>
     <w:rsid w:val="002D58ED"/>
     <w:rsid w:val="002E274D"/>
     <w:rsid w:val="002E6205"/>
     <w:rsid w:val="002E7E32"/>
     <w:rsid w:val="002F20EF"/>
     <w:rsid w:val="002F3E73"/>
     <w:rsid w:val="0030406A"/>
     <w:rsid w:val="00315861"/>
     <w:rsid w:val="00316739"/>
     <w:rsid w:val="00316FEE"/>
     <w:rsid w:val="003231F0"/>
     <w:rsid w:val="0032562D"/>
     <w:rsid w:val="0034141C"/>
     <w:rsid w:val="003604BA"/>
     <w:rsid w:val="00366438"/>
     <w:rsid w:val="00370F72"/>
     <w:rsid w:val="00373CC4"/>
     <w:rsid w:val="00380DC0"/>
     <w:rsid w:val="00395B50"/>
     <w:rsid w:val="003970FA"/>
     <w:rsid w:val="003975C2"/>
     <w:rsid w:val="00397AE6"/>
     <w:rsid w:val="003A24D9"/>
     <w:rsid w:val="003A3887"/>
+    <w:rsid w:val="003B1B80"/>
     <w:rsid w:val="003B1DE8"/>
     <w:rsid w:val="003B2984"/>
     <w:rsid w:val="003B41A7"/>
     <w:rsid w:val="003C1B02"/>
     <w:rsid w:val="003C4115"/>
     <w:rsid w:val="003C77DA"/>
     <w:rsid w:val="003D55D5"/>
     <w:rsid w:val="003F2B2D"/>
     <w:rsid w:val="0040422D"/>
     <w:rsid w:val="004066E4"/>
-    <w:rsid w:val="004112E0"/>
     <w:rsid w:val="00413EAC"/>
     <w:rsid w:val="00420473"/>
     <w:rsid w:val="0042197B"/>
     <w:rsid w:val="004252D0"/>
     <w:rsid w:val="004303DD"/>
     <w:rsid w:val="00431037"/>
     <w:rsid w:val="004328D9"/>
     <w:rsid w:val="00434819"/>
     <w:rsid w:val="00435F8C"/>
     <w:rsid w:val="004411F9"/>
     <w:rsid w:val="00450B37"/>
-    <w:rsid w:val="00452015"/>
     <w:rsid w:val="00453C3F"/>
     <w:rsid w:val="00462EAA"/>
     <w:rsid w:val="00463807"/>
     <w:rsid w:val="00464320"/>
     <w:rsid w:val="0048107A"/>
     <w:rsid w:val="0048488A"/>
     <w:rsid w:val="004859A3"/>
     <w:rsid w:val="00490AB1"/>
     <w:rsid w:val="0049178C"/>
     <w:rsid w:val="00494236"/>
     <w:rsid w:val="004942FF"/>
     <w:rsid w:val="004A23D0"/>
     <w:rsid w:val="004A3FFE"/>
     <w:rsid w:val="004A4BCA"/>
     <w:rsid w:val="004A67CC"/>
     <w:rsid w:val="004A7575"/>
     <w:rsid w:val="004A79B1"/>
     <w:rsid w:val="004B13F0"/>
     <w:rsid w:val="004B2D5C"/>
     <w:rsid w:val="004B5969"/>
     <w:rsid w:val="004C1EA9"/>
     <w:rsid w:val="004D05D6"/>
     <w:rsid w:val="004D2491"/>
     <w:rsid w:val="004D26B6"/>
     <w:rsid w:val="004D5400"/>
@@ -14025,76 +13941,79 @@
     <w:rsid w:val="004F6D45"/>
     <w:rsid w:val="005000C0"/>
     <w:rsid w:val="00501B3D"/>
     <w:rsid w:val="00501BDE"/>
     <w:rsid w:val="00531122"/>
     <w:rsid w:val="00534B8E"/>
     <w:rsid w:val="005404E5"/>
     <w:rsid w:val="00554A63"/>
     <w:rsid w:val="005626FD"/>
     <w:rsid w:val="0056416C"/>
     <w:rsid w:val="005668C8"/>
     <w:rsid w:val="00570734"/>
     <w:rsid w:val="00572241"/>
     <w:rsid w:val="00576933"/>
     <w:rsid w:val="00582A1B"/>
     <w:rsid w:val="00582BE0"/>
     <w:rsid w:val="00584ADC"/>
     <w:rsid w:val="00586A6D"/>
     <w:rsid w:val="00587A74"/>
     <w:rsid w:val="005906BC"/>
     <w:rsid w:val="00593E26"/>
     <w:rsid w:val="00594154"/>
     <w:rsid w:val="005951F1"/>
     <w:rsid w:val="005A3572"/>
     <w:rsid w:val="005A3A8C"/>
+    <w:rsid w:val="005B4140"/>
     <w:rsid w:val="005B420E"/>
     <w:rsid w:val="005B567C"/>
     <w:rsid w:val="005B6FB1"/>
     <w:rsid w:val="005C10CD"/>
     <w:rsid w:val="005C37A9"/>
     <w:rsid w:val="005D057F"/>
     <w:rsid w:val="005D1B54"/>
     <w:rsid w:val="005D7D29"/>
     <w:rsid w:val="005E3129"/>
     <w:rsid w:val="005E5383"/>
     <w:rsid w:val="005F6B9A"/>
     <w:rsid w:val="006065EE"/>
     <w:rsid w:val="00606C1B"/>
     <w:rsid w:val="006138D3"/>
     <w:rsid w:val="00616473"/>
     <w:rsid w:val="006253E7"/>
     <w:rsid w:val="0062639D"/>
+    <w:rsid w:val="0063116E"/>
     <w:rsid w:val="006352F0"/>
     <w:rsid w:val="00640D31"/>
     <w:rsid w:val="00641FDC"/>
     <w:rsid w:val="0064731A"/>
     <w:rsid w:val="006543C8"/>
     <w:rsid w:val="0065512C"/>
     <w:rsid w:val="0065695D"/>
     <w:rsid w:val="00662D7B"/>
     <w:rsid w:val="00667D8C"/>
+    <w:rsid w:val="00671197"/>
     <w:rsid w:val="00674DC5"/>
     <w:rsid w:val="00697B51"/>
     <w:rsid w:val="006A5B8F"/>
     <w:rsid w:val="006B21FF"/>
     <w:rsid w:val="006B2E3B"/>
     <w:rsid w:val="006B6907"/>
     <w:rsid w:val="006D4890"/>
     <w:rsid w:val="006D4B95"/>
     <w:rsid w:val="006D4CE5"/>
     <w:rsid w:val="006D63C0"/>
     <w:rsid w:val="006D6D66"/>
     <w:rsid w:val="006E19DE"/>
     <w:rsid w:val="006E7355"/>
     <w:rsid w:val="0070618D"/>
     <w:rsid w:val="007173AD"/>
     <w:rsid w:val="00717465"/>
     <w:rsid w:val="00717FCF"/>
     <w:rsid w:val="0073235D"/>
     <w:rsid w:val="007329C1"/>
     <w:rsid w:val="00741DBD"/>
     <w:rsid w:val="00742FCA"/>
     <w:rsid w:val="00743095"/>
     <w:rsid w:val="007479D5"/>
     <w:rsid w:val="00766CD6"/>
     <w:rsid w:val="00767D6B"/>
@@ -14131,64 +14050,67 @@
     <w:rsid w:val="00833E9B"/>
     <w:rsid w:val="00843CD7"/>
     <w:rsid w:val="00846162"/>
     <w:rsid w:val="008568C2"/>
     <w:rsid w:val="00861682"/>
     <w:rsid w:val="008649D2"/>
     <w:rsid w:val="00871B45"/>
     <w:rsid w:val="008819EA"/>
     <w:rsid w:val="00884467"/>
     <w:rsid w:val="008906C1"/>
     <w:rsid w:val="00890C27"/>
     <w:rsid w:val="00896B06"/>
     <w:rsid w:val="008979C5"/>
     <w:rsid w:val="00897BB1"/>
     <w:rsid w:val="008A0B80"/>
     <w:rsid w:val="008A11A9"/>
     <w:rsid w:val="008A25FA"/>
     <w:rsid w:val="008A5BE4"/>
     <w:rsid w:val="008A6EAE"/>
     <w:rsid w:val="008C1CD4"/>
     <w:rsid w:val="008C7B60"/>
     <w:rsid w:val="008E5DAF"/>
     <w:rsid w:val="008F5D30"/>
     <w:rsid w:val="009133CF"/>
     <w:rsid w:val="0092057B"/>
+    <w:rsid w:val="00920CC6"/>
     <w:rsid w:val="00921B23"/>
     <w:rsid w:val="00923917"/>
     <w:rsid w:val="009248C2"/>
     <w:rsid w:val="00926AB1"/>
+    <w:rsid w:val="00927024"/>
     <w:rsid w:val="009369DF"/>
     <w:rsid w:val="0094108B"/>
     <w:rsid w:val="0094499E"/>
     <w:rsid w:val="00946BC6"/>
     <w:rsid w:val="00951BCC"/>
     <w:rsid w:val="009556FF"/>
     <w:rsid w:val="00956631"/>
     <w:rsid w:val="00965090"/>
     <w:rsid w:val="009714C5"/>
     <w:rsid w:val="00973B05"/>
+    <w:rsid w:val="00973C16"/>
     <w:rsid w:val="00975C63"/>
     <w:rsid w:val="0097757D"/>
     <w:rsid w:val="00980283"/>
     <w:rsid w:val="00984C92"/>
     <w:rsid w:val="00985D4E"/>
     <w:rsid w:val="00991693"/>
     <w:rsid w:val="009A4D10"/>
     <w:rsid w:val="009B2B2B"/>
     <w:rsid w:val="009B46D0"/>
     <w:rsid w:val="009B4760"/>
     <w:rsid w:val="009B5267"/>
     <w:rsid w:val="009C5F22"/>
     <w:rsid w:val="009C6DFA"/>
     <w:rsid w:val="009D0059"/>
     <w:rsid w:val="009D3F91"/>
     <w:rsid w:val="009D428B"/>
     <w:rsid w:val="009D7703"/>
     <w:rsid w:val="009E09D8"/>
     <w:rsid w:val="009F160E"/>
     <w:rsid w:val="009F7528"/>
     <w:rsid w:val="00A01003"/>
     <w:rsid w:val="00A027C8"/>
     <w:rsid w:val="00A044A9"/>
     <w:rsid w:val="00A04D09"/>
     <w:rsid w:val="00A07385"/>
@@ -14198,349 +14120,358 @@
     <w:rsid w:val="00A215D7"/>
     <w:rsid w:val="00A253C2"/>
     <w:rsid w:val="00A25561"/>
     <w:rsid w:val="00A26565"/>
     <w:rsid w:val="00A26F29"/>
     <w:rsid w:val="00A27B4B"/>
     <w:rsid w:val="00A27E19"/>
     <w:rsid w:val="00A34B9C"/>
     <w:rsid w:val="00A3510F"/>
     <w:rsid w:val="00A36F98"/>
     <w:rsid w:val="00A4047A"/>
     <w:rsid w:val="00A43A11"/>
     <w:rsid w:val="00A4657D"/>
     <w:rsid w:val="00A53405"/>
     <w:rsid w:val="00A567D1"/>
     <w:rsid w:val="00A61ADF"/>
     <w:rsid w:val="00A63C2B"/>
     <w:rsid w:val="00A70784"/>
     <w:rsid w:val="00A7099F"/>
     <w:rsid w:val="00A72957"/>
     <w:rsid w:val="00A81EC4"/>
     <w:rsid w:val="00A825A5"/>
     <w:rsid w:val="00A827EE"/>
     <w:rsid w:val="00A83ABF"/>
     <w:rsid w:val="00A841DF"/>
+    <w:rsid w:val="00A84DCC"/>
     <w:rsid w:val="00A87484"/>
     <w:rsid w:val="00A903D5"/>
     <w:rsid w:val="00A93A0E"/>
     <w:rsid w:val="00A959D9"/>
     <w:rsid w:val="00A97D31"/>
     <w:rsid w:val="00AA3846"/>
     <w:rsid w:val="00AB2CA1"/>
     <w:rsid w:val="00AB3329"/>
     <w:rsid w:val="00AB768A"/>
     <w:rsid w:val="00AC12CC"/>
     <w:rsid w:val="00AC3E28"/>
     <w:rsid w:val="00AD222C"/>
     <w:rsid w:val="00AD3C71"/>
     <w:rsid w:val="00AD4246"/>
     <w:rsid w:val="00AE1E73"/>
     <w:rsid w:val="00AF29EC"/>
     <w:rsid w:val="00AF38FE"/>
+    <w:rsid w:val="00AF71FB"/>
     <w:rsid w:val="00B0368B"/>
     <w:rsid w:val="00B03739"/>
     <w:rsid w:val="00B07226"/>
     <w:rsid w:val="00B16A67"/>
     <w:rsid w:val="00B239D2"/>
     <w:rsid w:val="00B26E20"/>
     <w:rsid w:val="00B27AEF"/>
     <w:rsid w:val="00B378D6"/>
     <w:rsid w:val="00B439BA"/>
     <w:rsid w:val="00B50D93"/>
     <w:rsid w:val="00B54242"/>
     <w:rsid w:val="00B678EF"/>
     <w:rsid w:val="00B758F7"/>
     <w:rsid w:val="00B80F22"/>
     <w:rsid w:val="00B847D1"/>
     <w:rsid w:val="00B90325"/>
     <w:rsid w:val="00B942F3"/>
     <w:rsid w:val="00B96755"/>
     <w:rsid w:val="00B975F8"/>
     <w:rsid w:val="00BA3128"/>
     <w:rsid w:val="00BB2763"/>
     <w:rsid w:val="00BC32D4"/>
     <w:rsid w:val="00BE1723"/>
     <w:rsid w:val="00BE2B17"/>
     <w:rsid w:val="00BE2E13"/>
     <w:rsid w:val="00BE3988"/>
     <w:rsid w:val="00BE7F7C"/>
     <w:rsid w:val="00C04B96"/>
     <w:rsid w:val="00C078A4"/>
     <w:rsid w:val="00C20233"/>
     <w:rsid w:val="00C2608C"/>
     <w:rsid w:val="00C32E7C"/>
     <w:rsid w:val="00C3439E"/>
     <w:rsid w:val="00C35032"/>
     <w:rsid w:val="00C46751"/>
     <w:rsid w:val="00C474F5"/>
     <w:rsid w:val="00C60275"/>
     <w:rsid w:val="00C606EA"/>
     <w:rsid w:val="00C76658"/>
     <w:rsid w:val="00C77A13"/>
     <w:rsid w:val="00C83832"/>
     <w:rsid w:val="00C850DC"/>
     <w:rsid w:val="00C966CC"/>
     <w:rsid w:val="00C97D7C"/>
     <w:rsid w:val="00CA12DD"/>
     <w:rsid w:val="00CA795F"/>
     <w:rsid w:val="00CB561D"/>
     <w:rsid w:val="00CB739F"/>
     <w:rsid w:val="00CC28C6"/>
     <w:rsid w:val="00CD2C0A"/>
+    <w:rsid w:val="00CD7D24"/>
     <w:rsid w:val="00CE0E49"/>
     <w:rsid w:val="00CE5CC2"/>
     <w:rsid w:val="00CF4DAE"/>
     <w:rsid w:val="00CF794D"/>
-    <w:rsid w:val="00D03CCD"/>
     <w:rsid w:val="00D076CF"/>
     <w:rsid w:val="00D12706"/>
     <w:rsid w:val="00D14522"/>
     <w:rsid w:val="00D22AA3"/>
     <w:rsid w:val="00D2652B"/>
     <w:rsid w:val="00D3068F"/>
     <w:rsid w:val="00D338FF"/>
     <w:rsid w:val="00D35B10"/>
     <w:rsid w:val="00D42098"/>
     <w:rsid w:val="00D42852"/>
     <w:rsid w:val="00D45D49"/>
     <w:rsid w:val="00D51D2C"/>
     <w:rsid w:val="00D536E9"/>
     <w:rsid w:val="00D65249"/>
     <w:rsid w:val="00D6567E"/>
     <w:rsid w:val="00D66838"/>
     <w:rsid w:val="00D7481D"/>
     <w:rsid w:val="00D83733"/>
     <w:rsid w:val="00D93082"/>
+    <w:rsid w:val="00D93CDC"/>
     <w:rsid w:val="00D94D06"/>
     <w:rsid w:val="00D97FB9"/>
     <w:rsid w:val="00DA2000"/>
     <w:rsid w:val="00DA3663"/>
+    <w:rsid w:val="00DA4CD3"/>
     <w:rsid w:val="00DA59A3"/>
     <w:rsid w:val="00DA70FE"/>
     <w:rsid w:val="00DB3182"/>
     <w:rsid w:val="00DB3C64"/>
     <w:rsid w:val="00DC4C78"/>
     <w:rsid w:val="00DC71D1"/>
     <w:rsid w:val="00DD2D5F"/>
     <w:rsid w:val="00DD40B9"/>
     <w:rsid w:val="00DD4883"/>
     <w:rsid w:val="00DD50CC"/>
     <w:rsid w:val="00DE0A04"/>
     <w:rsid w:val="00DE0E23"/>
     <w:rsid w:val="00E00671"/>
     <w:rsid w:val="00E032E7"/>
     <w:rsid w:val="00E03306"/>
     <w:rsid w:val="00E03790"/>
     <w:rsid w:val="00E04C87"/>
     <w:rsid w:val="00E05F53"/>
     <w:rsid w:val="00E10B92"/>
     <w:rsid w:val="00E11BC2"/>
     <w:rsid w:val="00E22B8B"/>
     <w:rsid w:val="00E22DA0"/>
     <w:rsid w:val="00E2371D"/>
     <w:rsid w:val="00E25163"/>
     <w:rsid w:val="00E30AE2"/>
     <w:rsid w:val="00E336BC"/>
     <w:rsid w:val="00E36BDB"/>
     <w:rsid w:val="00E36E99"/>
     <w:rsid w:val="00E44993"/>
     <w:rsid w:val="00E53A79"/>
     <w:rsid w:val="00E56D64"/>
     <w:rsid w:val="00E603E3"/>
     <w:rsid w:val="00E62246"/>
     <w:rsid w:val="00E62CF4"/>
     <w:rsid w:val="00E71156"/>
     <w:rsid w:val="00E9568C"/>
     <w:rsid w:val="00E95AA7"/>
     <w:rsid w:val="00EA509C"/>
     <w:rsid w:val="00EA5E0A"/>
     <w:rsid w:val="00EB5584"/>
     <w:rsid w:val="00EC0F66"/>
     <w:rsid w:val="00EC638A"/>
     <w:rsid w:val="00ED55D4"/>
     <w:rsid w:val="00ED7682"/>
+    <w:rsid w:val="00EE71A9"/>
     <w:rsid w:val="00EF04EF"/>
     <w:rsid w:val="00EF4DBE"/>
     <w:rsid w:val="00F0410F"/>
     <w:rsid w:val="00F04D45"/>
     <w:rsid w:val="00F050DB"/>
     <w:rsid w:val="00F10775"/>
     <w:rsid w:val="00F132BB"/>
     <w:rsid w:val="00F24CC4"/>
     <w:rsid w:val="00F319B7"/>
     <w:rsid w:val="00F334CC"/>
     <w:rsid w:val="00F34E6A"/>
     <w:rsid w:val="00F42E01"/>
     <w:rsid w:val="00F438C0"/>
     <w:rsid w:val="00F444AC"/>
     <w:rsid w:val="00F46464"/>
     <w:rsid w:val="00F467B4"/>
     <w:rsid w:val="00F569D4"/>
     <w:rsid w:val="00F60F56"/>
     <w:rsid w:val="00F64368"/>
     <w:rsid w:val="00F67035"/>
     <w:rsid w:val="00F74B93"/>
     <w:rsid w:val="00F75C00"/>
     <w:rsid w:val="00F86C9B"/>
     <w:rsid w:val="00F916E4"/>
     <w:rsid w:val="00F9484B"/>
     <w:rsid w:val="00F95591"/>
     <w:rsid w:val="00F96A69"/>
     <w:rsid w:val="00F9741B"/>
     <w:rsid w:val="00F977C1"/>
     <w:rsid w:val="00FA27A9"/>
     <w:rsid w:val="00FA7A24"/>
     <w:rsid w:val="00FB3C18"/>
     <w:rsid w:val="00FB655F"/>
     <w:rsid w:val="00FB7C34"/>
     <w:rsid w:val="00FC674C"/>
     <w:rsid w:val="00FC7E19"/>
     <w:rsid w:val="00FD4739"/>
     <w:rsid w:val="00FE0B13"/>
     <w:rsid w:val="00FE2D12"/>
     <w:rsid w:val="00FE7E7D"/>
     <w:rsid w:val="00FF0DD8"/>
     <w:rsid w:val="00FF1229"/>
     <w:rsid w:val="00FF3F76"/>
     <w:rsid w:val="00FF6A92"/>
     <w:rsid w:val="00FF7422"/>
     <w:rsid w:val="00FF7567"/>
     <w:rsid w:val="00FF7EC1"/>
+    <w:rsid w:val="33E0B769"/>
+    <w:rsid w:val="409D3462"/>
+    <w:rsid w:val="57FE4432"/>
+    <w:rsid w:val="7F7CC9E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2A1C5CC3"/>
   <w15:docId w15:val="{5D325066-ED97-954E-9132-7A11CE8D6CBF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14696,52 +14627,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -14808,51 +14739,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00582BE0"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
@@ -14934,1089 +14865,1089 @@
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
+  <w:style w:type="paragraph" w:styleId="p1" w:customStyle="1">
     <w:name w:val="p1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="204"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c2">
+  <w:style w:type="paragraph" w:styleId="c2" w:customStyle="1">
     <w:name w:val="c2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c3">
+  <w:style w:type="paragraph" w:styleId="c3" w:customStyle="1">
     <w:name w:val="c3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p4">
+  <w:style w:type="paragraph" w:styleId="p4" w:customStyle="1">
     <w:name w:val="p4"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="204"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p5">
+  <w:style w:type="paragraph" w:styleId="p5" w:customStyle="1">
     <w:name w:val="p5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="204"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="t6">
+  <w:style w:type="paragraph" w:styleId="t6" w:customStyle="1">
     <w:name w:val="t6"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c7">
+  <w:style w:type="paragraph" w:styleId="c7" w:customStyle="1">
     <w:name w:val="c7"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p8">
+  <w:style w:type="paragraph" w:styleId="p8" w:customStyle="1">
     <w:name w:val="p8"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="215"/>
       </w:tabs>
       <w:ind w:left="1225"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p9">
+  <w:style w:type="paragraph" w:styleId="p9" w:customStyle="1">
     <w:name w:val="p9"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7313"/>
       </w:tabs>
       <w:ind w:left="5873"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="t10">
+  <w:style w:type="paragraph" w:styleId="t10" w:customStyle="1">
     <w:name w:val="t10"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p11">
+  <w:style w:type="paragraph" w:styleId="p11" w:customStyle="1">
     <w:name w:val="p11"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2500"/>
         <w:tab w:val="left" w:pos="4257"/>
       </w:tabs>
       <w:ind w:left="4257" w:hanging="1757"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p12">
+  <w:style w:type="paragraph" w:styleId="p12" w:customStyle="1">
     <w:name w:val="p12"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="839"/>
       </w:tabs>
       <w:ind w:firstLine="839"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p13">
+  <w:style w:type="paragraph" w:styleId="p13" w:customStyle="1">
     <w:name w:val="p13"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="839"/>
         <w:tab w:val="left" w:pos="1354"/>
       </w:tabs>
       <w:ind w:firstLine="839"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p14">
+  <w:style w:type="paragraph" w:styleId="p14" w:customStyle="1">
     <w:name w:val="p14"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2500"/>
         <w:tab w:val="left" w:pos="4257"/>
       </w:tabs>
       <w:ind w:left="4257" w:hanging="1757"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p15">
+  <w:style w:type="paragraph" w:styleId="p15" w:customStyle="1">
     <w:name w:val="p15"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="839"/>
       </w:tabs>
       <w:ind w:firstLine="839"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p16">
+  <w:style w:type="paragraph" w:styleId="p16" w:customStyle="1">
     <w:name w:val="p16"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="839"/>
         <w:tab w:val="left" w:pos="1354"/>
       </w:tabs>
       <w:ind w:firstLine="839"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="t17">
+  <w:style w:type="paragraph" w:styleId="t17" w:customStyle="1">
     <w:name w:val="t17"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p18">
+  <w:style w:type="paragraph" w:styleId="p18" w:customStyle="1">
     <w:name w:val="p18"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="731"/>
         <w:tab w:val="left" w:pos="1354"/>
       </w:tabs>
       <w:ind w:firstLine="731"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p19">
+  <w:style w:type="paragraph" w:styleId="p19" w:customStyle="1">
     <w:name w:val="p19"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1354"/>
         <w:tab w:val="left" w:pos="1978"/>
       </w:tabs>
       <w:ind w:left="86"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p20">
+  <w:style w:type="paragraph" w:styleId="p20" w:customStyle="1">
     <w:name w:val="p20"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1162"/>
         <w:tab w:val="left" w:pos="1978"/>
       </w:tabs>
       <w:ind w:left="1162" w:firstLine="192"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p21">
+  <w:style w:type="paragraph" w:styleId="p21" w:customStyle="1">
     <w:name w:val="p21"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1162"/>
         <w:tab w:val="left" w:pos="1978"/>
       </w:tabs>
       <w:ind w:left="278"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p22">
+  <w:style w:type="paragraph" w:styleId="p22" w:customStyle="1">
     <w:name w:val="p22"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1825"/>
       </w:tabs>
       <w:ind w:left="278"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p23">
+  <w:style w:type="paragraph" w:styleId="p23" w:customStyle="1">
     <w:name w:val="p23"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="731"/>
         <w:tab w:val="left" w:pos="1354"/>
       </w:tabs>
       <w:ind w:firstLine="731"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p24">
+  <w:style w:type="paragraph" w:styleId="p24" w:customStyle="1">
     <w:name w:val="p24"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1354"/>
         <w:tab w:val="left" w:pos="1978"/>
       </w:tabs>
       <w:ind w:left="86"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p25">
+  <w:style w:type="paragraph" w:styleId="p25" w:customStyle="1">
     <w:name w:val="p25"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1162"/>
         <w:tab w:val="left" w:pos="1978"/>
       </w:tabs>
       <w:ind w:left="1162" w:firstLine="192"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p26">
+  <w:style w:type="paragraph" w:styleId="p26" w:customStyle="1">
     <w:name w:val="p26"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1162"/>
         <w:tab w:val="left" w:pos="1978"/>
       </w:tabs>
       <w:ind w:left="278"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p27">
+  <w:style w:type="paragraph" w:styleId="p27" w:customStyle="1">
     <w:name w:val="p27"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1825"/>
       </w:tabs>
       <w:ind w:left="278"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="t28">
+  <w:style w:type="paragraph" w:styleId="t28" w:customStyle="1">
     <w:name w:val="t28"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p29">
+  <w:style w:type="paragraph" w:styleId="p29" w:customStyle="1">
     <w:name w:val="p29"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1457"/>
         <w:tab w:val="left" w:pos="2211"/>
       </w:tabs>
       <w:ind w:left="17"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p30">
+  <w:style w:type="paragraph" w:styleId="p30" w:customStyle="1">
     <w:name w:val="p30"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="731"/>
       </w:tabs>
       <w:ind w:firstLine="731"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p31">
+  <w:style w:type="paragraph" w:styleId="p31" w:customStyle="1">
     <w:name w:val="p31"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="204"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="t32">
+  <w:style w:type="paragraph" w:styleId="t32" w:customStyle="1">
     <w:name w:val="t32"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p33">
+  <w:style w:type="paragraph" w:styleId="p33" w:customStyle="1">
     <w:name w:val="p33"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="731"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="t34">
+  <w:style w:type="paragraph" w:styleId="t34" w:customStyle="1">
     <w:name w:val="t34"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p35">
+  <w:style w:type="paragraph" w:styleId="p35" w:customStyle="1">
     <w:name w:val="p35"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1383"/>
       </w:tabs>
       <w:ind w:left="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p36">
+  <w:style w:type="paragraph" w:styleId="p36" w:customStyle="1">
     <w:name w:val="p36"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="725"/>
       </w:tabs>
       <w:ind w:firstLine="725"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p37">
+  <w:style w:type="paragraph" w:styleId="p37" w:customStyle="1">
     <w:name w:val="p37"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1383"/>
         <w:tab w:val="left" w:pos="2035"/>
       </w:tabs>
       <w:ind w:left="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c38">
+  <w:style w:type="paragraph" w:styleId="c38" w:customStyle="1">
     <w:name w:val="c38"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p39">
+  <w:style w:type="paragraph" w:styleId="p39" w:customStyle="1">
     <w:name w:val="p39"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2035"/>
       </w:tabs>
       <w:ind w:left="595"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p40">
+  <w:style w:type="paragraph" w:styleId="p40" w:customStyle="1">
     <w:name w:val="p40"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1354"/>
         <w:tab w:val="left" w:pos="1383"/>
       </w:tabs>
       <w:ind w:left="1354" w:firstLine="29"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p41">
+  <w:style w:type="paragraph" w:styleId="p41" w:customStyle="1">
     <w:name w:val="p41"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="544"/>
         <w:tab w:val="left" w:pos="1405"/>
       </w:tabs>
       <w:ind w:firstLine="544"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p42">
+  <w:style w:type="paragraph" w:styleId="p42" w:customStyle="1">
     <w:name w:val="p42"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1405"/>
         <w:tab w:val="left" w:pos="2154"/>
       </w:tabs>
       <w:ind w:left="35"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p43">
+  <w:style w:type="paragraph" w:styleId="p43" w:customStyle="1">
     <w:name w:val="p43"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1422"/>
         <w:tab w:val="left" w:pos="2142"/>
       </w:tabs>
       <w:ind w:left="18"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p44">
+  <w:style w:type="paragraph" w:styleId="p44" w:customStyle="1">
     <w:name w:val="p44"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1405"/>
       </w:tabs>
       <w:ind w:left="35"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c45">
+  <w:style w:type="paragraph" w:styleId="c45" w:customStyle="1">
     <w:name w:val="c45"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="t46">
+  <w:style w:type="paragraph" w:styleId="t46" w:customStyle="1">
     <w:name w:val="t46"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p47">
+  <w:style w:type="paragraph" w:styleId="p47" w:customStyle="1">
     <w:name w:val="p47"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1354"/>
       </w:tabs>
       <w:ind w:left="86"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p48">
+  <w:style w:type="paragraph" w:styleId="p48" w:customStyle="1">
     <w:name w:val="p48"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="725"/>
       </w:tabs>
       <w:ind w:left="715"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p49">
+  <w:style w:type="paragraph" w:styleId="p49" w:customStyle="1">
     <w:name w:val="p49"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1354"/>
         <w:tab w:val="left" w:pos="1746"/>
       </w:tabs>
       <w:ind w:left="86"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p50">
+  <w:style w:type="paragraph" w:styleId="p50" w:customStyle="1">
     <w:name w:val="p50"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2035"/>
         <w:tab w:val="left" w:pos="2800"/>
       </w:tabs>
       <w:ind w:left="595"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="t51">
+  <w:style w:type="paragraph" w:styleId="t51" w:customStyle="1">
     <w:name w:val="t51"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p52">
+  <w:style w:type="paragraph" w:styleId="p52" w:customStyle="1">
     <w:name w:val="p52"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="839"/>
       </w:tabs>
       <w:ind w:left="601"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p53">
+  <w:style w:type="paragraph" w:styleId="p53" w:customStyle="1">
     <w:name w:val="p53"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1354"/>
       </w:tabs>
       <w:ind w:left="601"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p54">
+  <w:style w:type="paragraph" w:styleId="p54" w:customStyle="1">
     <w:name w:val="p54"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="725"/>
         <w:tab w:val="left" w:pos="1451"/>
       </w:tabs>
       <w:ind w:left="715"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p55">
+  <w:style w:type="paragraph" w:styleId="p55" w:customStyle="1">
     <w:name w:val="p55"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p56">
+  <w:style w:type="paragraph" w:styleId="p56" w:customStyle="1">
     <w:name w:val="p56"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="839"/>
       </w:tabs>
       <w:ind w:left="601"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p58">
+  <w:style w:type="paragraph" w:styleId="p58" w:customStyle="1">
     <w:name w:val="p58"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="725"/>
         <w:tab w:val="left" w:pos="1451"/>
       </w:tabs>
       <w:ind w:left="715"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p59">
+  <w:style w:type="paragraph" w:styleId="p59" w:customStyle="1">
     <w:name w:val="p59"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p60">
+  <w:style w:type="paragraph" w:styleId="p60" w:customStyle="1">
     <w:name w:val="p60"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1354"/>
       </w:tabs>
       <w:ind w:firstLine="725"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p61">
+  <w:style w:type="paragraph" w:styleId="p61" w:customStyle="1">
     <w:name w:val="p61"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1354"/>
         <w:tab w:val="left" w:pos="2035"/>
       </w:tabs>
       <w:ind w:left="2035" w:hanging="681"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p62">
+  <w:style w:type="paragraph" w:styleId="p62" w:customStyle="1">
     <w:name w:val="p62"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1354"/>
         <w:tab w:val="left" w:pos="1383"/>
       </w:tabs>
       <w:ind w:left="1383" w:hanging="29"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p63">
+  <w:style w:type="paragraph" w:styleId="p63" w:customStyle="1">
     <w:name w:val="p63"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1383"/>
         <w:tab w:val="left" w:pos="2108"/>
       </w:tabs>
       <w:ind w:left="57"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="t64">
+  <w:style w:type="paragraph" w:styleId="t64" w:customStyle="1">
     <w:name w:val="t64"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p65">
+  <w:style w:type="paragraph" w:styleId="p65" w:customStyle="1">
     <w:name w:val="p65"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="493"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p66">
+  <w:style w:type="paragraph" w:styleId="p66" w:customStyle="1">
     <w:name w:val="p66"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="493"/>
         <w:tab w:val="left" w:pos="731"/>
       </w:tabs>
       <w:ind w:left="947"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00946BC6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00946BC6"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A825A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00956631"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+  <w:style w:type="character" w:styleId="BodyTextIndentChar" w:customStyle="1">
     <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00586A6D"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B07226"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB3182"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB3182"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:locked/>
     <w:rsid w:val="00DB3182"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB3182"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00DB3182"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F467B4"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="009E27A7"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00582BE0"/>
     <w:pPr>
       <w:widowControl/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF29EC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WPDefaults">
+  <w:style w:type="paragraph" w:styleId="WPDefaults" w:customStyle="1">
     <w:name w:val="WP Defaults"/>
     <w:rsid w:val="004A3FFE"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
         <w:tab w:val="left" w:pos="11520"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Chicago" w:hAnsi="Chicago"/>
       <w:color w:val="000000"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
+  <w:style w:type="character" w:styleId="ui-provider" w:customStyle="1">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0016250A"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+  <w:style w:type="character" w:styleId="cf01" w:customStyle="1">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0008149D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:rFonts w:hint="default" w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="cf11">
+  <w:style w:type="character" w:styleId="cf11" w:customStyle="1">
     <w:name w:val="cf11"/>
     <w:rsid w:val="00B26E20"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:rFonts w:hint="default" w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B26E20"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="559747644">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
@@ -16107,51 +16038,51 @@
     </w:div>
     <w:div w:id="1716931578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5053" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/11" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/policy-related-resources" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/11" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/policies/background-check-policy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services/benefits-wellness" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/11" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/policies/background-check-policy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services/benefits-wellness" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/11" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/policy-related-resources" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16403,98 +16334,424 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039E060FC2A31B442A6906E10C7ECD1EB" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd5a72256ad21731f35891792ed31a3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47997a34-eb9a-4eaa-a761-1788e724c96a" xmlns:ns3="87a02735-565f-44ef-8fff-c62e8983cbfe" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f56f920a5c30958b9a9f275aea1b029" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <xsd:import namespace="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="47997a34-eb9a-4eaa-a761-1788e724c96a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="52802cc5-2881-4dd7-9d75-38905e9cf7fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="87a02735-565f-44ef-8fff-c62e8983cbfe" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{40d1bab6-1ad4-4fc6-99b1-72e259f7d025}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="87a02735-565f-44ef-8fff-c62e8983cbfe">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgNhY0mynFJVJtf1FyNvu9oIlAeiQ==">AMUW2mVIiad9uGH3cVncFsgLvMOulk7a1F/KH9xnGtQj9dpvIUnDIPnCshkrGI7SWPKLi3Njy2EcbPV2W9cfPg/VNi1hs0CwmuTn627phDfVjDH1vYoP4g09CGWxGQGo5czCznvhoBifm2ExSARgIgGYTnrak4xF0vPq9L/NHRhRJ7evhWjfMnYRiLL3AtPbTe1JQ5q1fKUO9rXxU0DaUTIg3UmwqiDwyrDllupqnqU476rqJ10HcZU58dsz7RvnQhQsikOLmHw5FUADm+NlS0uopFZ393n7DTP/G6gcZbf9wPbdwkivLTD8BuvTlpb+2EiFFfgT1Q7RA9FP8PYWM0HMP0Ftf12gU6ay2iw6733jsSDslU5KdanHaRXqmzNaxgsVKe31PBIvdapLY96Iwu2G93NODgP4OjBSv/KkXUMfzREPRUTojfLE5mCr0k0sAkHtuhMxRvWIVRwNAzp9xXGVilHfHTRfRLjaCqN2Fcph4AwhO8GRko6QGvLcs4+7rgSm5m1YCPPIWQv4sSW01NWqY4eE35MraIfoFuabZTUPR9iczH4+61c91uKdn/iUjc2mrvZAe9DgohDTT8G1kasWY2Kxtzw4+XlsYc3SHl7yHb/KBbEo6sl3scqjx/YX+CClc0bq8LZ9d4e6EGZH1740Dc3GoLc3SMmPnm6Iqpe9HKKVQW5pOOLTopzVOhyOgOe6u7AVWPlxNEdsd5Td4IBT/p2KUdId/8nxuSwUzjdnt76+55JuLP2QIgHT1N2d4qXYzens72avqZrzQG8icLk+yVFPHpB5sx5DRLQVzRLbzXS4S19x8zPedgvVQRDSLlEx5hBYyp1uC2t/z+XpI3LN+IFM71INrXSHpTl6/+1R/Hl/GwwHfjsSG1PPFV2uyEXW+4Oq3BSOtHUvPXV3kyTGmKAshb2mVUDc3GiPtnaQb3I1YkH2772Y2YvrfjhFsVlv5GfGUxwpxB75Z5u5zqOLUd8DMtLOFZ7qHxdyMjpFvjmEQAPBwJnKGC4BnYBadGhOkl1hK8HQmy1Kf60vl668YDPcVwVuv2hQYcD9DKQ16/GTkEzN1+J2wfnptCKe5WcI3VhCEdCRyzN9HOJCcaJRyJFZkAj8KGDPdIblChhfemafbW+4qDucBVOhuRq1bMRw8afm3s5zkxmtl5MnMacdWY0xsUsunEzOvRkr7i6FU6QNarFWigiQBR88Iq7n2y38znjEoY/TCNAxQW/3BWXn2Uj3w/j3DPQ/e8ugPX3RXxPwP2dYw66Sy701XSI0EIvpwACEHS1ylzL4+11m27/8fayhMIbsCMbJrC9YxnGRYYaJwI8ezKhEnuZ3L0bO+7C4A6KNCo4nmkrkIazgCPghBiZS0P6FzpzOMfxye4Usmasvi9pYOjHcBlqXcEX1rN36/SH2ovIRe/oZTSfrkblbH9yNAEMe67OS65euljA4s16UVLiQz2tuOPB68MobLH3GODYOYdvL+tEP/0/W6e3PQ3d31NxM+Bs7EWLgogbCgXRFJzQC49Rk/rqZrLPtNR09sHIR9O398joTEgfZSdhY+J4oHTiQSvAXq0h026ou1NbW6d1RcMaHKSqdyCUFqB9glEb9JgmDmpuR+RGg2bLF4psuIJYP1d3roEyyN/DF9RSwH4tYITQWo6MnqAc1Usnkayz4VVus/Gx+WPcocpRzUUI+d8lYn5MVsC9KBmDq4TfGeok/uhb3Jp2HWlqNGeMhGWDGsTXHZpYy5zTqntEpclIzhrXOqpNX+9b/w/T+Avt5ZHoT2gb4uItH/OJsMwo4ttEcQ/Br7w3XcMGtyUjGK9h4ZLXDvwvN05BAoMmkuFgBwBNBcz390eMEi8p1oj6Vyeq/3pASKOcO0uDLRO5CMyi7fxi4Mf/4u8+L6Ao7xKO4yIj96j+I2fU+Lri9zgWtdlQmpyABuuKR8lbdIwj55QHTK7AIJ9J65VtnisXJd8TNpt61a2DibIJibvxrqWfdofF2YMNIx9oqB3fPao0ixNWrU+PAnMDaTT1BW+Y2ci5hnaqyZzAllc7qT76+pPfslckVaAJE0TfMzXUIJyGwgL1bjr3jU6odzGL51W7yZfqPcZWYZxes1eHtmret22GyrvETe37oduZlh0PvTb398zOK6RNShvROLXVn6EfCSKyMC0z2/OarOhi8pB1nE2tBuXi9t4hlW6uiFed2wXI4Gq8bBomPzUBfdyeuBlNCM3MvSxk+4kJfiapxs1B111MLLxeVeguETuJAq7D1pKmkfie4+ba7X+izYcJbUCyh/q36XlVtO5K9K9GBTiIHGdRzSes0MAhiTr7OGpf/+htKWzh5w2v4GMYIPJIUxdxbp2IHhud2FGjC++c0fp1hzJlEKnZvB8d4edFlgwiaU8zTqien+SqYldq8PAD3/N4RL8tctla4YRsCqEZGt58Mt7ynHBFgUzAEOdCWeJNzZ+0z+ptYnvGwEZyQe8c9vJG/WOJYNieceU+/bxxToPLmsQm55HFvR+m41JdeReFZhFW+ZXjdT5wcm6gHrrua59hwXp0SgpdshhK+EWILXqYIi4sZ45G2N7xJsAKcawZD/wrPFEJRje1EtwMlGDvm7DHe3a/4GGkhPkvu6CqP3KE8gUekXq1CVaYzYnbmIad2segHw79zf6MhzIrh0Dxu/5iv+/+IIGfTaEH4kdhQ0kjN2N0A4D03ol1sv+3tyUiI0w2VueiGy+2BfrIGt2UBpCnZS6VHgwS87xpyCpXfX+MYceMxmFC13Gumn9iC9iCyVR40OpTo1DveplL7D/ULNP7nI6OLMPdNmZoyVAC6/rApdpsT97flMjOFyIUlwMhtjh3ktkQoaUwjbq/qQdmJnYaaUAK11lDYfp4wYkk27I0mji4UQA+2lwqykpqn9T0jSPH+qDMpcdmgzXoMtkcH7FD2NaL01ij97x0eP9C6XbKn9REV3l35Mu9CV/2RtbNmDLDKwDKBqqnwJQz05WITKjg9g+c3vO0+1ETGVcQ2dMR2UJNJKoJOEDN0qAlml867Rvp5UolOumjVE8uLM93d67EC77RIrOKWT+bIxO8rZc1nybmy8ZMaS9ekSnQ7lus1GzWy3/LvBl1UzTcjtzxUYYALpkx5mBgES9lxB9g/fwJXWvth7jmOkeP4Ab+a2tEIUqcWGWGHnFY5qzgyQgvrtMRmjscPqCNZxp+zJP6EOsDUAhAx+/tTZD5SVY18FJEP1I6LBaraahuZB8NlY875LzBTTInQIR7rooWhHsUDV672GWJG1RO3XHucEIoVLK5C5of7SEMIU6ZVqt81yIrH4hlmZSOLdBKy+azMGck5Qwcc24aLNj8yc6KxyWfuzQW9dsQiW5lqnW++TXoBxTHpNazVkNP6P1YMZUGTtSwr2YCYbKich/LHazTa71ogQg4ReoM3TJ1bnVH8elPHyGYGb22OfYH/mXdTs6g0laVZKbZyYpU6u4O4nZheWhh9Hhj5PEXRKzkfdg5fj14R+yFIlqABq2MAohFfLzKJdycYgdFIIZAv/aXFlgJLBrcBiLhZ1SvgvhADk8q7R6wTpvN/kbagob1m5A8r4ESzR3D/EpnOp7AKSBg63omZjIxRQEqPRJK+sFHiIERIefhG7oObrAwBfozh4Xm/Mk5grS1J2yZL3iMeDFFEtrSa8hBiAsIAGYPzBaIPapKoFhX0bn1AsxkMqNBDGS6ViBozNKPbw/mYPIk9uKehKUqpY1HCeFh8DC2i7OT0aS2gYuiQxkXr167PTEgNp8Y18tFYPDFqb1lSyecWLdE3avxAIzD7hFCnUYHIlff4EwmCc7csXZ12OKwoRqagzxLq8UtTwqHILUHNFoHTHQgD900it8N70v5F8oN6r3tiplEesroW6n6QD3oIalJSR80jpKLv/YM5EE+Ood6skZdv99FvABxARA7huf2renaDlw3KU2Q9eDmCfjN1a9hChNqK6o7FHl5a4vGxFYtuTiGa5AUjKMkH+q/wdfoaK27yaBuRYXW1JWVU1PtMykbGqkgHhJDhjMFM0EYFthMCrdqfY2DhFfzrz/HWHR+fqIeXL8EYIbDP7w0luTX3qR2vhOXS9WzGRyRpVcK/TdjxbXuefXf0e2kIQV+SgsdhJn650vVqzpRqIpwQwK800W7voSzxDUZMbt45/qeiVIpVx7/eTEcw+5al1fkluQZvZScJs9jyVCsWEv2/ORMivCeQIJkGG3baFxMpd+B8XIyFWBNpBpay1+eKMhPelE7H9rZfVWBlOhkSC5WNWU8/IZMaiYMmHxJTTEUxyWvRrwuHCXu9PDLilnmdQpuUP7nkPzTwn59ZWFv+cjjrnt0M1/tH9mT9M0LJBGOqh8JR7UZSGklYDzoGd0PK9Yq6UvbXwlHgP7Aqn1TzxQd6yDejfTZyuYJDrZXDMB2z8zT1xw5OUo5wi3dJHBbHvOVqmHwG/CpTKSvn2jLj5vuOErTXpkoL293DGsX8vAakoRPi8mWC+I/RehMpzOODD2N774rMkToU4jFd3tY2wwOf74BC6cBJAl7jqiMktKZXaDTPybUc8GO9KMqQ+qr27oGnsQgcvIiIuaZCxU6dvc8G3JwvxSH9aXsVTXFdLKMO32WGRSb/T56w43HkFwQ6JpRTXfxKyNVR2H3uOLGepp0T6PxpeG/HZm5wMXI5H6e1dfbqJ4wFN4aHZ1aKzyoY1y8YbhlT3NKgOFeRYc8GjYkAbpuJT5qPjk+tdrSun5RTFLmPXE+PPCGmM6Pze0ICtuVg8Mx0U9rz/c7uu50Tl7Id13hyzGxh1wraqFo1BJ3qn7ruq6ooLE/a5vRU4ReSTb7+ecCS4Vq7tvV5jQPkW9t7Dz8rFFN7cl3Im3aJ/jlcw0PBJeLLdpI0lttU60aGVKm/ZJCyNWW3ZmYMOCOagiWjPA6nT/4ITvNzjU7oD+l9uvAEzMywLB3rd7VWymwTiN+fXgKFzZAoA1x877rvrUWUOWRoOrjWpyNYdNK7BTqBd0IV69+K38+0bRBpSXSqnZ+89vLpqXyMbkdD10KfLIGtw9QbgseEvPEYtk/TCQtn/BVpzz25olOayF4Yq4TvVgltNantt/DGDHUW7GrBy+hQPbhaRqbOQwwvEKK17AXX47kXweDyYxzymAOwTL4gkx9oAdCX6v7p7Q/Kk64GDEqrsHlyrAnx0AsVcg1rHlL1psiIMiaSc6LPdaEHB7G6hd0T73ceKYGaN73Kvg3zJSIM2J3qLv9HQLBJBNJNqnYeLSx+t/HlabtFOoNiroaglbAPzwN5YTVapLXZNFqCAt4k+Ks/FXQ9oyyTfWGloUnSnZOiXCMIOgYLgyehrBU0QfUNhg2/KwlLvlnoa+8ba2T4AjQq0uWa+/uRzoQRI725EyEIJErkmZyxLeoyag1Vr4rL9NvlkdlITRuO362aXKZ5ns7bbNy+33lKj3o/pfxwjUjzkCny8jZF7YcBkeztZfmUqy/YzEr6K/JWxw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="47997a34-eb9a-4eaa-a761-1788e724c96a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF269596-7AD0-42C8-9211-F5DFAC0287EA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <ds:schemaRef ds:uri="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E74C1287-8B07-4873-B257-75166A97E3AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8876D92F-1077-416A-8B7B-938967021F78}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A196AAB0-99C4-4E5A-8718-DF3FE092DA4D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Mary Anne Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039E060FC2A31B442A6906E10C7ECD1EB</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>