--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -1,258 +1,277 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4940D9A2" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="007C213E">
-[...4 lines deleted...]
-          <w:color w:val="0000FF"/>
+    <w:p w:rsidR="005606C8" w:rsidP="3D6522E0" w:rsidRDefault="007C213E" w14:paraId="4940D9A2" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="007C213E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TENURE-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRACK TEMPLATE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004D1CBD" w:rsidR="00250CC2" w:rsidP="3D6522E0" w:rsidRDefault="00250CC2" w14:paraId="0788EB07" w14:textId="580595B8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00250CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revised </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="40A38480">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A302C" w:rsidP="450893AA" w:rsidRDefault="007A302C" w14:paraId="0A37501D" w14:noSpellErr="1" w14:textId="5081CD3E">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="6975"/>
+        </w:tabs>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="5DAB6C7B" w14:textId="35E41E6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="6D10749D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
-[...26 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="02EB378F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="0DCDCCF6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
-[...38 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dear__</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...12 lines deleted...]
-    <w:p w14:paraId="491072FA" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+        <w:t xml:space="preserve">__________________: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="6A05A809" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="00E6267E" w14:paraId="0BB68BDD" w14:textId="1B9399C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Date</w:t>
-[...20 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">With enthusiastic support </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Address </w:t>
-[...20 lines deleted...]
-      </w:pPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dear____________________: </w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">With enthusiastic support of the faculty, </w:t>
+        <w:t xml:space="preserve"> the faculty, </w:t>
       </w:r>
       <w:r w:rsidR="005606C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I am pleased to offer you an appointment to the facult</w:t>
       </w:r>
       <w:r w:rsidR="00505C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y of the University of Colorado</w:t>
       </w:r>
       <w:r w:rsidR="005606C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -285,1937 +304,2410 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________ of _______________.  This offer is made upon the recommendation of the Department of _______________ and with the concurrence of the Dean of the College</w:t>
       </w:r>
       <w:r w:rsidR="00FE4BD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/School</w:t>
       </w:r>
       <w:r w:rsidR="005606C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of _______________ and the </w:t>
       </w:r>
-      <w:r w:rsidR="003903AF" w:rsidRPr="003903AF">
-[...16 lines deleted...]
-        <w:t>Provost</w:t>
+      <w:r w:rsidRPr="003903AF" w:rsidR="003903AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vice Chancellor and Senior Vice Provost</w:t>
+      </w:r>
+      <w:r w:rsidR="00C36CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005606C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>for</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">for Faculty Affairs.  This offer is subject to final approval by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provost and Executive Vice Chancellor for Academic Affairs </w:t>
+      </w:r>
       <w:r w:rsidR="005606C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Faculty Affairs.  This offer is subject to final approval by the </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>of the University of Colorado Boulder</w:t>
       </w:r>
       <w:r w:rsidR="00D00245">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> In this letter, I outline the terms and conditions of this offer and provide additional information about your new appointment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="00D00245" w:rsidRDefault="00D00245">
-[...9 lines deleted...]
-    <w:p w14:paraId="641B73C9" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRPr="00920F20" w:rsidRDefault="00A21CE9" w:rsidP="00A818CA">
+    <w:p w:rsidR="00D00245" w:rsidRDefault="00D00245" w14:paraId="5A39BBE3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00A21CE9" w:rsidP="450893AA" w:rsidRDefault="00A21CE9" w14:paraId="641B73C9" w14:textId="78487DF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="450893AA" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appointment Details</w:t>
       </w:r>
-      <w:r w:rsidR="002C77B5" w:rsidRPr="002C77B5">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="450893AA" w:rsidR="002C77B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="002C77B5" w:rsidRPr="002C77B5" w:rsidRDefault="002C77B5" w:rsidP="00920F20">
+      <w:r w:rsidRPr="450893AA" w:rsidR="0B3E44C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="002FFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002C77B5" w:rsidR="002C77B5" w:rsidP="00920F20" w:rsidRDefault="002C77B5" w14:paraId="41C8F396" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F69E129" w14:textId="7818AB61" w:rsidR="00A21CE9" w:rsidRDefault="005606C8" w:rsidP="00EE5429">
+    <w:p w:rsidR="00A21CE9" w:rsidP="00EE5429" w:rsidRDefault="005606C8" w14:paraId="7F69E129" w14:textId="60253543" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This is a tenure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00EA5A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">track appointment. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>initial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>academic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00EA5A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> salary is $________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00833963">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The University of Colorado has a seven-year </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D67D8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">probationary period or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00316752">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00833963">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tenure clock,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00316752">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00833963">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with comprehensive review for reappointment occurring in year four and review for tenure occurring in year seven, contingent upon a successful comprehensive review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00833963">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Your service at the University of Colorado will begin on _______________ and will continue through the 20_-20_ academic year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00C12ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00C12ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[year 4 of the seven-year tenure clock, and last year of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00C12ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>initial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00C12ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The comprehensive review for reappointment will be conducted during academic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00313A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">year </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="002701AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20_-20__ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A465FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">year 4 of the seven-year tenure clock, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">last year of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A465FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">initial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="006A4C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00206B5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="006A4C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">same as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00206B5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dates </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="006A4C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>above</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00206B5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0033CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provisions concerning renewal and reappointment found in the Laws </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00EF088A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and Policies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of the Regents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00EF088A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and University </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00CE5F1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Following a successful comprehensive review, a mandatory review for tenure will occur during </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>academic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="000C59DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="006A4C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20_-20_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00C12ACF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>year 7 of the seven-year tenure clock</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="004E5501">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="002F6084">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The above review due dates are as they stand at the time of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005F4C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appointment to the tenure track</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="002F6084">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will change each time you are awarded a leave that qualifies for a tenure clock stoppage.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="007D418E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="007D418E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="007D418E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information on the tenure review process, please see section 4 of this letter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A21CE9" w:rsidP="00EE5429" w:rsidRDefault="00A21CE9" w14:paraId="72A3D3EC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E6267E" w:rsidP="00EE5429" w:rsidRDefault="00833963" w14:paraId="0D0B940D" w14:textId="285FE9EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>This is a tenure</w:t>
-[...8 lines deleted...]
-        <w:t>-</w:t>
+        <w:t xml:space="preserve">You are allowed to count all work completed from your start date at the University of Colorado forward toward your </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0270">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>comprehensive review and review for tenure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>track appointment. The initial academic</w:t>
-[...358 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="002F6084">
-[...81 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00A21CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>While the Board of Regents sets the standards for tenure and promotion, the primary unit defines the criteria for meeting those standards. For a description of the unit’s Primary Unit Criteria, please visit the following link</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="00A21CE9" w:rsidRPr="00B54FF8">
+        <w:t xml:space="preserve">While the Board of Regents sets the standards for tenure and promotion, the primary unit defines the criteria for meeting those standards. For a description of the unit’s Primary Unit Criteria, please visit the following link: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B54FF8" w:rsidR="00A21CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>[insert link to the department or program primary unit criteria here]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B54FF8" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF23ED" w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Candidates for tenure are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4698" w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>evaluated based upon the Primary Unit Criteria for tenure that are in place at the time of hire</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the tenure track</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4698" w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. However, if you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4698" w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">would like to be evaluated </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>according to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4698" w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the P</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rimary Unit Criteria for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tenure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4698" w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that are in place at the time of </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4698" w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tenure re</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>view, and not by the criteria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4698" w:rsidR="00EE5429">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when you entered the tenure track, you must make a formal request, in writing, to the dean. If the request is approved by the dean, the request and approval will be placed in the tenure review dossier to document the change in Primary Unit Criteria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6267E" w:rsidRDefault="00E6267E" w14:paraId="0E27B00A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00FA4698" w:rsidR="00A21CE9" w:rsidP="00EE5429" w:rsidRDefault="00E6267E" w14:paraId="60061E4C" w14:textId="48F95B41">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129" w:rsidR="6593C1DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="16C3E129" w:rsidR="6593C1DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>required,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="16C3E129" w:rsidR="6593C1DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one-day </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New Faculty Orientation will be on August __, 20__. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A21CE9" w:rsidRPr="00B54FF8">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>insert link to the department or program primary unit criteria here]</w:t>
-[...151 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">insert date – New Faculty Orientation is held </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129" w:rsidR="00EC1D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>exactly one week</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before the first day of Fall classes each year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>See section 4 below for additional details about</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129" w:rsidR="005F778D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> preparing for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="44EAFD9C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="65FFCBF6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Please note New Faculty </w:t>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[OPTIONAL PARAGRAPHS] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A8388D" w:rsidRDefault="00A8388D" w14:paraId="4B94D5A5" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF30FE" w:rsidP="47367BDC" w:rsidRDefault="000C59DF" w14:paraId="3656B9AB" w14:textId="7C3CCC37">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="47367BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Years of credit toward tenure modify the explanation of the tenure clock above in paragraph 2. For information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47367BDC" w:rsidR="00E17A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on the award of years of credit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47367BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and template language on how </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47367BDC" w:rsidR="00E17A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>it should be explained in the offer letter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="47367BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, please see the Appendix.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="45FB0818" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="1E549E6D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[IF CANDIDATE HAS NOT FINISHED DEGREE, ADD THE FOLLOWING PARAGRAPH]:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="049F31CB" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="7561C0C1" w14:textId="51136E85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This offer of appointment as </w:t>
+      </w:r>
+      <w:r w:rsidR="00206B5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Assistant Professor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is extended to you on the condition that you complete all requirements for conferral of the Ph.D. degree prior to _______________ 20_. If you do not complete all the requirements at that time, your appointment will be at the rank of </w:t>
+      </w:r>
+      <w:r w:rsidR="003903AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Assistant Teaching Professor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with an initial salary of $________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(10% less than academic year salary) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the two </w:t>
+      </w:r>
+      <w:r w:rsidR="00F23BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">academic </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>years 20_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_ and 20_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4C81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_. This appointment will be converted to the rank of Assistant Professor at the beginning of the semester after the one in which you complete all requirements for the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Orientation day</w:t>
+        <w:t>Ph.D.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be on August __, 20__, which is a required event for new faculty. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00447C3F">
+        <w:t xml:space="preserve"> and your salary will be adjusted at the same time. Your probationary period for tenure will begin at the time your appointment is converted to the rank of Assistant Professor.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="53128261" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A21CE9" w:rsidP="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="0C93E703" w14:textId="7B05AB60">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00447C3F">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">insert date – New Faculty Orientation is held </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC1D09">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB4043">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>exactly one week</w:t>
+        <w:t>If Applicable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> before the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00447C3F">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB4043">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">first day of Fall </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>classes</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">ADDITIONAL PARAGRAPHS ON FACULTY SUPPORT (INCLUDE START-UP COSTS, RELEASE TIME, ETC.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D31065" w:rsidP="00A21CE9" w:rsidRDefault="00D31065" w14:paraId="21534168" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> each year</w:t>
-[...452 lines deleted...]
-    <w:p w14:paraId="33CD5F05" w14:textId="1CC47950" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00A21CE9">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00A21CE9" w:rsidRDefault="00D31065" w14:paraId="33CD5F05" w14:textId="1CC47950">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If applicable, add heading</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]: Additional Funding:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752CC1FF" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00A21CE9">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00A21CE9" w:rsidRDefault="00D31065" w14:paraId="752CC1FF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20FB70BF" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRPr="006A4C81" w:rsidRDefault="00A21CE9" w:rsidP="00A21CE9">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="006A4C81">
+    <w:p w:rsidRPr="006A4C81" w:rsidR="00A21CE9" w:rsidP="3D6522E0" w:rsidRDefault="00A21CE9" w14:paraId="20FB70BF" w14:textId="07876165">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In order to assist you in establishing a strong research program, the university intends to provide you with start-up funding of up to $</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A4C81">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                                 </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A4C81">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00206B5B">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, to enable you to purchase equipment (including software and computers), pay personnel salary and associated benefits, travel, and other expenses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="000F1975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">needed to conduct your university research over the next </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[insert term of year(s)]</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A4C81">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="006A4C81">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="000F1975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">[If start-up funding can be used for summer salary, please add this statement: You may also request to use a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="000F1975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>portion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="000F1975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of your start-up funding for summer salary.]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="000F1975">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The final amount and its allocation among start-up expenses, including equipment, laboratory/space and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>researchers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be agreed to by you and the university within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A4C81">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">insert </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>period of time</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006A4C81">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A4C81">
-[...34 lines deleted...]
-    <w:p w14:paraId="4D80D90B" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w:rsidP="00A21CE9">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after you begin your appointment. Any equipment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>purchased</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with these funds </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>remain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the property of the University of Colorado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00A21CE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="07DD3005">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In addition, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="07DD3005">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ll space allocations are subject to change by the Department, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="07DD3005">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>College</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="07DD3005">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or Provost.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A21CE9" w:rsidP="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="4101652C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A21CE9" w:rsidP="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="4D80D90B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0033CC"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[If applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3B30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0033CC"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0033CC"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3B30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0033CC"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CONTINUE WITH STANDARD START-UP DESCRIPTION HERE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRPr="00EE3B30" w:rsidRDefault="00A21CE9" w:rsidP="00A21CE9">
+    <w:p w:rsidRPr="00EE3B30" w:rsidR="00A21CE9" w:rsidP="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="4B99056E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0033CC"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DC682AA" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w:rsidP="00A21CE9">
+    <w:p w:rsidR="00A21CE9" w:rsidP="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="4DC682AA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[If applicable]: ADDITIONAL SENTENCE FOR MOUs RELATED TO DUAL UNIT APPOINTMENTS,</w:t>
       </w:r>
       <w:r w:rsidRPr="000F6618">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for example, being rostered in an institute, holding tenure in two units, holding a roster home in two units, etc.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w:rsidP="00A21CE9">
-[...9 lines deleted...]
-    <w:p w14:paraId="3E9C1534" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="00A21CE9">
+    <w:p w:rsidR="00A21CE9" w:rsidP="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="4DDBEF00" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="00A21CE9" w14:paraId="3E9C1534" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Further details on your additional obligations are described in the attached Memorandum of Understanding between _______________ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and _______________ </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and __</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(department)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...18 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="3461D779" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A42CF0" w:rsidRDefault="005606C8" w14:paraId="01E47179" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[If applicable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="0033CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  In order to </w:t>
+      </w:r>
+      <w:r w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assist</w:t>
+      </w:r>
+      <w:r w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you with your relocation, the University will reimburse the actual moving and transportation costs for you to </w:t>
+      </w:r>
+      <w:r w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relocate</w:t>
+      </w:r>
+      <w:r w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, up to a maximum of $________ and subject to </w:t>
+      </w:r>
+      <w:r w:rsidR="005077C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="005077C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.cu.edu/docs/moving-expense-procedures-and-resources"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="005077C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005077C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005077C9" w:rsidR="005606C8">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University policy</w:t>
+      </w:r>
+      <w:r w:rsidR="005077C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="000914E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tax per regulations from the Internal Revenue Service</w:t>
+      </w:r>
+      <w:r w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A42CF0" w:rsidRDefault="00A42CF0" w14:paraId="79E6E2F2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="08DF0C96" w14:textId="33E1D64C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00447C3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[If applicable</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005338C2">
+        <w:t>[optional]</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
-          <w:color w:val="0033CC"/>
-[...3 lines deleted...]
-        <w:t>]</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:i/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  In order to assist you with your relocation, the University will reimburse the actual moving and transportation costs for you to relocate, up to a maximum of $________ and subject to </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You will receive $________ to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>University</w:t>
+        <w:t>purchase ___</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> policy (appended).  </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>____________ (a computer, etc.) which will remain the property of the University of Colorado but will be for your exclusive use so long as you remain a member of the faculty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="3CF2D8B6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="006A4C81" w14:paraId="3C3387EA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[optional]</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>:</w:t>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="005606C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>END OF OPTIONAL PARAGRAPHS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB78278" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...9 lines deleted...]
-    <w:p w14:paraId="51F9ACBE" w14:textId="535A1044" w:rsidR="00A21CE9" w:rsidRPr="00920F20" w:rsidRDefault="00A21CE9" w:rsidP="00A21CE9">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="0FB78278" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00A21CE9" w:rsidP="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="51F9ACBE" w14:textId="535A1044">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Teaching, Scholar</w:t>
       </w:r>
@@ -2240,247 +2732,274 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y and Creative Work, and Leadership and Service Responsibilities</w:t>
       </w:r>
       <w:r w:rsidR="002C77B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C77B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC39945" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w:rsidP="00920F20">
+    <w:p w:rsidR="00A21CE9" w:rsidP="00920F20" w:rsidRDefault="00A21CE9" w14:paraId="1FC39945" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B151EC1" w14:textId="7F646D9C" w:rsidR="00A21CE9" w:rsidRDefault="005606C8">
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00A21CE9" w:rsidRDefault="005606C8" w14:paraId="0B151EC1" w14:textId="5B5ABEE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="35B386DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For purposes of annual merit evaluation, your efforts and accomplishments will b</w:t>
       </w:r>
-      <w:r w:rsidR="00874470">
-[...20 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00874470">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e assessed according to the following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00874470">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formula:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="35B386DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="35B386DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____% teaching, _____% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00206B5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">scholarly and </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="35B386DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">creative work, and _____% </w:t>
       </w:r>
-      <w:r w:rsidR="00206B5B">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00206B5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">leadership and </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="35B386DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>service to the Department, University and profession.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="6E07B1AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="OLE_LINK1" w:id="7"/>
+      <w:bookmarkStart w:name="OLE_LINK2" w:id="8"/>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00744BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Your normal classroom teaching assignments will include ___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00206B5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> courses per academic year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00744BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rStyle w:val="cf11"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annual performance shall be conducted </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rStyle w:val="cf11"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consistent</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00744BAB">
-[...37 lines deleted...]
-      <w:r w:rsidR="00D31065" w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00D31065">
         <w:rPr>
           <w:rStyle w:val="cf11"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Annual performance shall be conducted consistent with applicable processes. Information about annual pay adjustments is in </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00D31065" w:rsidRPr="00D31065">
+        <w:t xml:space="preserve"> with applicable processes. Information about annual pay adjustments is in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="35B386DB" w:rsidR="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Regent Policy </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidR="00D31065" w:rsidRPr="00D31065">
+        <w:r w:rsidRPr="35B386DB" w:rsidR="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>11.B</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00D31065" w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="35B386DB" w:rsidR="00D31065">
         <w:rPr>
           <w:rStyle w:val="cf11"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0562CB0E" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9">
-[...9 lines deleted...]
-    <w:p w14:paraId="5894518D" w14:textId="77777777" w:rsidR="008C2232" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="0562CB0E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2232" w:rsidRDefault="005606C8" w14:paraId="5894518D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">By accepting this appointment, you agree to perform duties and responsibilities which are </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2493,61 +3012,61 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> your expertise or academic interest, or are otherwise appropriate, and which are assigned to you consistent with your rights and responsibilities as a faculty member, and the policies and procedures of the Univer</w:t>
       </w:r>
       <w:r w:rsidR="008C2232">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sity and of your academic unit.</w:t>
       </w:r>
       <w:r w:rsidR="00B80130">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9">
-[...9 lines deleted...]
-    <w:p w14:paraId="6F05F22F" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w:rsidP="00A21CE9">
+    <w:p w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="34CE0A41" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A21CE9" w:rsidP="00A21CE9" w:rsidRDefault="00A21CE9" w14:paraId="6F05F22F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -2564,1597 +3083,1740 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00807AEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="00441C24" w:rsidRDefault="00441C24">
+    <w:p w:rsidR="00441C24" w:rsidRDefault="00441C24" w14:paraId="6B699379" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7743E077" w14:textId="381AC09C" w:rsidR="00A21CE9" w:rsidRDefault="00556CB7" w:rsidP="00556CB7">
+    <w:p w:rsidR="00A21CE9" w:rsidP="00556CB7" w:rsidRDefault="00556CB7" w14:paraId="7743E077" w14:textId="15F7A7FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
         </w:rPr>
         <w:t xml:space="preserve">The University of Colorado places a priority on supporting faculty and offers a robust array of programs and services to support faculty development from hiring to retiring </w:t>
       </w:r>
-      <w:r w:rsidR="006A7011">
-[...16 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="006A7011">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through the Office of Faculty </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="006A7011">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>Affairs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="006A7011">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="002C77B5">
+      <w:hyperlink r:id="Rc9fc2182ab934a03">
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="002C77B5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           </w:rPr>
           <w:t>Faculty Development and Support Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. For example, through the Leadership Education for Advancement and Promotion (LEAP) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="08816E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>tenure-track faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have an opportunity to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>participate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="7033F578">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first four years on campus) in an Introductory Leadership Workshop with other </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="17A73FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tenure-track </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>faculty. This is a two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00B65104">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">day, skill-based workshop held on campus two times each year. Upon completion of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>workshop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...39 lines deleted...]
-    <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w:rsidP="00556CB7">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="47FB5883">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>participants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receive a $1,000 stipend. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="6A40DB89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>Another example is t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>he Center for Teaching and Learning (CTL)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="037F92E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t>, which</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> offers all faculty a variety of professional development workshops throughout the year in establishing strong learning environments and discipline-specific pedagogy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A21CE9" w:rsidP="00556CB7" w:rsidRDefault="00A21CE9" w14:paraId="3FE9F23F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="689CAAFB" w14:textId="77777777" w:rsidR="00556CB7" w:rsidRPr="00920F20" w:rsidRDefault="00A21CE9" w:rsidP="00920F20">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00556CB7" w:rsidP="00920F20" w:rsidRDefault="00A21CE9" w14:paraId="689CAAFB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Policies and Training </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Responsibilities</w:t>
       </w:r>
-      <w:r w:rsidR="00556CB7" w:rsidRPr="00920F20">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00920F20" w:rsidR="00556CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
       <w:r w:rsidR="00807AEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00807AEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CDCEAD" w14:textId="77777777" w:rsidR="00AB61D5" w:rsidRDefault="00AB61D5">
-[...9 lines deleted...]
-    <w:p w14:paraId="481D44C8" w14:textId="77777777" w:rsidR="00183353" w:rsidRPr="00D31065" w:rsidRDefault="005606C8" w:rsidP="00183353">
+    <w:p w:rsidR="00AB61D5" w:rsidRDefault="00AB61D5" w14:paraId="61CDCEAD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00183353" w:rsidP="00183353" w:rsidRDefault="005606C8" w14:paraId="481D44C8" w14:textId="321B8734">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>By accepting this appointment, you agree to comply with all resolutions, rules and regulations adopted by the Board of Regents, and with policies and regulations adopted by the campus, department, school, college or other academic unit in which your appointment is made, consistent with the policies and procedures of the University and your rights and responsibilities as a faculty member.</w:t>
       </w:r>
-      <w:r w:rsidR="00183353" w:rsidRPr="00D31065">
-[...8 lines deleted...]
-      <w:r w:rsidR="000B4A8E" w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="00D31065" w:rsidR="00183353">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For additional information, please see the following links</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31065" w:rsidR="000B4A8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
-      <w:r w:rsidR="00183353" w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="00D31065" w:rsidR="00183353">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB9E253" w14:textId="77777777" w:rsidR="007D418E" w:rsidRPr="00D31065" w:rsidRDefault="007D418E" w:rsidP="00183353">
-[...9 lines deleted...]
-    <w:p w14:paraId="462E1F1F" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="007D418E" w:rsidP="00183353" w:rsidRDefault="007D418E" w14:paraId="6BB9E253" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="35B386DB" w:rsidRDefault="052EF15E" w14:paraId="462E1F1F" w14:textId="2BB985BA" w14:noSpellErr="1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R1b0bf0481b4c4193">
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="052EF15E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">APS 5002 </w:t>
+        </w:r>
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Faculty Appointment Process</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="726CD115" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidR="63A693E4" w:rsidP="35B386DB" w:rsidRDefault="63A693E4" w14:paraId="7A7EFAD0" w14:textId="306114C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="35B386DB">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="0000FF"/>
-[...2 lines deleted...]
-            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>APS 5060 Faculty Appointments</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="35B386DB" w:rsidRDefault="578FA953" w14:paraId="726CD115" w14:textId="09717C50">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="35B386DB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t xml:space="preserve">APS 1022 </w:t>
+        </w:r>
+        <w:r w:rsidRPr="35B386DB" w:rsidR="00D31065">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Standards, Processes and Procedures for Reappointment, Tenure, Promotion, and Post-Tenure Review</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="539E1740" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="35B386DB" w:rsidRDefault="00D31065" w14:paraId="539E1740" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="35B386DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APS 1013 - Intellectual Property Policy on Discoveries and Patents for Their Protection and Commercialization</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31065">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="35B386DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (please also see next paragraph)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72EEDF91" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="35B386DB" w:rsidRDefault="00D31065" w14:paraId="72EEDF91" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidRPr="35B386DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APS 1014 - Intellectual Property that is Educational Material</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5103BE67" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="35B386DB" w:rsidRDefault="00D31065" w14:paraId="5103BE67" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="35B386DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Article 5.B.2 - Principles of Academic Fre</w:t>
-[...17 lines deleted...]
-          <w:t>dom</w:t>
+          <w:t>Article 5.B.2 - Principles of Academic Freedom</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31065">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="35B386DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17AC51A8" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="35B386DB" w:rsidRDefault="00D31065" w14:paraId="17AC51A8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="35B386DB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Board of Regents Faculty Regulations</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48C56482" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="35B386DB" w:rsidRDefault="00D31065" w14:paraId="48C56482" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="35B386DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Code of Conduct </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57ADBE32" w14:textId="25CD0645" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="35B386DB" w:rsidRDefault="00D31065" w14:paraId="57ADBE32" w14:textId="25CD0645">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="professional-rights-and-responsibilities-(prr)" r:id="rId21">
+        <w:r w:rsidRPr="35B386DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F665E61" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="3F665E61" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="553F7D63" w14:textId="2E88FF35" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidR="00CC1BED" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="682B5639" w14:textId="0CEA06E6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="35B386DB">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00D31065">
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidRPr="35B386DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Regent Policy 5.</w:t>
         </w:r>
-        <w:r w:rsidR="00DB43C2">
+        <w:r w:rsidRPr="35B386DB" w:rsidR="388D618F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>I</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="35B386DB">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00D31065">
+      <w:hyperlink r:id="rId23">
+        <w:r w:rsidRPr="35B386DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APS 1013</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="35B386DB">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and subsequently adopted IP policies, you hereby assign to the University all rights you have or may have in any University discoveries, and you agree to promptly disclose all such discoveries to the University and execute all papers as the University may deem necessary to secure for the University the rights herein assigned.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102D335C" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="35B386DB" w:rsidRDefault="00D31065" w14:paraId="102D335C" w14:textId="10A16728">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00AB61D5" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="23DE523C" w14:textId="4A4EFD1C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="clear" w:pos="10080"/>
           <w:tab w:val="clear" w:pos="10800"/>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...24 lines deleted...]
-        <w:jc w:val="left"/>
+      <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Requirements and Conditions of Employment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="006D736E" w:rsidRDefault="006D736E" w14:paraId="52E56223" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="36FD8127" w14:textId="6A383EE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This offer is contingent upon the satisfactory completion of a criminal background check as required by the University. You will receive an e-mail from the University’s external vendor, HireRight Customer Support (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId24">
         <w:r w:rsidRPr="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>customerservice@hireright.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), that will direct you to complete the authorization form online. The background check must be completed prior to employment. By accepting this offer you verify that you’ve read the University’s background check requirements, including your self-disclosure obligation which begins from the date of acceptance, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId25">
         <w:r w:rsidRPr="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>available on the web</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36508B43" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="36508B43" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="4AFB57DD" w14:textId="7A0075A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All new faculty at the University of Colorado Boulder are required to complete training on sexual misconduct, discrimination and harassment. A CU </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Identikey</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is required </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D31065">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> access the training. You will receive an e-mail from your college or school personnel coordinator once your </w:t>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> access the training. You will receive an e-mail from your college or school </w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personnel coordinator once your </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Identikey</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been established. Once your </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Identikey</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is in place, please visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00D31065">
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="16C3E129">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Office of Institutional Equity and Compliance (OIEC) website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for instructions on how to complete the required training. The online training must be completed prior to the required in-person New Faculty Orientation to be held on </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">insert </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>insert date – New Faculty Orientation is held exactly one week before the start of Fall classes each year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D31065">
-[...43 lines deleted...]
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="16C3E129">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="2766A0EA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="2737EC81" w14:textId="295E6B80">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="002C0CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="002C0CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cademic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="002C0CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Affairs Policy on </w:t>
+      </w:r>
+      <w:hyperlink r:id="Rce0e5d6d924444b6">
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Professional Rights and Responsibility and Roles and Professional Responsibilities of Academic Leaders (PRR) document</w:t>
+          <w:t>Professional Rights and Responsibilit</w:t>
+        </w:r>
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="3C377D02">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ies</w:t>
+        </w:r>
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="0C0AF89C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">of Faculty Members </w:t>
+        </w:r>
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">and Roles and Professional Responsibilities of Academic Leaders </w:t>
+        </w:r>
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="002C0CE3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">and accompanying procedures </w:t>
+        </w:r>
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">(PRR) </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31065">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> sets forth a foundation for supporting a positive and respectful faculty work culture. Faculty are expected to understand and incorporate the PRR into the fabric of their research, scholarship, creative work, teaching, and service. Training for all faculty in understanding and using the PRR is available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="3BB49AA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through </w:t>
+      </w:r>
+      <w:hyperlink r:id="Re331d01a5cc54446">
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Percipio</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31065">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Some issues can be harder to resolve, so the Regents specify </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grievance rights and processes (See </w:t>
+      </w:r>
+      <w:hyperlink r:id="R6c95d063b633412d">
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Regent Law 5, Part D</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DB43C2">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00D31065">
+      <w:hyperlink r:id="Rb20520551d324bda">
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Regent Policy 5.G</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DB43C2">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D31065">
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00D31065">
+      <w:hyperlink r:id="Ra53bb8cc24a7467f">
+        <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Regent Policy 5.E</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DB43C2">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="2778CCE2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="6058C088" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pursuant to the Immigration Reform and Control Act (IRCA), the University must verify your employment eligibility within the first three working days of employment. As a condition of employment, you must complete an I-9 Form and provide the University with certain documents verifying employment eligibility.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="47DF17B8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="549DC06A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This position is exempt from the overtime provisions of the Fair Labor Standards Act and as such is not eligible for overtime compensation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="42EB82CA" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="600568E1" w14:textId="445172BA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The laws of the state of Colorado require that faculty members of the University affirm in writing that they will support the constitutions of the United States and of Colorado, and that they will faithfully execute the duties of their employment. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">The laws of the state of Colorado require that faculty members of the University affirm in writing that they will support the constitutions of the United States and of Colorado, and that they will faithfully execute the duties of their employment. </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">As </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a condition of employment, you must sign and return the attached pledge form to </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">a condition of employment, you must sign and return the attached pledge form to </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Office of Faculty Affairs </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no later than</w:t>
+      </w:r>
+      <w:r w:rsidR="00C36CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[Insert return date of offer]</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C36CB7" w:rsidR="00C36CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>when you sign this offer letter</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. The pledge form is attached as Attachment A, incorporated by reference. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A957659" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
-[...8 lines deleted...]
-    <w:p w14:paraId="62EA22C6" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="4A957659" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="62EA22C6" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In accepting this position, you agree to meet obligations imposed by federal, state, and local law, and comply with all laws, rules, regulations, policies, procedures, and resolutions, adopted by the Board of Regents, the University of Colorado, and the campus or other unit in which your appointment is made. For a list of university-related policies, go to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId31">
         <w:r w:rsidRPr="00D31065">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.cu.edu/ope/policy-related-resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B44FC17" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
-[...8 lines deleted...]
-    <w:p w14:paraId="3087E95B" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="4B44FC17" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="3087E95B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>CU receives a large portion of its research funding from U.S. government agencies, and some of this research involves technology that is of a sensitive nature, either for national security reasons or otherwise. As a result, your ability to publish your research and to employ or collaborate with foreign nationals may be contingent upon obtaining authorization from the U.S. Departments of State, Commerce or Treasury. The CU Office of Export Controls can assist in making this determination and applying for authorization. Please use the research support toolkit found here,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId32">
         <w:r w:rsidRPr="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/researchinnovation/ori</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>or contact</w:t>
+        <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId33">
         <w:r w:rsidRPr="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>exportcontrolshelp@colorado.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">for any questions or concerns you might have. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69100A38" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="69100A38" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2764EF18" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="2764EF18" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>All faculty responsible for the purpose, design, conduct, or reporting of research on campus are required to disclose significant financial and personal interests and external professional activities. Please review the</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId34">
         <w:r w:rsidRPr="00D31065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Disclosure of External Professional Activities (DEPA) Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>and its requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DF9E56" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRDefault="00A21CE9" w:rsidP="00D00245">
-[...8 lines deleted...]
-    <w:p w14:paraId="1EE7566C" w14:textId="77777777" w:rsidR="00A21CE9" w:rsidRPr="00920F20" w:rsidRDefault="00A21CE9" w:rsidP="00920F20">
+    <w:p w:rsidR="00A21CE9" w:rsidP="00D00245" w:rsidRDefault="00A21CE9" w14:paraId="70DF9E56" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00A21CE9" w:rsidP="00920F20" w:rsidRDefault="00A21CE9" w14:paraId="1EE7566C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Benefits</w:t>
       </w:r>
       <w:r w:rsidR="00807AEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00807AEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Required section]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E871BC" w14:textId="77777777" w:rsidR="009A1A94" w:rsidRPr="00006A5B" w:rsidRDefault="009A1A94" w:rsidP="00D00245">
+    <w:p w:rsidRPr="00006A5B" w:rsidR="009A1A94" w:rsidP="00D00245" w:rsidRDefault="009A1A94" w14:paraId="44E871BC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32008DD4" w14:textId="77777777" w:rsidR="001E5296" w:rsidRDefault="00E506FF" w:rsidP="00E506FF">
+    <w:p w:rsidR="001E5296" w:rsidP="00E506FF" w:rsidRDefault="00E506FF" w14:paraId="32008DD4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>If you have any questions about available benefits as a faculty member, please contact</w:t>
       </w:r>
       <w:r w:rsidR="00CF391F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="00CF391F" w:rsidRPr="009109C9">
+      <w:hyperlink w:history="1" r:id="rId35">
+        <w:r w:rsidRPr="009109C9" w:rsidR="00CF391F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>Benefits, part of</w:t>
         </w:r>
         <w:r w:rsidRPr="009109C9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00AA7D72" w:rsidRPr="009109C9">
+        <w:r w:rsidRPr="009109C9" w:rsidR="00AA7D72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>Employee Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CF391F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A578B5" w:rsidRPr="00FF0F36">
+      <w:r w:rsidRPr="00FF0F36" w:rsidR="00A578B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (303) </w:t>
       </w:r>
       <w:r w:rsidR="00964CF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>860-4200</w:t>
       </w:r>
       <w:r w:rsidR="00CF391F">
         <w:rPr>
@@ -4190,74 +4852,92 @@
       </w:r>
       <w:r w:rsidRPr="00BD073F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If your appointment begins on the first of the month, medical and dental coverage begin on that date. If your appointment begins on any other date, coverage begins the first day of the following month. Your specific start date and benefits eligibility are determined by </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BD073F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BD073F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> policy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="144A5D23" w14:textId="77777777" w:rsidR="002701AA" w:rsidRDefault="002701AA" w:rsidP="00E506FF">
-[...8 lines deleted...]
-    <w:p w14:paraId="0AAB3F77" w14:textId="5FF1F496" w:rsidR="002701AA" w:rsidRDefault="003C3E00" w:rsidP="00E506FF">
+    <w:p w:rsidR="002701AA" w:rsidP="00E506FF" w:rsidRDefault="002701AA" w14:paraId="144A5D23" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807AEB" w:rsidP="00E506FF" w:rsidRDefault="003C3E00" w14:paraId="738610EB" w14:textId="1B414E57">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Full-time tenured and tenure-track faculty are eligible to apply to t</w:t>
+        <w:t xml:space="preserve">Full-time </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tenured</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and tenure-track faculty are eligible to apply to t</w:t>
       </w:r>
       <w:r w:rsidR="001F78D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he Faculty Housing Assistance Program </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(FHAP).  </w:t>
       </w:r>
       <w:r w:rsidR="001F78D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Participating in the FHAP can make housing affordable</w:t>
       </w:r>
@@ -4295,1147 +4975,1108 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and an applicant worksheet</w:t>
       </w:r>
       <w:r w:rsidR="001F78D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, please </w:t>
       </w:r>
       <w:r w:rsidR="00B67C35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId36">
         <w:r w:rsidR="00B67C35">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>FHAP website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B67C35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738610EB" w14:textId="77777777" w:rsidR="00807AEB" w:rsidRDefault="00807AEB" w:rsidP="00E506FF">
-[...8 lines deleted...]
-    <w:p w14:paraId="599D1C7E" w14:textId="77777777" w:rsidR="00807AEB" w:rsidRPr="00001FE2" w:rsidRDefault="00807AEB" w:rsidP="00E506FF">
+    <w:p w:rsidRPr="00001FE2" w:rsidR="00807AEB" w:rsidP="00E506FF" w:rsidRDefault="00807AEB" w14:paraId="599D1C7E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="637805D2" w14:textId="77777777" w:rsidR="00226F48" w:rsidRDefault="00226F48">
-[...9 lines deleted...]
-    <w:p w14:paraId="62A495DD" w14:textId="77777777" w:rsidR="00D31065" w:rsidRPr="00D31065" w:rsidRDefault="00D31065" w:rsidP="00D31065">
+    <w:p w:rsidR="00226F48" w:rsidRDefault="00226F48" w14:paraId="637805D2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D31065" w:rsidR="00D31065" w:rsidP="00D31065" w:rsidRDefault="00D31065" w14:paraId="62A495DD" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">We are thrilled at the prospect of having you on our faculty. I hope you will accept this offer to join the University of Colorado Boulder community. If the terms described above are acceptable, then </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">please notify me by _______________, 20_, of your willingness to accept this position by returning the signed letter via DocuSign, so that a recommendation for appointment may be submitted to the </w:t>
+        <w:t xml:space="preserve">We are thrilled at the prospect of having you on our </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>Provost</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>faculty</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. I hope you will accept this offer to join the University of Colorado Boulder community. If the terms described above are acceptable, then </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">please notify me by _______________, 20_, of your willingness to accept this position by returning the signed letter via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DocuSign</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, so that a recommendation for appointment may be submitted to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D31065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on your behalf. We look forward to your acceptance of this offer and your contributions to the University.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="463F29E8" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...9 lines deleted...]
-    <w:p w14:paraId="5CF11C59" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="00E67FED">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="463F29E8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="00E67FED" w14:paraId="5CF11C59" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sincerely,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7B4B86" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...9 lines deleted...]
-    <w:p w14:paraId="76B851F8" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="001C6F57">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="3B7B4B86" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="001C6F57" w14:paraId="76B851F8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EEAD14" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="74EEAD14" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Chair </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0FF5F2" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...19 lines deleted...]
-    <w:p w14:paraId="3A6EF88F" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="3A0FF5F2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="5630AD66" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="3A6EF88F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Concurred by: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61829076" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...19 lines deleted...]
-    <w:p w14:paraId="4C086494" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="61829076" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="2BA226A1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="4C086494" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C18285" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="64C18285" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dean </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17AD93B2" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...19 lines deleted...]
-    <w:p w14:paraId="10C7B272" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="17AD93B2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="0DE4B5B7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D4272E" w:rsidRDefault="00D4272E" w14:paraId="18C06B59" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="10C7B272" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F87F14D" w14:textId="77777777" w:rsidR="003903AF" w:rsidRDefault="003903AF">
+    <w:p w:rsidR="003903AF" w:rsidRDefault="003903AF" w14:paraId="6F87F14D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Michele S. Moses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED44141" w14:textId="062153D6" w:rsidR="005606C8" w:rsidRDefault="003903AF">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="003903AF" w14:paraId="5ED44141" w14:textId="062153D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003903AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vice Chancellor and Senior Vice Provost</w:t>
       </w:r>
       <w:r w:rsidR="005606C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Faculty Affairs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66204FF1" w14:textId="77777777" w:rsidR="00807AEB" w:rsidRDefault="00807AEB">
-[...9 lines deleted...]
-    <w:p w14:paraId="2DBF0D7D" w14:textId="77777777" w:rsidR="00807AEB" w:rsidRDefault="00807AEB">
+    <w:p w:rsidR="00807AEB" w:rsidRDefault="00807AEB" w14:paraId="66204FF1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807AEB" w:rsidRDefault="00807AEB" w14:paraId="2DBF0D7D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B62F1B3" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...9 lines deleted...]
-    <w:p w14:paraId="17600697" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="6B62F1B3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="17600697" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I accept this offer of the faculty position described above, with the understanding that this offer is conditional upon approval of my appointment by the </w:t>
       </w:r>
       <w:r w:rsidR="00FC1949">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provost </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of the University of Colorado Boulder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F2C34E" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...19 lines deleted...]
-    <w:p w14:paraId="07D022B8" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="02F2C34E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="680A4E5D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="07D022B8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0994636B" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8" w:rsidP="00840A4B">
+    <w:p w:rsidR="005606C8" w:rsidP="00840A4B" w:rsidRDefault="005606C8" w14:paraId="0994636B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19219836" w14:textId="77777777" w:rsidR="008F09CD" w:rsidRDefault="008F09CD" w:rsidP="00840A4B">
+    <w:p w:rsidR="008F09CD" w:rsidP="00840A4B" w:rsidRDefault="008F09CD" w14:paraId="19219836" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="648FB2EE" w14:textId="77777777" w:rsidR="00840A4B" w:rsidRDefault="00840A4B" w:rsidP="00840A4B">
+    <w:p w:rsidR="00840A4B" w:rsidP="00840A4B" w:rsidRDefault="00840A4B" w14:paraId="648FB2EE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3638666A" w14:textId="77777777" w:rsidR="00840A4B" w:rsidRDefault="00C13257" w:rsidP="00840A4B">
+    <w:p w:rsidR="00840A4B" w:rsidP="00840A4B" w:rsidRDefault="00C13257" w14:paraId="3638666A" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidate </w:t>
       </w:r>
       <w:r w:rsidR="00840A4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e-mail address</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296FEF7D" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...19 lines deleted...]
-    <w:p w14:paraId="06B0FA8F" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="296FEF7D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="7194DBDC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="06B0FA8F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I decline this offer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769D0D3C" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...9 lines deleted...]
-    <w:p w14:paraId="49EF400A" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="769D0D3C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="49EF400A" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA3C58D" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="1EA3C58D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CD245A" w14:textId="77777777" w:rsidR="005606C8" w:rsidRDefault="005606C8">
-[...11 lines deleted...]
-    <w:p w14:paraId="0A5D5E71" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRDefault="00E34203" w:rsidP="00447C3F">
+    <w:p w:rsidR="005606C8" w:rsidRDefault="005606C8" w14:paraId="54CD245A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E34203" w:rsidP="00E34203" w:rsidRDefault="00E34203" w14:paraId="1231BE67" w14:textId="77777777"/>
+    <w:p w:rsidR="00E34203" w:rsidP="00E34203" w:rsidRDefault="00E34203" w14:paraId="36FEB5B0" w14:textId="77777777"/>
+    <w:p w:rsidR="00AC4FB0" w:rsidP="450893AA" w:rsidRDefault="00E34203" w14:paraId="0A5D5E71" w14:textId="0C0AF313">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:color="FF000000" w:sz="4" w:space="1"/>
+          <w:left w:val="single" w:color="FF000000" w:sz="4" w:space="4"/>
+          <w:bottom w:val="single" w:color="FF000000" w:sz="4" w:space="1"/>
+          <w:right w:val="single" w:color="FF000000" w:sz="4" w:space="4"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4F4A603C">
+      <w:r w:rsidRPr="450893AA" w:rsidR="00E34203">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="450893AA" w:rsidR="00E34203">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Please</w:t>
+      </w:r>
+      <w:r w:rsidRPr="450893AA" w:rsidR="00E34203">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="450893AA" w:rsidR="00E34203">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proceed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="450893AA" w:rsidR="00E34203">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the final page of this document to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="450893AA" w:rsidR="00E34203">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="450893AA" w:rsidR="00E34203">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="16C3E129" w:rsidP="16C3E129" w:rsidRDefault="16C3E129" w14:paraId="6A5893E4" w14:textId="445EB2BF">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="3D6522E0" w:rsidP="3D6522E0" w:rsidRDefault="3D6522E0" w14:paraId="5007FB7F" w14:textId="7C8C0408">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="3D6522E0" w:rsidP="3D6522E0" w:rsidRDefault="3D6522E0" w14:paraId="0C31ACBD" w14:textId="332B76A6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="3D6522E0" w:rsidP="3D6522E0" w:rsidRDefault="3D6522E0" w14:paraId="318AF9DF" w14:textId="49579C45">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="3D6522E0" w:rsidP="3D6522E0" w:rsidRDefault="3D6522E0" w14:paraId="73671E5C" w14:textId="7D713504">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="3D6522E0" w:rsidP="3D6522E0" w:rsidRDefault="3D6522E0" w14:paraId="68BAD39F" w14:textId="0900155C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="450893AA" w:rsidP="450893AA" w:rsidRDefault="450893AA" w14:paraId="09F4E3A4" w14:textId="1BEDE8FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="3D6522E0" w:rsidP="3D6522E0" w:rsidRDefault="3D6522E0" w14:paraId="39AD4097" w14:textId="0654E886">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4FB0" w:rsidP="16C3E129" w:rsidRDefault="00AC4FB0" w14:paraId="29AD7048" w14:textId="73551F86">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="16C3E129">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>Tenure-Track Template Appendix</w:t>
+      </w:r>
+      <w:r w:rsidRPr="16C3E129" w:rsidR="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...265 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A480558" w14:textId="1C3B1418" w:rsidR="00920F20" w:rsidRPr="00D31065" w:rsidRDefault="00920F20" w:rsidP="00920F20">
+    <w:p w:rsidRPr="00D31065" w:rsidR="00920F20" w:rsidP="00920F20" w:rsidRDefault="00920F20" w14:paraId="6A480558" w14:textId="1C3B1418">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D31065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(for internal use only – do not include in offer letter)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62116B85" w14:textId="77777777" w:rsidR="00920F20" w:rsidRPr="00920F20" w:rsidRDefault="00920F20" w:rsidP="00920F20">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00920F20" w:rsidP="00920F20" w:rsidRDefault="00920F20" w14:paraId="62116B85" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59E668A1" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidR="00AC4FB0" w:rsidP="0B3BD4B8" w:rsidRDefault="00AC4FB0" w14:paraId="59E668A1" w14:textId="77777777" w14:noSpellErr="1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3D6522E0" w:rsidR="00AC4FB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Years of Credit Toward Tenure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00920F20" w:rsidP="00AC4FB0" w:rsidRDefault="00920F20" w14:paraId="067F6260" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00920F20">
-[...19 lines deleted...]
-    <w:p w14:paraId="7331243F" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="7331243F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">New hires with prior applicable experience (academic or otherwise) may be awarded </w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>up to three years of credit toward tenure.</w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
@@ -5451,1822 +6092,1938 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>outlined in the offer letter</w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the time of hire </w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and are binding.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC7D3D6" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="5DC7D3D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The chair and dean should share the option of awarding years of credit to new pre-tenure hires with prior applicable experience at the time the offer of appointment is being negotiated.  If it is decided to award years of credit, it must be documented in the offer letter for the tenure-track position.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E961D5" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="75E961D5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>If years of credit are not awarded at the time of hire, the candidate has until the end of their first semester at the university to request years of credit retroactively without necessitating additional approval.  The retroactive award of years of credit should be documented by addendum to the original offer letter.  The addendum must be reviewed and approved by the Office of Faculty Affairs (OFA) via the usual process for the review and approval of offer letters.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DECC9C3" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="4DECC9C3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">If the candidate wishes to request years of credit after their first semester but prior to the year of their comprehensive review, their dean may request retroactive approval from the Provost and Executive Vice Chancellor for Academic Affairs.  It is not possible to request years of credit once the comprehensive review is underway or has been completed.  Once provost approval has been granted, please forward the approval email to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId37">
         <w:r w:rsidRPr="00920F20">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>cuoffer@colorado.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> along with a draft addendum to the original letter of offer for review and approval by OFA.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A470C6" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="47A470C6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">If a candidate is unable to meet the requirements for tenure at the adjusted due date, they cannot ask to rescind the years of credit retroactively.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6995BAAF" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="6995BAAF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Impact of years of credit toward tenure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD0933E" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="7CD0933E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Years of credit</w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">reduce the number of years on the 7-year tenure clock at CU by the number of years awarded but allow the candidate to count that same amount of work from a prior position toward their probationary period at CU. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C7251F" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="42C7251F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Per Regent policy 5.D.1(A), the years of the probationary period must be continuous.  Therefore, years of credit must be continuous and contiguous with the start date at CU.  In other words, candidates cannot select discontinuous years.  For example, if a candidate has two years of credit, they may count work completed in the final two years at their prior position toward their comprehensive review and review for tenure at CU Boulder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F96AF11" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="7F96AF11" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Calculation of tenure clock when there are years of credit</w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25FDA291" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="25FDA291" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Years of credit toward tenure are subtracted from the comprehensive review part of the tenure clock.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D9FEA1" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="59D9FEA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>If one year of credit is granted, comprehensive review for reappointment will take place in year 3 and review for tenure in year 6.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D6A85E5" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="1D6A85E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>If two years of credit are granted, comprehensive review for reappointment will take place in year 2 with review for tenure taking place in year 5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FEB80B8" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="3FEB80B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>For an explanation of how the clock is adjusted when three years of credit are awarded, see the next section of this appendix.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED0C610" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="5ED0C610" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Change in type of comprehensive review when 3 years of credit are awarded </w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(instead of being for reappointment, the comprehensive review becomes one for feedback only) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C03501" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="33C03501" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">If a candidate is granted three years of credit, they have just one 4-year appointment period prior to the granting of tenure instead of the usual two appointment periods (pre-reappointment and post-reappointment but pre-tenure).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46247B62" w14:textId="4AA39828" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="46247B62" w14:textId="4AA39828">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This then changes the type of comprehensive review they are required to undergo. </w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>Since there is just one 4-year appointment period prior to the granting of tenure, no reappointment is taking place at the time of comprehensive review, rendering the comprehensive review as one for feedback only</w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18212DA2" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="18212DA2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Feedback-only comprehensive review takes place in year 2 and review for tenure takes place in year 4.  However, if the standards for tenure have been met, the tenure review may take place at the same time as the comprehensive review.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00D9B411" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="00D9B411" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>It is not possible to waive the feedback-only comprehensive review as Regent policy requires that a comprehensive review occur prior to review for tenure.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB04C1E" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="4FB04C1E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Applicable Regent and System Policies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D929E3" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="40D929E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Regent Policy 5  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068F0BA7" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="068F0BA7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>APS 1022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2730350E" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="2730350E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Template language for the award of years of credit toward tenure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FB30F8" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="44FB30F8" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AD01E7E" w14:textId="07245A57" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="3AD01E7E" w14:textId="5B2AF45F">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This language assumes a Fall 202</w:t>
       </w:r>
-      <w:r w:rsidR="004C14B1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00022064">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> start date of August 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00022064">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00022064">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="1DA6542E" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="57962E11" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>One year of credit (comprehensive review for reappointment in year 3 and tenure review in year 6):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="6BB051A5" w14:textId="1DAF13C7">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Your service will begin on August 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00022064">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00022064">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will continue through the 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00022064">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00022064">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> academic year. The comprehensive review for reappointment will be conducted in academic-year 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00022064">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00022064">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provisions concerning renewal and reappointment found in the Laws of the Regents. Following a successful comprehensive review, a mandatory review for tenure will occur during academic-year 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00104BF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-203</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [be sure to include the statement about primary unit criteria here]</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="3041E394" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="607C9300" w14:textId="05B5D8E0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As you have requested, you will be granted one year of credit toward the mandatory requirement for tenure based on your previous experience. By accepting the terms of this offer you acknowledge that your decision to accept credit towards tenure is binding and may not be declined by you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at a later date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Given the award of one year of credit, you are allowed to count work completed in the final year (AY202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) in your prior position toward your comprehensive review and review for tenure at the University of Colorado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="722B00AE" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="6B6B20DE" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Two years of credit (comprehensive review for reappointment in year 2 and tenure review in year 5):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="4740C69B" w14:textId="5F828D05">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Your service will begin on August 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will continue through the 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> academic year. The comprehensive review for reappointment will be conducted in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>academic-year</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provisions concerning renewal and reappointment found in the Laws of the Regents. Following a successful comprehensive review, a mandatory review for tenure will occur during academic-year 20</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [be sure to include the statement about primary unit criteria here]</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="42C6D796" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="59862EDD" w14:textId="0A62C006">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As you have requested, you will be granted two years of credit toward the mandatory requirement for tenure based on your previous experience. By accepting the terms of this offer you acknowledge that your decision to accept credit towards tenure is binding and may not be declined by you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at a later date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Given the award of two years of credit, you are allowed to count work completed in the final two years (AY202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00920F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and AY202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) in your prior position toward your comprehensive review and review for tenure at the University of Colorado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="6E1831B3" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="627C1995" w14:textId="77777777">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Three years of credit (non-reappointment, feedback-only comprehensive review in year 2 and tenure review in year 4):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="2C88B3E7" w14:textId="4248569D">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Your service will begin on August 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will continue through the 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> academic year. A non-reappointment, feedback-only comprehensive review will be conducted in academic-year 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Following the completion of comprehensive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>review, a mandatory review for tenure will occur during academic-year 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.  Your review for tenure may occur at the same time as your comprehensive review, provided the primary unit criteria and Regent standards for tenure have been met [be sure to include the statement about primary unit criteria here]</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1DA6542E" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="54E11D2A" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="57962E11" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="41B22B28" w14:textId="2370B849">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...14 lines deleted...]
-    <w:p w14:paraId="6BB051A5" w14:textId="1AE21A85" w:rsidR="00AC4FB0" w:rsidRPr="00920F20" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As you have requested, you will be granted three years of credit toward the mandatory requirement for tenure based on your previous experience. By accepting the terms of this offer you acknowledge that your decision to accept credit towards tenure is binding and may not be declined by you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at a later date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Given the award of three years of credit, you are allowed to count work completed in the final three years (AY202</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, AY202</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and AY202</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00941FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) in your prior position toward your comprehensive review and review for tenure at the University of Colorado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00920F20" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="31126E5D" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00920F20">
-[...970 lines deleted...]
-    <w:p w14:paraId="49E398E2" w14:textId="77777777" w:rsidR="00AC4FB0" w:rsidRPr="00AC4FB0" w:rsidRDefault="00AC4FB0" w:rsidP="00AC4FB0">
+    </w:p>
+    <w:p w:rsidRPr="00AC4FB0" w:rsidR="00AC4FB0" w:rsidP="00AC4FB0" w:rsidRDefault="00AC4FB0" w14:paraId="49E398E2" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AC4FB0" w:rsidRPr="00AC4FB0" w:rsidSect="007463A4">
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr w:rsidRPr="00AC4FB0" w:rsidR="00AC4FB0" w:rsidSect="007463A4">
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:textHash int2:hashCode="B92HeeNn1bZcGO" int2:id="5TV9yx5d">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="021B699A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8EBC2FA2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08FF4AE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1ED41E94"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7325,51 +8082,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C717B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8A8B926"/>
     <w:lvl w:ilvl="0" w:tplc="04685B86">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -7415,260 +8172,260 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F0E3ABD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54F4AC1C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14E959C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07D858FE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="188E4150"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C168FB0"/>
     <w:lvl w:ilvl="0" w:tplc="D610A0C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -7732,373 +8489,373 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C62310B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="627C9B3A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DCF3986"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12E41A18"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A1E7D06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26DC454A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1539077243">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
@@ -8118,407 +8875,518 @@
   </w:num>
   <w:num w:numId="4" w16cid:durableId="988822474">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1664966474">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1832988790">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1381634853">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="412747195">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2072804255">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1410614508">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BC3"/>
     <w:rsid w:val="00001FE2"/>
     <w:rsid w:val="00004D56"/>
     <w:rsid w:val="00006A5B"/>
     <w:rsid w:val="0001047F"/>
     <w:rsid w:val="000148D2"/>
+    <w:rsid w:val="00022064"/>
+    <w:rsid w:val="00032B90"/>
     <w:rsid w:val="00037994"/>
     <w:rsid w:val="00037FCB"/>
+    <w:rsid w:val="0004D376"/>
     <w:rsid w:val="00070F90"/>
     <w:rsid w:val="00072DA1"/>
     <w:rsid w:val="000766C3"/>
+    <w:rsid w:val="000914E5"/>
     <w:rsid w:val="00097B10"/>
+    <w:rsid w:val="000B0183"/>
+    <w:rsid w:val="000B0856"/>
     <w:rsid w:val="000B414F"/>
+    <w:rsid w:val="000B4A56"/>
     <w:rsid w:val="000B4A8E"/>
     <w:rsid w:val="000B5A67"/>
     <w:rsid w:val="000C0C6A"/>
     <w:rsid w:val="000C25E7"/>
     <w:rsid w:val="000C59DF"/>
     <w:rsid w:val="000C5EA1"/>
     <w:rsid w:val="000E0994"/>
     <w:rsid w:val="000E240F"/>
+    <w:rsid w:val="000F1975"/>
     <w:rsid w:val="000F6618"/>
     <w:rsid w:val="00104BF6"/>
     <w:rsid w:val="00107EEC"/>
     <w:rsid w:val="00110FF2"/>
     <w:rsid w:val="00116010"/>
     <w:rsid w:val="001176CD"/>
     <w:rsid w:val="00120AF5"/>
     <w:rsid w:val="00133D2B"/>
     <w:rsid w:val="00135703"/>
     <w:rsid w:val="00147A11"/>
     <w:rsid w:val="00150464"/>
     <w:rsid w:val="00152C51"/>
     <w:rsid w:val="00167135"/>
     <w:rsid w:val="00183353"/>
     <w:rsid w:val="00190FAE"/>
     <w:rsid w:val="00196BC3"/>
     <w:rsid w:val="001A1E0A"/>
     <w:rsid w:val="001B58CB"/>
     <w:rsid w:val="001C6F57"/>
     <w:rsid w:val="001D5897"/>
     <w:rsid w:val="001D5A5F"/>
     <w:rsid w:val="001E5296"/>
     <w:rsid w:val="001F78D2"/>
     <w:rsid w:val="00206B5B"/>
     <w:rsid w:val="002147B2"/>
     <w:rsid w:val="00215AB3"/>
     <w:rsid w:val="00221729"/>
     <w:rsid w:val="00226F48"/>
+    <w:rsid w:val="00233EF1"/>
     <w:rsid w:val="00235F42"/>
+    <w:rsid w:val="00250BAB"/>
     <w:rsid w:val="00250CC2"/>
     <w:rsid w:val="0025262E"/>
     <w:rsid w:val="002701AA"/>
     <w:rsid w:val="00292A30"/>
     <w:rsid w:val="002935B4"/>
     <w:rsid w:val="002A41BA"/>
     <w:rsid w:val="002B43F5"/>
+    <w:rsid w:val="002C0CE3"/>
     <w:rsid w:val="002C77B5"/>
     <w:rsid w:val="002E6FAF"/>
     <w:rsid w:val="002F6084"/>
+    <w:rsid w:val="00301895"/>
     <w:rsid w:val="00313A41"/>
     <w:rsid w:val="00314DF5"/>
     <w:rsid w:val="00316752"/>
     <w:rsid w:val="003210ED"/>
     <w:rsid w:val="003222CA"/>
+    <w:rsid w:val="003341C9"/>
     <w:rsid w:val="0033454F"/>
     <w:rsid w:val="00361BAD"/>
     <w:rsid w:val="003903AF"/>
     <w:rsid w:val="00396893"/>
     <w:rsid w:val="003A38B5"/>
     <w:rsid w:val="003B5246"/>
     <w:rsid w:val="003C3E00"/>
+    <w:rsid w:val="003D56F8"/>
     <w:rsid w:val="0040623F"/>
     <w:rsid w:val="004236B4"/>
     <w:rsid w:val="0042396D"/>
     <w:rsid w:val="004250AE"/>
     <w:rsid w:val="00433034"/>
     <w:rsid w:val="00441C24"/>
     <w:rsid w:val="00445B02"/>
     <w:rsid w:val="00447C3F"/>
     <w:rsid w:val="00460719"/>
     <w:rsid w:val="00475FE1"/>
     <w:rsid w:val="00486902"/>
     <w:rsid w:val="00493EF2"/>
     <w:rsid w:val="004942E8"/>
     <w:rsid w:val="00496C7F"/>
     <w:rsid w:val="004B47EF"/>
     <w:rsid w:val="004C14B1"/>
     <w:rsid w:val="004D12EC"/>
     <w:rsid w:val="004D6D51"/>
     <w:rsid w:val="004E5501"/>
     <w:rsid w:val="00505C6E"/>
+    <w:rsid w:val="005077C9"/>
     <w:rsid w:val="0051009F"/>
     <w:rsid w:val="005338C2"/>
     <w:rsid w:val="00534103"/>
     <w:rsid w:val="005418F1"/>
     <w:rsid w:val="00547EBE"/>
     <w:rsid w:val="00556CB7"/>
     <w:rsid w:val="005606C8"/>
     <w:rsid w:val="00565477"/>
     <w:rsid w:val="00566F5B"/>
     <w:rsid w:val="00573EDE"/>
     <w:rsid w:val="00594055"/>
     <w:rsid w:val="005B2135"/>
     <w:rsid w:val="005C1ABF"/>
     <w:rsid w:val="005D3A72"/>
     <w:rsid w:val="005E6391"/>
     <w:rsid w:val="005F4C86"/>
     <w:rsid w:val="005F6E9F"/>
     <w:rsid w:val="005F778D"/>
     <w:rsid w:val="006240FF"/>
     <w:rsid w:val="00657248"/>
     <w:rsid w:val="00667DC2"/>
     <w:rsid w:val="00670D60"/>
     <w:rsid w:val="00676C23"/>
     <w:rsid w:val="006828B8"/>
     <w:rsid w:val="006A4C81"/>
     <w:rsid w:val="006A7011"/>
     <w:rsid w:val="006D736E"/>
     <w:rsid w:val="006F5B38"/>
     <w:rsid w:val="00706F23"/>
     <w:rsid w:val="00715E35"/>
     <w:rsid w:val="00716DBA"/>
     <w:rsid w:val="00720B4E"/>
     <w:rsid w:val="00744BAB"/>
     <w:rsid w:val="007463A4"/>
     <w:rsid w:val="007465A0"/>
     <w:rsid w:val="00754C43"/>
     <w:rsid w:val="007732C2"/>
     <w:rsid w:val="00777DBE"/>
     <w:rsid w:val="007A302C"/>
     <w:rsid w:val="007A6828"/>
     <w:rsid w:val="007B0A22"/>
     <w:rsid w:val="007C213E"/>
     <w:rsid w:val="007C2B66"/>
     <w:rsid w:val="007C2E3C"/>
     <w:rsid w:val="007D048F"/>
     <w:rsid w:val="007D1764"/>
     <w:rsid w:val="007D418E"/>
     <w:rsid w:val="007E0927"/>
     <w:rsid w:val="007E197E"/>
     <w:rsid w:val="007F4872"/>
+    <w:rsid w:val="007F4D43"/>
     <w:rsid w:val="0080458D"/>
     <w:rsid w:val="00807AEB"/>
     <w:rsid w:val="00810C42"/>
     <w:rsid w:val="0083151E"/>
     <w:rsid w:val="00833963"/>
     <w:rsid w:val="00840A4B"/>
+    <w:rsid w:val="0086651B"/>
     <w:rsid w:val="00874470"/>
     <w:rsid w:val="00875CE3"/>
     <w:rsid w:val="00883CD7"/>
     <w:rsid w:val="00884852"/>
     <w:rsid w:val="0088686B"/>
     <w:rsid w:val="008A7EC9"/>
     <w:rsid w:val="008C2232"/>
     <w:rsid w:val="008F09CD"/>
     <w:rsid w:val="008F333B"/>
     <w:rsid w:val="00901A9C"/>
     <w:rsid w:val="009104CD"/>
     <w:rsid w:val="009109C9"/>
     <w:rsid w:val="00910B49"/>
+    <w:rsid w:val="00914AD9"/>
     <w:rsid w:val="00920F20"/>
     <w:rsid w:val="00923DBD"/>
     <w:rsid w:val="00924D34"/>
     <w:rsid w:val="00931559"/>
     <w:rsid w:val="00936952"/>
     <w:rsid w:val="00937673"/>
+    <w:rsid w:val="00941FDF"/>
     <w:rsid w:val="0094350D"/>
     <w:rsid w:val="00953725"/>
     <w:rsid w:val="0095705D"/>
     <w:rsid w:val="00964CF2"/>
     <w:rsid w:val="00993F39"/>
     <w:rsid w:val="009959CC"/>
     <w:rsid w:val="009A1A94"/>
     <w:rsid w:val="009A752C"/>
     <w:rsid w:val="009B0270"/>
+    <w:rsid w:val="009B6151"/>
+    <w:rsid w:val="009C4801"/>
+    <w:rsid w:val="009D1D74"/>
     <w:rsid w:val="00A06FA1"/>
     <w:rsid w:val="00A15C7F"/>
     <w:rsid w:val="00A21CE9"/>
     <w:rsid w:val="00A238FF"/>
     <w:rsid w:val="00A24E2D"/>
     <w:rsid w:val="00A32AE7"/>
     <w:rsid w:val="00A348EF"/>
+    <w:rsid w:val="00A42CF0"/>
     <w:rsid w:val="00A465FE"/>
     <w:rsid w:val="00A479AD"/>
     <w:rsid w:val="00A578B5"/>
     <w:rsid w:val="00A818CA"/>
     <w:rsid w:val="00A8388D"/>
+    <w:rsid w:val="00A84BFD"/>
     <w:rsid w:val="00A915E4"/>
     <w:rsid w:val="00AA7D72"/>
+    <w:rsid w:val="00AB1C7E"/>
     <w:rsid w:val="00AB61D5"/>
     <w:rsid w:val="00AC00A3"/>
     <w:rsid w:val="00AC4666"/>
     <w:rsid w:val="00AC4FB0"/>
     <w:rsid w:val="00AF1EE3"/>
     <w:rsid w:val="00B16A99"/>
     <w:rsid w:val="00B31801"/>
     <w:rsid w:val="00B42408"/>
     <w:rsid w:val="00B54FF8"/>
+    <w:rsid w:val="00B65104"/>
     <w:rsid w:val="00B65DA1"/>
     <w:rsid w:val="00B67C35"/>
     <w:rsid w:val="00B73D9E"/>
     <w:rsid w:val="00B75DD1"/>
     <w:rsid w:val="00B77FCF"/>
     <w:rsid w:val="00B80130"/>
     <w:rsid w:val="00B84DE8"/>
     <w:rsid w:val="00B93769"/>
     <w:rsid w:val="00BA0E98"/>
     <w:rsid w:val="00BB19C8"/>
     <w:rsid w:val="00BB4043"/>
     <w:rsid w:val="00BB47EF"/>
     <w:rsid w:val="00BB732A"/>
+    <w:rsid w:val="00BBE6FD"/>
     <w:rsid w:val="00BD0AFF"/>
+    <w:rsid w:val="00BE75FA"/>
     <w:rsid w:val="00BF23ED"/>
     <w:rsid w:val="00BF5E59"/>
     <w:rsid w:val="00C00E3D"/>
     <w:rsid w:val="00C11AE0"/>
     <w:rsid w:val="00C12ACF"/>
     <w:rsid w:val="00C13257"/>
     <w:rsid w:val="00C176FF"/>
+    <w:rsid w:val="00C36CB7"/>
     <w:rsid w:val="00C45517"/>
     <w:rsid w:val="00C45991"/>
     <w:rsid w:val="00C60CE8"/>
     <w:rsid w:val="00C73B68"/>
     <w:rsid w:val="00C762B4"/>
     <w:rsid w:val="00C77482"/>
     <w:rsid w:val="00CA2335"/>
     <w:rsid w:val="00CA3E4E"/>
     <w:rsid w:val="00CA4E39"/>
     <w:rsid w:val="00CC14F0"/>
+    <w:rsid w:val="00CC1BED"/>
     <w:rsid w:val="00CC4C74"/>
     <w:rsid w:val="00CC4D35"/>
     <w:rsid w:val="00CE35C1"/>
+    <w:rsid w:val="00CE5F1F"/>
     <w:rsid w:val="00CF391F"/>
     <w:rsid w:val="00D00245"/>
+    <w:rsid w:val="00D01DE1"/>
     <w:rsid w:val="00D03C5F"/>
-    <w:rsid w:val="00D03CCD"/>
     <w:rsid w:val="00D31065"/>
     <w:rsid w:val="00D346D7"/>
     <w:rsid w:val="00D350E6"/>
     <w:rsid w:val="00D420DA"/>
+    <w:rsid w:val="00D4272E"/>
+    <w:rsid w:val="00D540B4"/>
     <w:rsid w:val="00D67D8E"/>
+    <w:rsid w:val="00D7257A"/>
     <w:rsid w:val="00D75977"/>
     <w:rsid w:val="00D912A1"/>
     <w:rsid w:val="00D94918"/>
     <w:rsid w:val="00DA0143"/>
     <w:rsid w:val="00DA03DE"/>
     <w:rsid w:val="00DA22B5"/>
     <w:rsid w:val="00DA5B23"/>
-    <w:rsid w:val="00DB43C2"/>
+    <w:rsid w:val="00DA674B"/>
     <w:rsid w:val="00DC5A46"/>
     <w:rsid w:val="00DD78EC"/>
     <w:rsid w:val="00DE3BC9"/>
     <w:rsid w:val="00DE7879"/>
     <w:rsid w:val="00DF30FE"/>
     <w:rsid w:val="00DF7BFE"/>
     <w:rsid w:val="00E07A4C"/>
     <w:rsid w:val="00E17A39"/>
     <w:rsid w:val="00E34203"/>
     <w:rsid w:val="00E46BD3"/>
     <w:rsid w:val="00E506FF"/>
     <w:rsid w:val="00E55CA5"/>
     <w:rsid w:val="00E6267E"/>
     <w:rsid w:val="00E67FED"/>
     <w:rsid w:val="00E977D6"/>
     <w:rsid w:val="00EA164E"/>
+    <w:rsid w:val="00EA283D"/>
     <w:rsid w:val="00EA2EE2"/>
     <w:rsid w:val="00EA5A37"/>
     <w:rsid w:val="00EA6525"/>
     <w:rsid w:val="00EC00E0"/>
     <w:rsid w:val="00EC1D09"/>
     <w:rsid w:val="00EC27D2"/>
     <w:rsid w:val="00EC469D"/>
     <w:rsid w:val="00ED045B"/>
     <w:rsid w:val="00EE3B30"/>
     <w:rsid w:val="00EE5429"/>
+    <w:rsid w:val="00EF086C"/>
+    <w:rsid w:val="00EF088A"/>
     <w:rsid w:val="00EF4D75"/>
     <w:rsid w:val="00EF56C4"/>
+    <w:rsid w:val="00F049F5"/>
     <w:rsid w:val="00F112F6"/>
     <w:rsid w:val="00F23BB0"/>
     <w:rsid w:val="00F44355"/>
     <w:rsid w:val="00F45351"/>
     <w:rsid w:val="00F51F7A"/>
     <w:rsid w:val="00F623C1"/>
     <w:rsid w:val="00F6441D"/>
     <w:rsid w:val="00F668F8"/>
     <w:rsid w:val="00FA4698"/>
     <w:rsid w:val="00FB0449"/>
     <w:rsid w:val="00FC1949"/>
     <w:rsid w:val="00FC30FF"/>
     <w:rsid w:val="00FC7019"/>
     <w:rsid w:val="00FD182E"/>
     <w:rsid w:val="00FE2FAA"/>
     <w:rsid w:val="00FE4BD1"/>
     <w:rsid w:val="00FF0F36"/>
+    <w:rsid w:val="037F92E7"/>
+    <w:rsid w:val="052EF15E"/>
+    <w:rsid w:val="075F8B44"/>
+    <w:rsid w:val="07DD3005"/>
+    <w:rsid w:val="08816E0A"/>
+    <w:rsid w:val="0942EFA2"/>
+    <w:rsid w:val="09A443F9"/>
+    <w:rsid w:val="0B3BD4B8"/>
+    <w:rsid w:val="0B3E44C7"/>
+    <w:rsid w:val="0C0AF89C"/>
+    <w:rsid w:val="0C225DC9"/>
+    <w:rsid w:val="0F080EB0"/>
+    <w:rsid w:val="0FC5D134"/>
+    <w:rsid w:val="166F35A4"/>
+    <w:rsid w:val="16C3E129"/>
+    <w:rsid w:val="17A73FA5"/>
+    <w:rsid w:val="183941AE"/>
+    <w:rsid w:val="18B37525"/>
+    <w:rsid w:val="1909CED1"/>
+    <w:rsid w:val="1BEA6239"/>
+    <w:rsid w:val="1C118BBE"/>
+    <w:rsid w:val="1C239F09"/>
+    <w:rsid w:val="27A87963"/>
+    <w:rsid w:val="32E44058"/>
+    <w:rsid w:val="32F72967"/>
+    <w:rsid w:val="33E4CB49"/>
+    <w:rsid w:val="35B386DB"/>
+    <w:rsid w:val="388D618F"/>
+    <w:rsid w:val="3AD691D4"/>
+    <w:rsid w:val="3BB49AA1"/>
+    <w:rsid w:val="3C377D02"/>
+    <w:rsid w:val="3D6522E0"/>
+    <w:rsid w:val="3F9E8C70"/>
+    <w:rsid w:val="40A38480"/>
+    <w:rsid w:val="4121287D"/>
+    <w:rsid w:val="419E3E8D"/>
+    <w:rsid w:val="421C8F9B"/>
+    <w:rsid w:val="425E9C50"/>
+    <w:rsid w:val="44928016"/>
+    <w:rsid w:val="450893AA"/>
+    <w:rsid w:val="47367BDC"/>
+    <w:rsid w:val="47FB5883"/>
+    <w:rsid w:val="48048567"/>
+    <w:rsid w:val="49F77147"/>
+    <w:rsid w:val="4BC4DC00"/>
+    <w:rsid w:val="4EE39087"/>
     <w:rsid w:val="4F4A603C"/>
+    <w:rsid w:val="4FD752C6"/>
+    <w:rsid w:val="5087B757"/>
+    <w:rsid w:val="516C5677"/>
+    <w:rsid w:val="520CF4A9"/>
+    <w:rsid w:val="578FA953"/>
+    <w:rsid w:val="5840E3D1"/>
+    <w:rsid w:val="59CADDE6"/>
+    <w:rsid w:val="5D2BFEDE"/>
+    <w:rsid w:val="603EEC7A"/>
+    <w:rsid w:val="63A693E4"/>
+    <w:rsid w:val="6593C1DB"/>
+    <w:rsid w:val="666C9892"/>
+    <w:rsid w:val="6A3A5288"/>
+    <w:rsid w:val="6A40DB89"/>
+    <w:rsid w:val="6E07B1AE"/>
+    <w:rsid w:val="6E27BC3D"/>
+    <w:rsid w:val="7033F578"/>
+    <w:rsid w:val="70B69F40"/>
+    <w:rsid w:val="716FC62D"/>
+    <w:rsid w:val="71BC343D"/>
+    <w:rsid w:val="71F48588"/>
+    <w:rsid w:val="72DC8A4E"/>
+    <w:rsid w:val="77250D78"/>
+    <w:rsid w:val="79CAD16E"/>
+    <w:rsid w:val="7A34CA84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2795BE20"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{715CDB43-1782-4A4E-965A-269D2F53FAFF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8540,73 +9408,73 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -8649,52 +9517,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -8755,254 +9623,254 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001868E1"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="001176CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="008C2232"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="001E5296"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00FB0449"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="00FB0449"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="00FB0449"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00FB0449"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00FB0449"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB0449"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006A4C81"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00556CB7"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+  <w:style w:type="character" w:styleId="apple-converted-space" w:customStyle="1">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00556CB7"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="cf11">
+  <w:style w:type="character" w:styleId="cf11" w:customStyle="1">
     <w:name w:val="cf11"/>
     <w:rsid w:val="00D31065"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:rFonts w:hint="default" w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
+  <w:style w:type="character" w:styleId="ui-provider" w:customStyle="1">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00D31065"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00D31065"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00D31065"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="176163028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9058,56 +9926,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1880823014">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.colorado.edu/policies/background-check-policy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universityofcolorado.percipio.com/linked-contents/895d5941-845c-4730-9573-83b534a2602b/landing" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/policy-related-resources" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bfa/media/861" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/11" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cuoffer@colorado.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/treasurer/housing-assistance-programs" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1022" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cuoffer@colorado.edu" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1022" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/treasurer/housing-assistance-programs" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/policy-related-resources" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/11" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.colorado.edu/policies/background-check-policy" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds" TargetMode="External" Id="Rc9fc2182ab934a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External" Id="R1b0bf0481b4c4193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bfa/media/861" TargetMode="External" Id="Rce0e5d6d924444b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universityofcolorado.percipio.com/linked-contents/895d5941-845c-4730-9573-83b534a2602b/landing" TargetMode="External" Id="Re331d01a5cc54446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="R6c95d063b633412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="Rb20520551d324bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External" Id="Ra53bb8cc24a7467f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -9357,65 +10224,400 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="47997a34-eb9a-4eaa-a761-1788e724c96a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039E060FC2A31B442A6906E10C7ECD1EB" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd5a72256ad21731f35891792ed31a3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47997a34-eb9a-4eaa-a761-1788e724c96a" xmlns:ns3="87a02735-565f-44ef-8fff-c62e8983cbfe" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f56f920a5c30958b9a9f275aea1b029" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <xsd:import namespace="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="47997a34-eb9a-4eaa-a761-1788e724c96a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="52802cc5-2881-4dd7-9d75-38905e9cf7fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="87a02735-565f-44ef-8fff-c62e8983cbfe" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{40d1bab6-1ad4-4fc6-99b1-72e259f7d025}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="87a02735-565f-44ef-8fff-c62e8983cbfe">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E37414DE-3C6C-45E0-B382-A45BA7CA97C3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD4EFFDA-53D7-4203-B7DA-2C241F991524}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2389D1A0-7D27-4940-961F-D2AAEF25BC19}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <ds:schemaRef ds:uri="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University of Colorado at Boulder</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TENURE TRACK TEMPLATE</dc:title>
   <dc:subject/>
   <dc:creator>Neal Meier</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039E060FC2A31B442A6906E10C7ECD1EB</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>