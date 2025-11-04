--- v0 (2025-10-05)
+++ v1 (2025-11-04)
@@ -1,43 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="79ECD549" w14:textId="77777777" w:rsidR="002C53EA" w:rsidRPr="00B70833" w:rsidRDefault="002C53EA" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
@@ -49,79 +50,89 @@
         </w:rPr>
         <w:t>TENURED</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Professor</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> TEMPLATE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79ECD54A" w14:textId="48A3CBD5" w:rsidR="002C2170" w:rsidRPr="00B70833" w:rsidRDefault="002C2170" w:rsidP="00B70833">
+    <w:p w14:paraId="79ECD54A" w14:textId="116AE3A5" w:rsidR="002C2170" w:rsidRPr="00B70833" w:rsidRDefault="002C2170" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
-      <w:r w:rsidR="009A0C90">
+      <w:r w:rsidR="000B2133">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Spring 2025</w:t>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79ECD54B" w14:textId="77777777" w:rsidR="002C53EA" w:rsidRPr="00B70833" w:rsidRDefault="002C53EA" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79ECD54C" w14:textId="77777777" w:rsidR="002C53EA" w:rsidRPr="00B70833" w:rsidRDefault="002C53EA" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -544,71 +555,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79ECD558" w14:textId="77777777" w:rsidR="00597045" w:rsidRPr="00B70833" w:rsidRDefault="00597045" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please note New Faculty </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> will be on August __, 20__, which is a required event for new faculty. </w:t>
+        <w:t xml:space="preserve">Please note New Faculty Orientation day will be on August __, 20__, which is a required event for new faculty. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert date – New Faculty Orientation is held on the Monday before the first day of Fall classes each year</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
@@ -1014,65 +1005,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. The final amount and its allocation among start-up expenses, including equipment, laboratory/space and researchers will be agreed to by you and the university within </w:t>
       </w:r>
       <w:r w:rsidR="00F97D54" w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F97D54" w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">insert </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>insert period of time</w:t>
+      </w:r>
       <w:r w:rsidR="00F97D54" w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00F97D54" w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> after you begin your appointment.</w:t>
       </w:r>
       <w:r w:rsidR="00E10D0D" w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Any equipment purchased with these funds </w:t>
       </w:r>
@@ -1148,71 +1126,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[If applicable]:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In order to assist you with your relocation, the University will reimburse the actual moving and transportation costs for you to relocate, up to a maximum of $________ and subject to </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> policy (appended). </w:t>
+        <w:t xml:space="preserve">In order to assist you with your relocation, the University will reimburse the actual moving and transportation costs for you to relocate, up to a maximum of $________ and subject to University policy (appended). </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[optional]:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0033CC"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -1381,63 +1339,52 @@
           <w:rStyle w:val="cf11"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk160018661"/>
       <w:r w:rsidRPr="009A0C90">
         <w:rPr>
           <w:rStyle w:val="cf11"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Information about annual pay adjustments is in </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="009A0C90">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve">Regent Policy </w:t>
+          <w:t>Regent Policy 11.B</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="009A0C90">
         <w:rPr>
           <w:rStyle w:val="cf11"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="79ECD56E" w14:textId="77777777" w:rsidR="00597045" w:rsidRPr="00B70833" w:rsidRDefault="00597045" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F4C75AD" w14:textId="16FB39B1" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
@@ -1587,71 +1534,51 @@
     <w:p w14:paraId="734B3540" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79ECD570" w14:textId="2746DC6D" w:rsidR="00A019AA" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">By accepting this appointment, you agree to perform duties and responsibilities which are </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> your expertise or academic interest, or are otherwise appropriate, and which are assigned to you consistent with your role as a faculty member, and applicable policies and procedures.</w:t>
+        <w:t>By accepting this appointment, you agree to perform duties and responsibilities which are in the area of your expertise or academic interest, or are otherwise appropriate, and which are assigned to you consistent with your role as a faculty member, and applicable policies and procedures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28479E03" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="00B70833" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79ECD571" w14:textId="77777777" w:rsidR="00A019AA" w:rsidRPr="00B70833" w:rsidRDefault="00A019AA" w:rsidP="00B70833">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2067,78 +1994,87 @@
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:anchor="professional-rights-and-responsibilities-(prr)" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6A518E12" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:ind w:right="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6455C7A5" w14:textId="68EA2D94" w:rsidR="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
+    <w:p w14:paraId="6455C7A5" w14:textId="058B58B4" w:rsidR="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Regent Policy 5.J</w:t>
+          <w:t>Regent Policy 5.</w:t>
+        </w:r>
+        <w:r w:rsidR="000B2133">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>APS 1013</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
@@ -2244,123 +2180,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="33CFDA0A" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47EC7E0F" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">All new faculty at the University of Colorado Boulder are required to complete training on sexual misconduct, discrimination and harassment. A CU </w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> is in place, please visit the </w:t>
+        <w:t xml:space="preserve">All new faculty at the University of Colorado Boulder are required to complete training on sexual misconduct, discrimination and harassment. A CU Identikey is required in order to access the training. You will receive an e-mail from your college or school personnel coordinator once your Identikey has been established. Once your Identikey is in place, please visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Office of Institutional Equity and Compliance (OIEC) website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2380,211 +2244,178 @@
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert date – New Faculty Orientation is held exactly one week before the start of Fall classes each year</w:t>
       </w:r>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. OIEC recommends that the online training be completed as close to the in-person orientation as possible </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> reinforce content. </w:t>
+        <w:t xml:space="preserve">. OIEC recommends that the online training be completed as close to the in-person orientation as possible so as to reinforce content. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56ACE9C7" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42915973" w14:textId="6D768AB1" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Professional Rights and Responsibility and Roles and Professional Responsibilities of Academic Leaders (PRR) document</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> sets forth a foundation for supporting a positive and respectful faculty work culture. Faculty are expected to understand and incorporate the PRR into the fabric of their research, scholarship, creative work, teaching, and service. Training for all faculty in understanding and using the PRR is available through </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="004375B1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Percipio</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-[...11 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Some issues can be harder to resolve, so the Regents specify faculty grievance rights and processes (See </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Regent Law 5, Part D</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004375B1">
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidRPr="00FE03D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Regent Policy 5.G</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00FE03D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Regent Policy 5.E</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004375B1">
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidRPr="004E0B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D2168AB" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2723,51 +2554,51 @@
     <w:p w14:paraId="36B14DA9" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AFD1E5E" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In accepting this position, you agree to meet obligations imposed by federal, state, and local law, and comply with all laws, rules, regulations, policies, procedures, and resolutions, adopted by the Board of Regents, the University of Colorado, and the campus or other unit in which your appointment is made. For a list of university-related policies, go to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.cu.edu/ope/policy-related-resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B82CB0C" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2775,75 +2606,75 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13B46F77" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">CU receives a large portion of its research funding from U.S. government agencies, and some of this research involves technology that is of a sensitive nature, either for national security reasons or otherwise. As a result, your ability to publish your research and to employ or collaborate with foreign nationals may be contingent upon obtaining authorization from the U.S. Departments of State, Commerce or Treasury. The CU Office of Export Controls can assist in making this determination and applying for authorization. Please use the research support toolkit found here, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.colorado.edu/researchinnovation/ori</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, or contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>exportcontrolshelp@colorado.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for any questions or concerns you might have. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C24F57C" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
@@ -2858,51 +2689,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00EA53F1" w14:textId="77777777" w:rsidR="004375B1" w:rsidRPr="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">All faculty responsible for the purpose, design, conduct, or reporting of research on campus are required to disclose significant financial and personal interests and external professional activities. Please review the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="004375B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Disclosure of External Professional Activities (DEPA) Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004375B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79ECD57D" w14:textId="77777777" w:rsidR="00597045" w:rsidRPr="00B70833" w:rsidRDefault="00597045" w:rsidP="00B70833">
@@ -2956,51 +2787,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79ECD59F" w14:textId="77777777" w:rsidR="00AC0947" w:rsidRPr="00B70833" w:rsidRDefault="00AC0947" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have any questions about available benefits as a faculty member, please contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="00187037" w:rsidRPr="00B70833">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Benefits, part of </w:t>
         </w:r>
         <w:r w:rsidR="00A8795E" w:rsidRPr="00B70833">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Employee Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00187037" w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3119,51 +2950,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79ECD5A1" w14:textId="3E325D96" w:rsidR="00D85B1F" w:rsidRPr="00B70833" w:rsidRDefault="00D85B1F" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Full-time tenured and tenure-track faculty are eligible to apply to the Faculty Housing Assistance Program (FHAP). Participating in the FHAP can make housing affordable to qualified applicants by providing a source of financial assistance for a down payment needed to qualify for a home loan and potentially avoiding the cost of private mortgage insurance. For additional information and an applicant worksheet, please visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00B70833">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FHAP website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B70833">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79ECD5A2" w14:textId="085BE733" w:rsidR="00597045" w:rsidRPr="00B70833" w:rsidRDefault="00597045" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -4192,51 +4023,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79ECD5D6" w14:textId="77777777" w:rsidR="006F010A" w:rsidRPr="00B70833" w:rsidRDefault="006F010A" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79ECD5D7" w14:textId="77777777" w:rsidR="002C53EA" w:rsidRPr="00B70833" w:rsidRDefault="002C53EA" w:rsidP="00B70833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002C53EA" w:rsidRPr="00B70833" w:rsidSect="00A751B3">
-      <w:footerReference w:type="default" r:id="rId38"/>
+      <w:footerReference w:type="default" r:id="rId39"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="2" w:author="System Academic Affairs" w:date="2024-02-09T16:49:00Z" w:initials="MD">
     <w:p w14:paraId="648304F5" w14:textId="77777777" w:rsidR="004375B1" w:rsidRDefault="004375B1" w:rsidP="004375B1">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Campuses - Please insert the date that is year five following approval of tenure.</w:t>
       </w:r>
     </w:p>
@@ -4255,144 +4086,143 @@
       <w:r>
         <w:t xml:space="preserve">Campuses - Please insert primary unit and campus policies or guidance on post-tenure review here. </w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="648304F5" w15:done="0"/>
   <w15:commentEx w15:paraId="11621029" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="648304F5" w16cid:durableId="1FE6785B"/>
   <w16cid:commentId w16cid:paraId="11621029" w16cid:durableId="3DB1CBE2"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4688BD3E" w14:textId="77777777" w:rsidR="00B21B84" w:rsidRDefault="00B21B84" w:rsidP="00D85B1F">
+    <w:p w14:paraId="208E36B7" w14:textId="77777777" w:rsidR="00C57B8C" w:rsidRDefault="00C57B8C" w:rsidP="00D85B1F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14B94B12" w14:textId="77777777" w:rsidR="00B21B84" w:rsidRDefault="00B21B84" w:rsidP="00D85B1F">
+    <w:p w14:paraId="49E737FF" w14:textId="77777777" w:rsidR="00C57B8C" w:rsidRDefault="00C57B8C" w:rsidP="00D85B1F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="40D22E8C" w14:textId="77777777" w:rsidR="00B21B84" w:rsidRDefault="00B21B84"/>
+    <w:p w14:paraId="54A413D1" w14:textId="77777777" w:rsidR="00C57B8C" w:rsidRDefault="00C57B8C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79ECD5DC" w14:textId="77777777" w:rsidR="00D85B1F" w:rsidRPr="00B70833" w:rsidRDefault="00D85B1F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B70833">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00B70833">
@@ -4411,65 +4241,65 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00B70833">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="79ECD5DD" w14:textId="77777777" w:rsidR="00D85B1F" w:rsidRDefault="00D85B1F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CA99FF7" w14:textId="77777777" w:rsidR="00B21B84" w:rsidRDefault="00B21B84" w:rsidP="00D85B1F">
+    <w:p w14:paraId="0814B96F" w14:textId="77777777" w:rsidR="00C57B8C" w:rsidRDefault="00C57B8C" w:rsidP="00D85B1F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73142AE0" w14:textId="77777777" w:rsidR="00B21B84" w:rsidRDefault="00B21B84" w:rsidP="00D85B1F">
+    <w:p w14:paraId="799C7F8A" w14:textId="77777777" w:rsidR="00C57B8C" w:rsidRDefault="00C57B8C" w:rsidP="00D85B1F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="77DAECFA" w14:textId="77777777" w:rsidR="00B21B84" w:rsidRDefault="00B21B84"/>
+    <w:p w14:paraId="3D621B44" w14:textId="77777777" w:rsidR="00C57B8C" w:rsidRDefault="00C57B8C"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C717B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8A8B926"/>
     <w:lvl w:ilvl="0" w:tplc="04685B86">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -4832,137 +4662,148 @@
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2035959668">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1933514921">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1002511388">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="594941139">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="System Academic Affairs">
+    <w15:presenceInfo w15:providerId="None" w15:userId="System Academic Affairs"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="180"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BC3"/>
     <w:rsid w:val="00026C2E"/>
     <w:rsid w:val="00033C0A"/>
     <w:rsid w:val="0003680E"/>
     <w:rsid w:val="00041EF0"/>
     <w:rsid w:val="000507C9"/>
     <w:rsid w:val="00070FA2"/>
     <w:rsid w:val="00082A78"/>
     <w:rsid w:val="00090480"/>
     <w:rsid w:val="000935CD"/>
     <w:rsid w:val="000A63D8"/>
+    <w:rsid w:val="000B2133"/>
     <w:rsid w:val="000D0FC4"/>
     <w:rsid w:val="000E6F0A"/>
     <w:rsid w:val="000F3C8B"/>
     <w:rsid w:val="000F64EA"/>
     <w:rsid w:val="00106D31"/>
     <w:rsid w:val="001216DE"/>
     <w:rsid w:val="00141E8C"/>
     <w:rsid w:val="001420E9"/>
     <w:rsid w:val="00144832"/>
     <w:rsid w:val="00177DDB"/>
     <w:rsid w:val="00187037"/>
     <w:rsid w:val="001907E2"/>
     <w:rsid w:val="00196BC3"/>
     <w:rsid w:val="001A346C"/>
     <w:rsid w:val="001B5E6A"/>
     <w:rsid w:val="001C3BAC"/>
     <w:rsid w:val="001D0355"/>
     <w:rsid w:val="001D3013"/>
     <w:rsid w:val="001D5AA4"/>
     <w:rsid w:val="001F047C"/>
+    <w:rsid w:val="00204189"/>
     <w:rsid w:val="002132FE"/>
     <w:rsid w:val="0024368A"/>
     <w:rsid w:val="00254897"/>
     <w:rsid w:val="002637B0"/>
     <w:rsid w:val="002B6B7D"/>
     <w:rsid w:val="002C1EF8"/>
     <w:rsid w:val="002C2170"/>
     <w:rsid w:val="002C53EA"/>
     <w:rsid w:val="00303687"/>
     <w:rsid w:val="0031246F"/>
     <w:rsid w:val="00321390"/>
     <w:rsid w:val="00325F53"/>
     <w:rsid w:val="00361FAD"/>
     <w:rsid w:val="00385639"/>
     <w:rsid w:val="00385957"/>
     <w:rsid w:val="003D0427"/>
     <w:rsid w:val="0041395F"/>
     <w:rsid w:val="0042253F"/>
     <w:rsid w:val="004375B1"/>
     <w:rsid w:val="00456DF1"/>
     <w:rsid w:val="00472360"/>
     <w:rsid w:val="004768B9"/>
+    <w:rsid w:val="004E0B45"/>
     <w:rsid w:val="004F2EFD"/>
+    <w:rsid w:val="00516919"/>
     <w:rsid w:val="00525C84"/>
     <w:rsid w:val="005439B4"/>
     <w:rsid w:val="00544E42"/>
     <w:rsid w:val="005534E4"/>
     <w:rsid w:val="005619DE"/>
     <w:rsid w:val="00580693"/>
     <w:rsid w:val="00597045"/>
     <w:rsid w:val="005C0728"/>
     <w:rsid w:val="005E1614"/>
     <w:rsid w:val="00607A09"/>
     <w:rsid w:val="00647359"/>
     <w:rsid w:val="0064776B"/>
     <w:rsid w:val="006543D6"/>
     <w:rsid w:val="0065650B"/>
     <w:rsid w:val="00691F56"/>
     <w:rsid w:val="006B5594"/>
     <w:rsid w:val="006B742E"/>
     <w:rsid w:val="006C5EE1"/>
     <w:rsid w:val="006D03C7"/>
     <w:rsid w:val="006D294C"/>
     <w:rsid w:val="006D7C3D"/>
     <w:rsid w:val="006F010A"/>
     <w:rsid w:val="006F050D"/>
     <w:rsid w:val="0070000D"/>
     <w:rsid w:val="007A4EAD"/>
@@ -4996,96 +4837,99 @@
     <w:rsid w:val="00A87D5A"/>
     <w:rsid w:val="00A90493"/>
     <w:rsid w:val="00AA360B"/>
     <w:rsid w:val="00AB2A68"/>
     <w:rsid w:val="00AC0947"/>
     <w:rsid w:val="00AE7536"/>
     <w:rsid w:val="00AF1371"/>
     <w:rsid w:val="00B1014C"/>
     <w:rsid w:val="00B105F0"/>
     <w:rsid w:val="00B11D3B"/>
     <w:rsid w:val="00B21B84"/>
     <w:rsid w:val="00B36E0C"/>
     <w:rsid w:val="00B60910"/>
     <w:rsid w:val="00B70833"/>
     <w:rsid w:val="00B71A00"/>
     <w:rsid w:val="00B73F20"/>
     <w:rsid w:val="00B8692C"/>
     <w:rsid w:val="00B86F3F"/>
     <w:rsid w:val="00B87F1A"/>
     <w:rsid w:val="00BC391D"/>
     <w:rsid w:val="00BC44FE"/>
     <w:rsid w:val="00C24CAB"/>
     <w:rsid w:val="00C30936"/>
     <w:rsid w:val="00C41788"/>
     <w:rsid w:val="00C47385"/>
+    <w:rsid w:val="00C57B8C"/>
     <w:rsid w:val="00C86AC0"/>
     <w:rsid w:val="00CB1359"/>
     <w:rsid w:val="00CB7849"/>
     <w:rsid w:val="00CD3967"/>
     <w:rsid w:val="00CF04B0"/>
     <w:rsid w:val="00CF7D1A"/>
+    <w:rsid w:val="00D03CCD"/>
     <w:rsid w:val="00D222AD"/>
     <w:rsid w:val="00D27393"/>
     <w:rsid w:val="00D32708"/>
     <w:rsid w:val="00D33DCB"/>
     <w:rsid w:val="00D350E6"/>
     <w:rsid w:val="00D44C27"/>
     <w:rsid w:val="00D721B5"/>
     <w:rsid w:val="00D777AA"/>
     <w:rsid w:val="00D85B1F"/>
     <w:rsid w:val="00D87B79"/>
     <w:rsid w:val="00DA02E4"/>
     <w:rsid w:val="00DA05E9"/>
     <w:rsid w:val="00DA3A1C"/>
     <w:rsid w:val="00DB2599"/>
     <w:rsid w:val="00DE34A0"/>
     <w:rsid w:val="00DE6747"/>
     <w:rsid w:val="00DE7DDD"/>
     <w:rsid w:val="00DF23E4"/>
     <w:rsid w:val="00E02F6E"/>
     <w:rsid w:val="00E10D0D"/>
     <w:rsid w:val="00E11B76"/>
     <w:rsid w:val="00E2754F"/>
     <w:rsid w:val="00E40BDD"/>
     <w:rsid w:val="00E576CE"/>
     <w:rsid w:val="00EB7017"/>
     <w:rsid w:val="00ED76DD"/>
     <w:rsid w:val="00EF0D64"/>
     <w:rsid w:val="00EF275C"/>
     <w:rsid w:val="00EF691E"/>
     <w:rsid w:val="00F11F2B"/>
     <w:rsid w:val="00F55A19"/>
     <w:rsid w:val="00F70041"/>
     <w:rsid w:val="00F9363A"/>
     <w:rsid w:val="00F93F1F"/>
     <w:rsid w:val="00F97D54"/>
     <w:rsid w:val="00FA7C7A"/>
     <w:rsid w:val="00FB2790"/>
     <w:rsid w:val="00FB330F"/>
     <w:rsid w:val="00FC7DEA"/>
     <w:rsid w:val="00FD49E1"/>
+    <w:rsid w:val="00FE03D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
@@ -5382,50 +5226,51 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00997D7C"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -5618,51 +5463,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2083983184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/sites/default/files/1022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/policy-related-resources" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/treasurer/housing-assistance-programs" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bfa/media/861" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/11" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/compliance/policies/background-check-policy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/ori" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universityofcolorado.percipio.com/linked-contents/895d5941-845c-4730-9573-83b534a2602b/landing" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/employee-services" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/bfa/media/861" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/researchinnovation/coi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/5" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/center/teaching-learning/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.colorado.edu/institutionalequity/training-and-education" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:exportcontrolshelp@colorado.edu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/policy/11" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/sites/default/files/1022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@hireright.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/policy-related-resources" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/treasurer/housing-assistance-programs" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5934,76 +5779,76 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53DB77FE-BE8B-45EB-AB28-FEC000ECC219}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1973</Words>
-  <Characters>13277</Characters>
+  <Words>2275</Words>
+  <Characters>12973</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>110</Lines>
+  <Lines>108</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TENURED PROFESSOR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>University of Colorado at Boulder</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15220</CharactersWithSpaces>
+  <CharactersWithSpaces>15218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TENURED PROFESSOR</dc:title>
   <dc:subject/>
   <dc:creator>Neal Meier</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>