--- v0 (2025-10-03)
+++ v1 (2025-12-24)
@@ -1,1642 +1,2743 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2ABF4631" w14:textId="46F7A36D" w:rsidR="008C27B1" w:rsidRDefault="00E95C05">
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="00E95C05" w14:paraId="2ABF4631" w14:textId="46F7A36D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="00E95C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ENDOWED APPOINTMENT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TEMPLATE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="00811107" w14:paraId="06F4972D" w14:textId="5AD42BAA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revised </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r w:rsidR="00997BA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00160BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002B4EBB" w:rsidR="008C27B1" w:rsidP="5FB4446B" w:rsidRDefault="00C74815" w14:paraId="1E4F8A79" w14:textId="133A10B6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5FB4446B" w:rsidR="00C74815">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5FB4446B" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se for: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002B4EBB" w:rsidR="008C27B1" w:rsidP="5FB4446B" w:rsidRDefault="00C74815" w14:paraId="73C68EE4" w14:textId="6AD2A4A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5FB4446B" w:rsidR="4DE2C2BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1450 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5FB4446B" w:rsidR="00E95C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Endowed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5FB4446B" w:rsidR="4EBD68E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5FB4446B" w:rsidR="0352DFA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5FB4446B" w:rsidR="4EBD68E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Professor </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="43A6FA79" w:rsidP="5FB4446B" w:rsidRDefault="43A6FA79" w14:paraId="7B23256D" w14:textId="604F1247">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5FB4446B" w:rsidR="43A6FA79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1451 Endowed Chair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="2364A768" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="5D5C6D6B" w14:textId="3AABA8A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="3DDE854D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
-[...22 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="1CACB63D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="28D7FEC7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
-[...157 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear ____________________: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0155F01D" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...30 lines deleted...]
-          <w:i/>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="0155F01D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="58E93784" w14:textId="03A8D3D5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am pleased to offer you the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="0069277C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>honorary appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[title]</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Department of _______________ at the University of Colorado </w:t>
       </w:r>
-      <w:r w:rsidR="00811107">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="00811107">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. This offer is being made with the concurrence of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00197CAA">
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dean of the College/School of</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________ and the </w:t>
       </w:r>
-      <w:r w:rsidR="001A317A" w:rsidRPr="001A317A">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="001A317A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vice Chancellor and Senior Vice Provost</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Faculty Affairs</w:t>
       </w:r>
-      <w:r w:rsidR="00720B3B">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="00720B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00197CAA">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="00197CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the appointment</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is subject to the final approval of the </w:t>
       </w:r>
-      <w:r w:rsidR="004309C9">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="004309C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provost and Executive Vice Chancellor for Academic Affairs </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of the University of Colorado </w:t>
       </w:r>
-      <w:r w:rsidR="00811107">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="00811107">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06039887" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="24747FBB" w14:textId="70FE059A" w:rsidR="00C63A64" w:rsidRPr="004A2ED1" w:rsidRDefault="00C63A64" w:rsidP="00AA4AE9">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="06039887" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="004A2ED1" w:rsidR="00C63A64" w:rsidP="00AA4AE9" w:rsidRDefault="00C63A64" w14:paraId="24747FBB" w14:textId="514C5615">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="02CD3736" w:rsidR="00C63A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appointment</w:t>
       </w:r>
-      <w:r w:rsidR="008C078D" w:rsidRPr="004A2ED1">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="02CD3736" w:rsidR="008C078D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Details</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6F1796DB" w14:textId="77777777" w:rsidR="00AA4AE9" w:rsidRPr="00AA4AE9" w:rsidRDefault="00AA4AE9" w:rsidP="00AA4AE9">
+      <w:r w:rsidRPr="02CD3736" w:rsidR="3504CE4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02CD3736" w:rsidR="3504CE4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00AA4AE9" w:rsidR="00AA4AE9" w:rsidP="00AA4AE9" w:rsidRDefault="00AA4AE9" w14:paraId="6F1796DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2130ED48" w14:textId="3F9B6A3E" w:rsidR="008C078D" w:rsidRPr="00C3036C" w:rsidRDefault="002F1406" w:rsidP="008C078D">
-[...190 lines deleted...]
-      <w:r w:rsidR="008C078D" w:rsidRPr="00CE5B20">
+    <w:p w:rsidR="008C078D" w:rsidP="37223E61" w:rsidRDefault="002F1406" w14:paraId="6ADCA8E5" w14:textId="796B9889">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[insert review timeline</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00875487">
+      </w:pPr>
+      <w:r w:rsidRPr="37223E61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to approval by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="004309C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="007E5478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="007E5478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert term of appointment, i.e., two- year]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="007E5478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment will be effective _______________, 202__ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C27B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – no more than 5 years for endowed appointments</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C078D" w:rsidRPr="00CE5B20">
+        <w:t xml:space="preserve">[Often this date is the beginning of an academic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="005142F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>].</w:t>
-[...41 lines deleted...]
-      <w:r w:rsidR="00C07026" w:rsidRPr="729728EC">
+        <w:t>year/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C27B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[title]</w:t>
-[...64 lines deleted...]
-      <w:r w:rsidR="00FC5100" w:rsidRPr="729728EC">
+        <w:t xml:space="preserve">semester, or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="00CF00F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>the start of the fiscal year (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>July 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="00CF00F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C078D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C078D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Should the unit elect to renew this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="00BA7513">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>endowed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C078D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment, you will be reviewed for reappointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="007E5478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and notified of the outcome</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C078D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="00787E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no later than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C078D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C078D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[insert </w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="00787E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>last da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="002736F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="00787E90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="002736F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="37223E61" w:rsidR="008C078D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C078D" w:rsidP="7B2C59CA" w:rsidRDefault="05E8B57F" w14:paraId="5D55DC45" w14:textId="31EA2D84">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="05E8B57F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[If a non-renewable appointment, substitute the preceding sentences with the following: "This is a non-renewable endowed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="05E8B57F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="05E8B57F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and it will end ____________."]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="05E8B57F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="05E8B57F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk213249962" w:id="2"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008F5F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You or the university may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008F5F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008F5F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008F5F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">appointment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008F5F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>earlier than the end date (see below under #</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="00775EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008F5F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008F5F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008F5F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="008C078D" w:rsidP="37223E61" w:rsidRDefault="008C078D" w14:paraId="00A44C39" w14:textId="7D930205">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A32C72" w:rsidP="7655657B" w:rsidRDefault="004309C9" w14:paraId="2D559DA9" w14:textId="777FDBE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="729728EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As compensation for serving as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="729728EC" w:rsidR="00C07026">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[title]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="729728EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, you will receive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="729728EC" w:rsidR="078857AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="729728EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="729728EC" w:rsidR="00C07026">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">($____) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="729728EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of your base academic year salary ($____) paid out over the academic year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="729728EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="729728EC" w:rsidR="00FC5100">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="729728EC" w:rsidR="00FC5100">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>[Where applicable: for appointment terms that do not line up with the academic year, please add the following language after academic year:]</w:t>
       </w:r>
-      <w:r w:rsidR="00FC5100" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="00FC5100">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC5100" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="00FC5100">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and prorated for the term of service.</w:t>
       </w:r>
       <w:r w:rsidRPr="729728EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B4A73" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="005B4A73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="729728EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If the appointment period is for </w:t>
       </w:r>
-      <w:r w:rsidR="005D5886" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="005D5886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the fiscal year (</w:t>
       </w:r>
       <w:r w:rsidRPr="729728EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12 months</w:t>
       </w:r>
-      <w:r w:rsidR="005D5886" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="005D5886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="729728EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, please explain compensation</w:t>
       </w:r>
-      <w:r w:rsidR="00134EFC" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="00134EFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="000A70C0" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="000A70C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11116100" w14:textId="77777777" w:rsidR="00A32C72" w:rsidRDefault="00A32C72">
+    <w:p w:rsidR="00A32C72" w:rsidRDefault="00A32C72" w14:paraId="11116100" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D011C54" w14:textId="77777777" w:rsidR="00A575B8" w:rsidRPr="00A575B8" w:rsidRDefault="00A575B8" w:rsidP="00A575B8">
+    <w:p w:rsidRPr="00A575B8" w:rsidR="00A575B8" w:rsidP="00A575B8" w:rsidRDefault="00A575B8" w14:paraId="4D011C54" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A575B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[In order to ensure the appointment is compensated correctly, please include the following statement if the appointment is eligible for annual merit increases:]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC92484" w14:textId="06291C26" w:rsidR="00A37E83" w:rsidRDefault="004309C9" w:rsidP="00F13911">
+    <w:p w:rsidR="00A37E83" w:rsidP="00F13911" w:rsidRDefault="004309C9" w14:paraId="3AC92484" w14:textId="06291C26">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="729728EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="0DC787A3" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="0DC787A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>compensation</w:t>
       </w:r>
-      <w:r w:rsidR="0DC787A3" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="0DC787A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="729728EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">amount will increase each year of the appointment in accordance with any increase </w:t>
       </w:r>
-      <w:r w:rsidR="005142F6" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="005142F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidRPr="729728EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>you may be awarded as part of the annual merit review process</w:t>
       </w:r>
-      <w:r w:rsidR="0087350E" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="0087350E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005D5886" w:rsidRPr="729728EC">
+      <w:r w:rsidRPr="729728EC" w:rsidR="005D5886">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A575B8" w:rsidRPr="00A575B8">
+      <w:r w:rsidRPr="00A575B8" w:rsidR="00A575B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Flat-rate stipends are not eligible for merit increases, so if the compensation is not eligible for annual merit increase, then please state it is a Flat-rate stipend]</w:t>
       </w:r>
       <w:r w:rsidR="00A575B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A09094" w14:textId="77777777" w:rsidR="00A37E83" w:rsidRPr="004A2ED1" w:rsidRDefault="00A37E83" w:rsidP="00446C95">
+    <w:p w:rsidRPr="004A2ED1" w:rsidR="00A37E83" w:rsidP="00446C95" w:rsidRDefault="00A37E83" w14:paraId="52A09094" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0E101A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4642DEA1" w14:textId="4547D895" w:rsidR="004A2ED1" w:rsidRDefault="004A2ED1" w:rsidP="004A2ED1">
+    <w:p w:rsidR="004A2ED1" w:rsidP="004A2ED1" w:rsidRDefault="004A2ED1" w14:paraId="4642DEA1" w14:textId="268C9006">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0E101A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A2ED1">
+      <w:r w:rsidRPr="02CD3736" w:rsidR="004A2ED1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0E101A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Policies and Training </w:t>
-[...24 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">Policies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="02CD3736" w:rsidR="7FD9B6C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Required Section]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="48887BF4" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="13564330" w14:textId="52454ECC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>By accepting this appointment, you agree to comply with all resolutions, rules and regulations adopted by the Board of Regents, and with policies and regulations adopted by the campus, department, school, college, or other academic unit in which your appointment is made, consistent with the policies and procedures of the University and your rights and responsibilities as a faculty member. For additional information, please see the following links at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="0B7BA7D8" w14:textId="0A74BECF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="2179D05E" w14:textId="5784BDB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Rc3ff7a8d9c1445b6">
+        <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 5002 Faculty Appointment Process</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="5C2241B0" w14:textId="1221E073">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R923265ef7e38418c">
+        <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 5060 Faculty Appointments</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="75524553" w14:textId="0ABB474D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R144fa55682e741b4">
+        <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 1013 - Intellectual Property Policy on Discoveries and Patents for Their Protection and Commercialization</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(please also see next paragraph) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="68185B41" w14:textId="28334048">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R780fc890a5814c99">
+        <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 1014 - Intellectual Property that is Educational Material</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="31A84A63" w14:textId="4513AB9E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R90c73eaf02354edc">
+        <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Article 5.B.2 - Principles of Academic Freedom</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="61ADAFBD" w14:textId="25C1A072">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="R9257c637611d4bc1">
+        <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Board of Regents Faculty Regulations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="28CFDDBD" w14:textId="57F53CC5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="Raab9e63bdf3743ae">
+        <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>APS 2027 Code of Conduct </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="32A4AF83" w14:textId="4E9C4855">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="professional-rights-and-responsibilities-(prr)" r:id="R720a9bfe167b44f5">
+        <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Professional Rights and Responsibilities of Faculty Members</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="2B05E748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidP="7B2C59CA" w:rsidRDefault="008C27B1" w14:paraId="406C913F" w14:textId="5D7054C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="37081D11" w14:textId="11FB7FFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">State law specifically requires that you be an employee-at-will in your position of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64D08">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[title]</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and that the following paragraph be included in this letter of offer</w:t>
       </w:r>
-      <w:r w:rsidR="002059B7">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="7B2C59CA" w:rsidR="002059B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4FF323" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="4D4FF323" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="577BDC51" w14:textId="77777777" w:rsidR="00AD1DC0" w:rsidRPr="008436CB" w:rsidRDefault="00AD1DC0" w:rsidP="00AD1DC0">
+    <w:p w:rsidRPr="008436CB" w:rsidR="00AD1DC0" w:rsidP="00AD1DC0" w:rsidRDefault="00AD1DC0" w14:paraId="577BDC51" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="clear" w:pos="10080"/>
           <w:tab w:val="clear" w:pos="10800"/>
           <w:tab w:val="left" w:pos="1100"/>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1DC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Your appointment is at-will, which means you do not have a contractual right, express or implied, to remain in the university’s employ and where either the university or you may lawfully terminate the employment relationship at any time, with or without cause. No compensation, whether as a buy-out of the remaining term of contract, as liquidated damages, or as any other form of remuneration, shall be owed or paid to you upon or after termination of such contract except for compensation that was earned prior to the date of termination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2F5704" w14:textId="6BEF5424" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="0F2F5704" w14:textId="6BEF5424">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2629EB01" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="312941D5" w14:textId="1B018BC2" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="2629EB01" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="312941D5" w14:textId="5CBDDAEC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This provision does not apply to your position as _______________ </w:t>
       </w:r>
-      <w:r w:rsidR="00FC27CC" w:rsidRPr="000F2363">
+      <w:r w:rsidRPr="000F2363" w:rsidR="00FC27CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="0092662B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Insert </w:t>
       </w:r>
-      <w:r w:rsidR="0044111B" w:rsidRPr="000F2363">
+      <w:r w:rsidRPr="000F2363" w:rsidR="0044111B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rank</w:t>
       </w:r>
-      <w:r w:rsidR="00FC27CC" w:rsidRPr="000F2363">
+      <w:r w:rsidRPr="000F2363" w:rsidR="00FC27CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00FC27CC" w:rsidRPr="00FC27CC">
+      <w:r w:rsidRPr="00FC27CC" w:rsidR="00FC27CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Professor of _______________ or to compensation or benefits to which you are entitled </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Professor of _______________ or to compensation or benefits to which you are entitled as a result of your faculty position</w:t>
+      </w:r>
+      <w:r w:rsidR="0044111B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007843C0" w:rsidRDefault="007843C0" w14:paraId="11D58097" w14:textId="694FE611">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>as a result of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="16CF5243" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00415D46" w:rsidP="00415D46" w:rsidRDefault="00415D46" w14:paraId="5655E406" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> your faculty position</w:t>
-[...19 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">I look forward to our collaboration in continuing to enhance the programs of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40D82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[insert name of Department/School/College/Office/Program]</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>________________________________________________________________</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="5655E406" w14:textId="77777777" w:rsidR="00415D46" w:rsidRDefault="00415D46" w:rsidP="00415D46">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="795DE821" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="229F2B82" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">I look forward to our collaboration in continuing to enhance the programs of </w:t>
-[...8 lines deleted...]
-        <w:t>[insert name of Department/School/College/Office/Program]</w:t>
+        <w:t xml:space="preserve">Please indicate your willingness to accept the terms of this offer by signing below and returning this </w:t>
+      </w:r>
+      <w:r w:rsidR="008F25F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>letter via DocuSign</w:t>
+      </w:r>
+      <w:r w:rsidR="00446C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007843C0" w:rsidR="00446C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="229F2B82" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="4F54D4E5" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="047837A7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please indicate your willingness to accept the terms of this offer by signing below and returning this </w:t>
-[...27 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Sincerely, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="12FBA8B5" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="5B83F394" w14:textId="7A8F075B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="047837A7" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="000F145D" w14:paraId="70246E12" w14:textId="18DE345E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sincerely, </w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="5B83F394" w14:textId="7A8F075B" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+        <w:t>Chair</w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044111B" w:rsidRDefault="0044111B" w14:paraId="39DFAD9D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044111B" w:rsidRDefault="0044111B" w14:paraId="001A84CC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="48896DCD" w14:textId="55141FF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Concurred: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="5B463188" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="2EE70300" w14:textId="58E85829">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70246E12" w14:textId="18DE345E" w:rsidR="008C27B1" w:rsidRDefault="000F145D">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="6F6AF39C" w14:textId="0719C8E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Chair</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Dean </w:t>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1665,393 +2766,221 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39DFAD9D" w14:textId="77777777" w:rsidR="0044111B" w:rsidRDefault="0044111B">
-[...19 lines deleted...]
-    <w:p w14:paraId="48896DCD" w14:textId="55141FF3" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="751094FD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="729728EC" w:rsidP="729728EC" w:rsidRDefault="729728EC" w14:paraId="027857C9" w14:textId="7145D099">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="1830AEB7" w14:textId="434C78A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Concurred: </w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E04AE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E04AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6AF39C" w14:textId="0719C8E5" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...158 lines deleted...]
-    <w:p w14:paraId="5858309F" w14:textId="223DA149" w:rsidR="00B714E7" w:rsidRDefault="00B714E7">
+    <w:p w:rsidR="00B714E7" w:rsidRDefault="00B714E7" w14:paraId="5858309F" w14:textId="223DA149">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="729728EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Michele S. Moses</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="729728EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAB5F40" w14:textId="1EDB1B96" w:rsidR="008C27B1" w:rsidRPr="00B714E7" w:rsidRDefault="001A317A" w:rsidP="00B714E7">
+    <w:p w:rsidRPr="00B714E7" w:rsidR="008C27B1" w:rsidP="00B714E7" w:rsidRDefault="001A317A" w14:paraId="1EAB5F40" w14:textId="1EDB1B96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A317A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vice Chancellor and Senior Vice Provost</w:t>
       </w:r>
       <w:r w:rsidR="008C27B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Faculty Affairs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F71D9A4" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="3DB735AE" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="2F71D9A4" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="3DB735AE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I accept this offer of the faculty position described above, with the understanding that this offer is conditional upon approval of my appointment by the </w:t>
       </w:r>
       <w:r w:rsidR="00BA65F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provost </w:t>
@@ -2062,246 +2991,270 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of the University of Colorado </w:t>
       </w:r>
       <w:r w:rsidR="00811107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boulder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38932A87" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="00D3607A" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="38932A87" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="00D3607A" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4828DD38" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="4828DD38" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BB9053" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...59 lines deleted...]
-    <w:p w14:paraId="5FA41987" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="62BB9053" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D27D9B" w:rsidRDefault="00D27D9B" w14:paraId="509CA36F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A4B06" w:rsidRDefault="006A4B06" w14:paraId="1A2FDE0B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A4B06" w:rsidRDefault="006A4B06" w14:paraId="18ECB7CC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A4B06" w:rsidRDefault="006A4B06" w14:paraId="43CDEF23" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D27D9B" w:rsidRDefault="00D27D9B" w14:paraId="2436A6A7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="5FA41987" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I decline this offer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3574271C" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="440D398F" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="3574271C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="440D398F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A65FB5D" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRDefault="008C27B1">
+    <w:p w:rsidR="008C27B1" w:rsidRDefault="008C27B1" w14:paraId="4A65FB5D" w14:textId="77777777">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D27D9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2341,98 +3294,1127 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D27D9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008C27B1" w:rsidSect="008C27B1">
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="13">
+    <w:nsid w:val="311377f9"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="12">
+    <w:nsid w:val="50b1c98d"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="11">
+    <w:nsid w:val="49da1577"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="10">
+    <w:nsid w:val="6b716ca"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="9">
+    <w:nsid w:val="6c580bd"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="8">
+    <w:nsid w:val="cf7592c"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="7">
+    <w:nsid w:val="2bb5d75d"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="6">
+    <w:nsid w:val="73565a2d"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="multilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="5">
+    <w:nsid w:val="ad90b75"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15EA741C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD4A0998"/>
     <w:lvl w:ilvl="0" w:tplc="746E2910">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -2836,277 +4818,348 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
   <w:num w:numId="1" w16cid:durableId="1811903848">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="439643418">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="130440367">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1137263152">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1367562620">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="80"/>
   <w:embedSystemFonts/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00196BC3"/>
     <w:rsid w:val="000043A8"/>
     <w:rsid w:val="000078FA"/>
     <w:rsid w:val="00030716"/>
     <w:rsid w:val="00032BEF"/>
     <w:rsid w:val="0004192B"/>
     <w:rsid w:val="00095119"/>
     <w:rsid w:val="000A70C0"/>
     <w:rsid w:val="000E034E"/>
+    <w:rsid w:val="000E1121"/>
+    <w:rsid w:val="000E3F4D"/>
     <w:rsid w:val="000F145D"/>
     <w:rsid w:val="000F2363"/>
     <w:rsid w:val="001219FA"/>
     <w:rsid w:val="00134EFC"/>
     <w:rsid w:val="00145047"/>
     <w:rsid w:val="00160BB1"/>
     <w:rsid w:val="00196BC3"/>
     <w:rsid w:val="00197CAA"/>
     <w:rsid w:val="001A317A"/>
+    <w:rsid w:val="001B0E47"/>
     <w:rsid w:val="001D0220"/>
     <w:rsid w:val="001F0D0C"/>
     <w:rsid w:val="002059B7"/>
     <w:rsid w:val="0022631C"/>
+    <w:rsid w:val="002736F8"/>
     <w:rsid w:val="002A29B9"/>
     <w:rsid w:val="002B4EBB"/>
+    <w:rsid w:val="002C173D"/>
     <w:rsid w:val="002E7535"/>
     <w:rsid w:val="002F1406"/>
     <w:rsid w:val="00302C37"/>
     <w:rsid w:val="003253EB"/>
     <w:rsid w:val="00360A23"/>
     <w:rsid w:val="00382238"/>
     <w:rsid w:val="00390009"/>
     <w:rsid w:val="003C3D90"/>
     <w:rsid w:val="00400797"/>
     <w:rsid w:val="00415D46"/>
     <w:rsid w:val="00426357"/>
     <w:rsid w:val="004309C9"/>
     <w:rsid w:val="004332F4"/>
     <w:rsid w:val="0044010A"/>
     <w:rsid w:val="0044111B"/>
     <w:rsid w:val="00446C95"/>
     <w:rsid w:val="004A2ED1"/>
     <w:rsid w:val="004D2545"/>
     <w:rsid w:val="004F7C0D"/>
     <w:rsid w:val="00506F19"/>
     <w:rsid w:val="005142F6"/>
     <w:rsid w:val="00534506"/>
     <w:rsid w:val="00535D2E"/>
+    <w:rsid w:val="005418D9"/>
     <w:rsid w:val="00562F3B"/>
     <w:rsid w:val="0057708C"/>
     <w:rsid w:val="005B4A73"/>
     <w:rsid w:val="005C7BB2"/>
     <w:rsid w:val="005D5886"/>
     <w:rsid w:val="00631FD2"/>
+    <w:rsid w:val="0064024C"/>
     <w:rsid w:val="00645C54"/>
     <w:rsid w:val="006628FA"/>
+    <w:rsid w:val="00671197"/>
     <w:rsid w:val="00686CD6"/>
+    <w:rsid w:val="0069277C"/>
     <w:rsid w:val="006A4B06"/>
     <w:rsid w:val="006D60A3"/>
     <w:rsid w:val="006D6D5C"/>
     <w:rsid w:val="00720B3B"/>
+    <w:rsid w:val="00735896"/>
     <w:rsid w:val="00735FA4"/>
+    <w:rsid w:val="00775EE0"/>
     <w:rsid w:val="007843C0"/>
+    <w:rsid w:val="00787E90"/>
     <w:rsid w:val="007D05A0"/>
+    <w:rsid w:val="007E5478"/>
     <w:rsid w:val="00811107"/>
     <w:rsid w:val="00824100"/>
     <w:rsid w:val="00853C1D"/>
+    <w:rsid w:val="008546B7"/>
     <w:rsid w:val="0087350E"/>
     <w:rsid w:val="00875487"/>
     <w:rsid w:val="00890F4D"/>
     <w:rsid w:val="008A2250"/>
     <w:rsid w:val="008C078D"/>
     <w:rsid w:val="008C27B1"/>
     <w:rsid w:val="008F25F6"/>
+    <w:rsid w:val="008F5811"/>
+    <w:rsid w:val="008F5F3F"/>
     <w:rsid w:val="0092662B"/>
     <w:rsid w:val="00940A5C"/>
+    <w:rsid w:val="00962B71"/>
+    <w:rsid w:val="00962FA1"/>
     <w:rsid w:val="00997BA5"/>
+    <w:rsid w:val="009A04B8"/>
     <w:rsid w:val="009A3308"/>
     <w:rsid w:val="009A6B74"/>
     <w:rsid w:val="009F7786"/>
     <w:rsid w:val="00A32C72"/>
     <w:rsid w:val="00A37E83"/>
+    <w:rsid w:val="00A40D1B"/>
     <w:rsid w:val="00A575B8"/>
     <w:rsid w:val="00A67186"/>
     <w:rsid w:val="00A92CC3"/>
     <w:rsid w:val="00A9545B"/>
     <w:rsid w:val="00AA4AE9"/>
     <w:rsid w:val="00AD0FF0"/>
     <w:rsid w:val="00AD1DC0"/>
     <w:rsid w:val="00AF6E37"/>
     <w:rsid w:val="00B022CF"/>
     <w:rsid w:val="00B41CA0"/>
     <w:rsid w:val="00B51E0D"/>
     <w:rsid w:val="00B5484D"/>
     <w:rsid w:val="00B714E7"/>
     <w:rsid w:val="00BA65F4"/>
     <w:rsid w:val="00BA7513"/>
     <w:rsid w:val="00BD1DAA"/>
     <w:rsid w:val="00C07026"/>
     <w:rsid w:val="00C26528"/>
     <w:rsid w:val="00C63A64"/>
     <w:rsid w:val="00C6551A"/>
     <w:rsid w:val="00C74815"/>
     <w:rsid w:val="00C94D85"/>
     <w:rsid w:val="00CA6C35"/>
+    <w:rsid w:val="00CC5529"/>
     <w:rsid w:val="00CE5B20"/>
     <w:rsid w:val="00CF00F7"/>
+    <w:rsid w:val="00D24997"/>
     <w:rsid w:val="00D27D9B"/>
     <w:rsid w:val="00D350E6"/>
+    <w:rsid w:val="00D62FEA"/>
+    <w:rsid w:val="00D73340"/>
     <w:rsid w:val="00DA1CBE"/>
     <w:rsid w:val="00DF4307"/>
     <w:rsid w:val="00E021A1"/>
     <w:rsid w:val="00E04AE9"/>
     <w:rsid w:val="00E20527"/>
     <w:rsid w:val="00E34A2E"/>
     <w:rsid w:val="00E50554"/>
     <w:rsid w:val="00E64D08"/>
     <w:rsid w:val="00E90597"/>
     <w:rsid w:val="00E95C05"/>
     <w:rsid w:val="00EA170F"/>
+    <w:rsid w:val="00ED1C6D"/>
     <w:rsid w:val="00ED41C1"/>
+    <w:rsid w:val="00EE7F7B"/>
     <w:rsid w:val="00EF73A3"/>
     <w:rsid w:val="00F13911"/>
+    <w:rsid w:val="00F52D8E"/>
     <w:rsid w:val="00F9339E"/>
     <w:rsid w:val="00FB1408"/>
     <w:rsid w:val="00FB57BF"/>
     <w:rsid w:val="00FC27CC"/>
     <w:rsid w:val="00FC5100"/>
+    <w:rsid w:val="02CD3736"/>
+    <w:rsid w:val="0352DFA9"/>
     <w:rsid w:val="041606BB"/>
     <w:rsid w:val="046B6B28"/>
+    <w:rsid w:val="05E8B57F"/>
     <w:rsid w:val="073DE806"/>
     <w:rsid w:val="078857AD"/>
+    <w:rsid w:val="0883E117"/>
     <w:rsid w:val="08E57BC4"/>
     <w:rsid w:val="0C56A37A"/>
     <w:rsid w:val="0CCB9B3F"/>
     <w:rsid w:val="0DC787A3"/>
     <w:rsid w:val="1160C4F1"/>
     <w:rsid w:val="19639F08"/>
     <w:rsid w:val="2135BF3B"/>
+    <w:rsid w:val="22D2FED9"/>
+    <w:rsid w:val="2B05E748"/>
+    <w:rsid w:val="3504CE4C"/>
+    <w:rsid w:val="37223E61"/>
     <w:rsid w:val="376BE95D"/>
     <w:rsid w:val="37A843BF"/>
     <w:rsid w:val="420CE82D"/>
+    <w:rsid w:val="43A6FA79"/>
+    <w:rsid w:val="4DE2C2BB"/>
+    <w:rsid w:val="4EBD68E2"/>
+    <w:rsid w:val="5FB4446B"/>
     <w:rsid w:val="6E0D62B8"/>
+    <w:rsid w:val="6E56413E"/>
     <w:rsid w:val="6ED57C3B"/>
     <w:rsid w:val="719EC88F"/>
     <w:rsid w:val="729728EC"/>
     <w:rsid w:val="7655657B"/>
     <w:rsid w:val="77602D4C"/>
+    <w:rsid w:val="7B2C59CA"/>
     <w:rsid w:val="7CF4AAE9"/>
+    <w:rsid w:val="7FD9B6C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0B7D07B2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DDA4EE3D-A578-46CC-8881-17F23A2A1E55}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3128,73 +5181,73 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -3237,52 +5290,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3343,203 +5396,223 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C05AC7"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00145047"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="008F25F6"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="008F25F6"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="008F25F6"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="008F25F6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="008F25F6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00AD1DC0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00AD1DC0"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C63A64"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="003253EB"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008F5F3F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0064024C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="875772010">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="956452137">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -3561,56 +5634,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1979919972">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5002" TargetMode="External" Id="Rc3ff7a8d9c1445b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/5060" TargetMode="External" Id="R923265ef7e38418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1013" TargetMode="External" Id="R144fa55682e741b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/1014" TargetMode="External" Id="R780fc890a5814c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="R90c73eaf02354edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/regents/law/5" TargetMode="External" Id="R9257c637611d4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cu.edu/ope/aps/2027" TargetMode="External" Id="Raab9e63bdf3743ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/facultyaffairs/fds-faculty-relations" TargetMode="External" Id="R720a9bfe167b44f5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -3860,65 +5932,400 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039E060FC2A31B442A6906E10C7ECD1EB" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd5a72256ad21731f35891792ed31a3b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47997a34-eb9a-4eaa-a761-1788e724c96a" xmlns:ns3="87a02735-565f-44ef-8fff-c62e8983cbfe" xmlns:ns4="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3f56f920a5c30958b9a9f275aea1b029" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <xsd:import namespace="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <xsd:import namespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="47997a34-eb9a-4eaa-a761-1788e724c96a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="52802cc5-2881-4dd7-9d75-38905e9cf7fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="87a02735-565f-44ef-8fff-c62e8983cbfe" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{40d1bab6-1ad4-4fc6-99b1-72e259f7d025}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="87a02735-565f-44ef-8fff-c62e8983cbfe">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="47997a34-eb9a-4eaa-a761-1788e724c96a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49CC45F8-E293-4C49-8B76-499CEF5E49C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+    <ds:schemaRef ds:uri="87a02735-565f-44ef-8fff-c62e8983cbfe"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA703A13-EE03-426B-8D3C-64B40DA923F8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CFC08BE-CAE4-45C4-B192-DFE58B4241CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92c16b9d-8c83-445e-a4f4-1fe3d2f43f13"/>
+    <ds:schemaRef ds:uri="47997a34-eb9a-4eaa-a761-1788e724c96a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3ded8b1b-070d-4629-82e4-c0b019f46057}" enabled="0" method="" siteId="{3ded8b1b-070d-4629-82e4-c0b019f46057}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University of Colorado at Boulder</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ASSOCIATE CHAIR TEMPLATE</dc:title>
   <dc:subject/>
   <dc:creator>Neal Meier</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039E060FC2A31B442A6906E10C7ECD1EB</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>